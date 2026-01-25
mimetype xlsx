--- v0 (2025-11-21)
+++ v1 (2026-01-25)
@@ -641,52 +641,52 @@
   </si>
   <si>
     <t>107 / 2012</t>
   </si>
   <si>
     <t>31/10/2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de ampliação e adequação da área de estacionamento e manutenção da edificação, com fornecimento de mão de obra e materiais, da Sede da Promotoria de Justiça do Juizado Especial Criminal de Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 100 </t>
   </si>
   <si>
     <t xml:space="preserve">CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA EXECUÇÃO DE SERVIÇOS DE AMPLIAÇÃO E ADEQUAÇÃO DA ÁREA DE ESTACIONAMENTO E MANUTENÇÃO DA EDIFICAÇÃO, COM FORNECIMENTO DE MÃO DE OBRA E MATERIAIS, DA SEDE DA PROMOTORIA DE JUSTIÇA DO JUIZADO ESPECIAL CRIMINAL DE BELO HORIZONTE, MG. </t>
   </si>
   <si>
     <t>107.098,13</t>
   </si>
   <si>
     <t>31-10-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 19.11.2012. Início da disputa de preços: às 10 horas do dia 20.11.2012. Informações: Rua Dias Adorno, 347, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 horas. ----------------------------- 07-12-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Método Obras e Reformas Ltda.-ME no lote 1 (único). Belo Horizonte, 06 de dezembro de 2012. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl107_pe100_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1654/download;
  pl107_pe100_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1578/download;
- pl107_pe100_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1654/download;
 </t>
   </si>
   <si>
     <t>106 / 2012</t>
   </si>
   <si>
     <t>26/10/2012</t>
   </si>
   <si>
     <t>Aquisição de cabos elétricos, materiais de lógica e telecomunicações.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 99 </t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS COMUNS. </t>
   </si>
   <si>
     <t xml:space="preserve">PERFIL CONDUTORES ELÉTRICOS LTDA </t>
   </si>
   <si>
     <t>12.600,00</t>
   </si>
   <si>
     <t>ESCLARECIMENTOS Pergunta:"ITEM 13 ? Cabo flexível 0,5mm , composto de 02 condutores de fio sólidos, favor esclarecer!!Solido ou flexível?". Resposta:"os cabos devem ser flexíveis." ----------------------------- 26-10-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 09.11.2012. Início da disputa de preços: às 10 horas do dia 12.11.2012. Informações: Rua Dias Adorno, 347, térreo, Santo Agostinho, BH/MG, telefax (31)3330-8190/8233/8332/8334, de 8 às 18 horas. ----------------------------- 29-11-2012 HOMOLOGAÇÃO O Procurador-Geral de Justiça homologa o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Imediato Comercial Elétrica e Ferramentas Ltda.- ME nos lotes 2 e 3. ----------------------------- 06-12-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Perfil Condutores Elétricos Ltda. no lote 1. Os lotes 2 e 3 foram homologados no 'Minas Gerais' de 29.11.2012. Belo Horizonte, 05 de dezembro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
@@ -863,87 +863,87 @@
     <t>101 / 2012</t>
   </si>
   <si>
     <t>02/10/2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para montagem de estrutura necessária para a cerimônia de posse do Procurador-Geral de Justiça nos espaços físicos na sede da Procuradoria-Geral de Justiça.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 94 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviço de locação de estrutura, incluindo montagem e desmontagem, visando adequar espaços físicos da sede da PGJ para realização de eventos da cerimônia de posse do Procurador-Geral de Justiça. </t>
   </si>
   <si>
     <t xml:space="preserve">ROTA DE EVENTOS LTDA </t>
   </si>
   <si>
     <t>49.500,00</t>
   </si>
   <si>
     <t>02-10-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 10 horas do dia 18.10.2012, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Rua Dias Adorno, 347, térreo, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. ----------------------------- 18-10-2012 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Comunico a interposição de impugnação ao Edital da licitação supracitada por parte da empresa Estrellar Produções e Promoções Artísticas Ltda. Conheço da peça impugnativa interposta e, no mérito, nego-lhe provimento. Informo aos interessados que a realização desta licitação ocorrerá conforme aviso de licitação, publicado no 'MG' de 02.10.2012: - Início da sessão de disputa de preços: às 10 horas do dia 18.10.2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. Belo Horizonte, 17 de outubro de 2012. Simone de Oliveira Capanema Pregoeira ----------------------------- 23-10-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante Rota de Eventos Ltda. no lote 1 (único). Belo Horizonte, 22 de outubro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl101_pp094_ata_18102012.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1570/download;
  pl101_pp094_ata_22102012.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1571/download;
- pl101_pp094_ata_18102012.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1570/download;
  pl101_pp094_2012_contratacao_servico_locacao_estrutura_posse_procurador.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1560/download;
 </t>
   </si>
   <si>
     <t>100 / 2012</t>
   </si>
   <si>
     <t>27/09/2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para execução de obra de edificação da sede das Promotorias de Justiça da cidade de Igarapé, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 6 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para execução de obra de edificação da sede das Promotorias de Justiça da cidade de Igarapé, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUTORA RIBEIRO TEIXEIRA LTDA </t>
   </si>
   <si>
     <t>1.113.975,50</t>
   </si>
   <si>
     <t>27-09-2012 AVISO DE LICITAÇÃO O Ministério Público do Estado de Minas Gerais, por intermédio da Procuradoria-Geral de Justiça, torna público que receberá propostas para o atendimento ao objeto desta licitação, até às 12 horas do dia 30 de outubro de 2012. Informações e retirada do edital: site: www.mp.mg.gov.br ou Rua Dias Adorno, 347, térreo, Santo Agostinho, BH/MG, telefax: (31) 330-8190/8233/8332/8334, de 8 às 18 horas. ----------------------------- 01-10-2012 ESCLARECIMENTOS O Edital foi substituído nesta data por ter constado nome incorreto da cidade em algumas páginas. É dispensável a republicação do processo licitatório, porquanto a incorreção constante do Edital, disponibilizado em 28.09.2012, não influenciará o lançamento das propostas. ----------------------------- 25-10-2012 ESCLARECIMENTOS PERGUNTA 1: Prezados, o Edital acima citado, solicita que se apresente atestado(s) de obra, com relação a fundações profundas. Pergunta: Execução e concretagem de tubulões atende à sua solicitação? Entendo como 'Tubulão profundo', aquele com altura de fuste acima de 5,00m; será este o entendimento da Comissão de Licitação? RESPOSTA: Se o tubulão indicado no seu atestado técnico apresentar uma altura de fuste superior a 5,0 metros, conforme informado no seu email, o mesmo será aceito para fins de comprovação do quesito 'execução de fundação profunda', especificado no item 4.2 do Anexo III do Edital. ----------------------------- 07-11-2012 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO a) Foi habilitado para prosseguir no certame o licitante: Construtora Ribeiro Teixeira Ltda. b) Foram inabilitados os licitantes: Construtora Cofal Ltda. EPP, JFR Engenharia e Consultoria Ltda. EPP e Rimus Construtora Ltda. EPP. A reunião para abertura do envelope de proposta fica marcada para o dia 19 de novembro de 2012, às 10 horas, na sala de reuniões da Divisão de Licitação, na Rua Dias Adorno, 347, Bairro Santo Agostinho, Belo Horizonte, MG. Belo Horizonte, 6 de novembro de 2012. Sebastião Nobre da Silva - Presidente da Comissão Permanente de Licitação ----------------------------- 10-11-2012 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO, RESULTADO E COMUNICAÇÃO Comunico a interposição de Recurso Administrativo ao processo supracitado por parte do licitante Rimus Construtora Ltda.-EPP. Conheço da peça recursiva interposta porque própria e tempestiva e, no mérito, nego-lhe provimento. Comunico aos interessados que a reunião para abertura do envelope de proposta fica mantida para o dia 19 de novembro de 2012, às 10 horas, na sala de reuniões da Divisão de Licitação, na Rua Dias Adorno, 347, Bairro Santo Agostinho, Belo Horizonte, MG, conforme publicação ocorrida no 'MG' de 07.11.2012: Belo Horizonte, 9 de novembro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça ----------------------------- 30-11-2012 RESULTADO DE JULGAMENTO DE PROPOSTAS E ADJUDICAÇÃO a) Foi classificada a proposta do licitante: Construtora Ribeiro Teixeira Ltda. b) Fica declarado vencedor e adjudicatário o licitante: Construtora Ribeiro Teixeira Ltda. no item único desse processo, por atender às exigências editalícias e oferecer proposta com preço abaixo do total máximo permitido. Belo Horizonte, 29 de outubro de 2012. Sebastião Nobre da Silva Presidente da Comissão Permanente de Licitação ----------------------------- 01-12-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante Construtora Ribeiro Teixeira Ltda. no item 1 (único) desse processo. Belo Horizonte, 30 de novembro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl100_co006_2012_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1556/download;
  pl100_co006_2012_contratacao_execucao_obra_edificacao_IGARAPE.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1558/download;
+ pl100_co006_ata_30102012.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1577/download;
+ pl100_co006_ata_julg_doc06112012.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1579/download;
  pl100_co006_ata_abert_prop_19112012.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1584/download;
  pl100_co006_ata_julg_prop_adj_29112012.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1587/download;
- pl100_co006_ata_30102012.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1577/download;
-[...1 lines deleted...]
- pl100_co006_2012_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1556/download;
 </t>
   </si>
   <si>
     <t>99 / 2012</t>
   </si>
   <si>
     <t>Aquisição de kits porteiro eletrônico e de fechaduras elétricas e manuais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 93 </t>
   </si>
   <si>
     <t xml:space="preserve">KIT PORTEIRO ELETRÔNICO </t>
   </si>
   <si>
     <t>2.220,00</t>
   </si>
   <si>
     <t>27-09-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 11.10.2012. Início da disputa de preços: às 10 horas do dia 15.10.2012. Informações: Rua Dias Adorno, 347, térreo, Santo Agostinho, BH/MG, telefax (31)3330-8190/8233/8332/8334, de 8 às 18 horas. ----------------------------- 27-11-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Sierdovski &amp; Sierdovski Ltda.-ME nos lote 1, 2 e 3. Belo Horizonte, 26 de novembro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
  pl099_pe093_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1645/download;
 </t>
@@ -1072,84 +1072,84 @@
 </t>
   </si>
   <si>
     <t>94 / 2012</t>
   </si>
   <si>
     <t>13/09/2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para execução de obra de edificação da sede das Promotorias de Justiça da cidade de Matozinhos, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 5 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para execução de obra de edificação da sede das Promotorias de Justiça da cidade de Matozinhos, MG. </t>
   </si>
   <si>
     <t>1.178.000,00</t>
   </si>
   <si>
     <t>13-09-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Ministério Público de Minas Gerais torna público que receberá propostas para o atendimento ao objeto desta licitação, até às 12 horas do dia 16 de outubro de 2012. Informações e retirada do edital: site: www.mp.mg.gov.br ou Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: (31) 330-8190/8233/8332/8334, de 8 às 18 horas. Belo Horizonte, 12 de setembro de 2012. Sebastião Nobre da Silva - Coordenador da Divisão de Licitação ----------------------------- 23-10-2012 RESULTADO DE JULGAMENTO DE PROPOSTAS E ADJUDICAÇÃO a) Foi classificada a proposta do licitante: Construtora Ribeiro Teixeira Ltda. b) Foi desclassificada a proposta do licitante: Tecaenge Engenharia Eireli. c) Fica declarado vencedor e adjudicatário o licitante: Construtora Ribeiro Teixeira Ltda. no item único desse processo, por atender às exigências editalícias e oferecer proposta com preço abaixo do total máximo permitido. Belo Horizonte, 22 de outubro de 2012. Simone de Oliveira Capanema Presidente da Comissão Permanente de Licitação - em substituição ----------------------------- 24-10-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante Construtora Ribeiro Teixeira Ltda. no item 1 (único) desse processo. Belo Horizonte, 23 de outubro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
- pl094_co005_ata_julg_prop_adj_22102012.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1572/download;
  pl094_co005_2012_contratacao_execucao_obra_edificacao_MATOZINHOS.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1542/download;
  pl094_co005_2012_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1543/download;
+ pl094_co005_ata_julg_prop_adj_22102012.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1572/download;
  pl094_co005_ata_abert_julg_doc_abert_prop_16102012.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1568/download;
 </t>
   </si>
   <si>
     <t>93 / 2012</t>
   </si>
   <si>
     <t>12/09/2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de intérprete e de locação de unidades de tradução simultânea, italiano/português.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 88 </t>
   </si>
   <si>
     <t xml:space="preserve">CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE INTÉRPRETE E DE LOCAÇÃO DE UNIDADES DE TRADUÇÃO SIMULTÂNEA, ITALIANO/PORTUGUÊS </t>
   </si>
   <si>
     <t xml:space="preserve">AUDIOVISUAL PRODUÇÕES &amp; EVENTOS SOCIEDADE EMPRESÁRIA LTDA </t>
   </si>
   <si>
     <t>3.500,00</t>
   </si>
   <si>
     <t>12-09-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 10 horas do dia 24.09.2012, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 8º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. ----------------------------- 25-09-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Audiovisual Produções &amp; Eventos Sociedade Empresária Ltda.no lote 1 (único). Belo Horizonte, 24 de setembro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
+ ata_pl093pp088_24092012.htm : https://transparencia.mpmg.mp.br/licitacao/arquivo/1553/download;
  pl093_pp088_2012_contratacao_servicos_traducao_simultanea.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1539/download;
- ata_pl093pp088_24092012.htm : https://transparencia.mpmg.mp.br/licitacao/arquivo/1553/download;
 </t>
   </si>
   <si>
     <t>92 / 2012</t>
   </si>
   <si>
     <t>07/09/2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de manutenção de salas localizadas no Fórum, destinadas às Secretarias das Promotorias Cíveis e Criminais, com fornecimento de mão de obra e materiais, em Juiz de Fora, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 87 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução de serviços de manutenção de salas localizadas no Fórum, destinadas às Secretarias das Promotorias Cíveis e Criminais, com fornecimento de mão de obra e materiais, em Juiz de Fora, MG. </t>
   </si>
   <si>
     <t>07-09-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 24.09.2012. Início da disputa de preços: às 10 horas do dia 25.09.2012. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax (31)3330-8190/8233/8332/8334, de 8 às 18 horas. ----------------------------- 26-09-2012 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 25 de setembro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
  pl092_pe087_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1537/download;
 </t>
@@ -1159,53 +1159,53 @@
   </si>
   <si>
     <t>05/09/2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de motoristas, de forma contínua, em Belo Horizonte e no interior de Minas Gerais, com fornecimento de uniformes.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 86 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para prestação de serviços de motoristas, de forma contínua, em Belo Horizonte e no interior de Minas Gerais, com fornecimento de uniformes. </t>
   </si>
   <si>
     <t xml:space="preserve">APPA SERVIÇOS TEMPORÁRIOS E EFETIVOS LTDA </t>
   </si>
   <si>
     <t>799.656,50</t>
   </si>
   <si>
     <t>05-09-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 20.09.2012. Início da disputa de preços: às 10 horas do dia 21.09.2012. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax (31)3330-8190/8233/8332/8334, de 8 às 18 horas. ----------------------------- 20-09-2012 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Comunico a interposição de impugnação ao Edital da licitação supracitada por parte da empresa Santa Fé Serviços Ltda. Conheço da peça impugnativa interposta porque própria e tempestiva e, no mérito, nego-lhe provimento. Informo aos interessados que a realização desta licitação ocorrerá conforme aviso de licitação, publicado no 'MG' de 05.09.2012: - Início da sessão de disputa de preços: às 10 horas do dia 21.09.2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. ----------------------------- 31-10-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Appa Serviços Temporários e Efetivos Ltda. no lote 1 (único). Belo Horizonte, 30 de outubro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl091_pe086_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1535/download;
  pl091_pe086_impugnacao.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1550/download;
  pl091_pe086_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1672/download;
- pl091_pe086_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1535/download;
 </t>
   </si>
   <si>
     <t>90 / 2012</t>
   </si>
   <si>
     <t>Aquisição de câmeras fotográficas, de rádios comunicadores e de equipamentos para filmagem, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 85 </t>
   </si>
   <si>
     <t xml:space="preserve">CÂMERA FOTOGRÁFICA </t>
   </si>
   <si>
     <t xml:space="preserve">COMPAX COMÉRCIO DE INFORMÁTICA LTDA - ME </t>
   </si>
   <si>
     <t>3.089,00</t>
   </si>
   <si>
     <t>05-09-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 19.09.2012. Início da disputa de preços: às 10 horas do dia 20.09.2012. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax (31)3330-8190/8233/8332/8334, de 8 às 18 horas. ----------------------------- 23-10-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Compax Comércio de Informática Ltda. ME nos lotes 1 e 3, MTRD - Telecomunicações LTDA - ME no lote 2 e Sierdovski &amp; Sierdovski LTDA - ME no lote 4. Belo Horizonte, 22 de outubro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -1275,100 +1275,100 @@
   </si>
   <si>
     <t>34.380,00</t>
   </si>
   <si>
     <t>88 / 2012</t>
   </si>
   <si>
     <t>01/09/2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para execução de obra de edificação da sede das Promotorias de Justiça da cidade de Abre Campo, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 4 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para execução de obra de edificação da sede das Promotorias de Justiça da cidade de Abre Campo, MG. </t>
   </si>
   <si>
     <t>01-09-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Ministério Público de Minas Gerais torna público que receberá propostas para o atendimento ao objeto desta licitação, até às 12 horas do dia 10 de outubro de 2012 e abertura dos envelopes de documentação ocorrerá às 13h. Informações e retirada do edital: site: www.mp.mg.gov.br ou Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: (31) 330-8190/8233/8332/8334, de 8 às 18 horas. ----------------------------- 17-10-2012 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 10 de outubro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
  pl088_co004_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1532/download;
+ pl088_co004_ata_abert_doc_10102012.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1567/download;
  pl088_co004_2012_contratacao_execucao_obra_edificacao_ABRE CAMPO.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1533/download;
- pl088_co004_ata_abert_doc_10102012.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1567/download;
 </t>
   </si>
   <si>
     <t>87 / 2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviço de conserto de malotes de lona.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 83 </t>
   </si>
   <si>
     <t xml:space="preserve">CONSERTO DE MALOTES DE LONA </t>
   </si>
   <si>
     <t>01-09-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 14.09.2012. Início da disputa de preços: às 10 horas do dia 17.09.2012. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax (31)3330-8190/8233/8332/8334, de 8 às 18 horas. ----------------------------- 18-09-2012 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 17 de setembro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
 </t>
   </si>
   <si>
     <t>86 / 2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviço de sondagem de simples reconhecimento do subsolo percussão (STP) e de empresa especializada para execução de levantamento planialtimétrico em terreno localizado no município de Jequitinhonha, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 82 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução de serviço de sondagem de simples reconhecimento do subsolo percussão (STP), em terreno localizado na rua Coronel Ramiro Pereira, 235, bairro Centro, em Jequitinhonha ? MG. </t>
   </si>
   <si>
     <t xml:space="preserve">D-GEO GEOLOGIA E ENGENHARIA AMBIENTAL LTDA - EPP </t>
   </si>
   <si>
     <t>12.252,00</t>
   </si>
   <si>
     <t>28-08-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 12.09.2012. Início da disputa de preços: às 10 horas do dia 13.09.2012. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax (31)3330-8190/8233/8332/8334, de 8 às 18 horas. ----------------------------- 13-09-2012 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Republicado devido à alteração das datas do edital. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 25.09.2012. Início da disputa de preços: às 10 horas do dia 26.09.2012. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax (31)3330-8190/8233/8332/8334, de 8 às 18 horas. ----------------------------- 10-10-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante D-GEO Geologia e Engenharia Ambiental Ltda-EPP no lote 1. O lote 2 resultou 'fracassado' por não ter restado proposta classificada em atendimento ao seu objeto. Belo Horizonte, 09 de outubro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
- pl086_pe082_anexos_sondagem.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1512/download;
  pl086_pe082_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1637/download;
  pl086_pe082_anexo_planialtimetrico.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1526/download;
+ pl086_pe082_anexos_sondagem.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1512/download;
  pl086_pe082_anexo_foto.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1527/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de levantamento planialtimétrico e respectivo memorial descritivo do terreno localizado na rua Coronel Ramiro Pereira, 235, bairro Centro, em Jequitinhonha, MG, com área aproximada de 320,32m². </t>
   </si>
   <si>
     <t>85 / 2012</t>
   </si>
   <si>
     <t>28/08/2012</t>
   </si>
   <si>
     <t>Aquisição de carrinhos para transporte de processos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 81 </t>
   </si>
   <si>
     <t xml:space="preserve">CARRINHOS DOBRÁVEL E TIPO SUPERMERCADO </t>
   </si>
   <si>
     <t>28-08-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 11.09.2012. Início da disputa de preços: às 10 horas do dia 12.09.2012. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax (31)3330-8190/8233/8332/8334, de 8 às 18 horas. ----------------------------- 04-10-2012 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado' por não ter restado proposta para atendimento ao seu objeto. Belo Horizonte, 03 de outubro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
@@ -1486,134 +1486,134 @@
 </t>
   </si>
   <si>
     <t>81 / 2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para elaboração de projetos, orçamentos e especificações técnicas para execução de obra de edificação em terrenos localizados em Monte Carmelo, São Sebastião do Paraíso e Vespasiano, MG; e elaboração de parecer técnico, projetos, especificações técnicas e orçamento, acerca das fachadas de edificação localizada em Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 3 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para elaboração de projetos, orçamentos e especificações técnicas para execução de obra de edificação em terreno localizado na avenida ?A?, s/nº ? área 1 A, bairro Jardim Mediterranêe, em São Sebastião do Paraiso,MG. </t>
   </si>
   <si>
     <t xml:space="preserve">CP VASCONCELOS ARQUITETURA ME </t>
   </si>
   <si>
     <t>140.602,00</t>
   </si>
   <si>
     <t>21-08-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Ministério Público de Minas Gerais torna público que receberá propostas para o atendimento ao objeto desta licitação, até às 12 horas do dia 24 de setembro de 2012. Informações e retirada do edital: site: www.mp.mg.gov.br ou Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: (31) 330-8190/8233/8332/8334, de 8 às 18 horas. ----------------------------- 25-09-2012 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO a) Foram inabilitados para prosseguirem no certame todos os licitantes: A2L Arquitetura e Construção Ltda. e CP Vasconcelos Arquitetura ME. Aberto o prazo para escoimar falhas que ensejaram as inabilitações, conforme §3º do Art. 48 da Lei 8.666/93. O referido prazo encerrar-se-á em 05.10.2012. A reunião para abertura dos novos envelopes de documentação fica marcada para o dia 08 de outubro de 2012, às 10 horas, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 8º andar, Bairro Santo Agostinho, Belo Horizonte, MG. Belo Horizonte, 24 de setembro de 2012. Sebastião Nobre da Silva - Presidente da Comissão Permanente de Licitação ----------------------------- 11-10-2012 RESULTADO DE JULGAMENTO DE PROPOSTAS E ADJUDICAÇÃO a) Fica classificada a proposta do licitante CP Vasconcelos Arquitetura-ME, único participante desta fase. b) Fica declarado vencedor e adjudicatário o licitante: CP Vasconcelos Arquitetura-ME, nos itens 1, 2, 3 e 4 deste processo, por atender às exigências editalícias e oferecer proposta com menor preço e abaixo do total máximo permitido. Belo Horizonte, 10 de outubro de 2012. Sebastião Nobre da Silva - Presidente da Comissão Permanente de Licitação ----------------------------- 18-10-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante CP Vasconcelos Arquitetura-ME nos itens 1, 2, 3 e 4. Belo Horizonte, 17 de outubro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl081_co003_ata_julg_prop_adj_10102012.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1566/download;
  pl081_co003_2012_ata_24092012.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1554/download;
+ pl081_co003_anexos_vespasiano.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1507/download;
  pl081_co003_2012_contratacao_projetos_orcamentarios_SSPARAISO_MCARMELO_BH_VESPASIANO.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1509/download;
- pl081_co003_anexos_ssebastiao.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1506/download;
-[...1 lines deleted...]
- pl081_co003_ata_julg_prop_adj_10102012.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1566/download;
  pl081_co003_anexos_bh.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1504/download;
  pl081_co003_anexos_montecarmelo.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1505/download;
+ pl081_co003_anexos_ssebastiao.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1506/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para elaboração de projetos, orçamentos e especificações técnicas para execução de obra de edificação em terreno localizado na avenida das Dróseas, s/nº, bairro Jardim Zeny, (lotes 5, 6 e 7. quadra A), em Monte Carmelo, MG. </t>
   </si>
   <si>
     <t>60.214,00</t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para elaboração de projetos, orçamentos e especificações técnicas para execução de obra de edificação em terreno localizado na rua Afonso Pena, nº 479, bairro Santo Antônio, em Vespasiano, MG. </t>
   </si>
   <si>
     <t>56.325,50</t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para elaboração de parecer técnico, projetos, especificações técnicas e orçamento, acerca das fachadas da edificação localizada na rua Ouro Preto, nº 703 ? bairro Barro Preto, em Belo Horizonte, MG. </t>
   </si>
   <si>
     <t>22.994,51</t>
   </si>
   <si>
     <t>80 / 2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de manutenção preventiva e corretiva de coberturas, com fornecimento de mão de obra e materiais, em edificações do Ministério Público, na Região Central do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 77 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para prestação de serviços de manutenção preventiva e corretiva de coberturas, com fornecimento de mão de obra e materiais, em edificações do Ministério Público, na Região Central do Estado de Minas Gerais. </t>
   </si>
   <si>
     <t xml:space="preserve">ABEL CONSTRUTORA LTDA - ME </t>
   </si>
   <si>
     <t>96.462,20</t>
   </si>
   <si>
     <t>21-08-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 04.09.2012. Início da disputa de preços: às 10 horas do dia 05.09.2012. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax (31)3330-8190/8233/8332/8334, de 8 às 18 horas. ----------------------------- 20-09-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante Abel Construtora Ltda.-EPP no lote 1 (único). Belo Horizonte, 19 de setembro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl080_pe077_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1502/download;
  pl080_pe077_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1633/download;
- pl080_pe077_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1502/download;
 </t>
   </si>
   <si>
     <t>79 / 2012</t>
   </si>
   <si>
     <t>10/08/2012</t>
   </si>
   <si>
     <t>Aquisição de sistemas de Circuito Fechado TV (CFTV), incluindo materiais e mão de obra de instalação, para edificações do Ministério Público, nas cidades de Betim e Contagem, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 76 </t>
   </si>
   <si>
     <t xml:space="preserve">SISTEMA DE CIRCUITO FECHADO DE TV (CFTV) DE BETIM, MG </t>
   </si>
   <si>
     <t xml:space="preserve">BETA ENGENHARIA E COMÉRCIO LTDA. - ME </t>
   </si>
   <si>
     <t>30.028,40</t>
   </si>
   <si>
     <t>10-08-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 27.08.2012. Início da disputa de preços: às 10 horas do dia 28.08.2012. Outras informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. ----------------------------- 26-09-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Beta Engenharia e Comércio Ltda. ME nos lotes 1 e 2. Belo Horizonte, 25 de setembro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl079_pe076_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1500/download;
  pl079_pe076_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1697/download;
- pl079_pe076_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1500/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SISTEMA DE CIRCUITO FECHADO DE TV (CFTV) DE CONTAGEM, MG </t>
   </si>
   <si>
     <t>50.323,57</t>
   </si>
   <si>
     <t>78 / 2012</t>
   </si>
   <si>
     <t>Aquisição de circuladores de ar, eletrodomésticos (refrigeradores e fogões) e de fragmentadoras de papel, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 75 </t>
   </si>
   <si>
     <t xml:space="preserve">CIRCULADOR DE AR </t>
   </si>
   <si>
     <t xml:space="preserve">SUPERATAC DISTRIBUIDORA LTDA </t>
   </si>
   <si>
     <t>4.918,80</t>
@@ -1943,52 +1943,52 @@
     <t xml:space="preserve">LOUÇAS PARA BANHEIRO </t>
   </si>
   <si>
     <t>70 / 2012</t>
   </si>
   <si>
     <t>Aquisição de totens e de adesivos magnéticos</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 67 </t>
   </si>
   <si>
     <t xml:space="preserve">TOTENS </t>
   </si>
   <si>
     <t xml:space="preserve">DESTAC COMUNICAÇÃO VISUAL LTDA. ME </t>
   </si>
   <si>
     <t>31.000,00</t>
   </si>
   <si>
     <t>27-07-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 13 horas do dia 10.08.2012, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 8º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. ----------------------------- 14-08-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Destac Comunicação Visual Ltda.-ME nos lote 1 e 2. Belo Horizonte, 13 de agosto de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl070_pp067_anexo_desenho_tecnico_totem.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1496/download;
  pl070_pp067_2012_aquisicao_totens_adesivos.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1498/download;
- pl070_pp067_anexo_desenho_tecnico_totem.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1496/download;
  pl070_pp067_ata_10.08.2012.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1499/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">ADESIVOS MAGNÉTICOS </t>
   </si>
   <si>
     <t>54.500,00</t>
   </si>
   <si>
     <t>69 / 2012</t>
   </si>
   <si>
     <t>26/07/2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de instalação e manutenção de sistemas condicionadores de ar e serviços de conserto, com fornecimento de peças, nas cidades Belo Horizonte, Ibirité e Ouro Preto, MG</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 66 </t>
   </si>
   <si>
     <t xml:space="preserve">CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA EXECUÇÃO DE SERVIÇOS DE INSTALAÇÃO E MANUTENÇÃO DE SISTEMAS CONDICIONADORES DE AR E SERVIÇOS DE CONSERTO, COM FORNECIMENTO DE PEÇAS, NAS CIDADES BELO HORIZONTE, IBIRITÉ E OURO PRETO, MG. </t>
   </si>
   <si>
@@ -2521,52 +2521,52 @@
   </si>
   <si>
     <t>23/06/2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviço de sondagem de simples reconhecimento do subsolo percussão (STP), em terreno localizado no município de Vespasiano, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 51 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE SONDAGEM DE SIMPLES RECONHECIMENTO DO SUBSOLO PERCUSSÃO (STP). </t>
   </si>
   <si>
     <t xml:space="preserve">CONSOMINAS ENGENHARIA LTDA. - EPP </t>
   </si>
   <si>
     <t>10.080,00</t>
   </si>
   <si>
     <t>23-06-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 09.07.2012. Início da disputa de preços: às 10 horas do dia 10.07.2012. Outras informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. ----------------------------- 26-07-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Consominas Engenharia Ltda. no lote 1 (único). Belo Horizonte, 25 de julho de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl054_pe051_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1593/download;
  pl054pe051_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1483/download;
- pl054_pe051_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1593/download;
 </t>
   </si>
   <si>
     <t>53 / 2012</t>
   </si>
   <si>
     <t>21/06/2012</t>
   </si>
   <si>
     <t>Aquisição de termocâmera digital portátil.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 50 </t>
   </si>
   <si>
     <t xml:space="preserve">TERMOCÂMERA DIGITAL PORTÁTIL </t>
   </si>
   <si>
     <t xml:space="preserve">FLIR SYSTEMS BRASIL COMÉRCIO DE CÂMERAS INFRAVERMELHAS LTDA. </t>
   </si>
   <si>
     <t>27.000,00</t>
   </si>
   <si>
     <t>21-06-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 06.07.2012. Início da disputa de preços: às 10 horas do dia 09.07.2012. Outras informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. Belo Horizonte, 20 de junho de 2012. Sebastião Nobre da Silva - Coordenador da Divisão de Licitação ----------------------------- 04-08-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante Flir Sistems Brasil Comércio de Câmeras Infravermelhas Ltda. no lote 01 (único). Belo Horizonte, 2 de agosto de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
@@ -2678,52 +2678,52 @@
   </si>
   <si>
     <t>49 / 2012</t>
   </si>
   <si>
     <t>Aquisição de mobiliários sob medida, mesas para telefone e poltronas, novas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 46 </t>
   </si>
   <si>
     <t xml:space="preserve">MOBILIÁRIOS DIVERSOS </t>
   </si>
   <si>
     <t xml:space="preserve">MODERN DESIGN DO BRASIL LTDA. - EPP </t>
   </si>
   <si>
     <t>6.318,00</t>
   </si>
   <si>
     <t>15-06-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 28.06.2012. Início da disputa de preços: às 10 horas do dia 29.06.2012. Outras informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas ----------------------------- 04-08-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante Modern Design do Brasil Ltda.-EPP no lote 1. Os lotes 2 e 3 encontram-se em andamento. Belo Horizonte, 31 de julho de 2012. Alceu José Torres Marques Procurador-Geral de Justiça ----------------------------- 30-08-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante Modern Design do Brasil Ltda.-EPP no lote 2. O lote 3 deu-se 'fracassado' por não ter restado proposta para atendimento ao seu objeto. O lote 1 foi homologado no 'MG' de 04.08.2012. Belo Horizonte, 29 de agosto de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl049_pe046_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1591/download;
  pl049_pe046_anexo.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1470/download;
- pl049_pe046_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1591/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MOBILIÁRIOS SOB MEDIDA </t>
   </si>
   <si>
     <t>52.100,00</t>
   </si>
   <si>
     <t xml:space="preserve">POLTRONAS </t>
   </si>
   <si>
     <t>48 / 2012</t>
   </si>
   <si>
     <t>13/06/2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para realizar serviço de instalação de aparelhos de ar condicionado na Promotoria de Justiça de Caratinga, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 45 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para realizar serviço de instalação de aparelhos de ar condicionado na Promotoria de Justiça de Caratinga, MG. </t>
@@ -2764,53 +2764,53 @@
   </si>
   <si>
     <t>46 / 2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de pintura, com fornecimento de mão de obra e materiais, em edificações do Ministério Público em Belo Horizonte e Região Metropolitana, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 43 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução de serviços de pintura, com fornecimento de mão de obra e materiais, em edificações do Ministério Público em Belo Horizonte e Região Metropolitana, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">BRASMILI COMÉRCIO E SERVIÇOS LTDA - ME </t>
   </si>
   <si>
     <t>191.300,00</t>
   </si>
   <si>
     <t>06-06-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 22.06.2012. Início da disputa de preços: às 10 horas do dia 25.06.2012. Outras informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. Belo Horizonte, 05 de junho de 2012. ----------------------------- 18-06-2012 COMUNICAÇÃO Comunicamos que foram abaixo disponibilizados, em Arquivos (editais, anexos, atas), os anexos Especificações Técnicas e Planilha. ----------------------------- 12-07-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Brasmili Comércio e Serviços Ltda. ME no lote 1 (único) Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl046_pe043_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1549/download;
+ pl046_pe043_anexo_espec_tec.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1471/download;
  pl046_pe043_anexo_planilha.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1472/download;
- pl046_pe043_anexo_espec_tec.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1471/download;
- pl046_pe043_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1549/download;
 </t>
   </si>
   <si>
     <t>45 / 2012</t>
   </si>
   <si>
     <t>Aquisição de peças de reposição para cadeiras.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 42 </t>
   </si>
   <si>
     <t xml:space="preserve">PEÇAS DE REPOSIÇÃO PARA CADEIRAS. </t>
   </si>
   <si>
     <t>2.692,00</t>
   </si>
   <si>
     <t>06-06-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 21.06.2012. Início da disputa de preços: às 10 horas do dia 22.06.2012. Outras informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas ----------------------------- 19-07-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: LS Indústria e Comércio de Móveis Ltda.-EPP no lote 1 (único). Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
  pl045_pe042_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1548/download;
 </t>
@@ -3126,52 +3126,52 @@
   </si>
   <si>
     <t>36 / 2012</t>
   </si>
   <si>
     <t>08/05/2012</t>
   </si>
   <si>
     <t>Aquisição de materiais gráficos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 33 </t>
   </si>
   <si>
     <t xml:space="preserve">BLOCOS E FICHAS </t>
   </si>
   <si>
     <t>3.135,00</t>
   </si>
   <si>
     <t>08-05-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 28.05.2012 Início da disputa de preços: às 10 horas do dia 29.05.2012. Outras informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. ----------------------------- 21-05-2012 ESCLARECIMENTOS Tendo em vista solicitação de licitante, foi disponibilizado, nesta data (21.05.2012) arquivo com ILUSTRAÇÃO PASTA, referente ao LOTE 2. Verificar nos anexos. ----------------------------- 27-06-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante Gráfica e Editora Mafali Ltda. ME nos lotes 1 e 2. Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl036_pe033_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1531/download;
  pl036_pe033_ilustracao_pasta_lote2.png : https://transparencia.mpmg.mp.br/licitacao/arquivo/1446/download;
- pl036_pe033_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1531/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">PASTAS </t>
   </si>
   <si>
     <t>12.000,00</t>
   </si>
   <si>
     <t>35 / 2012</t>
   </si>
   <si>
     <t>Aquisição de relógio protocolador eletrônico, fragmentadora de papéis e bebedouro de galão, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 32 </t>
   </si>
   <si>
     <t xml:space="preserve">RELÓGIO PROTOCOLADOR ELETRÔNICO </t>
   </si>
   <si>
     <t xml:space="preserve">VELTI TECNOLOGIA , SISTEMAS E ENGENHARIA LTDA - ME </t>
   </si>
   <si>
     <t>8.847,90</t>
@@ -3670,95 +3670,95 @@
   </si>
   <si>
     <t>20/06/2012</t>
   </si>
   <si>
     <t>Aquisição de sistema de controle de acesso de veículos, incluindo materiais e mão de obra de instalação, para edificação do Ministério Público em Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 20 </t>
   </si>
   <si>
     <t xml:space="preserve">SISTEMA DE CONTROLE DE ACESSO DE VEÍCULOS - Rua Dias Adorno, 367, Bairro Santo Agostinho, Belo Horizonte, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">A PONTO RÁPIDO LTDA. - ME </t>
   </si>
   <si>
     <t>107.560,00</t>
   </si>
   <si>
     <t>10-03-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 26.03.2012 Início da disputa de preços: às 10 horas do dia 27.03.2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. ----------------------------- 14-03-2012 COMUNICAÇÃO Comunicamos que o referido processo encontra-se suspenso e aguarda republicação por motivo de alteração do objeto. ----------------------------- 20-06-2012 AVISO DE LICITAÇÃO *Republicado devido a alteração do objeto A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 05.07.2012 Início da disputa de preços: às 10 horas do dia 06.07.2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. ----------------------------- 03-07-2012 ESCLARECIMENTOS PERGUNTA 1: Os Lotes 2, 3, 4 e 5 são apenas aquisição? RESPOSTA: Lotes 2 e 3 aquisição com instalação. Lotes 4 e 5 sem instalação. PERGUNTA 2: A vistoria para execução de serviços é prévia? RESPOSTA: A visita/vistoria técnica não é obrigatória para participação no pregão. Ressaltamos que não serão aceitas alegações posteriores quanto ao desconhecimento de qualquer elemento, existência de dúvidas e outras questões que possam provocar empecilhos, atrasos ou paralisações na execução dos serviços e que poderiam ter sido observados na visita/vistoria técnica. PERGUNTA 3: Qual a marca e modelo de referência da cancela do lote 1? RESPOSTA: Não foram definidos marca e modelo de referência para a cancela especificada, mas apenas que possua os requisitos mínimos solicitados. ----------------------------- 07-08-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante A Ponto Rápido Ltda.-ME no lote 1. Os lotes 2, 3, 4 e 5 encontram-se em andamento. Belo Horizonte, 06 de agosto de 2012. Alceu José Torres Marques Procurador-Geral de Justiça ----------------------------- 12-09-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: A Ponto Rápido Ltda.-ME no lote 3 e Beta Engenharia e Comércio Ltda.-ME no lote 5. Os lotes 2 e 4 resultaram 'fracassados' por não ter restado propostas classificadas para atendimento aos seus objetos. O lote 1 foi homologado no 'MG' em 07.08.2012. Belo Horizonte, 11 de setembro de 2012. Alceu José Torres Marques Procurador-Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl023_pe020_anexo.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1485/download;
  pl023_pe020_anexo_.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1486/download;
  pl023_pe020_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1682/download;
- pl023_pe020_anexo.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1485/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SISTEMA DE AUTOMATIZAÇÃO DE PORTÃO DE GARAGEM - UBERLÂNDIA, MG (Rua São Paulo, 95, Bairro Tibery) </t>
   </si>
   <si>
     <t xml:space="preserve">SISTEMA DE AUTOMATIZAÇÃO DE PORTÃO DE GARAGEM - BELO HORIZONTE MG (Rua Rio Grande do Sul, 604, Bairro Barro Preto) </t>
   </si>
   <si>
     <t>5.462,00</t>
   </si>
   <si>
     <t xml:space="preserve">EQUIPAMENTOS E MATERIAIS PARA CIRCUITO FECHADO DE TV. </t>
   </si>
   <si>
     <t xml:space="preserve">EQUIPAMENTOS PARA CIRCUITO INTERNO DE TV. </t>
   </si>
   <si>
     <t>75.374,40</t>
   </si>
   <si>
     <t>22 / 2012</t>
   </si>
   <si>
     <t>03/05/2012</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 19 </t>
   </si>
   <si>
     <t xml:space="preserve">CARTILHAS </t>
   </si>
   <si>
     <t>22.150,00</t>
   </si>
   <si>
     <t>10-03-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 13 horas do dia 23.03.2012, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. ----------------------------- 14-03-2012 COMUNICAÇÃO Comunicamos que o referido processo encontra-se suspenso e aguarda republicação por motivo de alteração do objeto. ----------------------------- 03-05-2012 REPUBLICAÇÃO - AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 13 horas do dia 17.05.2012, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 8º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. Belo Horizonte, 02 de maio de 2012. Emerson Morais Dias - Coordenador da Divisão de Licitação *Republicado devido a alteração do objeto. ----------------------------- 01-06-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Gráfica e Editora Mafali Ltda.-ME no lote 1 (único). Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl022_pp019_2012_REP_contratacao_servicos_graficos_cartilha_FEPDC_.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1435/download;
  pl022_pp019_2012_contratacao_servicos_graficos.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1393/download;
- pl022_pp019_2012_REP_contratacao_servicos_graficos_cartilha_FEPDC_.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1435/download;
  pl022_pp019_ata_17052012.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1536/download;
 </t>
   </si>
   <si>
     <t>21 / 2012</t>
   </si>
   <si>
     <t>23/03/2012</t>
   </si>
   <si>
     <t>Aquisição de condicionadores de ar novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 18 </t>
   </si>
   <si>
     <t xml:space="preserve">CONDICIONADORES DE AR ACJ E SPLIT, NOVOS. </t>
   </si>
   <si>
     <t xml:space="preserve">TEMPO FRIO - COMÉRCIO E SERVIÇOS DE REFRIGERAÇÃO LTDA - ME </t>
   </si>
   <si>
     <t>19.377,00</t>
   </si>
   <si>
@@ -3868,85 +3868,85 @@
     <t>17 / 2012</t>
   </si>
   <si>
     <t>21/04/2012</t>
   </si>
   <si>
     <t>Contratação de empresa para prestação de serviço de confecção de kits com sacola de lona de banner, bloco de rascunho, caneta esferográfica e crachá.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 14 </t>
   </si>
   <si>
     <t xml:space="preserve">CONFECÇÃO DE SACOLAS, BLOCO DE RASCUNHO, CANETA ESFEROGRÁFICA E CHACHÁ </t>
   </si>
   <si>
     <t xml:space="preserve">CENTRAL MÃOS DE MINAS </t>
   </si>
   <si>
     <t>9.250,00</t>
   </si>
   <si>
     <t>21-04-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 13 horas do dia 10.05.2012, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 8º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima ----------------------------- 01-06-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Central Mãos de Minas no lote 1 (único). Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl017_pp014_ata_10.05.2012.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1439/download;
  pl017_pp014_2012_contratacao_servicos_graficos.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1434/download;
- pl017_pp014_ata_10.05.2012.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1439/download;
 </t>
   </si>
   <si>
     <t>16 / 2012</t>
   </si>
   <si>
     <t>16/02/2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para execução de obra de ampliação de edificação do Ministério Público, na cidade de Barbacena, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 2 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para execução de obra de ampliação de edificação do Ministério Público, na cidade de Barbacena, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">JFR ENGENHARIA E CONSULTORIA LTDA </t>
   </si>
   <si>
     <t>447.816,50</t>
   </si>
   <si>
     <t>16-02-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Ministério Público de Minas Gerais torna público que receberá propostas para o atendimento ao objeto desta licitação, até às 12 horas do dia 22 de março de 2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, onde poderá ser obtido o edital completo, ou pelos telefax (31)3330-8190 / 8233 / 8332, pelo fax (31)3330-8334 ou no site www.mp.mg.gov.br. ----------------------------- 28-03-2012 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO a) Foram habilitados para prosseguirem no certame todos os licitantes: JFR Engenharia e Consultoria Ltda. e Reconp Engenharia Ltda. EPP. A reunião para abertura dos envelopes de propostas fica marcada para o dia 10 de abril de 2012, às 10 horas, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 6º andar, Bairro Santo Agostinho, Belo Horizonte, MG. Sebastião Nobre da Silva ? Presidente da Comissão Permanente de Licitação ----------------------------- 18-04-2012 RESULTADO DE JULGAMENTO DE PROPOSTAS E ADJUDICAÇÃO a) Foram classificadas as propostas de todos os licitantes: JFR Engenharia e Consultoria Ltda. e Reconp Engenharia Ltda. EPP. b) Fica declarado vencedor e adjudicatário o licitante: JFR Engenharia e Consultoria Ltda. no item único desse processo, por atender às exigências editalícias e oferecer proposta com menor preço e abaixo do total máximo permitido. Sebastião Nobre da Silva ? Presidente da Comissão Permanente de Licitação ----------------------------- 28-04-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante JFR Engenharia e Consultoria Ltda. Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl016_co002_ata_julg_prop_adj.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1426/download;
+ pl016_co002_ata_abert_prop.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1424/download;
+ pl016_co002_ata_julg_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1417/download;
  pl016_co002_anexo.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1370/download;
  pl016_co002_2011_contratacao_servicos_ampliacao_edificacao_BARBACENA.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1371/download;
- pl016_co002_ata_julg_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1417/download;
-[...1 lines deleted...]
- pl016_co002_ata_julg_prop_adj.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1426/download;
 </t>
   </si>
   <si>
     <t>15 / 2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para execução de serviços de adaptação e manutenção em edificação do Ministério Público, na cidade de Porteirinha, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 13 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para execução de serviços de adaptação e manutenção em edificação do Ministério Público, na cidade de Porteirinha, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">ALMEIDA TOSCANO CONSTRUÇÕES E REFORMAS LTDA. </t>
   </si>
   <si>
     <t>239.402,00</t>
   </si>
   <si>
     <t>16-02-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 13 horas do dia 07.03.2012, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. ----------------------------- 31-03-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Almeida Toscano Construções e Reformas Ltda., no lote 1 (único). Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -3991,52 +3991,52 @@
   <si>
     <t>44.500,00</t>
   </si>
   <si>
     <t>13 / 2012</t>
   </si>
   <si>
     <t>15/02/2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de manutenção, com fornecimento de mão de obra e materiais, em edificações do Ministério Público nas cidades de Montes Claros e Ouro Preto, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 11 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução de serviços de manutenção, com fornecimento de mão de obra e materiais, em edificação do Ministério Público na cidade de Montes Claros, MG. </t>
   </si>
   <si>
     <t>15-02-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 02.03.2012 Início da disputa de preços: às 10 horas do dia 05.03.2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. ----------------------------- 03-04-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Ada Comércio e Serviços Ltda ME no lote 2. Homologo o resultado do julgamento do lote 1 deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
  pl013_pe011_anexo_Ouro_Preto.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1366/download;
+ pl013_pe011_anexo_Montes_Claros.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1365/download;
  pl013_pe011_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1454/download;
- pl013_pe011_anexo_Montes_Claros.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1365/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução de serviços de manutenção, com fornecimento de mão de obra e materiais, em edificação do Ministério Público na cidade de Ouro Preto, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">ADA COMÉRCIO E SERVIÇOS LTDA - ME </t>
   </si>
   <si>
     <t>49.556,71</t>
   </si>
   <si>
     <t>12 / 2012</t>
   </si>
   <si>
     <t>Aquisição de cartões de acesso para os prédios da Procuradoria-Geral de Justiça, em Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 10 </t>
   </si>
   <si>
     <t xml:space="preserve">Cartões de acesso. </t>
   </si>
   <si>
     <t xml:space="preserve">REPRESENTAÇÕES NOVA GERAÇÃO LTDA. - ME </t>
@@ -4085,56 +4085,56 @@
 </t>
   </si>
   <si>
     <t>10 / 2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para elaboração de projetos, visando à execução de obras de edificação das sedes do MPMG, nas cidades de São Lourenço e Abre Campo, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">TOMADA DE PREÇOS  Nº 1 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para elaboração de projetos, orçamentos e especificações técnicas, visando à execução de obra de edificação da sede do MPMG, na cidade de São Lourenço, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">PROJEX ENGENHARIA LTDA. </t>
   </si>
   <si>
     <t>101.851,00</t>
   </si>
   <si>
     <t>27-01-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que receberá propostas para o atendimento a esta licitação até: - 18 horas do dia 13 de fevereiro de 2012 para os não cadastrados; - 12 horas do dia 16 de fevereiro de 2012 para os cadastrados. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, telefax (31)3330-8190 / 8233 / 8332 / 8334 ou no site www.mp.mg.gov.br, onde poderá ser obtido o edital. ----------------------------- 10-02-2012 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que receberá propostas para o atendimento a esta licitação até: - 18 horas do dia 24 de fevereiro de 2012 para os não cadastrados; - 12 horas do dia 28 de fevereiro de 2012 para os cadastrados. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, telefax (31)3330-8190 / 8233 / 8332 / 8334 ou no site www.mp.mg.gov.br, onde poderá ser obtido o edital. Belo Horizonte, 09 de fevereiro de 2012. Emerson Morais Dias - Coordenador da Divisão de Licitação *Republicado devido à alteração do valor orçado. ----------------------------- 10-02-2012 COMUNICAÇÃO Reiteramos que o EDITAL E SEUS ANEXOS FORAM REPUBLICADOS nesta data em virtude de retificação do valor da planilha de São Lourenço (valor anterior: R$142.393,00 - valor corrigido: R$157.404,75), sendo necessário, portanto, que sejam novamente retirados. ----------------------------- 17-02-2012 ESCLARECIMENTOS Seguem esclarecimentos prestados pelo setor técnico/solicitante (Diretoria de Engenharia Arquitetura e Manutenção - DEAM a questionamentos aos termos do edital: Pergunta 1: a)- A estrutura/construção existente será demolida e será construída uma inteiramente nova ou será aproveitada a edificação existente para ampliação? b)- Em caso de aproveitamento da estrutura existente, precisamos saber se o projeto estrutural existente já foi avaliado e comporta o acréscimo de carga a ser incorporado tanto na estrutura como nas fundações. c)- Será fornecido também o projeto estrutural (fundações e superestrutura) para a empresa que elaborará os trabalhos? Resposta: Informamos que, em ambos os casos, NÃO será aproveitada qualquer tipo de edificação, de modo que os projetos a serem elaborados terão como objeto uma construção totalmente nova. ----------------------------- 16-03-2012 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO a) Foram habilitados para prosseguirem no certame os licitantes: Exata Engenharia e Comércio Ltda., NB Engenharia de Projetos e Consultoria Ltda. e Projex Engenharia Ltda. b) Foi inabilitado o licitante: Auto Hidros Engenharia Ltda. A reunião para abertura dos envelopes de propostas fica marcada para o dia 27 de março de 2012, às 10 horas, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 6º andar, Bairro Santo Agostinho, Belo Horizonte, MG. Sebastião Nobre da Silva ? Presidente da Comissão Permanente de Licitação ----------------------------- 17-03-2012 RETIFICAÇÃO DE RESULTADO DO JULGAMENTO DE DOCUMENTAÇÃO E COMUNICAÇÃO Retifica publicação veiculada no ?MG? de 16.03.2012. a) Foram habilitados para prosseguirem no certame os licitantes: Exata Engenharia e Comércio Ltda. no item 2, NB Engenharia de Projetos e Consultoria Ltda. nos itens 1 e 2 e Projex Engenharia Ltda. nos itens 1 e 2. b) Foram inabilitados os licitantes: Autohidros Engenharia Ltda. nos itens 1 e 2 e Exata Engenharia e Comércio Ltda. no item 1. A reunião para abertura dos envelopes de propostas fica marcada para o dia 27 de março de 2012, às 10 horas, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 6º andar, Bairro Santo Agostinho, Belo Horizonte, MG. Sebastião Nobre da Silva ? Presidente da Comissão Permanente de Licitação ----------------------------- 03-04-2012 RESULTADO DE JULGAMENTO DE PROPOSTAS E ADJUDICAÇÃO a) Foram classificadas as propostas de todos os licitantes: Exata Engenharia e Comércio Ltda. no item 2, NB Engenharia de Projetos e Consultoria Ltda. nos itens 1 e 2 e Projex Engenharia Ltda. nos itens 1 e 2. b) Ficam declarados vencedores e adjudicatários os licitantes: Projex Engenharia Ltda. no item 1 (São Lourenço) e Exata Engenharia e Comércio Ltda. no item 2 (Abre Campo), por atenderem às exigências editalícias e oferecerem propostas com menores preços e abaixo do total máximo permitido. c) O licitante Exata Engenharia e Comércio Ltda. terá 2 dias úteis, a contar da publicação deste ato, para regularizar a documentação fiscal, conforme LC 123/2006. Sebastião Nobre da Silva ? Presidente da Comissão Permanente de Licitação ----------------------------- 10-04-2012 ADJUDICAÇÃO DO OBJETO Informamos que o licitante adjudicatário do Item 02 (Abre Campo), Exata Engenharia e Comércio Ltda., regularizou a documentação fiscal nesta data (10.04.2012). Aberto, portanto, o prazo para recurso referente à manutenção do licitante Exata Engenharia como adjudicatário do Item 2. ----------------------------- 24-04-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Projex Engenharia Ltda. no item 1 (São Lourenço) e Exata Engenharia e Comércio Ltda. no item 2 (Abre Campo). Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl010_tp001_2012_ata_julg_prop_adjudicacao.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1423/download;
+ pl010_tp001_anexo_Sao_Lourenco_REP.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1359/download;
+ pl010_tp001_ata_abert_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1377/download;
  pl010_tp001_ata_julg_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1408/download;
- pl010_tp001_ata_abert_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1377/download;
- pl010_tp001_anexo_Sao_Lourenco_REP.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1359/download;
  pl010_tp001_anexo_Abre_Campo.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1351/download;
  pl010rep_tp001_2012_contratacao_projetos_orcamentos_SAOLOURENCO_ABRECAMPO.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1358/download;
- pl010_tp001_2012_ata_julg_prop_adjudicacao.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1423/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para elaboração de projetos de contenção/drenagem, fundação e estrutural, orçamento e memorial descritivo/especificações técnicas, visando à execução de obra de edificação da sede do MPMG, na cidade de Abre Campo, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">EXATA ENGENHARIA E COMÉRCIO LTDA. </t>
   </si>
   <si>
     <t>32.164,00</t>
   </si>
   <si>
     <t>9 / 2012</t>
   </si>
   <si>
     <t>26/01/2012</t>
   </si>
   <si>
     <t>Prestação de serviços de rastreamento eletrônico móvel veicular, através de GPS e acesso via internet, com fornecimento de aparelhos, em regime de comodato, e treinamento.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 8 </t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviços de rastreamento eletrônico móvel veicular, através de GPS e acesso via internet, com fornecimento de aparelhos, em regime de comodato, e treinamento. </t>
@@ -4176,52 +4176,52 @@
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
  pl008_pe007_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1462/download;
 </t>
   </si>
   <si>
     <t>7 / 2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de táxi no Distrito Federal.</t>
   </si>
   <si>
     <t xml:space="preserve">MAIOR DESCONTO </t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 6 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada, permissionária de serviço rádio-táxi, para prestação de serviço de transporte de passageiros por meio de táxi convencional, mediante requisição prévia por voucher, no Distrito Federal/DF, para atender aos membros do Ministério Público do Estado de Minas Gerais em seus deslocamentos dentro da capital federal, quando em viagens, por motivos institucionais. </t>
   </si>
   <si>
     <t>26-01-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 13 horas do dia 10.02.2012, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31) 3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. ----------------------------- 11-02-2012 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl007_pp006_ata_10.02.12.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1465/download;
  pl007_pp006_2012_servico_taxi_DF.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1349/download;
- pl007_pp006_ata_10.02.12.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1465/download;
 </t>
   </si>
   <si>
     <t>6 / 2012</t>
   </si>
   <si>
     <t>25/01/2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de dedetização por meio de pulverização, desratização e descorpinização nos imóveis ocupados pela Procuradoria-Geral de Justiça em Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 5 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para prestação de serviços de dedetização por meio de pulverização, desratização e descorpinização, em duas aplicações anuais, nos imóveis ocupados pela Procuradoria-Geral de Justiça em Belo Horizonte, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">SAVASSI CONTROLE DE PRAGAS E SERVIÇOS LTDA-ME </t>
   </si>
   <si>
     <t>10.283,00</t>
   </si>
   <si>
     <t>25-01-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 08.02.2012 Início da disputa de preços: às 10 horas do dia 09.02.2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas ----------------------------- 25-02-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Savassi Controle de Pragas e Serviços Ltda - ME no lote 1 (único). Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo</t>
@@ -4263,52 +4263,52 @@
 </t>
   </si>
   <si>
     <t>4 / 2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada em criação, produção, edição e finalização de programas do gênero documentário jornalístico, para veiculação em TV e internet, sobre temas do MPMG</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 3 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada em criação, produção, edição e finalização de programas do gênero documentário jornalístico, para veiculação em TV e internet, sobre temas do MPMG </t>
   </si>
   <si>
     <t xml:space="preserve">VIKTOR JESUS THOMAZ WAEWELL-ME </t>
   </si>
   <si>
     <t>202.699,92</t>
   </si>
   <si>
     <t>21-01-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 13 horas do dia 08.02.2012, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. ----------------------------- 07-02-2012 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Comunico a interposição de impugnação ao Edital da licitação supracitada por parte do Sindicato das Agências de Propaganda do Estado de Minas Gerais SINAPRO ? MG. Conheço da peça impugnativa interposta porque própria e tempestiva e, no mérito, nego-lhe provimento. Informo aos interessados que a realização desta licitação ocorrerá conforme aviso de licitação, publicado no ?MG? de 21.01.2012: - Início da sessão de disputa de preços: às 13 horas do dia 08.02.2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. Belo Horizonte, 6 de fevereiro de 2012. Sebastião Nobre da Silva Pregoeiro ----------------------------- 02-03-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Viktor Jésus Thomaz Waewell no lote 1 (único). Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl004_pp003_resposta_impugnacao.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1355/download;
  pl004_pp003_2012_Producao_edicao_TV_e_internet.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1348/download;
- pl004_pp003_resposta_impugnacao.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1355/download;
  pl004_pp003_ata_08022012.htm : https://transparencia.mpmg.mp.br/licitacao/arquivo/1477/download;
  pl004_pp003_ata_14022012.htm : https://transparencia.mpmg.mp.br/licitacao/arquivo/1478/download;
  pl004_pp003_ata_23022012A.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1479/download;
  pl004_pp003_ata_23022012B.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1480/download;
 </t>
   </si>
   <si>
     <t>3 / 2012</t>
   </si>
   <si>
     <t>20/01/2012</t>
   </si>
   <si>
     <t>Contratação de empresa para fornecimento de combustível, de forma parcelada, para as Promotorias de Justiça de Ouro Preto e São João Del Rei, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 2 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa para fornecimento de combustível, de forma parcelada, para a Promotoria de Justiça de Ouro Preto, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">VICENTE PEDROSA &amp; IRMÃOS LTDA </t>
   </si>
   <si>
@@ -4356,115 +4356,115 @@
     <t>1 / 2012</t>
   </si>
   <si>
     <t>10/01/2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para a execução de obra de reforma no pavimento térreo e mezanino de edificação localizada na Rua Dias Adorno, 347, em Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 1 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para a execução de obra de reforma no pavimento térreo e mezanino de edificação localizada na Rua Dias Adorno, 347, em Belo Horizonte, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">Revogado Adjudicado </t>
   </si>
   <si>
     <t>807.256,00</t>
   </si>
   <si>
     <t>10-01-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Ministério Público de Minas Gerais torna público que receberá propostas para o atendimento ao objeto desta licitação, até às 12 horas do dia 13 de fevereiro de 2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, onde poderá ser obtido o edital completo, ou pelos telefax (31)3330-8190 / 8233 / 8332, pelo fax (31)3330-8334 ou no site www.mp.mg.gov.br. ----------------------------- 28-02-2012 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO a) Foram habilitados para prosseguirem no certame todos os licitantes: Ada Comércio e Serviços Ltda. ME, Pegasus Engenharia Ltda. EPP e Tecaenge Engenharia Ltda. A reunião para abertura dos envelopes de propostas fica marcada para o dia 08 de março de 2012, às 10 horas, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 6º andar, Bairro Santo Agostinho, Belo Horizonte, MG. Sebastião Nobre da Silva ? Presidente da Comissão Permanente de Licitação ----------------------------- 13-03-2012 COMUNICAÇÃO Reunião - Resultado do Julgamento de Propostas e Aplicabilidade da LC 123/2006. Convocamos Vossas Senhorias para a referida reunião, que ocorrerá às 10 horas do dia 15.03.2012, para a devida classificação das propostas (Resultado do Julgamento das Propostas e Adjudicação), em observância à LC 123/2006 (ME/EPP). Local da reunião: sala da Divisão de Licitação da Procuradoria Geral de Justiça MG, localizada na Av. Álvares Cabral nº1740 6º andar, Santo Agostinho, Belo Horizonte, MG. ----------------------------- 16-03-2012 RESULTADO DO JULGAMENTO DE PROPOSTAS E ADJUDICAÇÃO a) Foram classificadas as propostas de todos os licitantes: Ada Comércio e Serviços Ltda. ME, Pegasus Engenharia Ltda. EPP e Tecaenge Engenharia Ltda. b) Fica declarado vencedor e adjudicatário o licitante: Ada Comércio e Serviços Ltda. ME no item único desse processo, por atender às exigências editalícias e oferecer proposta com menor preço e abaixo do total máximo permitido. Vistas franqueadas. Simone de Oliveira Capanema ? Presidente da Comissão Permanente de Licitação em exercício ----------------------------- 11-01-2013 REVOGAÇÃO Processo Administrativo nº 030/2012 - A Diretora-Geral da Procuradoria-Geral de Justiça/MPMG determinou a revogação do Processo Licitatório nº 001/2012 - Concorrência nº 001/2012, conforme publicação no Minas Gerais de 11.01.2013.</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl001_co001__anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1341/download;
+ pl001_co001_2012_contratacao_servicos_reforma_PROCON.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1342/download;
  pl001_co001_lc123.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1407/download;
+ pl001_co001_ata_abert_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1403/download;
  pl001_co001_ata_abert_prop.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1402/download;
- pl001_co001_ata_abert_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1403/download;
- pl001_co001_2012_contratacao_servicos_reforma_PROCON.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1342/download;
  pl001_co001_ata_julg_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1404/download;
- pl001_co001__anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1341/download;
 </t>
   </si>
   <si>
     <t>104 / 2011</t>
   </si>
   <si>
     <t>31/12/2011</t>
   </si>
   <si>
     <t>Aquisição de materiais de higiene pessoal (papel higiênico, papel toalha e sabonete espuma), com o fornecimento dos dispensers em regime de comodato, incluindo a sua instalação.</t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de materiais de higiene pessoal (papel higiênico, papel toalha e sabonete espuma), com o fornecimento dos dispensers em regime de comodato, incluindo a sua instalação. </t>
   </si>
   <si>
     <t xml:space="preserve">J PLUS SERVIÇOS COMÉRCIO E DISTRIBUIÇÃO LTDA. </t>
   </si>
   <si>
     <t>245.994,84</t>
   </si>
   <si>
     <t>31-12-2011 AVISO DE LICITAÇÃO A Procuradoria-geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 18.01.2012. Início da disputa de preços: às 10 horas do dia 19.01.2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. ----------------------------- 02-02-2012 RESULTADO DO JULG. DE REC. ADM, ADJUDICAÇÃO E HOMOLOGAÇÃO Conheço da peça recursiva interposta por parte da empresa Organização e Empreendimento Brasil Ltda. porque própria e tempestiva e, no mérito, nego-lhe provimento. Adjudico o objeto do lote 1 (único) desse processo ao licitante: J.Plus Comércio e Distribuição Ltda. Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: J.Plus Comércio e Distribuição Ltda. no lote 1 (único). Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
  pl104_pe095_contrarrazoes.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1362/download;
  pl104_pe095_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1448/download;
 </t>
   </si>
   <si>
     <t>103 / 2011</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de obra de edificação, com fornecimento de mão de obra e materiais, da sede das Promotorias de Justiça da cidade de Uberaba, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de obra de edificação, com fornecimento de mão de obra e materiais, da sede das Promotorias de Justiça da cidade de Uberaba, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO UMBERTO CARNEIRO </t>
   </si>
   <si>
     <t>7.921.713,00</t>
   </si>
   <si>
     <t>31-12-2011 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Ministério Público de Minas Gerais torna público que receberá propostas para o atendimento ao objeto desta licitação, até às 12 horas do dia 6 de fevereiro de 2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, onde poderá ser obtido o edital completo, ou pelos telefax (31)3330-8190 / 8233 / 8332, pelo fax (31)3330-8334 ou no site www.mp.mg.gov.br. Belo Horizonte, 30 de novembro de 2011. José Máximo da Silva Júnior ? Diretoria de Compras e Licitações ----------------------------- 09-01-2012 COMUNICAÇÃO Esclarecemos que antes de apresentar sua proposta, o licitante poderá agendar visita (facultativa) junto à Promotoria de Justiça de Uberaba, MG, pelo(s) telefone(s) (34)3313-6142 com o(a) Sr(a). Eugênia Rodrigues Trajano Borges. Após a visita ao local da prestação dos serviços, será fornecido um Atestado de Visita, emitido pela Promotoria local, cuja cópia será remetida à Divisão de Licitação (DILIC) para ser juntada neste Processo Licitatório. ----------------------------- 26-01-2012 ESCLARECIMENTOS Pergunta 1: Verificamos que na planilha de preços da Licitação supra, são orçados os seguintes serviços: climatização, instalações elétricas e afins, hidrossanitário e incêndio e afins. Gostariamos de saber se esses orçamentos, devem ser apresentados junto às propostas de todas as empresas licitantes, ou esses devem ser apresentados só pela empresa vencedora do certame? Resposta: (...) a dúvida é referente à entrega das planilhas complementares (listas de materiais dos itens 6, 8, 9, 10, 11, 12 e 13) discriminadas, na fase da licitação. Se for essa a dúvida, não há necessidade que o licitante entregue nesta fase, pois somente o licitante vencedor entregará, após assinatura do contrato, os itens constantes na cláusula terceira do contrato (ver a minuta constante no edital). No processo licitatório, é necessário que o licitante entregue a página da proposta (ver anexo II - Modelo de Proposta) juntamente com a planilha geral da obra, constando os valores unitários de cada item da planilha, assim como os demais documentos solicitados no edital. ----------------------------- 02-02-2012 ESCLARECIMENTOS Pergunta 1: O item do orçamento relativo a estrutura, LAJE diz: ?03.03.03.04 LAJE pré-moldada, h=12cm, inclusive capeamento - vãos conforme projeto estrutural? refere-se a laje pré-modada, sendo que no memorial descritivo e projeto estrutural não identificamos tal solução. E também, nos parece que o memorial descritivo está incompleto, somente com duas páginas no arquivo ?estrutural-ministerio_publico-uberaba.doc. Solicitamos esclarecer. Resposta: O memorial descritivo estrutural é apenas para dar esclarecimentos dos quesitos adotados no cálculo estrutural. As informações necessárias à execução dos serviços encontram-se no projeto estrutural, seguindo as normas afetas à área, ou nas especificações técnicas. Por isso, o memorial contempla apenas 2 páginas. Com relação à laje pré-moldada, ela está especificada nos locais corretos: no projeto e nas especificações. No projeto, prancha 07/67, as lajes pré-fabricadas são as indicadas como L313, L332 e L347 (vãos da escada e jardim). Nas especificações técnicas, elas são citadas no item 03.03.03.04. Pergunta 2: Com relação ao item 6 do AnexoII, houve um equívoco, pois a garantia de cinco anos é para solidez e segurança da obra, e por consequência aos materiais somente a ela inerentes. Da forma como está descrito dá a entender que é para todos os materiais empregados na obra, o que não é aplicável pelo período de (5) cinco anos. Nenhum fabricante de material de construção oferece garantia por esse período, o que, caso seja por nós declaro, passamos a assumir tal responsabilidade. Resposta: Entendemos que a garantia de obra é de 5 (cinco) anos, conforme art. 618 do Código Civil. ?Art. 618 - Nos contratos de empreitada de edifícios ou outras construções consideráveis, o empreiteiro de materiais e execução responderá, durante o prazo irredutível de cinco anos, pela solidez e segurança do trabalho, assim em razão dos materiais, como do solo. Pergunta 3: Consta do edital e seus anexos um modelo de medição de serviços. Indagamos se os serviços serão pagos mediante aquela planilha de medição ou serão atestada a execução da parcela prevista no cronograma aprovado para em seguida serem faturados? Resposta: Os serviços serão pagos de acordo com a cláusula quarta da minuta do contrato. Pergunta 4: Em sendo por medição, caso seja efetuados serviços alem dos previstos na parcela do cronograma, (antecipação do prazo de entrega) se os mesmos serão pagos? Resposta: Idem resposta 3. Pergunta 5: Na proposta de preços, pode ser apresentado um prazo de execução inferior a 720 dias? Se positiva a resposta, se os pagamentos se darão dentro do prazo de execução declarado, nas proporções mensais do cronograma a ser aprovado? Resposta: A proposta deverá ser elaborada a partir dos prazos constantes da minuta do contratado. Pergunta 6: Consideramos temerária a contratação da obra pelo preço fixo e irreajustável, conforme declara o item 4.2 do Edital. Impossível prever com a confiança desejada os possíveis aumentos dos insumos e serviços para serem considerados na proposta de preços a ser apresentada. Corre-se o risco de perdas, quer à Contratada no caso da sua previsão ser inferior aos aumentos reais ocorridos, quer ao Contratante no caso contrário. No primeiro caso, inclusive com o risco de tornar a obra inexequível, diante da grandeza dos valores de eventuais discrepâncias nos preços que podem ocorrer. Entendemos e sugerimos, com devido respeito aos elaboradores do edital, que tal condição seja revista e seguido o que prescreve a legislação para contratos acima de 12 meses, para segurança das partes. Resposta: Deverá ser seguida a legislação pertinente. Pergunta 7: Venho por meio desta solicitar a planilha que detalha os preços unitários dos produtos que estão apenas com o preço global. Por exemplo; a planilha que fala das instalações elétricas tem o preço de R$ 810.033, e na planilha de descrição dos produtos relacionado a instalação eletrica, só tem o item a ser comprado e a quantidade, teriamos que ter acesso aos preços destes produtos para saber o orçamento real. Resposta: Informamos que o valor correspondente aos subitens dos projetos complementares (elétrico, hidrossanitário, incêndio e outros) é dado na planilha de serviços. As informações necessárias ao seu detalhamento, como os materiais levantados, unidades e respectivas quantidades, foram informados nas listas de materiais. Pergunta 8: Favor nos enviar detalhes sobre o paginamento do granito Corumbá. Resposta: Para efeito de orçamento considerar placas entre 50x50cm a 60x60cm. ----------------------------- 14-02-2012 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO a) Foram habilitados para prosseguirem no certame os licitantes: Construtora Gomes Pimentel Ltda., Construtora Toubes Ltda., Enel Engenharia e Empreendimentos Ltda., Nasman Indústria Comércio e Construções Ltda., Pedro Umberto Carneiro, Tecaenge Engenharia Ltda., Topo Engenharia e Consultoria Ltda. b) Foram inabilitados os licitantes: Quattro Construtora Ltda. e Portal Construtora e Empreendimentos Ltda. A reunião para abertura dos envelopes de propostas fica marcada para o dia 27 de fevereiro de 2012, às 13 horas, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 6º andar, Bairro Santo Agostinho, Belo Horizonte, MG. Belo Horizonte, 13 de fevereiro de 2012. Sebastião Nobre da Silva ? Presidente da Comissão Permanente de Licitação ----------------------------- 24-02-2012 COMUNICAÇÃO Esclarecemos que devido à interposição de recurso administrativo, a reunião marcada anteriormente para o dia 27/02/2012 não mais ocorrerá. ----------------------------- 25-02-2012 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a interposição de recurso administrativo por parte do licitante Portal Construtora e Empreendimentos Ltda. Fica aberto, aos interessados, prazo para impugnação, nos termos do § 3º do art. 109 da Lei Federal nº 8.666/93. Belo Horizonte, 24 de fevereiro de 2012. Sebastião Nobre da Silva - Presidente da Comissão Permanente de Licitação ----------------------------- 08-03-2012 RESULTADO DE JULGAMENTO DE RECURSO E COMUNICAÇÃO Conheço da peça recursiva interposta por parte da empresa Portal Construtora e Empreendimentos Ltda. porque própria e tempestiva e, no mérito, nego-lhe provimento. A reunião para abertura dos envelopes de propostas fica marcada para o dia 14 de março de 2012, às 10 horas, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 6º andar, Bairro Santo Agostinho, Belo Horizonte, MG. Vistas franqueadas. Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 09-03-2012 COMUNICAÇÃO Informamos que se encontram abaixo disponibilizados os seguintes arquivos: Demonstração de Intempestividade relativa à manifestação de interposição de recurso da empresa Quattro Construtora Ltda. e Contrarrazoes de recurso referentes à empresa Portal Construtora e Empreendimentos Ltda.. ----------------------------- 21-03-2012 COMUNICAÇÃO Convocamos para a reunião de retomada do referido processo, que ocorrerá às 10 horas do dia 26.03.2012, oportunidade em que procederemos à devida classificação das propostas (Resultado do Julgamento das Propostas e Adjudicação), em observância à LC 123/2006 (ME/EPP). ----------------------------- 27-03-2012 RESULTADO DE JULGAMENTO DE PROPOSTAS E ADJUDICAÇÃO a) Foram classificadas as propostas de todos os licitantes: Construtora Gomes Pimentel Ltda., Construtora Toubes Ltda., Enel Engenharia e Empreendimentos Ltda., Nasman Indústria, Comércio e Construções Ltda., Pedro Umberto Carneiro, Tecaenge Engenharia Ltda. e Topo Engenharia e Consultoria Ltda. b) Fica declarado vencedor e adjudicatário o licitante: Pedro Umberto Carneiro no item único desse processo, por atender às exigências editalícias e oferecer proposta com menor preço e abaixo do total máximo permitido. Vistas franqueadas. Simone de Oliveira Capanema ? Presidente da Comissão Permanente de Licitação em exercício ----------------------------- 19-04-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante Pedro Umberto Carneiro. Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl103_co004_ata_julg_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1363/download;
+ pl103_co004_ata_abert_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1360/download;
+ pl103_co004_recurso.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1374/download;
+ pl103_co004_abert_prop.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1405/download;
+ pl103_co004_demonstracao_intempestividade.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1387/download;
  pl103_co004_contrarrazoes.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1388/download;
- pl103_co004_recurso.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1374/download;
+ pl103_co004_2011_contratacao_servicos_edificacao_UBERABA.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1340/download;
  pl103_conc004_anexo.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1339/download;
- pl103_co004_2011_contratacao_servicos_edificacao_UBERABA.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1340/download;
-[...1 lines deleted...]
- pl103_co004_abert_prop.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1405/download;
  pl103_co004_ata_lc123.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1415/download;
- pl103_co004_ata_abert_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1360/download;
- pl103_co004_ata_julg_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1363/download;
 </t>
   </si>
   <si>
     <t>102 / 2011</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de adaptações do telhado, com fornecimento de materiais e mão de obra na cidade de Uberlândia, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 94 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução de serviços de adaptações do telhado, com fornecimento de materiais e mão de obra na cidade de Uberlândia, MG. </t>
   </si>
   <si>
     <t>31-12-2011 AVISO DE LICITAÇÃO A Procuradoria-geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 19.01.2012. Início da disputa de preços: às 10 horas do dia 20.01.2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. Belo Horizonte, 27 de dezembro de 2011. José Máximo da Silva Júnior ? Diretoria de Compras e Licitações ----------------------------- 16-02-2012 HOMOLOGAÇÃO - FRACASSADO O Procurador-Geral de Justiça Adjunto Administrativo homologa o resultado do lote 1 (único) deste processo como fracassado por não ter restado proposta para atendimento ao seu objeto.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
  pl102_pe094_anexo_VI.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1337/download;
  pl102_pe094_ata_homolog_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1442/download;
 </t>
   </si>
   <si>
@@ -4496,82 +4496,82 @@
  pl101_pp093_2011_aquisicao_livros.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1335/download;
  pl101_pp093_ata_18.01.2012.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1413/download;
 </t>
   </si>
   <si>
     <t>100 / 2011</t>
   </si>
   <si>
     <t>Aquisição e instalação de elevador tipo ?passageiro?, com fornecimento de materiais e mão de obra, na cidade de Sete Lagoas - MG.</t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição e instalação de elevador tipo ?passageiro?, com fornecimento de materiais e mão de obra, na cidade de Sete Lagoas - MG. </t>
   </si>
   <si>
     <t xml:space="preserve">WORK ELEVADORES LTDA - ME </t>
   </si>
   <si>
     <t>86.500,00</t>
   </si>
   <si>
     <t>27-12-2011 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 16.01.2012. Início da disputa de preços: às 10 horas do dia 17.01.2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. Belo Horizonte, 23 de dezembro de 2011. José Máximo da Silva Júnior ? Diretoria de Compras e Licitações ----------------------------- 02-03-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Work Elevadores Ltda. - ME no lote 1 (único). Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl100_pe092_anexo_elevador.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1334/download;
  pl100_pe092_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1447/download;
- pl100_pe092_anexo_elevador.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1334/download;
 </t>
   </si>
   <si>
     <t>99 / 2011</t>
   </si>
   <si>
     <t>22/12/2011</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento de lanches, com entrega parcelada.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 91 </t>
   </si>
   <si>
     <t xml:space="preserve">LANCHES DIVERSOS PARA ATENDER AOS EVENTOS DA DSGT E DO PROCON ESTADUAL. </t>
   </si>
   <si>
     <t xml:space="preserve">COMERCIAL VIEIRA E QUEIROZ LTDA - ME </t>
   </si>
   <si>
     <t>94.478,00</t>
   </si>
   <si>
     <t>22-12-2011 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 13 horas do dia 16.01.2012, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. Belo Horizonte, 21 de dezembro de 2011. José Máximo da Silva Júnior ? Diretoria de Compras e Licitações ----------------------------- 21-01-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Comercial Vieira e Queiroz Ltda. ME no lote 1 (único). Geraldo Flávio Vasques Procurador-Geral de Justiça Adjunto Administrativo - em substituição ----------------------------- 24-01-2012 HOMOLOGAÇÃO TORNA SEM EFEITO - A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna sem efeito a homologação do lote 1 (único) do processo supracitado, publicado no ?MG? de 21.01.2012, Caderno II, pg. 4, tendo em vista a não apreciação de recurso interposto tempestivamente pela empresa Panificium Comercial Ltda. e esclarece que o resultado do referido lote será publicado oportunamente. Geraldo Flávio Vasques Procurador-Geral de Justiça Adjunto Administrativo - em substituição ----------------------------- 27-01-2012 RESULTADO DO JULG. DE REC. ADM, ADJUDICAÇÃO E HOMOLOGAÇÃO Conheço da peça recursiva interposta por parte da empresa Panificium Comercial Ltda. porque própria e tempestiva e, no mérito, nego-lhe provimento. Adjudico o objeto do lote 1 (único) desse processo ao licitante: Comercial Vieira e Queiroz Ltda. Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Comercial Vieira e Queiroz Ltda. ME no lote 1 (único). Geraldo Flávio Vasques Procurador-Geral de Justiça Adjunto Administrativo - em substituição</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl099_pp091_2011_contratacao_fornecimento_lanche.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1333/download;
  pl099_pp091_ata_16-01-12.htm : https://transparencia.mpmg.mp.br/licitacao/arquivo/1346/download;
- pl099_pp091_2011_contratacao_fornecimento_lanche.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1333/download;
  pl099_pp091_contrarrazoes.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1354/download;
  pl099_pp091_ata_20.01.12.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1475/download;
 </t>
   </si>
   <si>
     <t>98 / 2011</t>
   </si>
   <si>
     <t>14/12/2011</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento de licenças de uso de software integrado de gestão de recursos humanos e folha de pagamento, manutenção, consultoria técnica, orientação de uso, gerência de projeto e implementação.</t>
   </si>
   <si>
     <t xml:space="preserve">Fornecimento de licenças de uso de software integrado de gestão de recursos humanos e folha de pagamento, manutenção, consultoria técnica, orientação de uso, gerência de projeto e implementação. </t>
   </si>
   <si>
     <t xml:space="preserve">LG INFORMÁTICA LTDA </t>
   </si>
   <si>
     <t>3.335.493,00</t>
   </si>
   <si>
     <t>14-12-2011 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 12.01.2012. Início da disputa de preços: às 10 horas do dia 13.01.2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. Belo Horizonte, 13 de dezembro de 2011. Emerson Morais Dias ? Coordenador da Divisão de Licitação ----------------------------- 31-03-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante LG Informática Ltda. no lote 1 (único). Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
@@ -4615,53 +4615,53 @@
     <t xml:space="preserve">ADVAH DO BRASIL LTDA. </t>
   </si>
   <si>
     <t>49.940,00</t>
   </si>
   <si>
     <t>96 / 2011</t>
   </si>
   <si>
     <t>01/12/2011</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de obra de reforma, com acréscimo de área, com fornecimento de mão de obra e materiais, em edificação do Ministério Público na cidade de São João da Ponte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução de obra de reforma, com acréscimo de área, com fornecimento de mão de obra e materiais, em edificação do Ministério Público na cidade de São João da Ponte, MG. </t>
   </si>
   <si>
     <t>288.177,00</t>
   </si>
   <si>
     <t>01-12-2011 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Ministério Público de Minas Gerais torna público que receberá propostas para o atendimento ao objeto desta licitação, até às 12 horas do dia 11 de janeiro de 2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, onde poderá ser obtido o edital completo, ou pelos telefax (31)3330-8190 / 8233 / 8332, pelo fax (31)3330-8334 ou no site www.mp.mg.gov.br. ----------------------------- 14-01-2012 RESULTADO DE JULGAMENTO DE PROPOSTAS E ADJUDICAÇÃO a) Foi classificada a proposta do licitante: Almeida Toscano Construções e Reformas Ltda. b) Fica declarado vencedor e adjudicatário o licitante: Almeida Toscano Construções e Reformas Ltda. no item único desse processo, por atender às exigências editalícias e oferecer proposta abaixo do total máximo permitido. Vistas franqueadas. Sebastião Nobre da Silva ? Presidente da Comissão Permanente de Licitação ----------------------------- 19-01-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante Almeida Toscano Construções e Reformas Ltda. Carlos André Mariani Bittencourt Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
- pl096_co003_ata_julg_prop_adj.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1344/download;
  pl096_conc003_anexo_X.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1330/download;
  pl096_co003_2011_contratacao_reforma_SAO_JOAO_DA_PONTE.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1332/download;
+ pl096_co003_ata_julg_prop_adj.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1344/download;
  pl096_co003_ata_abert_julg_doc_abert_prop.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1343/download;
 </t>
   </si>
   <si>
     <t>95 / 2011</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento de licenças de uso perpétuo para plataforma de portal corporativo, instalação e configuração dos ambientes, suporte técnico, manutenção, treinamento e transferência de tecnologia.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 88 </t>
   </si>
   <si>
     <t xml:space="preserve">Fornecimento de licenças de uso perpétuo para plataforma de portal corporativo, instalação e configuração dos ambientes, suporte técnico, manutenção, treinamento e transferência de tecnologia. </t>
   </si>
   <si>
     <t xml:space="preserve">XTI INFORMÁTICA LTDA </t>
   </si>
   <si>
     <t>1.347.894,00</t>
   </si>
   <si>
     <t>01-12-2011 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 09.01.2012. Início da disputa de preços: às 10 horas do dia 10.01.2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. ----------------------------- 26-01-2012 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante XTI Informática Ltda. no lote 1 (único). Geraldo Flávio Vasques Procurador-Geral de Justiça Adjunto Administrativo - em substituição</t>
   </si>
   <si>
@@ -5167,51 +5167,51 @@
     <t>85.687,24</t>
   </si>
   <si>
     <t>26-08-2010 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que receberá propostas para o atendimento a esta licitação até: - 18 horas do dia 10 de setembro de 2010 para os não cadastrados; - 12 horas do dia 15 de setembro de 2010 para os cadastrados. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, telefax (31)3330-8190 / 8233 / 8332 / 8334 ou no site www.mp.mg.gov.br, onde poderá ser obtido o edital. José Máximo da Silva Júnior - Coordenador da Divisão de Licitação ----------------------------- 27-08-2010 RETIFICAÇÃO Retifica publicação do 'Minas Gerais' de 26.08.2010, Caderno II, p 3. Onde se lê: 'Processo Licitatório nº 050/2010 - Tomada de Preços nº 007/2010'. Leia-se: 'Processo Licitatório nº 061/2010 - Tomada de Preços nº 009/2010'. José Máximo da Silva Júnior - Coordenador da Divisão de Licitação ----------------------------- 18-09-2010 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO a) Foram habilitados para prosseguirem no certame os licitantes: Magna Engenharia Arquitetura e Gerenciamento Ltda. EPP e Urban Engenharia e Arquitetura Ltda. ME. A reunião para abertura dos envelopes de propostas fica marcada para o dia 20 setembro de 2010, às 14 horas, na sala de reuniões do 6º andar do edifício localizado na Av. Álvares Cabral, 1740, bairro Santo Agostinho, Belo Horizonte/MG. Vistas franqueadas. Emerson Morais Dias - Presidente da Comissão Permanente de Licitação ----------------------------- 29-09-2010 RES. DO JULG. DE DOC. PROPOSTA E ADJUDICAÇÃO a) Foram classificadas as propostas dos dois licitantes participantes: Magna Engenharia Arquitetura e Gerenciamento Ltda. - EPP e Urban Engenharia e Arquitetura Ltda. - ME. b) Fica declarado vencedor e adjudicatário o licitante Urban Engenharia e Arquitetura Ltda. - ME. por atender às exigências editalícias e oferecer proposta com menor preço. Vistas franqueadas. Aberto o prazo recursal contra o resultado do julgamento das propostas, contado da publicação deste ato. ----------------------------- 01-10-2010 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante Urban Engenharia e Arquitetura Ltda. - ME. Evandro Manoel Senra Delgado Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 26-05-2012 REVOGAÇÃO Processo Administrativo nº 013/2012 - O Diretor-Geral da Procuradoria-Geral de Justiça/MPMG determinou a revogação do Processo Licitatório nº 061/2010 - Tomada de Preços nº 009/2010, conforme publicação no Minas Gerais de 26/05/2012.</t>
   </si>
   <si>
     <t xml:space="preserve">"&gt; pl061_tp009_2010_contratacao_projetos_orçamentos_BH.doc : http://ws.mpmg.mp.br/licitacao/anexos/pl061_tp009_2010_contratacao_projetos_orçamentos_BH.doc.exe;
 </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>* Data de publicação do último aviso licitatório no Diário Oficial Eletrônico do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t>** Situação e resultado variam conforme o lote.</t>
   </si>
   <si>
     <t>*** Consulta de planilha (XLSX) apresenta nome e url (endereço web) dos arquivos sob a forma de texto. Para acessar determinado arquivo, favor copiar e colar o respectivo url no navegador. Para visualizar todos os hiperlinks de arquivos, favor consultar pesquisa HTML.</t>
   </si>
   <si>
     <t>Fonte: Sistema de Controle de Processos Licitatórios - MPMG</t>
   </si>
   <si>
-    <t>Data da última atualização: 21/11/2025</t>
+    <t>Data da última atualização: 25/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>