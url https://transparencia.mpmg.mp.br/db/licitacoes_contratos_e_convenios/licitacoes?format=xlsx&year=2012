--- v1 (2026-01-25)
+++ v2 (2026-03-27)
@@ -5167,51 +5167,51 @@
     <t>85.687,24</t>
   </si>
   <si>
     <t>26-08-2010 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que receberá propostas para o atendimento a esta licitação até: - 18 horas do dia 10 de setembro de 2010 para os não cadastrados; - 12 horas do dia 15 de setembro de 2010 para os cadastrados. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, telefax (31)3330-8190 / 8233 / 8332 / 8334 ou no site www.mp.mg.gov.br, onde poderá ser obtido o edital. José Máximo da Silva Júnior - Coordenador da Divisão de Licitação ----------------------------- 27-08-2010 RETIFICAÇÃO Retifica publicação do 'Minas Gerais' de 26.08.2010, Caderno II, p 3. Onde se lê: 'Processo Licitatório nº 050/2010 - Tomada de Preços nº 007/2010'. Leia-se: 'Processo Licitatório nº 061/2010 - Tomada de Preços nº 009/2010'. José Máximo da Silva Júnior - Coordenador da Divisão de Licitação ----------------------------- 18-09-2010 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO a) Foram habilitados para prosseguirem no certame os licitantes: Magna Engenharia Arquitetura e Gerenciamento Ltda. EPP e Urban Engenharia e Arquitetura Ltda. ME. A reunião para abertura dos envelopes de propostas fica marcada para o dia 20 setembro de 2010, às 14 horas, na sala de reuniões do 6º andar do edifício localizado na Av. Álvares Cabral, 1740, bairro Santo Agostinho, Belo Horizonte/MG. Vistas franqueadas. Emerson Morais Dias - Presidente da Comissão Permanente de Licitação ----------------------------- 29-09-2010 RES. DO JULG. DE DOC. PROPOSTA E ADJUDICAÇÃO a) Foram classificadas as propostas dos dois licitantes participantes: Magna Engenharia Arquitetura e Gerenciamento Ltda. - EPP e Urban Engenharia e Arquitetura Ltda. - ME. b) Fica declarado vencedor e adjudicatário o licitante Urban Engenharia e Arquitetura Ltda. - ME. por atender às exigências editalícias e oferecer proposta com menor preço. Vistas franqueadas. Aberto o prazo recursal contra o resultado do julgamento das propostas, contado da publicação deste ato. ----------------------------- 01-10-2010 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante Urban Engenharia e Arquitetura Ltda. - ME. Evandro Manoel Senra Delgado Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 26-05-2012 REVOGAÇÃO Processo Administrativo nº 013/2012 - O Diretor-Geral da Procuradoria-Geral de Justiça/MPMG determinou a revogação do Processo Licitatório nº 061/2010 - Tomada de Preços nº 009/2010, conforme publicação no Minas Gerais de 26/05/2012.</t>
   </si>
   <si>
     <t xml:space="preserve">"&gt; pl061_tp009_2010_contratacao_projetos_orçamentos_BH.doc : http://ws.mpmg.mp.br/licitacao/anexos/pl061_tp009_2010_contratacao_projetos_orçamentos_BH.doc.exe;
 </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>* Data de publicação do último aviso licitatório no Diário Oficial Eletrônico do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t>** Situação e resultado variam conforme o lote.</t>
   </si>
   <si>
     <t>*** Consulta de planilha (XLSX) apresenta nome e url (endereço web) dos arquivos sob a forma de texto. Para acessar determinado arquivo, favor copiar e colar o respectivo url no navegador. Para visualizar todos os hiperlinks de arquivos, favor consultar pesquisa HTML.</t>
   </si>
   <si>
     <t>Fonte: Sistema de Controle de Processos Licitatórios - MPMG</t>
   </si>
   <si>
-    <t>Data da última atualização: 25/01/2026</t>
+    <t>Data da última atualização: 27/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>