--- v0 (2025-11-21)
+++ v1 (2026-01-25)
@@ -97,175 +97,175 @@
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 138 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviços de impressão da Revista MPMG Jurídico. </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Adjudicado </t>
   </si>
   <si>
     <t xml:space="preserve">GRÁFICA E EDITORA MAFALI LTDA. ME </t>
   </si>
   <si>
     <t>94.920,00</t>
   </si>
   <si>
     <t>Não se aplica</t>
   </si>
   <si>
     <t>17-12-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 13 horas do dia 20/01/2014, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefones: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs e no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões / Portal de Compras/MG. SIAD 1091040 - 000070/2013 ----------------------------- 28-01-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Gráfica e Editora Mafali Ltda., CNPJ 07.795.101/0001-45, no lote 1 (único). Belo Horizonte, 23 de janeiro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl140_pp138_2013_sd070_pc600_2013_servi?os_impressao_REVISTA_CEAF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1936/download;
  pl140_pp138_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2038/download;
- pl140_pp138_2013_sd070_pc600_2013_servi?os_impressao_REVISTA_CEAF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1936/download;
 </t>
   </si>
   <si>
     <t>139 / 2013</t>
   </si>
   <si>
     <t>07/12/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de fornecimento de software de orçamento eletrônico, avaliação e controle de manutenções automotivas, incluindo atualizações e suporte técnico.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 137 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para prestação de serviços de fornecimento de software de orçamento eletrônico, avaliação e controle de manutenções automotivas, incluindo atualizações e suporte técnico. </t>
   </si>
   <si>
     <t xml:space="preserve">CESVI-BRASIL CENTRO DE EXPERIMENTAÇÃO E SEGURANÇA VIÁRIA LTDA </t>
   </si>
   <si>
     <t>9.951,06</t>
   </si>
   <si>
     <t>07-12-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 20.01.2014. Início da disputa de preços: às 10 horas do dia 20.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000068/2013 ----------------------------- 29-01-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: CESVI - BRASIL CENTRO DE EXPERIMENTAÇÃO E SEGURANÇA VIÁRIA LTDA., CNPJ 00.020.777/0001-18, no lote 1 (único). Belo Horizonte, 27 de janeiro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl139_pe137_2013_sd068_pc622_2013_fornecimento_software_or?amento_eletronico_DSGT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1924/download;
  pl139_pe137_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2037/download;
- pl139_pe137_2013_sd068_pc622_2013_fornecimento_software_or?amento_eletronico_DSGT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1924/download;
 </t>
   </si>
   <si>
     <t>138 / 2013</t>
   </si>
   <si>
     <t>Aquisição de suportes para texto e apoiadores de antebraço.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 136 </t>
   </si>
   <si>
     <t xml:space="preserve">SUPORTES PARA TEXTO E APOIADORES DE ANTEBRAÇO </t>
   </si>
   <si>
     <t xml:space="preserve">FF INFORMÁTICA E EQUIPAMENTOS LTDA - ME </t>
   </si>
   <si>
     <t>20.799,00</t>
   </si>
   <si>
     <t>07-12-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 17.01.2014. Início da disputa de preços: às 10 horas do dia 17.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000057/2013 ----------------------------- 30-01-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: FF Informática e Equipamentos Ltda - ME, CNPJ 04.923.051/0001-46, no lote 1 (único). Belo Horizonte, 24 de janeiro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl138_pe136_2013_sd057_pc631_2013_aquisicao_suportes_texto_apoiadores_antebraco_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1921/download;
  pl138_pe136_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2036/download;
- pl138_pe136_2013_sd057_pc631_2013_aquisicao_suportes_texto_apoiadores_antebraco_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1921/download;
 </t>
   </si>
   <si>
     <t>137 / 2013</t>
   </si>
   <si>
     <t>20/12/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de reprografia, com locação, instalação e manutenção de máquinas, incluindo treinamento de pessoal e fornecimento de insumos, exceto papel e grampo.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 135 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de reprografia </t>
   </si>
   <si>
     <t xml:space="preserve">PRINTEC TECNOLOGIA DA IMPRESSÃO LTDA - EPP </t>
   </si>
   <si>
     <t>22.019,04</t>
   </si>
   <si>
     <t>06-12-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 16.01.2014. Início da disputa de preços: às 10 horas do dia 16.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000052/2013 ----------------------------- 20-12-2013 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)(**)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 21.01.2014. Início da disputa de preços: às 10 horas do dia 21.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. SIAD 1091040 - 000052/2013 (*)Exclusivamente para licitantes enquadrados como ME/EPP. (**) Republicado devido a alterações nas especificações técnicas do Item 1, com alteração de datas. ----------------------------- 15-01-2014 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Comunicamos a interposição de impugnação ao Edital da licitação supracitada por parte da empresa CSI Service Ltda. Conhecemos da peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão administrativa se encontra nos autos do processo licitatório, na Divisão de Licitação, bem como na página desta Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/Pesquisa de Processos Licitatórios (no campo 'Número do Processo' digitar o nº desse procedimento e clicar em 'Enviar'). Informamos aos interessados que a realização desta licitação ocorrerá conforme aviso de licitação, publicado no 'MG' de 20.12.2013: Início da sessão de disputa de preços: às 10 horas do dia 21.01.2014. Outras informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. Belo Horizonte, 14 de janeiro de 2014. Sebastião Nobre da Silva Pregoeiro ----------------------------- 30-01-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Printec Tecnologia da Impressão Ltda - EPP, CNPJ 06.101.609/0001-33, no lote 1 (único). Belo Horizonte, 24 de janeiro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl137_pe135_2013_sd052_pc577_servicos_reprografia_FEPDC.REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1940/download;
+ pl137_pe135_2013_sd052_pc577_servicos_reprografia_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1916/download;
+ decisao impugnacao PL 137 PE 135 - improvimento.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1949/download;
  pl137_pe135_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2027/download;
- pl137_pe135_2013_sd052_pc577_servicos_reprografia_FEPDC.REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1940/download;
-[...1 lines deleted...]
- pl137_pe135_2013_sd052_pc577_servicos_reprografia_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1916/download;
 </t>
   </si>
   <si>
     <t>136 / 2013</t>
   </si>
   <si>
     <t>03/12/2013</t>
   </si>
   <si>
     <t>Aquisição de poltronas, novas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 134 </t>
   </si>
   <si>
     <t xml:space="preserve">Poltronas para escritório, novas. </t>
   </si>
   <si>
     <t xml:space="preserve">COMERCIAL MAKARIOS EQUIPAMENTOS E ARTIGOS PARA ESCRITÓRIOS &amp; SERVIÇOS LTDA </t>
   </si>
   <si>
     <t>39.000,00</t>
   </si>
   <si>
     <t>03-12-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 15.01.2014. Início da disputa de preços: às 10 horas do dia 15.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000060/2013 ----------------------------- 11-02-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Comercial Makarios Equipamentos e Artigos para Escritório &amp; Serviços Ltda. - EPP, CNPJ 07.419.834/0001-85, no lote 1 (único). Belo Horizonte, 7 de fevereiro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl136_pe134_2013_sdzzz_pc560_2013_aquisicao_poltronas_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1900/download;
  pl136_pe134_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2024/download;
- pl136_pe134_2013_sdzzz_pc560_2013_aquisicao_poltronas_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1900/download;
 </t>
   </si>
   <si>
     <t>135 / 2013</t>
   </si>
   <si>
     <t>04/12/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de coleta e transporte de entulho, por meio de caçamba estacionária, em imóveis ocupados pelo Ministério Público de Minas Gerais, na cidade de Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 133 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviço de coleta e transporte de entulho </t>
   </si>
   <si>
     <t xml:space="preserve">TAMMA COMERCIAL LTDA - ME </t>
   </si>
   <si>
     <t>10.800,00</t>
   </si>
   <si>
     <t>03-12-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 14.01.2014. Início da disputa de preços: às 10 horas do dia 14.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000064/2013 ----------------------------- 04-12-2013 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 14.01.2014. Início da disputa de preços: às 10 horas do dia 14.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*) Republicado por se tratar de licitação aberta a todos os licitantes, sem exclusividade para ME e EPP. ----------------------------- 24-01-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Tamma Comercial Ltda. - ME, CNPJ 15.246.056/0001-06, no lote 1 (único). Belo Horizonte, 21 de janeiro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
@@ -280,124 +280,124 @@
   <si>
     <t>134 / 2013</t>
   </si>
   <si>
     <t>Aquisição e instalação de sistema audiovisual e equipamentos de informática, com treinamento para uso dos equipamentos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 132 </t>
   </si>
   <si>
     <t xml:space="preserve">Sistema de Vídeo </t>
   </si>
   <si>
     <t xml:space="preserve">WAVE TECNOLOGIAS EM SISTEMAS AUDIOVISUAIS LTDA - ME </t>
   </si>
   <si>
     <t>23.500,00</t>
   </si>
   <si>
     <t>30-11-2013 AVISO DE LICITAÇÃO (*) A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 13.01.2014. Início da disputa de preços: às 10 horas do dia 13.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. SIAD 1091040 - 000061/2013 (*)Exclusivamente para licitantes enquadrados como ME/EPP. ----------------------------- 04-12-2013 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)(**)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 07.01.2014. Início da disputa de preços: às 10 horas do dia 07.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. (*) Exclusivamente para licitantes enquadrados como ME/EPP. (**) Republicação devido à retificação do site que promoverá esta licitação (com alteração das datas). SIAD 1091040 - 000061/2013 ----------------------------- 17-01-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Wave Tecnologias em Sistemas Audiovisuais Ltda. - ME, CNPJ 17.991.869/0001-48, nos lotes 1, 2 e 3. Belo Horizonte, 15 de janeiro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl134_pe132_2013_sd061_pc633_2013_aquisicao_instalacao_treinamento_sistema audiovisual _CEAF - VERSAO ME EPP_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1902/download;
+ pl134_pe132_2013_sd061_pc633_2013_aquisicao_instalacao_treinamento_sistema audiovisual _CEAF - VERSAO ME EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1895/download;
  pl134_pe132_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2026/download;
- pl134_pe132_2013_sd061_pc633_2013_aquisicao_instalacao_treinamento_sistema audiovisual _CEAF - VERSAO ME EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1895/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Sistema de Áudio </t>
   </si>
   <si>
     <t>17.000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de Computador </t>
   </si>
   <si>
     <t>18.227,00</t>
   </si>
   <si>
     <t>133 / 2013</t>
   </si>
   <si>
     <t>27/11/2013</t>
   </si>
   <si>
     <t>Aquisição de solução de BI (Business Intelligence), com características de descobrimento de dados (Data Discovery) e análise associativa, que permita extração, transformação e carga de dados, bem como a geração de gráficos analíticos, painéis (dashboard) e relatórios para suporte à tomada de decisão, acompanhadas de suporte técnico e manutenção de software com garantia de atualização tecnológica e consultoria.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 131 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de solução de BI (Business Intelligence), com características de descobrimento de dados (Data Discovery) e análise associativa (licenças de software, instalação,configuração e consultoria). </t>
   </si>
   <si>
     <t xml:space="preserve">Path Itts Information Technology &amp; Telecom Service Ltda </t>
   </si>
   <si>
     <t>280.000,00</t>
   </si>
   <si>
     <t>27-11-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 09.12.2013. Início da disputa de preços: às 10 horas do dia 11.12.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000065/2013 ----------------------------- 14-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Path Itts Information Technology &amp; Telecom Service Ltda., CNPJ: 03.220.219/0001-94, no lote 1 (único). Belo Horizonte, 13 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl133_pe131_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2014/download;
  pl133_pe131_2013_sd065_pc609_2013_aquisicao_solucao_BI_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1892/download;
- pl133_pe131_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2014/download;
 </t>
   </si>
   <si>
     <t>132 / 2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviço telefônico fixo comutado STFC na modalidade local, para diversos endereços do Ministério Público do Estado de Minas Gerais no Estado de Minas Gerais, e modalidade local e longa distância nacional no Distrito Federal.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 130 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para prestação de serviço telefônico fixo comutado ? STFC, na modalidade local e longa distância nacional, para tráfego de voz em Brasília/DF, escritório de representação da Procuradoria-Geral de Justiça do Estado de Minas Gerais. </t>
   </si>
   <si>
     <t xml:space="preserve">TELEMAR NORTE LESTE S.A. </t>
   </si>
   <si>
     <t>1.938.067,75</t>
   </si>
   <si>
     <t>27-11-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 09.12.2013. Início da disputa de preços: às 10 horas do dia 11.12.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000063/2013 ----------------------------- 04-12-2013 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 16.12.2013. Início da disputa de preços: às 10 horas do dia 16.12.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*) Republicado devido à alteração da qualificação econômico-financeira exigida no edital. SIAD 1091040 - 000063/2013 ----------------------------- 18-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Telemar Norte Leste S/A, CNPJ: 33.000.118/0001-79, no lote 1. O lote 2 resultou 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 17 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl132_pe130_2013_sd063_pcs 593 e 608_2013_telefonia_STFC_Minas_Brasilia.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1899/download;
+ pl132_pe130_2013_sd063_pcs 593 e 608_2013_telefonia_STFC_Minas_Brasilia_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1904/download;
  pl132_pe130_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2035/download;
- pl132_pe130_2013_sd063_pcs 593 e 608_2013_telefonia_STFC_Minas_Brasilia_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1904/download;
- pl132_pe130_2013_sd063_pcs 593 e 608_2013_telefonia_STFC_Minas_Brasilia.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1899/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Deserto </t>
   </si>
   <si>
     <t xml:space="preserve">- </t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>131 / 2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento, instalação, treinamento, suporte e manutenção em plataforma de Call Center, com os equipamentos necessários para sua instalação.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 129 </t>
   </si>
   <si>
     <t xml:space="preserve">Fornecimento, instalação, treinamento, suporte e manutenção em plataforma de Call Center. </t>
   </si>
   <si>
     <t xml:space="preserve">TENACITY COMÉRCIO E SERVIÇOS LTDA - EPP </t>
@@ -445,53 +445,53 @@
   </si>
   <si>
     <t>129 / 2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para instalação de condicionadores de ar, com fornecimento de mão de obra e materiais, em edificações ocupadas pelo Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 127 </t>
   </si>
   <si>
     <t xml:space="preserve">Instalação de condicionadores de ar, com fornecimento de mão de obra e materiais, em edificações ocupadas pelo Ministério Público do Estado de Minas Gerais. </t>
   </si>
   <si>
     <t xml:space="preserve">ELIAS SOUZA RODRIGUES </t>
   </si>
   <si>
     <t>135.774,00</t>
   </si>
   <si>
     <t>27-11-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 09.12.2013. Início da disputa de preços: às 10 horas do dia 10.12.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000067/2013 ----------------------------- 17-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Elias Souza Rodrigues 05523774650, CNPJ: 11.572.409/0001-07, no lote 1 (único). Belo Horizonte, 13 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl129_pe127_2013_sd067_pc635_2013_contratacao_servicos_instalacao_ar_condicionado_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1885/download;
+ pl129_pe127_anexo.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1886/download;
  pl129_pe127_modelos_planilhas.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1927/download;
- pl129_pe127_anexo.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1886/download;
- pl129_pe127_2013_sd067_pc635_2013_contratacao_servicos_instalacao_ar_condicionado_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1885/download;
  pl129_pe127_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2042/download;
 </t>
   </si>
   <si>
     <t>128 / 2013</t>
   </si>
   <si>
     <t>Aquisição de licenças de uso de software do Sistema de Gerenciamento de Banco de Dados (SGBD) Microsoft SQL Server, versão 2012 Enterprise Edition; e de software do Sistema Operacional de Servidor Microsoft Windows Server, versão 2012 Standard.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 126 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de licenças de uso de software do Sistema de Gerenciamento de Banco de Dados (SGBD) Microsoft SQL Server, versão 2012 Enterprise Edition; e de software do Sistema Operacional de Servidor Microsoft Windows Server, versão 2012 Standard. </t>
   </si>
   <si>
     <t xml:space="preserve">ALLEN RIO SERV. E COM. DE PROD. DE INFORMÁTICA LTDA. </t>
   </si>
   <si>
     <t>217.610,02</t>
   </si>
   <si>
     <t>27-11-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 09.12.2013. Início da disputa de preços: às 10 horas do dia 10.12.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000059/2013 ----------------------------- 14-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Allen Rio Serviços e Comércio de Produtos de Informática Ltda., CNPJ: 00.710.799/0001-00, no lote 1 (único). Belo Horizonte, 12 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
@@ -506,80 +506,80 @@
   </si>
   <si>
     <t>26/11/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de engenharia para manutenção da edificação das Promotorias de Justiça, com fornecimento de mão de obra e materiais, na cidade de Ipatinga, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 125 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE ENGENHARIA PARA MANUTENÇÃO DA EDIFICAÇÃO DAS PROMOTORIAS DE JUSTIÇA, COM FORNECIMENTO DE MÃO DE OBRA E MATERIAIS, NA CIDADE DE IPATINGA, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUTORA VIEIRA &amp; LOPES LTDA </t>
   </si>
   <si>
     <t>71.323,91</t>
   </si>
   <si>
     <t>26-11-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 06.12.2013. Início da disputa de preços: às 10 horas do dia 09.12.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*) Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000056/2013 ----------------------------- 17-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Construtora Vieira &amp; Lopes Ltda.- EPP, CNPJ: 02.264.924/0001-20, no lote 1 (único). Belo Horizonte, 16 de dezembro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  pl127_pe125_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1879/download;
+ pl127_pe125_2013_sd056_pc591_2013_ME_EPP_contratacao_servicos_manutencao_IPATINGA_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1881/download;
  pl127_pe125_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2061/download;
- pl127_pe125_2013_sd056_pc591_2013_ME_EPP_contratacao_servicos_manutencao_IPATINGA_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1881/download;
 </t>
   </si>
   <si>
     <t>126 / 2013</t>
   </si>
   <si>
     <t>Aquisição de materiais de consumo diversos (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 124 </t>
   </si>
   <si>
     <t xml:space="preserve">Açúcar Refinado. </t>
   </si>
   <si>
     <t xml:space="preserve">MULTICOM COMÉRCIO MÚLTIPLO DE ALIMENTOS LTDA. </t>
   </si>
   <si>
     <t>4.740,00</t>
   </si>
   <si>
     <t>26-11-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 06.12.2013. Início da disputa de preços: às 10 horas do dia 09.12.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000058/2013 ----------------------------- 05-12-2013 RETIFICAÇÃO ATENÇÃO ERRATA PL 126/2013 PE 124/2013 Informamos retificação do Edital do PL 126/2013 PE 124/2013, para o estrito fim de adequar o modelo de propostas e o termo de referência ao que já consta do Portal de Compras SIAD (no Item 7 do Lote 5 e no Item 10 do Lote 6). Não houve alteração das datas para o recebimento das propostas e do início da sessão de lances. O edital retificado pode ser obtido nos sites www.compras.mg.gov.br e http://www.mpmg.mp.br/acesso-a-informacao/licitacoes . ----------------------------- 18-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Multicom Comércio Múltiplo de Alimentos Ltda., CNPJ 05.656.062/0001-70 no lote 1, Embalagens Barbieri Ltda. - EPP, CNPJ: 25.353.475/0001-92 no lote 2, Papelaria Irmãos Borges Ltda., CNPJ: 07.266.248/0001-48 no lote 3, Sérgio Luiz da Costa, CNPJ: 03.376.436/0001-78 no lote 4 e Marcos Aurélio Collaço, CNPJ: 81.431.777/0001-02 no lote 7. Os lotes 5 e 6 foram anulados porque não foi cumprido prazo para a publicidade legal desses lotes e, portanto, a formulação das propostas restou prejudicada. Belo Horizonte, 17 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl126_pp124_2013_sd058_pc584_2013_aquisicao_materiais de consumo_diversos_DIMAC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1912/download;
  pl126_pp124_2013_sd058_pc584_2013_aquisi??o_materiais de consumo_diversos_DIMAC_Retificado.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1913/download;
- pl126_pp124_2013_sd058_pc584_2013_aquisicao_materiais de consumo_diversos_DIMAC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1912/download;
  pl126_pe124_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2043/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Caixas de papelão. </t>
   </si>
   <si>
     <t xml:space="preserve">EMBALAGENS BARBIERI LTDA. - EPP </t>
   </si>
   <si>
     <t>8.635,00</t>
   </si>
   <si>
     <t xml:space="preserve">Diversos. </t>
   </si>
   <si>
     <t xml:space="preserve">PAPELARIA IRMAOS BORGES LTDA. </t>
   </si>
   <si>
     <t>12.025,84</t>
   </si>
   <si>
     <t xml:space="preserve">Papel A4 branco para xerox. </t>
   </si>
   <si>
@@ -611,52 +611,52 @@
   </si>
   <si>
     <t>05/12/2013</t>
   </si>
   <si>
     <t>Contratação de empresa para prestação de serviços de manutenção, com cobertura de peças, de equipamentos de áudio e vídeo situados nos edifícios da Procuradoria-Geral de Justiça do Estado de Minas Gerais, Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 123 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de manutenção, com cobertura de peças, de equipamentos de áudio e vídeo situados nos edifícios da Procuradoria-Geral de Justiça do Estado de Minas Gerais, Belo Horizonte, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">IMAGO DEI - ÁUDIO E VÍDEO LTDA - ME </t>
   </si>
   <si>
     <t>58.920,00</t>
   </si>
   <si>
     <t>22-11-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 04.12.2013. Início da disputa de preços: às 10 horas do dia 05.12.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000055/2013 ----------------------------- 04-12-2013 COMUNICAÇÃO RETIFICAÇÃO DE EDITAL E ALTERAÇÃO DE DATAS - SIAD 1091040 000055/2013. Senhores Fornecedores, informamos que o lote 1 (único) foi excluído no sistema SIAD e consequentemente as propostas foram excluídas. Devido à adequação da cotação da proposta para valor total ANUAL (anexo II do edital - modelo de proposta), o edital será republicado no Diário Oficial, no dia 05/12/2013. Dessa forma, será necessário o cadastramento de nova proposta dos fornecedores. Nova data: Recebimento das propostas: até às 10:00 horas do dia 17/12/2013. Início da sessão de lances: às 10:00 horas do dia 17/12/2013. ----------------------------- 05-12-2013 REPUBLICAÇÃO - AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 17.12.2013. Início da disputa de preços: às 10 horas do dia 17.12.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. (**) Republicado devido à alteração da cotação da proposta para anual (houve alteração das datas). SIAD 1091040 - 000055/2013 ----------------------------- 19-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Imago Dei - Áudio e Vídeo Ltda. - ME, CNPJ: 13.240.986/0001-19, no lote 1 (único). Belo Horizonte, 18 de dezembro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl125_pe123_2013_sd055_pc599_2013_servicos_manutencao_equipamentos_audio_video_SOC_ME_EPP_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1906/download;
  pl125_pe123_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2002/download;
- pl125_pe123_2013_sd055_pc599_2013_servicos_manutencao_equipamentos_audio_video_SOC_ME_EPP_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1906/download;
  pl125_pe123_2013_sd055_pc599_2013_servicos_manutencao_equipamentos_audio_video_SOC_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1876/download;
 </t>
   </si>
   <si>
     <t>124 / 2013</t>
   </si>
   <si>
     <t>22/11/2013</t>
   </si>
   <si>
     <t>Aquisição de condicionadores de ar (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 122 </t>
   </si>
   <si>
     <t xml:space="preserve">CONDICIONADORES E CLIMATIZADORES DE AR </t>
   </si>
   <si>
     <t xml:space="preserve">LEANDRO LUIZ LEAL SILVA - ME </t>
   </si>
   <si>
     <t>284.902,09</t>
   </si>
   <si>
@@ -671,115 +671,115 @@
   </si>
   <si>
     <t>123 / 2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de adaptação e manutenção, com fornecimento de mão de obra e materiais, no 11º andar de edificação localizada na Rua Timbiras, nº 2928, em Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 121 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução de serviços de adaptação e manutenção, com fornecimento de mão de obra e materiais, no 11º andar de edificação localizada na Rua Timbiras, nº 2928, em Belo Horizonte, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">MÉTODO OBRAS E REFORMAS LTDA - ME </t>
   </si>
   <si>
     <t>32.268,44</t>
   </si>
   <si>
     <t>22-11-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 04.12.2013. Início da disputa de preços: às 10 horas do dia 05.12.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000055/2013 ----------------------------- 14-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Método Obras e Reformas Ltda - ME, CNPJ: 14.062.059/0001-19, no lote 1 (único). Belo Horizonte, 12 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl123_pe121_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2039/download;
  pl123_pe121_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1884/download;
  pl123_pe121_2013_sd051_pc585_2013_servi?os_adaptacao_manutencao_edificio Timbiras_SEA_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1875/download;
+ pl123_pe121_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2039/download;
 </t>
   </si>
   <si>
     <t>122 / 2013</t>
   </si>
   <si>
     <t>21/11/2013</t>
   </si>
   <si>
     <t>Aquisição de sistema de armazenamento de dados (storage) e switch san, compreendendo os serviços de instalação, configuração, ativação e treinamento, com garantia para suporte de hardware e software e assistência técnica de todas as soluções.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 120 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de sistema de armazenamento de dados (storage) e switch san, compreendendo os serviços de instalação, configuração, ativação e treinamento, com garantia para suporte de hardware e software e assistência técnica de todas as soluções. </t>
   </si>
   <si>
     <t xml:space="preserve">HITACHI DATA SYSTEMS DO BRASIL LTDA </t>
   </si>
   <si>
     <t>600.000,00</t>
   </si>
   <si>
     <t>21-11-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 03.12.2013. Início da disputa de preços: às 10 horas do dia 04.12.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1451630 - 000003/2013 ----------------------------- 12-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Hitachi Data Systems do Brasil Ltda., CNPJ: 68.074.673/0001-20, no lote 1(único). Belo Horizonte, 09 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl122_pe120_2013_sd003_pc512_2013_aquisicao_STORAGE_switch_SAN_STI_SEDS.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1874/download;
  pl122_pe120_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2078/download;
- pl122_pe120_2013_sd003_pc512_2013_aquisicao_STORAGE_switch_SAN_STI_SEDS.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1874/download;
 </t>
   </si>
   <si>
     <t>121 / 2013</t>
   </si>
   <si>
     <t>20/11/2013</t>
   </si>
   <si>
     <t>Aquisição de solução de backup em disco e fita, compreendendo o sistema de backup em fita, sistema de backup em disco e cartuchos de fita magnética, incluindo instalação, configuração, ativação, garantia para suporte de hardware e software e assistência técnica de todas as soluções.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 119 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de solução de backup em disco e fita, compreendendo o sistema de backup em fita, sistema de backup em disco e cartuchos de fita magnética, incluindo instalação, configuração, ativação, garantia para suporte de hardware e software e assistência técnica de todas as soluções. </t>
   </si>
   <si>
     <t xml:space="preserve">IT-ONE TECNOLOGIA DA INFORMAÇÃO LTDA. </t>
   </si>
   <si>
     <t>303.359,97</t>
   </si>
   <si>
     <t>20-11-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 02.12.2013. Início da disputa de preços: às 10 horas do dia 03.12.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1451630 - 000002/2013 ----------------------------- 26-11-2013 ESCLARECIMENTOS Segue questionamento de licitante e resposta do setor competente (Diretoria de Redes e Bancos de Dados da PGJ): Pergunta - Em relação ao item 4, subitem 4.2, relativo à qualificação técnica, reproduzido abaixo, apresentamos questionamento: "Declaração contendo o(s) nomes(s) e respectivo (s) documento(s) de identidade de, no mínimo, 1 (um) profissional tecnicamente treinado e capacitado, acompanhado do respectivo certificado individual, emitido pelo fabricante, indicado para a execução da instalação dos equipamentos que envolvam a solução". Nosso entendimento: Tendo em vista que quem fará a instalação dos equipamentos que envolvem a solução é o fabricante, entendemos que a exigência do subitem acima é dispensável. Nosso entendimento está correto? Resposta - "O entendimento está correto desde que a CONTRATADA apresente declaração do fabricante que garanta que o serviço será prestado diretamente por ele (fabricante)". ----------------------------- 11-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: It-One Tecnologia da Informação Ltda, CNPJ: 05.333.907/0001-96, no lote 1(único). Belo Horizonte, 09 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl121_pe119_2013_sd002_pc511_2013_aquisicao_solucao_BACKUP_STI_SEDS.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1871/download;
  pl121_pe119_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2067/download;
- pl121_pe119_2013_sd002_pc511_2013_aquisicao_solucao_BACKUP_STI_SEDS.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1871/download;
 </t>
   </si>
   <si>
     <t>120 / 2013</t>
   </si>
   <si>
     <t>15/11/2013</t>
   </si>
   <si>
     <t>Aquisição de materiais elétricos para iluminação.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 118 </t>
   </si>
   <si>
     <t xml:space="preserve">LÂMPADAS FLUORESCENTES COMPACTAS E LÂMPADAS LED </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Fracassado </t>
   </si>
   <si>
     <t>15-11-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 28.11.2013. Início da disputa de preços: às 10 horas do dia 02.12.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000053/2013 ----------------------------- 14-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: L&amp;Z Eletricidade e Iluminação Eireli, CNPJ 02.644.184/0001-58, no lote 2. O lote 1 resultou 'fracassado' por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 09 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -802,80 +802,80 @@
   <si>
     <t>14/11/2013</t>
   </si>
   <si>
     <t>Aquisição de carrinhos dobráveis e tipo supermercado.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 117 </t>
   </si>
   <si>
     <t xml:space="preserve">CARRINHOS DOBRÁVEIS E TIPO SUPERMERCADO </t>
   </si>
   <si>
     <t xml:space="preserve">JERBRA COMERCIAL LTDA. </t>
   </si>
   <si>
     <t>12.710,00</t>
   </si>
   <si>
     <t>14-11-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 27.11.2013. Início da disputa de preços: às 10 horas do dia 28.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*) Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000049/2013 ----------------------------- 06-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Jerbra Comercial Ltda.-ME, CNPJ: 17.544.123/0001-96, no lote 1 (único). Belo Horizonte, 04 de dezembro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl119_pe117_2013_sd049_pc568_2013_aquisicao_carrinhos_dobraveis_e_tipo_supermercado_DMAP_VERSAO_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1866/download;
+ pl119_pe117_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1867/download;
  pl119_pe117_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2095/download;
- pl119_pe117_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1867/download;
 </t>
   </si>
   <si>
     <t>118 / 2013</t>
   </si>
   <si>
     <t>13/11/2013</t>
   </si>
   <si>
     <t>Aquisição de bebedouros diversos (garrafão, de acessibilidade e de pressão), novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 116 </t>
   </si>
   <si>
     <t xml:space="preserve">Bebedouros (garrafão, acessível e de pressão). </t>
   </si>
   <si>
     <t>39.397,90</t>
   </si>
   <si>
     <t>13-11-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 26.11.2013. Início da disputa de preços: às 10 horas do dia 27.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*) Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000047/2013 ----------------------------- 13-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Leandro Luiz Leal Silva - EPP, CNPJ 08.194.579/0001-82, no lote 1(único). Belo Horizonte, 10 de dezembro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl118_pe116_2013_sd047_pcs570_587__2013_aquisicao_bebedouros_garrafao_pressao_acessabilidade_DMAP-ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1863/download;
  pl118_pe116_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2059/download;
- pl118_pe116_2013_sd047_pcs570_587__2013_aquisicao_bebedouros_garrafao_pressao_acessabilidade_DMAP-ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1863/download;
 </t>
   </si>
   <si>
     <t>117 / 2013</t>
   </si>
   <si>
     <t>Aquisição de mobiliário, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 115 </t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRAS E LONGARINAS </t>
   </si>
   <si>
     <t xml:space="preserve">MULTIMIX - IMP., EXP. E COMERCIALIZAÇÃO DE MÓVEIS EM GERAL E COMPONENTES LTDA. - EPP </t>
   </si>
   <si>
     <t>123.100,00</t>
   </si>
   <si>
     <t>13-11-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 26.11.2013. Início da disputa de preços: às 10 horas do dia 28.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000041/2013 ----------------------------- 12-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Multmix - Importação, Exportação e Comercialização de Móveis em Geral e Componentes Ltda - EPP, CNPJ: 09.614.362/0001-47, no lote 1(único). Belo Horizonte, 06 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -886,144 +886,144 @@
   </si>
   <si>
     <t>116 / 2013</t>
   </si>
   <si>
     <t>12/11/2013</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 114 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para instalação de condicionadores de ar, com fornecimento de mão de obra e materiais, em edificações ocupadas pelo Ministério Público do Estado de Minas Gerais. </t>
   </si>
   <si>
     <t xml:space="preserve">REFRI MASTER COMÉRCIO IMPORTAÇÃO E SERVIÇOS LTDA - ME </t>
   </si>
   <si>
     <t>44.291,00</t>
   </si>
   <si>
     <t>12-11-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 26.11.2013. Início da disputa de preços: às 10 horas do dia 27.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*) Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000050/2013 ----------------------------- 11-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Refri Master Comércio Importação e Serviços Ltda - ME, CNPJ: 05.385.583/0001-30, no lote 1(único). Belo Horizonte, 06 de dezembro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl116_pe114_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1861/download;
+ pl116_pe114_2013_sd050_pc582_2013_ME_EPP_contratacao_servicos_instalacao_ar_condicionado_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1860/download;
  pl116_pe114_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1997/download;
- pl116_pe114_2013_sd050_pc582_2013_ME_EPP_contratacao_servicos_instalacao_ar_condicionado_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1860/download;
- pl116_pe114_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1861/download;
 </t>
   </si>
   <si>
     <t>115 / 2013</t>
   </si>
   <si>
     <t>08/11/2013</t>
   </si>
   <si>
     <t>Aquisição de diversos mobiliários sob medida e poltronas, novas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 113 </t>
   </si>
   <si>
     <t xml:space="preserve">MOBILIÁRIOS SOB MEDIDA </t>
   </si>
   <si>
     <t xml:space="preserve">MODERN DESIGN DO BRASIL LTDA. - EPP </t>
   </si>
   <si>
     <t>91.674,00</t>
   </si>
   <si>
     <t>08-11-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 22.11.2013. Início da disputa de preços: às 10 horas do dia 25.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. ----------------------------- 19-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Modern Design do Brasil Ltda.-EPP, CNPJ: 71.360.713/0001-04, no lote 1 e Tecnolinea Injetados Plásticos Ltda., CNPJ: 93.448.959/0001-75, no lote 2. Belo Horizonte, 18 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl115_pe113_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1858/download;
  pl115_pe113_2013_sd045_pc387_526_527_488_2013_aquisicao_mobiliario_sob_medida_poltronas_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1859/download;
  pl115_pe113_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2029/download;
- pl115_pe113_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1858/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">POLTRONAS PARA AUDITÓRIO, COM INSTALAÇÃO. </t>
   </si>
   <si>
     <t xml:space="preserve">TECNOLINEA INJETADOS PLÁSTICOS LTDA </t>
   </si>
   <si>
     <t>100.095,80</t>
   </si>
   <si>
     <t>114 / 2013</t>
   </si>
   <si>
     <t>Aquisição de equipamentos, componentes e acessórios fotográficos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 112 </t>
   </si>
   <si>
     <t xml:space="preserve">EQUIPAMENTOS, COMPONENTES E ACESSÓRIOS FOTOGRÁFICOS </t>
   </si>
   <si>
     <t xml:space="preserve">INFODATAS COM. DE PROD. ELETROEL. E SERV. LTDA. - ME </t>
   </si>
   <si>
     <t>21.990,00</t>
   </si>
   <si>
     <t>08-11-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 21.11.2013. Início da disputa de preços: às 10 horas do dia 22.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*) Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000048/2013 ----------------------------- 28-11-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Infodatas Comércio de Produtos Eletroeletrônicos e Serviços Ltda. - ME, CNPJ: 68.514.900/0001-90, no lote 1(único). Belo Horizonte, 26 de novembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl114_pe112_2013_sd048_pc456_2013_aquisicao_equip_fotograficos_SCI_VERSAO_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1855/download;
  pl114_pe112_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2041/download;
- pl114_pe112_2013_sd048_pc456_2013_aquisicao_equip_fotograficos_SCI_VERSAO_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1855/download;
 </t>
   </si>
   <si>
     <t>113 / 2013</t>
   </si>
   <si>
     <t>Aquisição de materiais hidráulicos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 111 </t>
   </si>
   <si>
     <t xml:space="preserve">PEÇAS HIDRÁULICAS EM GERAL </t>
   </si>
   <si>
     <t>08-11-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 21.11.2013. Início da disputa de preços: às 10 horas do dia 22.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*) Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000027/2013 ----------------------------- 14-11-2013 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*) (**) A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 27.11.2013. Início da disputa de preços: às 10 horas do dia 29.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000027/2013 (*) Exclusivamente para licitantes enquadrados como ME/EPP. (**) Republicado devido à alteração do Edital. ----------------------------- 11-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: FX Comércio e Distribuidora Eireli - ME, CNPJ 13.857.945/0001-76, nos lotes 3, 4, 5 e 6. Os lotes 1 e 2 resultaram 'fracassados' por não ter restado proposta classificada para atendimento aos seus objetos. Belo Horizonte, 09 de dezembro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl113_pe111_2013_sd027_pc478_479_ME_EPP_aquisicao_materiais_hidraulicos_SEA_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1868/download;
  pl113_pe111_2013_sd027_pc478_479_ME_EPP_aquisicao_materiais_hidraulicos_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1857/download;
- pl113_pe111_2013_sd027_pc478_479_ME_EPP_aquisicao_materiais_hidraulicos_SEA_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1868/download;
  pl113_pe111_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2003/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAL PARA CAIXA ACOPLADA (MODELOS DIVERSOS) </t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAL DE VÁLVULA DE DESCARGA </t>
   </si>
   <si>
     <t xml:space="preserve">FX COMÉRCIO E DISTRIBUIDORA EIRELI - ME </t>
   </si>
   <si>
     <t>1.200,00</t>
   </si>
   <si>
     <t xml:space="preserve">PIA EM LOUÇA PARA BANHEIRO DE DEFICIENTE </t>
   </si>
   <si>
     <t>1.314,00</t>
   </si>
   <si>
     <t xml:space="preserve">LOUÇAS PARA BANHEIRO E ÁREA DE SERVIÇO </t>
   </si>
   <si>
@@ -1037,53 +1037,53 @@
   </si>
   <si>
     <t>112 / 2013</t>
   </si>
   <si>
     <t>Aquisição de mobiliários de aço (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 110 </t>
   </si>
   <si>
     <t xml:space="preserve">MOBILIÁRIOS DE AÇO. </t>
   </si>
   <si>
     <t xml:space="preserve">COMERCIAL MORBRAS LTDA. - ME </t>
   </si>
   <si>
     <t>111.000,00</t>
   </si>
   <si>
     <t>08-11-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 22.11.2013. Início da disputa de preços: às 10 horas do dia 25.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. Belo Horizonte, 7 de novembro de 2013. SIAD 1091040 - 000037/2013 ----------------------------- 12-11-2013 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 26.11.2013. Início da disputa de preços: às 10 horas do dia 27.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000037/2013 (*) Republicado devido à alteração de datas. ----------------------------- 14-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Comercial Morbras Ltda - ME, CNPJ: 05.312.963/0001-44, no lote 1(único). Belo Horizonte, 11 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl112_pe110_2013_sd037_pc557_569_2013_aquisicao mobiliarios aco_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1856/download;
  pl112_pe110_2013_sd037_pc557_569_2013_aquisicao mobiliarios aco_DMAP_Republicado.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1862/download;
  pl112_pe110_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2040/download;
- pl112_pe110_2013_sd037_pc557_569_2013_aquisicao mobiliarios aco_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1856/download;
 </t>
   </si>
   <si>
     <t>111 / 2013</t>
   </si>
   <si>
     <t>07/11/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a elaboração de projetos e orçamentos visando à execução de obra de edificação na cidade de Governador Valadares.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 109 </t>
   </si>
   <si>
     <t xml:space="preserve">Elaboração de projetos e orçamentos visando à execução de obra de edificação na cidade de Governador Valadares. </t>
   </si>
   <si>
     <t xml:space="preserve">G.O.S ENGENHARIA LTDA </t>
   </si>
   <si>
     <t>416.970,00</t>
   </si>
   <si>
     <t>07-11-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 13 horas do dia 21/11/2013, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefones: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs e no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões / Portal de Compras/MG. SIAD 1091040 - 000043/2013 (*)PREGÃO PRESENCIAL ----------------------------- 29-11-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: GOS Engenharia Ltda. - EPP, CNPJ: 02.498.391/0001-41, no lote 1(único). Belo Horizonte, 28 de novembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
@@ -1098,52 +1098,52 @@
   </si>
   <si>
     <t>110 / 2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços gráficos (confecção de exemplares de Códigos de Defesa do Consumidor).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 108 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS GRÁFICOS (CONFECÇÃO DE CÓDIGOS DE DEFESA DO CONSUMIDOR). </t>
   </si>
   <si>
     <t xml:space="preserve">USINA DO LIVRO - GRÁFICA E EDITORA LTDA - EPP </t>
   </si>
   <si>
     <t>8.800,00</t>
   </si>
   <si>
     <t>07-11-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 20.11.2013. Início da disputa de preços: às 10 horas do dia 21.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*) Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000046/2013 ----------------------------- 28-11-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Usina do Livro - Gráfica e Editora Ltda - EPP - CNPJ: 15.572.409/0001-50, no Lote 1 (único). Belo Horizonte, 26 de novembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl110_pe108_2013_sd046_pc562_servicos_graficos_cdc_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1850/download;
  pl110_pe108_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1996/download;
- pl110_pe108_2013_sd046_pc562_servicos_graficos_cdc_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1850/download;
 </t>
   </si>
   <si>
     <t>109 / 2013</t>
   </si>
   <si>
     <t>06/11/2013</t>
   </si>
   <si>
     <t>Aquisição de materiais para manutenção e conservação.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 107 </t>
   </si>
   <si>
     <t xml:space="preserve">Materiais diversos </t>
   </si>
   <si>
     <t>7.180,00</t>
   </si>
   <si>
     <t>06-11-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 20.11.2013. Início da disputa de preços: às 10 horas do dia 22.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*) Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000044/2013 ----------------------------- 17-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: FX Comércio e Distribuidora Eireli-ME, CNPJ: 13.857.945/0001-76, no lote 1, Tactem Comercial Ltda.-ME, CNPJ: 22.373.088/0001-20, nos lotes 2 e 8, Sociedade Planeta Ltda.-EPP, CNPJ: 17.276.114/0001-61, no lote 4, Acril Sinalização Ltda.-ME, CNPJ: 15.372.421/0001-10, no lote 6, Van Pisos e Carpetes Ltda.-ME, CNPJ: 07.674.889/0001-31, no lote 7. Os lotes 3 e 5 resultaram 'fracassados' por não ter restado proposta classificada para atendimento aos seus objetos. Belo Horizonte, 16 de dezembro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -1203,52 +1203,52 @@
   <si>
     <t>108 / 2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de modernização e manutenção preventiva e corretiva, com inclusão total de peças, em elevadores e plataformas, em diversos prédios ocupados pelo Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 106 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviços de modernização e manutenção preventiva e corretiva, com inclusão total de peças originais ou similares, em elevadores para transporte de passageiros, nos imóveis ocupados pelo Ministério Público, na cidade de Belo Horizonte/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">THYSSENKRUPP ELEVADORES S/A </t>
   </si>
   <si>
     <t>2.452.800,00</t>
   </si>
   <si>
     <t>06-11-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 20.11.2013. Início da disputa de preços: às 10 horas do dia 21.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000040/2013 ----------------------------- 14-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário os licitantes: - Thyssenkrupp Elevadores S.A. - CNPJ: 90.347.840/0001-03, nos lotes 1 e 5. - Elevadores Atlas S.A. - CNPJ: 00.028.986/0010-07, no lote 6. Os lotes 2, 3, 4 e 7 encerraram-se 'desertos' por não terem sido apresentadas propostas para atendimento aos seus objetos. Belo Horizonte, 11 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl108_pe106_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1847/download;
+ pl108_pe106_2013_sd040_pc586_2013_contratacao_modernizacao_manutencao_ELEVADORES.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1848/download;
  pl108_pe106_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1992/download;
- pl108_pe106_2013_sd040_pc586_2013_contratacao_modernizacao_manutencao_ELEVADORES.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1848/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviços de manutenção preventiva e corretiva, com inclusão total de peças originais ou similares, em elevador para transporte de passageiros da marca OTIS, em imóvel ocupado pelo Ministério Público, na cidade de Pouso Alegre/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviços de manutenção preventiva e corretiva, com inclusão total de peças originais ou similares, em elevadores para transporte de passageiros da marca WORK, nos imóveis ocupados pelo Ministério Público, na cidade de Sete Lagoas/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviços de manutenção preventiva e corretiva, com inclusão total de peças originais ou similares, em plataforma de elevação para pessoas com mobilidade reduzida, da marca MONTELE, nos imóveis ocupados pelo Ministério Público, na cidade de Barbacena/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviços de manutenção preventiva e corretiva, com inclusão total de peças originais ou similares, em elevadores para transporte de passageiros e plataformas de elevação para pessoas com mobilidade reduzida, da marca THYSSENKRUPP, em diversos imóveis ocupados pelo Ministério Público do Estado de Minas Gerais. </t>
   </si>
   <si>
     <t>327.000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviços de manutenção preventiva e corretiva, com inclusão total de peças originais ou similares, em elevadores para transporte de passageiros, da marca ATLAS, SCHINDLER e ATLAS-SHINDLER, em diversos imóveis ocupados pelo Ministério Público do Estado de Minas Gerais. </t>
   </si>
   <si>
     <t xml:space="preserve">ELEVADORES ATLAS SCHINDLER S.A. </t>
   </si>
   <si>
     <t>86.845,08</t>
@@ -1290,53 +1290,53 @@
   <si>
     <t>19/11/2013</t>
   </si>
   <si>
     <t>Aquisição de materiais de lógica e de telecomunicações e cabos e materiais elétricos diversos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 104 </t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAL DE LÓGICA E TELECOMUNICAÇÕES </t>
   </si>
   <si>
     <t xml:space="preserve">MULTIREDE DISTRIBUIDORA LTDA </t>
   </si>
   <si>
     <t>35.340,00</t>
   </si>
   <si>
     <t>02-11-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação, SIAD 1091040 - 000034/2013, no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 18.11.2013. Início da disputa de preços: às 10 horas do dia 19.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. ----------------------------- 07-11-2013 RETIFICAÇÃO ATENÇÃO - INFORMAÇÃO DE RETIFICAÇÃO DA MINUTA DO EDITAL DO PL 106/2013, PE 104/2013. Foi realizada retificação na especificação técnica do Item 4 do Lote 4, quanto à profundidade, a qual foi alterada de 400 mm para 570 mm (constante nos Anexos II e VI do Edital). Não houve alteração das datas para o recebimento das propostas e do início da sessão de lances. O edital retificado pode ser obtido nos sites www.compras.mg.gov.br e http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, Pesquisa de Processos Licitatórios (no campo Número do Processo, digitar o nº desse procedimento e clicar em Enviar). ----------------------------- 19-11-2013 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 29.11.2013. Início da disputa de preços: às 10 horas do dia 02.12.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000034/2013 (*) Republicado devido à alteração dos lotes 1 e 3 no SIAD, adequando-os ao Edital. ----------------------------- 26-11-2013 COMUNICAÇÃO Comunicamos que a a tensão de isolamento correta do item 1 do lote 3 é 450/750 V. ----------------------------- 18-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: AMP Indústria e Comércio de Condutores Ltda., CNPJ: 09.171.140/0001-05, nos lotes 2 e 3, Ciclops Indústria, Comércio e Serviços Ltda.-ME, CNPJ: 11.387.921/0001-75, no lote 4, Suprema Hidroelétrica Ltda.-ME, CNPJ: 42.891.902/0001-04, nos lotes 5 e 6, L &amp; Z Eletricidade e Iluminação Eireli, CNPJ: 02.644.184/0001-58, no lote 7. O resultado do lote 1 será publicado oportunamente. Belo Horizonte, 17 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 20-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Multirede Distribuidora Ltda., CNPJ: 01.115.345/0001-53, no lote 1. O resultado dos lotes 2 a 7 foi publicado no 'MG' de 18.12.20131, Caderno II, pg. 11. Belo Horizonte, 18 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl106_pe104_2013_sd034_pc481_490_aquisicao_cabos_eletricos.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/1839/download;
+ pl106_pe104_2013_sd034_pc481_490_aquisicao_cabos_eletricos_RETIFICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1851/download;
  pl106_pe104_2013_sd034_pc481_490_aquisicao_cabos_eletricos_SEA_RETIFICADO(2).rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1869/download;
  pl106_pe104_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2069/download;
- pl106_pe104_2013_sd034_pc481_490_aquisicao_cabos_eletricos_RETIFICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1851/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS MONOPOLARES </t>
   </si>
   <si>
     <t xml:space="preserve">AMP INDÚSTRIA E COMÉRCIO DE CONDUTORES LTDA </t>
   </si>
   <si>
     <t>22.330,00</t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS MULTIPOLARES </t>
   </si>
   <si>
     <t>15.015,00</t>
   </si>
   <si>
     <t xml:space="preserve">RACK METÁLICO 19? E COMPONENTES </t>
   </si>
   <si>
     <t xml:space="preserve">CICLOPS INDÚSTRIA, COMÉRCIO E SERVIÇOS LTDA - ME </t>
   </si>
   <si>
     <t>18.610,00</t>
@@ -1389,81 +1389,81 @@
  pl105_pe103_2013_sd041_pc513_2013_aquisicao_licenca_software_HP_data_protector_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1840/download;
  pl105_pe103_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1991/download;
 </t>
   </si>
   <si>
     <t>104 / 2013</t>
   </si>
   <si>
     <t>01/11/2013</t>
   </si>
   <si>
     <t>Aquisição de circuladores de ar, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 102 </t>
   </si>
   <si>
     <t xml:space="preserve">Circuladores de ar, novos. </t>
   </si>
   <si>
     <t>01-11-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 13.11.2013. Início da disputa de preços: às 10 horas do dia 14.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000042/2013 ----------------------------- 28-11-2013 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 25 de novembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl104_pe102_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2004/download;
  pl104_pe102_2013_sd042_pc572_2013_aquisicao_circulador_ar_DMAP ME EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1837/download;
- pl104_pe102_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2004/download;
 </t>
   </si>
   <si>
     <t>103 / 2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada em serviço de estenotipia.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 101 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE ESTENOTIPIA </t>
   </si>
   <si>
     <t xml:space="preserve">STENO DO BRASIL IMPORTAÇÃO E EXPORTAÇÃO COM. E ASS. LTDA </t>
   </si>
   <si>
     <t>304.000,00</t>
   </si>
   <si>
     <t>01-11-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 13.11.2013. Início da disputa de preços: às 10 horas do dia 14.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. ----------------------------- 05-12-2013 RESULTADO DE JULGAMENTO DE RECURSO E COMUNICAÇÃO Conheço do recurso interposto pela licitante INFRA EXPERTS TECNOLOGIA E COMÉRCIO LTDA., eis que próprio e tempestivo. No mérito, decido desprovê-lo, pela fundamentação constante na decisão do Pregoeiro. Belo Horizonte/MG, 05 de dezembro de 2013. MAURO FLÁVIO FERREIRA BRANDÃO Procurador-Geral de Justiça Adjunto Administrativo OBS: a íntegra da decisão se encontra no arquivo abaixo. ----------------------------- 07-12-2013 RESULTADO DO JULG. DE REC. ADM, ADJUDICAÇÃO E HOMOLOGAÇÃO Conheço da peça recursiva interposta por parte da empresa Infra Experts Tecnologia e Comércio Ltda. - EPP porque própria e tempestiva e, no mérito, nego-lhe provimento. Adjudico o objeto do lote 1 (único) desse processo ao licitante: Steno do Brasil Importação e Exportação Comércio e Assessoria Ltda., CNPJ 61.939.120/0001-43. Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Steno do Brasil Importação e Exportação Comércio e Assessoria Ltda., CNPJ 61.939.120/0001-43, no lote 1 (único). Belo Horizonte, 5 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl103_pe101_2013_sd036_pc493_2013_contratacao_servico_estenotipia.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1909/download;
  pl103_pe101_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1990/download;
  Decisao Pregoeiro Emerson - Recurso Infra Experts - estenotipia - indeferimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1908/download;
+ pl103_pe101_2013_sd036_pc493_2013_contratacao_servico_estenotipia.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1909/download;
 </t>
   </si>
   <si>
     <t>102 / 2013</t>
   </si>
   <si>
     <t>Aquisição de mesas (para escritório, microcomputador e impressora), novas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 100 </t>
   </si>
   <si>
     <t xml:space="preserve">Mesas para escritório (funcionário), para microcomputador e para impressora </t>
   </si>
   <si>
     <t>01-11-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 14.11.2013. Início da disputa de preços: às 10 horas do dia 18.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000038/2013 (*)Exclusivamente para licitantes enquadrados como ME/EPP. ----------------------------- 11-12-2013 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 05 de dezembro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl102_pe100_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1989/download;
  pl102_pe100_2013_sd038_pc563_564_565_2013_aquisicao mesas_DMAP - VERSAO ME EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1835/download;
 </t>
   </si>
   <si>
@@ -1472,83 +1472,83 @@
   <si>
     <t>30/10/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviço de manutenção corretiva e preventiva dos sistemas de no-breaks de 8kVA, 15kVA e 2 kVA, sem cobertura de peças, instalados em imóveis da Procuradoria-Geral de Justiça de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 99 </t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção preventiva e corretiva dos sistemas de no-breaks. </t>
   </si>
   <si>
     <t xml:space="preserve">ENGETRONIC COMERCIAL LTDA - EPP </t>
   </si>
   <si>
     <t>36.000,00</t>
   </si>
   <si>
     <t>30-10-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 11.11.2013. Início da disputa de preços: às 10 horas do dia 12.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000032/2013 ----------------------------- 23-11-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Engetronic Comercial Ltda. -EPP, CNPJ: 00.401.185/0001-46, no lote 1(único) Belo Horizonte, 19 de novembro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl101_pe099_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1994/download;
+ pl101_pe099_2013_sd032_pc555_2013_servico_manutencao_nobreaks (corretiva e preventiva)_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1828/download;
  pl101_pe099_2013_sd032_pc555_2013_servico_manutencao_nobreaks (corretiva e preventiva)_SEA (especificacao tecnica).exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1831/download;
- pl101_pe099_2013_sd032_pc555_2013_servico_manutencao_nobreaks (corretiva e preventiva)_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1828/download;
 </t>
   </si>
   <si>
     <t>100 / 2013</t>
   </si>
   <si>
     <t>25/10/2013</t>
   </si>
   <si>
     <t>Aquisição de óleos lubrificantes e material para limpeza de veículos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 98 </t>
   </si>
   <si>
     <t xml:space="preserve">Óleos lubrificantes e material para limpeza de veículos </t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDES &amp; FERNANDES LUBRIFICANTES LTDA - EPP </t>
   </si>
   <si>
     <t>10.500,00</t>
   </si>
   <si>
     <t>25-10-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 08.11.2013. Início da disputa de preços: às 10 horas do dia 12.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000033/2013 ----------------------------- 07-11-2013 COMUNICAÇÃO Informamos que deverá ser seguida a especificação constante do portal para o item 4 (xampu), qual seja: 20 galões de 20 litros, totalizando 400 litros do produto. Esclarecemos que ocorreu erro material na unidade do objeto constante do Edital; entretanto, conforme setor solicitante (Diretoria de Serviços Gerais e Transportes ? DSGT), a divergência entre as unidades constantes no portal e Edital não afetará o lançamento das propostas e a disputa. ----------------------------- 22-11-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Fernandes &amp; Fernandes Lubrificantes Ltda - EPP - lote único. Belo Horizonte, 20 de novembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl100_pe098_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1988/download;
  pl100_pe098_2013_sd033_pc543_2013_oleos_lubrificantes_e_material_para_limpeza_DSGT_VERSAO_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1822/download;
- pl100_pe098_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1988/download;
 </t>
   </si>
   <si>
     <t>99 / 2013</t>
   </si>
   <si>
     <t>24/10/2013</t>
   </si>
   <si>
     <t>Aquisição de materiais para marcenaria.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 97 </t>
   </si>
   <si>
     <t xml:space="preserve">MDF </t>
   </si>
   <si>
     <t>2.649,60</t>
   </si>
   <si>
     <t>24-10-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 07.11.2013. Início da disputa de preços: às 10 horas do dia 11.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000026/2013 ----------------------------- 20-11-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: FX Comércio e Distribuidora Eireli - ME, CNPJ: 13.857.945/0001-76, nos lotes 1, 2 e 3. Belo Horizonte, 13 de novembro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -1571,52 +1571,52 @@
   </si>
   <si>
     <t>98 / 2013</t>
   </si>
   <si>
     <t>26/10/2013</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 96 </t>
   </si>
   <si>
     <t xml:space="preserve">LÂMPADAS HALÓGENAS </t>
   </si>
   <si>
     <t xml:space="preserve">MARIA DE LOURDES CROTTI BUCIOLI - EPP </t>
   </si>
   <si>
     <t>2.749,00</t>
   </si>
   <si>
     <t>23-10-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 06.11.2013. Início da disputa de preços: às 10 horas do dia 07.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000022/2013 ----------------------------- 26-10-2013 REPUBLICAÇÃO - AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 12.11.2013. Início da disputa de preços: às 10 horas do dia 13.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*) Exclusivamente para licitantes enquadrados como ME/EPP. (**) Republicado devido à alteração do Edital. SIAD 1091040 - 000022/2013 ----------------------------- 29-11-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Maria de Lourdes Crotti Bucioli - EPP, CNPJ 16.686.112/0001-88, no lote 1 e Acropoluz Comercial Ltda - EPP, CNPJ 13.450.692/0001-11, nos lotes 2, 4, 5 e 6. O lote 3 resultou 'fracassado' por não ter restado proposta classificada para atendimento ao seu objeto. O lote 7 resultou 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 25 de novembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl098_pe097_REP_2013_sd022_pc533_ME_EPP_aquisicao_materiais_eletricos_para_iluminacao_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1824/download;
  pl098_pe096_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1985/download;
- pl098_pe097_REP_2013_sd022_pc533_ME_EPP_aquisicao_materiais_eletricos_para_iluminacao_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1824/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LÂMPADAS FLUORESCENTES COMPACTAS, LUMINÁRIAS, BASES E REATORES </t>
   </si>
   <si>
     <t xml:space="preserve">ACROPOLUZ COMERCIAL LTDA - EPP </t>
   </si>
   <si>
     <t>20.290,00</t>
   </si>
   <si>
     <t xml:space="preserve">LÂMPADAS DE DESCARGA ? VAPOR DE ALTA PRESSÃO </t>
   </si>
   <si>
     <t xml:space="preserve">LUMINÁRIAS DE EMERGÊNCIA </t>
   </si>
   <si>
     <t>2.951,00</t>
   </si>
   <si>
     <t xml:space="preserve">LUMINÁRIAS ESPECIAIS </t>
   </si>
   <si>
     <t>3.660,00</t>
@@ -1632,52 +1632,52 @@
   </si>
   <si>
     <t>19/10/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de remanejamento/instalações de divisórias, serviços de instalações elétricas/telecomunicações e de serviços complementares, em edificações ocupadas pelo Ministério Público em todo o Estado de Minas Gerais, com fornecimento de materiais e mão de obra.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 95 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução de serviços de remanejamento/instalações de divisórias, serviços de instalações elétricas/telecomunicações e de serviços complementares, em edificações ocupadas pelo Ministério Público em todo o Estado de Minas Gerais, com fornecimento de materiais e mão de obra. </t>
   </si>
   <si>
     <t xml:space="preserve">ABEL CONSTRUTORA LTDA - ME </t>
   </si>
   <si>
     <t>796.800,00</t>
   </si>
   <si>
     <t>19-10-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 04.11.2013. Início da disputa de preços: às 10 horas do dia 05.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. ----------------------------- 27-11-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Abel Construtora Ltda. - EPP, CNPJ: 08.488.463/0001-56, no lote 1(único). Belo Horizonte, 26 de novembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl097_pe095_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1809/download;
  pl097_pe095_2013_sd028_pc523_2013_contratacao_servicos_diversas_instalacoes_divisorias_eletricas_todo_estado_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1811/download;
- pl097_pe095_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1809/download;
  pl097_pe095_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1987/download;
 </t>
   </si>
   <si>
     <t>96 / 2013</t>
   </si>
   <si>
     <t>18/10/2013</t>
   </si>
   <si>
     <t>Aquisição de pneus (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 94 </t>
   </si>
   <si>
     <t xml:space="preserve">Pneus(novos). </t>
   </si>
   <si>
     <t xml:space="preserve">LOJAS LEANDRO E BRITO LTDA - ME </t>
   </si>
   <si>
     <t>72.672,00</t>
   </si>
   <si>
@@ -1717,52 +1717,52 @@
  pl095_pe093_2013_sd025_pc532_2013_materiais graficos_SCI - VERSAO ME EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1807/download;
  pl095_pe093_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1984/download;
 </t>
   </si>
   <si>
     <t>94 / 2013</t>
   </si>
   <si>
     <t>31/10/2013</t>
   </si>
   <si>
     <t>Aquisição de máquinas elétricas (novas).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 92 </t>
   </si>
   <si>
     <t xml:space="preserve">MÁQUINAS ELÉTRICAS (DIVERSAS). </t>
   </si>
   <si>
     <t>17-10-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 30.10.2013. Início da disputa de preços: às 10 horas do dia 01.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000023/2013 ----------------------------- 31-10-2013 REPUBLICAÇÃO - AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 12.11.2013. Início da disputa de preços: às 10 horas do dia 13.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*) Exclusivamente para licitantes enquadrados como ME/EPP. (**) Republicado devido à alteração do Edital. SIAD 1091040 - 000023/2013 ----------------------------- 27-11-2013 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado dos lotes 1, 2, 3 e 4 deste processo como 'fracassados', por não terem restado propostas classificadas para atendimento aos seus objetos. Belo Horizonte, 26 de novembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl094_pe092_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1983/download;
  pl094_pe092_2013_sd023_pc529_2013_REP_aquisicao_maquinas eletricas_SEA - VERSAO ME EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1833/download;
- pl094_pe092_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1983/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">COMPRESSOR DE AR. </t>
   </si>
   <si>
     <t xml:space="preserve">SERRA CIRCULAR ESQUADREJADEIRA. </t>
   </si>
   <si>
     <t xml:space="preserve">PLAINA ELÉTRICA E SERRA CIRCULAR. </t>
   </si>
   <si>
     <t>93 / 2013</t>
   </si>
   <si>
     <t>23/10/2013</t>
   </si>
   <si>
     <t>Aquisição de pisos de borracha.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 91 </t>
   </si>
   <si>
     <t xml:space="preserve">PISOS DE BORRACHA </t>
@@ -1779,52 +1779,52 @@
  pl093_pe091_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1980/download;
  pl093_pe091_2013_sd020_pc500_2013_REP_aquisicao_pisos_SEA_VERSAO_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1819/download;
 </t>
   </si>
   <si>
     <t>92 / 2013</t>
   </si>
   <si>
     <t>12/10/2013</t>
   </si>
   <si>
     <t>Aquisição de cadeiras para auditório e mesa para reunião (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 90 </t>
   </si>
   <si>
     <t xml:space="preserve">Cadeira para auditório </t>
   </si>
   <si>
     <t>12-10-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 25.10.2013. Início da disputa de preços: às 10 horas do dia 29.10.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000018/2013 ----------------------------- 29-11-2013 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado dos lotes 1 e 2 deste processo como 'fracassados', por não terem restado propostas classificadas para atendimento aos seus objetos. Belo Horizonte, 19 de novembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl092_pe090_2013_sd018_pc385_2013_aquisicao_cadeiras_para_auditorio_e_mesa_SEA_VERSAO_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1802/download;
  pl092_pe090_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1982/download;
- pl092_pe090_2013_sd018_pc385_2013_aquisicao_cadeiras_para_auditorio_e_mesa_SEA_VERSAO_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1802/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Mesa para reunião </t>
   </si>
   <si>
     <t>91 / 2013</t>
   </si>
   <si>
     <t>Aquisição de microcomputadores tipo all-in-one (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 89 </t>
   </si>
   <si>
     <t xml:space="preserve">Microcomputadores tipo all-in-one (novos). </t>
   </si>
   <si>
     <t>967.732,06</t>
   </si>
   <si>
     <t>12-10-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 28.10.2013. Início da disputa de preços: às 10 horas do dia 30.10.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000021/2013 ----------------------------- 06-11-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: IT-ONE Tecnologia da Informação Ltda. - CNPJ: 05.333.907/0001-96, no lote 1 (único). Belo Horizonte, 30 de outubro de 2013. Waldemar Antônio de Arimatéia Procurador-Geral de Justiça Adjunto Jurídico</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -1920,329 +1920,329 @@
   </si>
   <si>
     <t>22/10/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de higienização mecânica de redes de dutos de ar condicionado central, com fornecimento de mão de obra, materiais e equipamentos necessários, em edificações ocupadas pelo Ministério Público/MG, em Belo Horizonte.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 85 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução de serviços de higienização mecânica de redes de dutos de ar condicionado central, com fornecimento de mão de obra, materiais e equipamentos necessários, em edificações ocupadas pelo Ministério Público/MG, em Belo Horizonte. </t>
   </si>
   <si>
     <t xml:space="preserve">ALLEGRA TECNOLOGIA LTDA - ME </t>
   </si>
   <si>
     <t>39.900,00</t>
   </si>
   <si>
     <t>08-10-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 22.10.2013. Início da disputa de preços: às 10 horas do dia 23.10.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. Belo Horizonte, 04 de outubro de 2013. Luís Armando Pereira Lima - Coordenador da Divisão de Licitação ----------------------------- 17-10-2013 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Comunicamos a interposição de impugnação ao Edital da licitação supracitada por parte da empresa Allegra Tecnologia Ltda. Conhecemos da peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão administrativa se encontra nos autos do processo licitatório, na Divisão de Licitação. Informamos aos interessados que a realização desta licitação ocorrerá conforme aviso de licitação, publicado no 'MG' de 08.10.2013: - Início da sessão de disputa de preços: às 10 horas do dia 23.10.2013. Outras informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. Belo Horizonte, 16 de outubro de 2013. Luís Armando Pereira Lima Emerson Morais Dias Coordenador da Divisão de Licitação Pregoeiro ----------------------------- 22-10-2013 AVISO DE LICITAÇÃO SIAD 1091040 - 000013/2013 (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 05.11.2013. Início da disputa de preços: às 10 horas do dia 06.11.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Republicado para recontagem de prazos. ----------------------------- 19-11-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Allegra Tecnologia Ltda. - ME, CNPJ: 12.148.119/0001-95, no lote 1 (único). Belo Horizonte, 13 de novembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl087_pe085_resposta_impugnacao_contra_razoes.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/1810/download;
+ pl087_pe085_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1817/download;
  pl087_pe085_2013_sd013_pc462_2013_contratacao_servicos_higienizacao_DUTOS_ar-condicionado_SEA- REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1816/download;
  pl087_pe085_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2044/download;
- pl087_pe085_resposta_impugnacao_contra_razoes.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/1810/download;
- pl087_pe085_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1817/download;
 </t>
   </si>
   <si>
     <t>86 / 2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de limpeza e higienização de caixas d'água e reservatórios, com fornecimento de mão de obra e materiais, em edificações ocupadas pelo Ministério Público de Minas Gerais, em todo o Estado.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 84 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviço de limpeza e higienização de caixas d'água e reservatórios. </t>
   </si>
   <si>
     <t xml:space="preserve">AMBIENTAL VET LTDA - ME </t>
   </si>
   <si>
     <t>194.300,00</t>
   </si>
   <si>
     <t>05-10-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 21.10.2013. Início da disputa de preços: às 10 horas do dia 22.10.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000016/2013 ----------------------------- 06-11-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Ambiental Vet Ltda. - ME, CNPJ 08.859.269/0001-30, no lote 1 (único). Belo Horizonte, 30 de outubro de 2013. Waldemar Antônio de Arimatéia Procurador-Geral de Justiça Adjunto Jurídico</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl086_pe084_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1978/download;
  pl086_pe084_2013_sd016_pc498_2013_contratacao_limpeza_higienizacao_CAIXAS_d'agua_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1787/download;
  pl086_pe084_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1785/download;
+ pl086_pe084_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1978/download;
 </t>
   </si>
   <si>
     <t>85 / 2013</t>
   </si>
   <si>
     <t>04/10/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços gráficos(confecção de cartilha).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 83 </t>
   </si>
   <si>
     <t xml:space="preserve">Confecção de Cartilha (Consumidor Consciente). </t>
   </si>
   <si>
     <t>8.750,00</t>
   </si>
   <si>
     <t>04-10-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 17.10.2013. Início da disputa de preços: às 10 horas do dia 18.10.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. Belo Horizonte, 04 de outubro de 2013. Luís Armando Pereira Lima - Coordenador da Divisão de Licitação SIAD - 1091040 000017/2013 ----------------------------- 14-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Gráfica e Editora Mafali Ltda -ME, CNPJ: 07.795.101/0001-45, no lote 1(único). Belo Horizonte, 23 de outubro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl085_pe083_2013_sdzzz_pc486_contratacao_servicos_graficos_cartilha_FEPDC_VERSAO_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1782/download;
  pl085_pe083_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1977/download;
- pl085_pe083_2013_sdzzz_pc486_contratacao_servicos_graficos_cartilha_FEPDC_VERSAO_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1782/download;
 </t>
   </si>
   <si>
     <t>84 / 2013</t>
   </si>
   <si>
     <t>03/10/2013</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 82 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviço de coleta e transporte de entulho por meio de caçamba estacionária. Demais especificações conforme Termo de Referência. </t>
   </si>
   <si>
     <t>03-10-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 16.10.2013. Início da disputa de preços: às 10 horas do dia 17.10.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. Belo Horizonte, 3 de outubro de 2013. Luís Armando Pereira Lima - Coordenador da Divisão de Licitação SIAD 1091040 - 000005/2013 ----------------------------- 22-10-2013 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 17 de outubro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl084_pe082_2013_sd005_pc455_contratacao_servicos_coleta_entulho_VERSAO_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1781/download;
  pl084_pe082_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1937/download;
 </t>
   </si>
   <si>
     <t>83 / 2013</t>
   </si>
   <si>
     <t>27/09/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de reforma de telhados, com fornecimento de mão de obra e materiais, nas sedes das Promotorias de Justiça das cidades de Aiuruoca e Caeté, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 81 </t>
   </si>
   <si>
     <t xml:space="preserve">PRESTAÇÃO DE SERVIÇOS DE REFORMA DE TELHADO, COM FORNECIMENTO DE MÃO DE OBRA E MATERIAIS, EM EDIFICAÇÃO NA SEDE DAS PROMOTORIAS DE JUSTIÇA DA CIDADE DE AIURUOCA, MG. </t>
   </si>
   <si>
     <t>31.500,00</t>
   </si>
   <si>
     <t>27-09-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 11.10.2013. Início da disputa de preços: às 10 horas do dia 14.10.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000010/2013 ----------------------------- 24-10-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: DHD Prestação de Serviços de Construção Civil Ltda.-EPP, CNPJ 08.334.857/0001-50 nos lotes 1 e 2. Belo Horizonte, 17 de outubro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl083_pe081_aiuruoca_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1775/download;
+ pl083_pe081_caete_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1774/download;
  pl083_pe081_2013_sd010_pc494_502_2013_contratacao_reforma_telhado_AIURUOCA_CAETE.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1776/download;
  pl083_pe081_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1935/download;
- pl083_pe081_caete_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1774/download;
- pl083_pe081_aiuruoca_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1775/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">PRESTAÇÃO DE SERVIÇOS DE ESCORAMENTO E PROTEÇÃO DO TELHADO, COM FORNECIMENTO DE MÃO DE OBRA E MATERIAIS, EM EDIFICAÇÃO NA SEDE DAS PROMOTORIAS DE JUSTIÇA DA CIDADE DE CAETÉ, MG. </t>
   </si>
   <si>
     <t>32.500,00</t>
   </si>
   <si>
     <t>82 / 2013</t>
   </si>
   <si>
     <t>26/09/2013</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE FERRAMENTAS E MATERIAIS DE ELETRÔNICA.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 80 </t>
   </si>
   <si>
     <t xml:space="preserve">EQUIPAMENTO DE REDE </t>
   </si>
   <si>
     <t xml:space="preserve">TECNO SEG INFORMÁTICA E SEGURANÇA DE DADOS LTDA - ME </t>
   </si>
   <si>
     <t>21.310,00</t>
   </si>
   <si>
     <t>26-09-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 09.10.2013. Início da disputa de preços: às 10 horas do dia 11.10.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000012/2013 ----------------------------- 22-10-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Tecno Seg Informática e Segurança de Dados Ltda. - ME, CNPJ 13.345.633/0001-83, no lote 1. O lote 2 encerrou-se 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 18 de outubro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl082_pe080_2013_sd012_pc448_ME_EPP_aquisicao_ferramentas_materiais_eletronica_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1773/download;
  pl082_pe080_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1934/download;
- pl082_pe080_2013_sd012_pc448_ME_EPP_aquisicao_ferramentas_materiais_eletronica_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1773/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">FERRAMENTAS DE ELETRÔNICA </t>
   </si>
   <si>
     <t>81 / 2013</t>
   </si>
   <si>
     <t>24/09/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento de água mineral, em galões de 20 (vinte) litros, com entrega parcelada.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 79 </t>
   </si>
   <si>
     <t xml:space="preserve">FORNECIMENTO DE ÁGUA MINERAL, EM GALÕES DE 20 (VINTE) LITROS, COM ENTREGA PARCELADA </t>
   </si>
   <si>
     <t xml:space="preserve">DISTRIBUIDORA DE ÁGUAS MINERAIS BH LTDA - EPP </t>
   </si>
   <si>
     <t>11.880,00</t>
   </si>
   <si>
     <t>24-09-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17 horas do dia 07.10.2013. Início da disputa de preços: às 10 horas do dia 09.10.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. ----------------------------- 15-10-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Distribuidora de Águas Minerais BH Ltda. - EPP, CNPJ 00.201.182/0001-69, no lote 1 (único). Belo Horizonte, 11 de outubro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl081_pe079_2013_sd011_pc504_2013_fornecimento_de_agua_mineral_CAOCRIMO_VERSAO_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1763/download;
  pl081_pe079_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1933/download;
- pl081_pe079_2013_sd011_pc504_2013_fornecimento_de_agua_mineral_CAOCRIMO_VERSAO_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1763/download;
 </t>
   </si>
   <si>
     <t>80 / 2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento e instalação de toldos em edificações ocupadas pelas Promotorias de Justiça de Congonhas, Ribeirão das Neves e São João Del Rei, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 78 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para fornecimento e instalação de cobertura em área externa de estacionamento, posterior à edificação da Sede das Promotorias de Justiça de Congonhas - MG . </t>
   </si>
   <si>
     <t xml:space="preserve">EXTAMPAR PLACAS LUMINOSAS LTDA - EPP </t>
   </si>
   <si>
     <t>10.039,99</t>
   </si>
   <si>
     <t>24-09-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 07.10.2013. Início da disputa de preços: às 10 horas do dia 08.10.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*) SIAD 1091040 - 000008/2013 EXCLUSIVAMENTE PARA LICITANTES ENQUADRADOS COMO ME/EPP. ----------------------------- 18-10-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Extampar Placas Luminosas Ltda.- EPP, CNPJ 01.635.419/0001-82 no lote 1 e Suprema Digital Ltda.- ME, CNPJ 08.091.503/0001-21 nos lotes 2 e 3. Belo Horizonte, 15 de outubro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
- pl080_pe078_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1932/download;
+ pl80_pe078_congonhas_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1766/download;
  pl80_pe078_ribeirao_das_neves_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1767/download;
  pl80_pe078_sao_joao_del_rei_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1768/download;
  pl080_pe078_2013_sd008_pc447_449_450_2013_contratacao_fornecer_instalar_toldos_CONGONHAS_RIBEIRAO_SJDELREI_edital.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1771/download;
- pl80_pe078_congonhas_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1766/download;
+ pl080_pe078_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1932/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para fornecimento e instalação de toldo, em imóvel locado pelo Ministério Público de Minas Gerais em Ribeirão das Neves - MG . </t>
   </si>
   <si>
     <t xml:space="preserve">SUPREMA DIGITAL LTDA-ME </t>
   </si>
   <si>
     <t>1.994,10</t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para fornecimento e instalação de toldo em edificação da Sede das Promotorias de Justiça de São João Del Rei - MG . </t>
   </si>
   <si>
     <t>6.029,88</t>
   </si>
   <si>
     <t>79 / 2013</t>
   </si>
   <si>
     <t>20/09/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de reforma da sede das Promotorias de Justiça, com fornecimento de mão de obra e materiais, na cidade de Itajubá, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 77 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução de reforma da sede das Promotorias de Justiça, com fornecimento de mão de obra e materiais, na cidade de Itajubá, MG. </t>
   </si>
   <si>
     <t>20-09-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 04.10.2013. Início da disputa de preços: às 10 horas do dia 07.10.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. ----------------------------- 09-10-2013 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento do lote 1 (único) deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 7 de outubro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl079_pe077_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1765/download;
+ pl079_pe077_2013_sd009_pc459_2013_contratacao_servicos_reforma_ITAJUBA_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1762/download;
  pl079_pe077_ata_deserto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1931/download;
- pl079_pe077_2013_sd009_pc459_2013_contratacao_servicos_reforma_ITAJUBA_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1762/download;
 </t>
   </si>
   <si>
     <t>78 / 2013</t>
   </si>
   <si>
     <t>19/09/2013</t>
   </si>
   <si>
     <t>Aquisição de materiais para pintura (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 76 </t>
   </si>
   <si>
     <t xml:space="preserve">Materiais para pintura (novos) </t>
   </si>
   <si>
     <t>19-09-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 02.10.2013. Início da disputa de preços: às 10 horas do dia 04.10.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. ----------------------------- 31-10-2013 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 23 de outubro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl078_pe076_2013_sd007_pc458_2013_aquisicao de materiais para pintura _SEA - VERSAO ME EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1757/download;
  pl078_pe076_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2096/download;
- pl078_pe076_2013_sd007_pc458_2013_aquisicao de materiais para pintura _SEA - VERSAO ME EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1757/download;
 </t>
   </si>
   <si>
     <t>77 / 2013</t>
   </si>
   <si>
     <t>12/09/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para ministrar curso de capacitação no Sistema de Gestão de Convênios e Contratos de Repasse (SICONV), e curso de Mestre de Cerimônias, na cidade de Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 75 </t>
   </si>
   <si>
     <t xml:space="preserve">CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA MINISTRAR CURSO DE CAPACITAÇÃO NO SISTEMA DE GESTÃO DE CONVÊNIOS E CONTRATOS DE REPASSE (SICONV), NA CIDADE DE BELO HORIZONTE, MG </t>
   </si>
   <si>
     <t xml:space="preserve">NOVO HORIZONTE CURSOS E EVENTOS LTDA - ME </t>
   </si>
   <si>
     <t>16.080,00</t>
   </si>
   <si>
     <t>12-09-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 27.09.2013. Início da disputa de preços: às 10 horas do dia 30.09.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. Belo Horizonte, 12 de setembro de 2013. Luís Armando Pereira Lima - Coordenador da Divisão de Licitação ----------------------------- 30-09-2013 COMUNICAÇÃO Srs. Licitantes, informamos que a disputa do Pe075/2013 encontra-se SUSPENSA, devido à indisponibilidade técnica do sistema do BB para acionar o comando de início da disputa. Dessa forma, a disputa de lances fica programada para o dia 01.10.2013 às 10:00 horas. Contamos com a participação de todos. ----------------------------- 24-10-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Novo Horizonte Cursos e Eventos Ltda. ME, CNPJ 12.023.316/0001-88, no lote 1 e Carlos Victor Acerbi Cursos ME, CNPJ 09.359.170/0001-31 no lote 2. Belo Horizonte, 17 de outubro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
@@ -2258,52 +2258,52 @@
   </si>
   <si>
     <t xml:space="preserve">Carlos Victor Acerbi Cursos - ME </t>
   </si>
   <si>
     <t>6.000,00</t>
   </si>
   <si>
     <t>76 / 2013</t>
   </si>
   <si>
     <t>Aquisição de equipamentos para ilha de edição (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 74 </t>
   </si>
   <si>
     <t xml:space="preserve">TELEVISOR/MONITOR </t>
   </si>
   <si>
     <t>12-09-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 25.09.2013. Início da disputa de preços: às 10 horas do dia 27.09.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. ----------------------------- 10-10-2013 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado dos lotes 1 e 2 deste processo como 'fracassados', por não ter restado proposta classificada para atendimento aos seus objetos. Belo Horizonte, 4 de outubro de 2013. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl076_pe074_2013_sd003_pc_396_2013_aquisicao_equipamentos_ilha_de_edicao_SCI_VERSAO_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1755/download;
  pl076_pe074_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1930/download;
- pl076_pe074_2013_sd003_pc_396_2013_aquisicao_equipamentos_ilha_de_edicao_SCI_VERSAO_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1755/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SISTEMA DE ARMAZENAMENTO (STORAGE), DUPLICADOR/GRAVADOR DE DVD, NOBREAK E HD EXTERNO PORTÁTIL </t>
   </si>
   <si>
     <t>75 / 2013</t>
   </si>
   <si>
     <t>11/09/2013</t>
   </si>
   <si>
     <t>Aquisição de peças para ressuprimento de sistemas de climatização.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 73 </t>
   </si>
   <si>
     <t xml:space="preserve">Peças para ressuprimento de sistemas de climatização </t>
   </si>
   <si>
     <t xml:space="preserve">ARAUCÁRIA AR CONDICIONADO LTDA - EPP </t>
   </si>
   <si>
     <t>42.869,20</t>
@@ -2342,52 +2342,52 @@
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl074_pe072_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1928/download;
 </t>
   </si>
   <si>
     <t>73 / 2013</t>
   </si>
   <si>
     <t>10/09/2013</t>
   </si>
   <si>
     <t>Aquisição de módulos conjugados, cadeiras com prancheta e fixa, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 71 </t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRA COM PRANCHETA </t>
   </si>
   <si>
     <t>10-09-2013 AVISO DE LICITAÇÃO (*) A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 23.09.2013. Início da disputa de preços: às 10 horas do dia 24.09.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. ----------------------------- 03-10-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento do lote 1 deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Os lotes 2 e 3 encerraram-se 'desertos' por não ter sido apresentada proposta para atendimento aos seus objetos. Belo Horizonte, 1º de outubro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl073_pe071_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1929/download;
  pl073_pe071_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1744/download;
- pl073_pe071_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1929/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MÓDULO CONJUGADO PARA REFEITÓRIO </t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRA FIXA PARA ATENDIMENTO </t>
   </si>
   <si>
     <t>72 / 2013</t>
   </si>
   <si>
     <t>06/09/2013</t>
   </si>
   <si>
     <t>Aquisição de bebedouros de coluna e acessíveis.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 70 </t>
   </si>
   <si>
     <t xml:space="preserve">BEBEDOUROS DE COLUNA E ACESSÍVEIS </t>
   </si>
   <si>
     <t xml:space="preserve">REDE GLOBAL COMÉRCIO E SERVIÇOS EM TECNOLOGIA E CARTÕES LTDA </t>
@@ -2625,216 +2625,216 @@
   </si>
   <si>
     <t>20/08/2013</t>
   </si>
   <si>
     <t>Aquisição de sistemas de estações de trabalho e móveis diversos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 62 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de sistemas de estações de trabalho e móveis diversos. </t>
   </si>
   <si>
     <t xml:space="preserve">TECNO2000 INDUSTRIA E COMERCIO LTDA </t>
   </si>
   <si>
     <t>285.714,28</t>
   </si>
   <si>
     <t>20-08-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mpmg.mp.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 03.09.2013. Início da disputa de preços: às 10 horas do dia 04.09.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. ----------------------------- 29-08-2013 ESCLARECIMENTOS Seguem questionamentos de licitante e resposta do setor competente (Superintendência de Engenharia - SEA da PGJ): 1 Pergunta - A especificação traz o seguinte termos: ?Quadro interno formado por estruturas verticais e horizontais, armadas sem o uso de solda?. Questiono: para que seja proporcionada melhor segurança na junção das partes metálicas que sustentam as placas, por consequência, a estação de trabalho, o uso da solda é necessário, estimo que o ?arrebite? não ofereça tanta qualidade. Por fim, a especificação fala o não uso de solda mas, não informa como será o unido, já, com base na justificativa acima, pergunto se pode ser usado, para fixar os quadros internos, solda, que em nossa fábrica é a MIG? Resposta - "Deve ser fornecido: "quadro interno formado por estruturas verticais e horizontais, armadas sem o uso de soldas. Colunas sem emendas, conforme distribuição das estações de trabalho. Considere o layout anexo. Aço ou alumínio extrudado, adequado à estabilidade e resistência do sistema de estação de trabalho, ao uso do tampo de trabalho na sua carga máxima, à passagem de fiação e às alterações de layouts. Uso de chapa corta luz no quadro interno". Admite-se rebites, cantoneiras, parafusos, cavilhas metálicas, desde que não aparentes, encaixes (veja a parte "Observações gerais referentes ao item 1", da especificação técnica). As peças metálicas do quadro interno devem ser adequadas às alterações de layouts dos sistemas de estação de trabalho." 2 Pergunta - Na especificação está constando fornecimento e instalação de Elétrica, Telefonia e lógica, inclusive trazendo os possíveis modelos a serem usados. Sendo assim, questiono: o fornecedor do mobiliário, vencedor, deverá fornecer também estas pares elétricas, lógicas e telefonia? Estimo ser um atividade fora do escopo de fornecimento. Resposta -"Deverão ser mantidos os requisitos exigidos no Edital". 3 Pergunta - No texto da especificação, traz o seguinte texto: ?...Quadro de alumínio extrudado, anodizado?...: Questiono: por não se tratar de estrutura do produto, poderá ser fornecido pintado? Pois não prejudica também a estética do produto. Resposta - "Deve ser fornecido acabamento de pintura eletrostática, confome especificação técnica." 4 Pergunta - Na especificação consta que as gavetas dos gaveteiros devem ser com corrediças telescópicas, deslizando por esferas em aço ou nylon. Questiono: gostaria de saber se para as gavetas normais, que não sejam para pastas suspensas, podemos usar corrediça em aço com roldanas em nylon? Resposta - Deve ser fornecida corrediça telescópica, conforme especificação técnica.? 5 Pergunta - Consta da especificação que os puxadores são pintados. Questiono: gostaria de saber se podemos usar este puxador em alumínio anodizado, visto que com o atrito das mãos, este material é mais resistente do que a pintura. Resposta - Deve ser fornecido puxador com pintura eletrostática, conforme especificação técnica.? 6 Pergunta: Consta da especificação que as chaves são escamoteáveis. Questiono: podemos usar a chave reta, sem ser basculante? Pois o estudo que fizemos mostrou mais eficientes e afasta possíveis problemas de quebra e perda das chaves. Resposta: ?Deve ser fornecida chave escamoteável, conforme especificação técnica.? 7 Pergunta - Na especificação da mesa de reunião circular com medida de Ø 140cm, diz que a estrutura deverá e com 5 patas de tubo de aço. Questiono: Podemos usar a estrutura desta mesa com 4 patas? Inclusive, para comprovar que não trás instabilidade e insegurança para este objeto, temos a certificação ABNT deste produto. Resposta -"Deverão ser mantidos os requisitos exigidos no Edital". 8 Pergunta - Consta da especificação técnica que a base do armário deverá ser em aço.Questiono: podemos usar a base em madeira, com o mesmo acabamento do armário? Visto que, a forma de montagem de nossa empresa, sendo confeccionado assim não traz nenhuma insegurança para o produto. Resposta - "Deve se fornecido rodapé formado de quadro de aço, conforme especificação técnica. 9 Pergunta - Na especificação consta que as gavetas dos gaveteiros devem ser com corrediças telescópicas, deslizando por esferas em aço ou nylon. Questiono: gostaria de saber se para as gavetas normais, que não sejam para pastas suspensas, podemos usar corrediça em aço com roldanas em nylon? Resposta - Deve ser fornecida corrediça telescópica, conforme especificação técnica. ----------------------------- 04-12-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Tecno2000 Indústria e Comércio Ltda., CNPJ 21.306.287/0001-52, no lote 1 (único). Belo Horizonte, 02 de dezembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl064_pe062_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1729/download;
  pl064_pe062_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2199/download;
- pl064_pe062_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1729/download;
 </t>
   </si>
   <si>
     <t>63 / 2013</t>
   </si>
   <si>
     <t>02/08/2013</t>
   </si>
   <si>
     <t>Aquisição de mobiliários diversos sob medida.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 61 </t>
   </si>
   <si>
     <t xml:space="preserve">MOBILIARIOS DIVERSOS SOB MEDIDA </t>
   </si>
   <si>
     <t>127.500,00</t>
   </si>
   <si>
     <t>02-08-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mpmg.mp.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 19.08.2013. Início da disputa de preços: às 10 horas do dia 20.08.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. ----------------------------- 18-09-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Modern Desing do Brasil Ltda EPP, CNPJ 71.360.713/0001-04, no lote 1 (único). Belo Horizonte, 13 de setembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl063_pe061_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1713/download;
  pl063_pe061_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1897/download;
- pl063_pe061_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1713/download;
 </t>
   </si>
   <si>
     <t>62 / 2013</t>
   </si>
   <si>
     <t>27/07/2013</t>
   </si>
   <si>
     <t>Aquisição de microcomputadores novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 60 </t>
   </si>
   <si>
     <t xml:space="preserve">MICROCOMPUTADOR </t>
   </si>
   <si>
     <t>604.427,50</t>
   </si>
   <si>
     <t>27-07-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mpmg.mp.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 09.08.2013. Início da disputa de preços: às 10 horas do dia 12.08.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. ----------------------------- 23-08-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: It-One Tecnologia da Informação Ltda., CNPJ 05.333.907/0001-96, no lote 1 (único). Belo Horizonte, 22 de agosto de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 24-08-2013 COMUNICAÇÃO Torna sem efeito o Ato de Homologação publicado no jornal 'Minas Gerais', Caderno II, Diário da Justiça, de 23/08/2013, tendo em vista a anulação, pelo Pregoeiro, do Ato de Adjudicação, efetuado em nome do licitante: It-One Tecnologia da Informação Ltda., CNPJ 05.333.907/0001-96, no lote 1 (único). Belo Horizonte, 23 de agosto de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 28-08-2013 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a interposição de recurso administrativo por parte dos licitantes Arquimedes Automação e Informática Ltda. e LA7 Serviços Ltda. Fica aberto prazo, aos interessados, para que querendo, apresentarem contrarrazões nos termos do Decreto Estadual n.º 44.786/2008. ----------------------------- 03-09-2013 RESULTADO DO JULG. DE REC. ADM, ADJUDICAÇÃO E HOMOLOGAÇÃO Conheço das peças recursivas interpostas por parte das empresas Arquimedes Automação e Informática Ltda. e LA7 Serviços Ltda. porque próprias e tempestivas e, no mérito, nego-lhes provimento. Adjudico o objeto do lote 1 (único) desse processo ao licitante: It-One Tecnologia da Informação Ltda., CNPJ 05.333.907/0001-96. Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: It-One Tecnologia da Informação Ltda., CNPJ 05.333.907/0001-96, no lote 1 (único). Belo Horizonte, 02 de setembro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
  pl062_pe060_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1896/download;
 </t>
   </si>
   <si>
     <t>61 / 2013</t>
   </si>
   <si>
     <t>18/07/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de reforma de telhados, com fornecimento de mão de obra e materiais, das sedes das Promotorias de Justiça das cidades de Aiuruoca e Caeté, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 59 </t>
   </si>
   <si>
     <t xml:space="preserve">CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE REFORMA DE TELHADO, COM FORNECIMENTO DE MÃO DE OBRA E MATERIAIS, EM EDIFICAÇÃO DA SEDE DAS PROMOTORIAS DE JUSTIÇA DA CIDADE DE AIURUOCA, MG. </t>
   </si>
   <si>
     <t>18-07-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mpmg.mp.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 31.07.2013. Início da disputa de preços: às 10 horas do dia 01.08.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. ----------------------------- 14-08-2013 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado dos lotes 1 e 2 deste processo como 'fracassado', por não ter restado proposta classificada para atendimento aos seus objetos. Belo Horizonte, 12 de agosto de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
- pl061_pe059_anexos_caete.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1710/download;
  pl061_pe059_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1880/download;
  pl061_pe059_anexos_aiuruoca.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1709/download;
+ pl061_pe059_anexos_caete.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1710/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE ESCORAMENTO E PROTEÇÃO DO TELHADO, COM FORNECIMENTO DE MÃO DE OBRA E MATERIAIS, EM EDIFICAÇÃO DA SEDE DAS PROMOTORIAS DE JUSTIÇA DA CIDADE DE CAETÉ, MG </t>
   </si>
   <si>
     <t>60 / 2013</t>
   </si>
   <si>
     <t>23/07/2013</t>
   </si>
   <si>
     <t>Aquisição de cabos elétricos, filtro para linha telefônica e caixa de conexão elétrica.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 58 </t>
   </si>
   <si>
     <t xml:space="preserve">CABOS ELÉTRICOS, FILTROS E CAIXAS. </t>
   </si>
   <si>
     <t xml:space="preserve">ORGANIZAÇÕES MSL LTDA - ME </t>
   </si>
   <si>
     <t>10.925,00</t>
   </si>
   <si>
     <t>13-07-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mpmg.mp.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 29.07.2013. Início da disputa de preços: às 10 horas do dia 30.07.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. ----------------------------- 18-07-2013 SUSPENSÃO Esse processo (PL060/13-PE058/13 ID "licitacoes-e n.º493116) encontra-se suspenso. Motivo: Necessidade de republicação devido à alteração do objeto. ----------------------------- 23-07-2013 AVISO DE LICITAÇÃO (*)Republicado devido a readequação do objeto do Lote 1. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mpmg.mp.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 02.08.2013. Início da disputa de preços: às 10 horas do dia 05.08.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. ----------------------------- 24-07-2013 ESCLARECIMENTOS Pergunta: Gostaria de obter mais informações sobre os itens abaixo, se esse itens são rolos de 100 metros ou não? Item: 2, 3 e 4 ( cabo flexível de 2.5mm2 ); Item: 5 ( cabo telefônico ) e Item: 7, 8 e 9 ( cabo flexível de 4.5mm2 ). Resposta (Engenharia/Diretoria de Manutenção SEAM/DMAN-PGJ: os itens 2, 3, 4, 7, 8 e 9 podem ser fornecidos em rolos de 100 m desde que atendam às quantidades especificadas no edital. ----------------------------- 22-08-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Organizações MSL Ltda.-ME, CNPJ 07.062.925/0001-06, no lote 1 (único). Belo Horizonte, 20 de agosto de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
  pl060_pe058_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1878/download;
 </t>
   </si>
   <si>
     <t>59 / 2013</t>
   </si>
   <si>
     <t>12/07/2013</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 57 </t>
   </si>
   <si>
     <t>12-07-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mpmg.mp.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 26.07.2013. Início da disputa de preços: às 10 horas do dia 29.07.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. ----------------------------- 07-08-2013 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 02 de agosto de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl059_pe057_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1873/download;
  pl059_pe057_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1708/download;
- pl059_pe057_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1873/download;
 </t>
   </si>
   <si>
     <t>58 / 2013</t>
   </si>
   <si>
     <t>30/07/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de sondagem de simples reconhecimento do subsolo por percussão (STP), em terrenos localizados nas cidades de Divinópolis e Patos de Minas e sondagem mista (STP + rotativa), em terreno localizado na cidade de São Lourenço, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 56 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de sondagem de simples reconhecimento do subsolo por percussão (STP), acompanhada de sondagem rotativa em terreno localizado na cidade de São Lourenço, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">DIESEL MAIS LTDA - ME </t>
   </si>
   <si>
     <t>11.046,00</t>
   </si>
   <si>
     <t>11-07-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mpmg.mp.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 24.07.2013. Início da disputa de preços: às 10 horas do dia 25.07.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. ----------------------------- 12-07-2013 COMUNICAÇÃO Informamos que o edital desse processo foi substituído nesta data, 12.07.2013, somente para acrescer o termo de referência. ----------------------------- 24-07-2013 COMUNICAÇÃO Esse processo PL 058/2013 Pe056/2013 (licitacoes-e n.º 492522) encontra-se suspenso devido à necessidade de disponibilização dos Anexos (Doc.Técnica/croqui,fotos)nesse site. ----------------------------- 27-07-2013 REPUBLICAÇÃO - AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mpmg.mp.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 07.08.2013. Início da disputa de preços: às 10 horas do dia 08.08.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. (*)Republicado - dispor anexos/croqui/fotos ----------------------------- 30-07-2013 REPUBLICAÇÃO - AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mpmg.mp.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 09.08.2013. Início da disputa de preços: às 10 horas do dia 12.08.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. (*)Republicado - dispor anexos/croqui/fotos e alterar datas ----------------------------- 24-08-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Diesel Mais Ltda.-ME, CNPJ 15.420.591/0001-23, no lote 1 e D-GEO Geologia e Engenharia Ambiental Ltda.-EPP, CNPJ 13.460.120/0001-13 nos lotes 2 e 3. Belo Horizonte, 22 de agosto de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl058_pe056_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1849/download;
  pl058_pe056_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1711/download;
- pl058_pe056_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1849/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de sondagem de simples reconhecimento do subsolo por percussão (STP) em terreno localizado na cidade de Patos de Minas, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">D-GEO GEOLOGIA E ENGENHARIA AMBIENTAL LTDA - EPP </t>
   </si>
   <si>
     <t>10.739,00</t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de sondagem de simples reconhecimento do subsolo por percussão (STP) em terreno localizado na cidade de Divinópolis, MG. </t>
   </si>
   <si>
     <t>13.780,00</t>
   </si>
   <si>
     <t>57 / 2013</t>
   </si>
   <si>
     <t>13/07/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviço de locação de Centro de Treinamento de Brigada de Incêndio, com fornecimento de equipamentos e materiais, para treinandos do Ministério Público do Estado de Minas Gerais.</t>
@@ -3090,53 +3090,53 @@
     <t>48 / 2013</t>
   </si>
   <si>
     <t>11/06/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de confecção de letreiros e placas; adesivos, com e sem instalação; serviços de cortes e furos em placas de vidro; e serviços de correção, limpeza e manutenção de brasões e letreiros em Belo Horizonte, Contagem e Uberlândia, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 46 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE CONFECÇÃO DE LETREIROS, SEM INSTALAÇÃO </t>
   </si>
   <si>
     <t xml:space="preserve">MAKER COMUNICAÇÃO VISUAL LTDA - ME </t>
   </si>
   <si>
     <t>3.500,00</t>
   </si>
   <si>
     <t>11-06-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 13 horas do dia 28.06.2013, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. ----------------------------- 10-07-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Maker Comunicação Visual Ltda. - ME (CNPJ 05.650.294/0001-10) nos lotes 1, 2, 3, 4, 5 e 8 e Unika Editora Ltda. - ME (CNPJ 11.191089/0001-37) nos lotes 6 e 7. Belo Horizonte, 8 de julho de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
- pl048a_pp046_2013_contratacao_servicos_placas_letreiros_adesivos.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1693/download;
  pl048_pe046_ata_28062013.htm : https://transparencia.mpmg.mp.br/licitacao/arquivo/1700/download;
  pl048_pe046_ata_final_08072013.htm : https://transparencia.mpmg.mp.br/licitacao/arquivo/1704/download;
+ pl048a_pp046_2013_contratacao_servicos_placas_letreiros_adesivos.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1693/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE CORTE E FUROS EM PLACAS DE VIDRO </t>
   </si>
   <si>
     <t>240,00</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE CONFECÇÃO DE PLACAS (VIDRO LAPIDADO, ACRÍLICO E INOX ), SEM INSTALAÇÃO </t>
   </si>
   <si>
     <t>29.500,00</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE CONFECÇÃO DE PLACAS DE ALUMÍNIO FUNDIDO, SEM INSTALAÇÃO </t>
   </si>
   <si>
     <t>7.650,00</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE CONFECÇÃO DE PLACAS DE AÇO INOX, SEM INSTALAÇÃO </t>
   </si>
   <si>
     <t>23.370,00</t>
@@ -3473,81 +3473,81 @@
     <t>38 / 2013</t>
   </si>
   <si>
     <t>Concessão onerosa de uso de área pública de 98 m², para exploração de comércio de uma lanchonete, no pilotis do Edifício José Campomizzi Filho, localizado na Avenida Álvares Cabral, 1740, Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">MAIOR PREÇO </t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 2 </t>
   </si>
   <si>
     <t xml:space="preserve">Concessão onerosa de uso de área pública de 98 m², para exploração de comércio de uma lanchonete, no pilotis do Edifício José Campomizzi Filho, localizado na Avenida Álvares Cabral, 1740, Belo Horizonte, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">COMERCIAL NUNES LTDA. </t>
   </si>
   <si>
     <t>8.400,00</t>
   </si>
   <si>
     <t>14-05-2013 AVISO DE LICITAÇÃO O Ministério Público do Estado de Minas Gerais, através da Procuradoria-Geral de Justiça, torna público que receberá propostas e documentos habilitatórios para o atendimento a esta licitação, na Av. Álvares Cabral, 1740, Santo Agostinho, BH/MG, até às 12 horas do dia 17 de junho de 2013. Retirada do edital: site: www.mp.mg.gov.br / licitação. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: (31) 330-8190/8233/8332/8334, de 8 às 18 hs. ----------------------------- 13-06-2013 COMUNICAÇÃO A data da abertura dos envelopes de documentação foi alterada do dia 17.06 para 19.06.2013, diante da publicação da Portaria TJ nº 2892, de 12 de junho de 2013, que dispõe sobre a suspensão do expediente no Tribunal de Justiça do Estado de Minas Gerais no dia 17 de junho de 2013, a partir das 12. Portanto, reiteramos: a abertura dos envelopes de documentação do Processo Licitatório 038/2013 Concorrência 002/2013 ocorrerá às 12h do dia 19.06.2013. ----------------------------- 21-06-2013 RESULTADO DE JULGAMENTO DE PROPOSTAS E ADJUDICAÇÃO a) Foi classificada a proposta do licitante: Comercial Nunes Ltda - EPP. b) Fica declarado vencedor e adjudicatário o licitante: Comercial Nunes Ltda - EPP no item único desse processo, por atender às exigências editalícias e oferecer proposta com preço superior ao total mínimo permitido. Belo Horizonte, 19 de junho de 2013. Simone de Oliveira Capanema Presidente da Comissão Permanente de Licitação - em substituição ----------------------------- 25-06-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Comercial Nunes Ltda.-EPP item 1 (único). Belo Horizonte, 21 de junho de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administr</t>
   </si>
   <si>
     <t xml:space="preserve">
- pl038_co002_2013_anexo.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1678/download;
  pl038_co002_ata_jul_doc_prop_adj_19062013.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1695/download;
  pl038_co002_2013_concessao_espaco_lanchonete.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1677/download;
+ pl038_co002_2013_anexo.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1678/download;
 </t>
   </si>
   <si>
     <t>37 / 2013</t>
   </si>
   <si>
     <t>01/05/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de engenharia para adequação de acessibilidades e manutenção da edificação, com fornecimento de mão de obra e materiais, da Sede das Promotorias de Justiça da cidade de Araxá, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 36 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução de serviços de engenharia para adequação de acessibilidades e manutenção da edificação, com fornecimento de mão de obra e materiais, da Sede das Promotorias de Justiça da cidade de Araxá, MG. </t>
   </si>
   <si>
     <t>389.178,00</t>
   </si>
   <si>
     <t>01-05-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 16.05.2013. Início da disputa de preços: às 10 horas do dia 17.05.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. Belo Horizonte, 30 de abril de 2013. ----------------------------- 12-06-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: ADA Comércio e Serviços Ltda.-ME (CNPJ 02.828.845/0001-03) no lote 1 (único). Belo Horizonte, 7 de junho de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl037_pe036_2013_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1676/download;
  pl037_pe036_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1738/download;
- pl037_pe036_2013_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1676/download;
 </t>
   </si>
   <si>
     <t>36 / 2013</t>
   </si>
   <si>
     <t>25/04/2013</t>
   </si>
   <si>
     <t>Aquisição de doses individuais de vacina antigripal, incluindo aplicação.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 35 </t>
   </si>
   <si>
     <t xml:space="preserve">VACINA ANTIGRIPAL </t>
   </si>
   <si>
     <t>25-04-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 08.05.2013. Início da disputa de preços: às 10 horas do dia 09.05.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. ----------------------------- 16-05-2013 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 15 de maio de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
  pl036_pe035_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1741/download;
 </t>
@@ -3740,53 +3740,53 @@
   </si>
   <si>
     <t>11/04/2013</t>
   </si>
   <si>
     <t>Aquisição de camisetas silkadas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 28 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de camisetas silkadas.(FEPDC) </t>
   </si>
   <si>
     <t xml:space="preserve">GENIU'S INDÚSTRIA E COMÉRCIO DO VESTUÁRIO LTDA - ME </t>
   </si>
   <si>
     <t>11.180,00</t>
   </si>
   <si>
     <t>03-04-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 18.04.2013. Início da disputa de preços: às 10h do dia 19.04.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18h. ----------------------------- 10-04-2013 SUSPENSÃO O Processo Licitatório 029/2013 Pregão Eletrônico 028 foi suspenso para republicação, tendo em vista alteração do objeto - acréscimo do Lote 2. ----------------------------- 11-04-2013 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Republicado devido a alteração do objeto - inclusão do Lote 2. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 23.04.2013. Início da disputa de preços: às 10 horas do dia 24.04.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. ----------------------------- 21-05-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Geniu's Indústria e Comércio do Vestuário Ltda.-ME, CNPJ 05.378.149/0001-22, nos lotes 1 e 2. Belo Horizonte, 16 de maio de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
- pl029_pe028_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1736/download;
  pl029_pe028_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1666/download;
  pl029_pe028_anexo_lote2.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1671/download;
+ pl029_pe028_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1736/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Camisetas silkadas(FUNEMP). </t>
   </si>
   <si>
     <t>15.000,00</t>
   </si>
   <si>
     <t>28 / 2013</t>
   </si>
   <si>
     <t>Aquisição de eletrodomésticos, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 27 </t>
   </si>
   <si>
     <t xml:space="preserve">REFRIGERADORES E FOGÕES </t>
   </si>
   <si>
     <t xml:space="preserve">PRESTOBAT LTDA. </t>
   </si>
   <si>
     <t>17.914,00</t>
@@ -3799,52 +3799,52 @@
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
  pl028_pe027_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1734/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CIRCULADORES DE AR </t>
   </si>
   <si>
     <t>27 / 2013</t>
   </si>
   <si>
     <t>27/03/2013</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 26 </t>
   </si>
   <si>
     <t>12.449,00</t>
   </si>
   <si>
     <t>27-03-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 16.04.2013. Início da disputa de preços: às 10 horas do dia 17.04.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. ----------------------------- 03-06-2013 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a interposição de recurso administrativo por parte do licitante MAG Minas Artes Gráficas Ltda. Fica aberto prazo, aos interessados, para que querendo, apresentarem contrarrazões nos termos do Decreto Estadual n.º 44.786/2008. ----------------------------- 11-06-2013 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO A empresa MAG Minas Artes Gráficas Ltda. interpôs recurso contra sua inabilitação, argumentando que seu objetivo contratual atende ao objeto licitado. A peça foi apresentada pelo licitante própria e tempestivamente e, por essa razão, foi regularmente processada. A Pregoeira julgou procedentes as razões do recurso e enviou a peça formal ao Procurador-Geral de Justiça Adjunto Administrativo, Mauro Flávio Ferreira Brandão que no mérito decidiu pelo provimento do recurso. ----------------------------- 20-06-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Gráfica e Editora Mafali Ltda.-ME (CNPJ 07.795.101/0001-45 no lote 1, MAG - Minas Artes Gráficas Ltda. (CNPJ 26.073.890/0001-55) no lote 2 e Eumax Comércio de Envelopes Ltda.-EPP (CNPJ 09.120.195/0001-88) no lote 3. Belo Horizonte, 13 de junho de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl027_pe026_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1731/download;
  pl027_pe026_razoes_recurso.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1687/download;
- pl027_pe026_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1731/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Capas diversas. </t>
   </si>
   <si>
     <t xml:space="preserve">MAG-MINAS ARTES GRAFICAS LTDA </t>
   </si>
   <si>
     <t>77.950,00</t>
   </si>
   <si>
     <t xml:space="preserve">Envelopes diversos. </t>
   </si>
   <si>
     <t xml:space="preserve">EUMAX COMÉRCIO DE ENVELOPES LTDA-EPP </t>
   </si>
   <si>
     <t>44.450,00</t>
   </si>
   <si>
     <t>26 / 2013</t>
   </si>
   <si>
     <t>Aquisição de fragmentadoras de papel e de relógios protocoladores, novos.</t>
@@ -3926,52 +3926,52 @@
   </si>
   <si>
     <t>24 / 2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento e instalação de divisórias, de materiais elétricos e de telecomunicações, de condicionadores de ar e prestação de serviços complementares, em edificação da rua Goitacases, 1214, ocupada pelo Ministério Público do Estado de Minas Gerais, em Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 23 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para fornecimento e instalação de divisórias, de materiais elétricos e de telecomunicações, de condicionadores de ar e prestação de serviços complementares, em edificação da rua Goitacases, 1214, ocupada pelo Ministério Público do Estado de Minas Gerais, em Belo Horizonte, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">GAMA LUZ COMÉRCIO DE MATERIAIS ELÉTRICOS LTDA. - ME </t>
   </si>
   <si>
     <t>978.311,75</t>
   </si>
   <si>
     <t>26-03-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 13 horas do dia 15.04.2013, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. ----------------------------- 04-04-2013 COMUNICAÇÃO Informamos que foi disponibilizada a planilha orçamentária cujo arquivo se chama pl024_pp023_planilha_orc.exe. Trata-se da mesma planilha já disponibilizada em 26.03.2013, quando ocorreu a publicação do processo licitatório; somente foram acrescidos os valores de referência. ----------------------------- 14-05-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Gama Luz Comércio de Materiais Elétricos Ltda. - EPP, CNPJ 10.174.094/0001-79, no lote 1 (único). Belo Horizonte, 10 de maio de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  pl024_pp023_planilha_orc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1662/download;
+ pl024_pp023_2013_contratacao_empresa_instalacao_divisorias_PROCON.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1652/download;
  pl024_pp023_2013_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1651/download;
- pl024_pp023_2013_contratacao_empresa_instalacao_divisorias_PROCON.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1652/download;
  pl024_pp023_ata_15042013.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1673/download;
 </t>
   </si>
   <si>
     <t>23 / 2013</t>
   </si>
   <si>
     <t>23/03/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços gráficos (confecção de cartazes, cartilhas, encartes, certificados, banners, folders, pop card e adesivos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 22 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE CONFECÇÃO DE CARTAZES, CARTILHAS, ENCARTES E CERTIFICADOS. </t>
   </si>
   <si>
     <t xml:space="preserve">AZUL EDITORA E INDÚSTRIA GRÁFICA LTDA - EPP </t>
   </si>
   <si>
     <t>39.140,00</t>
   </si>
   <si>
@@ -4140,81 +4140,81 @@
     <t>18 / 2013</t>
   </si>
   <si>
     <t>19/03/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de impermeabilização e manutenção dos edifícios, com fornecimento de mão de obra e materiais, da sede do Ministério Publico, localizados na Av. Álvares Cabral, 1690 e 1740 e na Rua Dias Adorno, 367, em Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 17 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução de serviços de impermeabilização e manutenção dos edifícios, com fornecimento de mão de obra e materiais, da sede do Ministério Publico, localizados na Av. Álvares Cabral, 1690 e 1740 e na Rua Dias Adorno, 367, em Belo Horizonte, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">POLICAN ENGENHARIA E IMPERMEABILIZAÇÕES LTDA EPP </t>
   </si>
   <si>
     <t>862.921,94</t>
   </si>
   <si>
     <t>07-03-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 10 horas do dia 21.03.2013, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. ----------------------------- 19-03-2013 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)Republicado visando à disponibilização dos anexos do Edital. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 13 horas do dia 08.04.2013, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. (*)Republicado visando à disponibilização dos anexos do Edital. ----------------------------- 15-05-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Polican Engenharia e Impermeabilização Ltda. - EPP, CNPJ 04.954.452/0001-63, no lote 1 (único). Belo Horizonte, 10 de maio de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
- pl018_pp017_ata_08042013.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1669/download;
  pl018_pp017_2013_REP_contratacao_servicos_impermeabilizacao_edificios_sedes.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1640/download;
  pl018_pp017_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1641/download;
+ pl018_pp017_ata_08042013.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1669/download;
 </t>
   </si>
   <si>
     <t>17 / 2013</t>
   </si>
   <si>
     <t>06/03/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de engenharia para manutenção da edificação das instalações das Promotorias de Justiça, com fornecimento de mão de obra e materiais, na cidade de Governador Valadares, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 16 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução de serviços de engenharia para manutenção da edificação das instalações das Promotorias de Justiça, com fornecimento de mão de obra e materiais, na cidade de Governador Valadares, MG. </t>
   </si>
   <si>
     <t>46.000,00</t>
   </si>
   <si>
     <t>06-03-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 19.03.2013. Início da disputa de preços: às 10 horas do dia 20.03.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. ----------------------------- 16-04-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Construtora Vieira &amp; Lopes Ltda. ME no lote 1 (único). Belo Horizonte, 10 de abril de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl017_pe016_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1622/download;
  pl017_pe016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1724/download;
- pl017_pe016_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1622/download;
 </t>
   </si>
   <si>
     <t>16 / 2013</t>
   </si>
   <si>
     <t>05/03/2013</t>
   </si>
   <si>
     <t>Aquisição de caixas de papelão.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 15 </t>
   </si>
   <si>
     <t xml:space="preserve">CAIXAS DE PAPELÃO </t>
   </si>
   <si>
     <t xml:space="preserve">EFICIENTE ATACADISTA LTDA - EPP </t>
   </si>
   <si>
     <t>8.518,96</t>
   </si>
   <si>
     <t>05-03-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 18.03.2013. Início da disputa de preços: às 10 horas do dia 19.03.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. ----------------------------- 02-04-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Eficiente Atacadista Ltda. EPP no lote 1 (único). Belo Horizonte, 26 de março de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
@@ -4259,147 +4259,147 @@
     <t>14 / 2013</t>
   </si>
   <si>
     <t>28/02/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para execução de obra de edificação da sede das Promotorias de Justiça da cidade de Abre Campo, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 1 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para execução de obra de edificação da sede das Promotorias de Justiça da cidade de Abre Campo, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">TECAENGE ENGENHARIA EIRELI </t>
   </si>
   <si>
     <t>1.921.392,50</t>
   </si>
   <si>
     <t>28-02-2013 AVISO DE LICITAÇÃO O Ministério Público do Estado de Minas Gerais, através da Procuradoria-Geral de Justiça, torna público que receberá propostas e documentos habilitatórios para o atendimento a esta licitação, na Av. Álvares Cabral, 1740, Santo Agostinho, BH/MG, até às 12 horas do dia 03 de abril de 2013. Retirada do edital: site: www.mp.mg.gov.br / licitação. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: (31) 330-8190/8233/8332/8334, de 8 às 18 hs. ----------------------------- 21-03-2013 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Comunico a interposição de impugnação ao Edital da licitação supracitada por parte da empresa Berizonzi Serviços &amp; Comércio Ltda. ME. Conheço da peça impugnativa interposta porque própria e tempestiva e, no mérito, nego-lhe provimento. Esta licitação ocorrerá conforme aviso de licitação, publicado no ?MG? de 28.02.2013: - Recebimento de propostas e documentos habilitatórios na Av. Álvares Cabral, 1740, Santo Agostinho, BH/MG, até às 12 horas do dia 03 de abril de 2013. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. Belo Horizonte, 20 de março de 2013. Sebastião Nobre da Silva Presidente da Comissão Permanente de Licitação ----------------------------- 24-04-2013 RESULTADO DE JULGAMENTO DE PROPOSTAS E ADJUDICAÇÃO a) Foi classificada a proposta do licitante: Tecaenge Engenharia Eireli. b) Fica declarado vencedor e adjudicatário o licitante: Tecaenge Engenharia Eireli no item único desse processo, por atender às exigências editalícias e oferecer proposta com preço abaixo do total máximo permitido. Belo Horizonte, 23 de abril de 2013. Sebastião Nobre da Silva Presidente da Comissão Permanente de Licitação ----------------------------- 27-04-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Tecaenge Engenharia Eireli no item 1 (único). Belo Horizonte, 24 de abril de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
+ ata_jpa_pl014_co001_2013_23042013.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1717/download;
+ pl014_co001_2013_contratacao_servicos_edificacao_ABRE_CAMPO.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1621/download;
+ pl014_co001_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1620/download;
  ata_ajdap_pl014_co001_2013_03042013.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1716/download;
- ata_jpa_pl014_co001_2013_23042013.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1717/download;
-[...1 lines deleted...]
- pl014_co001_2013_contratacao_servicos_edificacao_ABRE_CAMPO.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1621/download;
 </t>
   </si>
   <si>
     <t>13 / 2013</t>
   </si>
   <si>
     <t>Contratação de empresa localizada no município de Belo Horizonte para prestação de serviços de manutenção corretiva e/ou preventiva em veículos automotores integrantes da frota da Procuradoria-Geral de Justiça ? PGJ, com fornecimento de peça(s) e/ou componente(s), incluindo serviços de guincho, por parte da Contratada, e mediante prévia autorização da Contratante, conforme descrito no Termo de Referência.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 13 </t>
   </si>
   <si>
     <t xml:space="preserve">VEÍCULOS DO PROCON ESTADUAL (FEPDC). MANUTENÇÃO MECÂNICA VEÍCULOS LEVES A ÁLCOOL E/OU À GASOLINA. </t>
   </si>
   <si>
     <t xml:space="preserve">A.R. COMÉRCIO DE PEÇAS PRODUTOS E SERVIÇOS LTDA </t>
   </si>
   <si>
     <t>79.550,00</t>
   </si>
   <si>
     <t>28-02-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 10 horas do dia 14.03.2013, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. ----------------------------- 20-03-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: A.R. Comércio de Peças, Produtos e Serviços Ltda. nos lote 1 e 2. Belo Horizonte, 14 de março de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl013_pp013_2013_contratacao_servicos_manutencao_veiculos.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1618/download;
  pl013pp013_ata_14032013.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1644/download;
- pl013_pp013_2013_contratacao_servicos_manutencao_veiculos.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1618/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">VEÍCULOS DA PGJ. MANUTENÇÃO MECÂNICA ? VEÍCULOS À DIESEL. </t>
   </si>
   <si>
     <t>172.200,00</t>
   </si>
   <si>
     <t>12 / 2013</t>
   </si>
   <si>
     <t>26/02/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de manutenção, higienização e instalação de condicionadores de ar modulares, na Promotoria de Justiça de Itaúna, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 12 </t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviços especializados para execução de serviços de manutenção, higienização e instalação de condicionadores de ar modulares,na Promotoria de Justiça de Itaúna, MG. </t>
   </si>
   <si>
     <t>18.900,00</t>
   </si>
   <si>
     <t>26-02-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 11.03.2013. Início da disputa de preços: às 10 horas do dia 12.03.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. ----------------------------- 12-04-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Refri Master Comércio Importação e Serviços Ltda. ME no lote 1 (único). Belo Horizonte, 2 de abril de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Sistema de Licitacoes do Banco do Brasil : http://www.licitacoes-e.com.br/aop/index.jsp?codSite=48301;
+ pl012_pe012_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1615/download;
  pl012_pe012_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1721/download;
- pl012_pe012_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1615/download;
 </t>
   </si>
   <si>
     <t>11 / 2013</t>
   </si>
   <si>
     <t>22/02/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviço de operacionalização da primeira etapa do concurso público para ingresso na carreira do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 11 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviço de operacionalização da primeira etapa do concurso público para ingresso na carreira do Ministério Público de Minas Gerais </t>
   </si>
   <si>
     <t xml:space="preserve">FUNDAÇÃO DE DESENVOLVIMENTO DA PESQUISA </t>
   </si>
   <si>
     <t>73.170,00</t>
   </si>
   <si>
     <t>22-02-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 10 horas do dia 11.03.2013, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. ----------------------------- 26-02-2013 COMUNICAÇÃO Esclarecemos que, por necessidade de alteração na Cláusula de Penalidades do edital disponibilizado em 25.02.2013, foi disponibilizada nova versão do edital em 26.02.2013. ----------------------------- 12-04-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Fundação de Desenvolvimento da Pesquisa no lote 1 (único). Belo Horizonte, 10 de abril de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl011b_pp011_2013_contratacao_servicos_concurso_MP.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1617/download;
+ pl011pp011_ata_11032013.htm : https://transparencia.mpmg.mp.br/licitacao/arquivo/1632/download;
+ pl011pp011_ata_01042013.htm : https://transparencia.mpmg.mp.br/licitacao/arquivo/1656/download;
  pl011_pp011_ata_09042013.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1670/download;
- pl011pp011_ata_01042013.htm : https://transparencia.mpmg.mp.br/licitacao/arquivo/1656/download;
-[...1 lines deleted...]
- pl011b_pp011_2013_contratacao_servicos_concurso_MP.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1617/download;
 </t>
   </si>
   <si>
     <t>10 / 2013</t>
   </si>
   <si>
     <t>06/02/2013</t>
   </si>
   <si>
     <t>Contratação de empresa para fornecimento de diversos livros, de forma parcelada.</t>
   </si>
   <si>
     <t xml:space="preserve">MAIOR DESCONTO </t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 10 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa para fornecimento de diversos livros, de forma parcelada. </t>
   </si>
   <si>
     <t xml:space="preserve">DISTRIBUIDORA CURITIBA DE PAPÉIS E LIVROS S/A </t>
   </si>
   <si>
     <t>06-02-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 10 horas do dia 22.02.2013, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. ----------------------------- 28-02-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Distribuidora Curitiba de Papéis e Livros S/A. no lote 1 (único). Belo Horizonte, 22 de fevereiro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
@@ -4414,52 +4414,52 @@
     <t>9 / 2013</t>
   </si>
   <si>
     <t>07/02/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento de lanches, com entrega parcelada.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 9 </t>
   </si>
   <si>
     <t xml:space="preserve">Fornecimento de lanches, com entrega parcelada. </t>
   </si>
   <si>
     <t xml:space="preserve">COMERCIAL VIEIRA E QUEIROZ LTDA - ME </t>
   </si>
   <si>
     <t>146.290,00</t>
   </si>
   <si>
     <t>02-02-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 10 horas do dia 20.02.2013, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. ----------------------------- 06-02-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 10 horas do dia 21.02.2013, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. (*)Republicado devido a alteração de datas do edital. ----------------------------- 07-02-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 14 horas do dia 22.02.2013, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefax (31)3330-8190 / 8233 / 8332 / 8334, no site: www.mp.mg.gov.br ou no endereço acima. (*)Republicado devido a alteração de datas do edital. ----------------------------- 08-02-2013 COMUNICAÇÃO Informamos que o edital desse processo foi substituído nesta data, 08.02.2013, para alterar a data da sessão de disputa. A data correta da sessão, conforme arquivo do edital 'pl009a' é 22.02.2013 às 14h. ----------------------------- 28-02-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Comercial Vieira e Queiroz Ltda. - ME no lote 1 (único). Belo Horizonte, 26 de fevereiro de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl009a_pp009_2013_contratacao_fornecimento_lanches.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1607/download;
  pl009_pp009_ata_22022013.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1619/download;
- pl009a_pp009_2013_contratacao_fornecimento_lanches.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1607/download;
 </t>
   </si>
   <si>
     <t>8 / 2013</t>
   </si>
   <si>
     <t>31/01/2013</t>
   </si>
   <si>
     <t>Aquisição de café torrado e moído, com entrega parcelada.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 8 </t>
   </si>
   <si>
     <t xml:space="preserve">CAFÉ TORRADO E MOÍDO, COM ENTREGA PARCELADA. </t>
   </si>
   <si>
     <t xml:space="preserve">DISTRIBUIDORA GIRASSOL LTDA - EPP </t>
   </si>
   <si>
     <t>65.835,00</t>
   </si>
   <si>
     <t>31-01-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mp.mg.gov.br / Licitação / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 17h45min do dia 19.02.2013. Início da disputa de preços: às 10 horas do dia 20.02.2013. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. ----------------------------- 16-04-2013 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Distribuidora Girassol Ltda. EPP no lote 1 (único). Belo Horizonte, 11 de abril de 2013. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
@@ -4917,74 +4917,74 @@
   </si>
   <si>
     <t>1 / 2012</t>
   </si>
   <si>
     <t>10/01/2012</t>
   </si>
   <si>
     <t>Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para a execução de obra de reforma no pavimento térreo e mezanino de edificação localizada na Rua Dias Adorno, 347, em Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para a execução de obra de reforma no pavimento térreo e mezanino de edificação localizada na Rua Dias Adorno, 347, em Belo Horizonte, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">Revogado Adjudicado </t>
   </si>
   <si>
     <t>807.256,00</t>
   </si>
   <si>
     <t>10-01-2012 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Ministério Público de Minas Gerais torna público que receberá propostas para o atendimento ao objeto desta licitação, até às 12 horas do dia 13 de fevereiro de 2012. Outras informações: Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG, onde poderá ser obtido o edital completo, ou pelos telefax (31)3330-8190 / 8233 / 8332, pelo fax (31)3330-8334 ou no site www.mp.mg.gov.br. ----------------------------- 28-02-2012 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO a) Foram habilitados para prosseguirem no certame todos os licitantes: Ada Comércio e Serviços Ltda. ME, Pegasus Engenharia Ltda. EPP e Tecaenge Engenharia Ltda. A reunião para abertura dos envelopes de propostas fica marcada para o dia 08 de março de 2012, às 10 horas, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 6º andar, Bairro Santo Agostinho, Belo Horizonte, MG. Sebastião Nobre da Silva ? Presidente da Comissão Permanente de Licitação ----------------------------- 13-03-2012 COMUNICAÇÃO Reunião - Resultado do Julgamento de Propostas e Aplicabilidade da LC 123/2006. Convocamos Vossas Senhorias para a referida reunião, que ocorrerá às 10 horas do dia 15.03.2012, para a devida classificação das propostas (Resultado do Julgamento das Propostas e Adjudicação), em observância à LC 123/2006 (ME/EPP). Local da reunião: sala da Divisão de Licitação da Procuradoria Geral de Justiça MG, localizada na Av. Álvares Cabral nº1740 6º andar, Santo Agostinho, Belo Horizonte, MG. ----------------------------- 16-03-2012 RESULTADO DO JULGAMENTO DE PROPOSTAS E ADJUDICAÇÃO a) Foram classificadas as propostas de todos os licitantes: Ada Comércio e Serviços Ltda. ME, Pegasus Engenharia Ltda. EPP e Tecaenge Engenharia Ltda. b) Fica declarado vencedor e adjudicatário o licitante: Ada Comércio e Serviços Ltda. ME no item único desse processo, por atender às exigências editalícias e oferecer proposta com menor preço e abaixo do total máximo permitido. Vistas franqueadas. Simone de Oliveira Capanema ? Presidente da Comissão Permanente de Licitação em exercício ----------------------------- 11-01-2013 REVOGAÇÃO Processo Administrativo nº 030/2012 - A Diretora-Geral da Procuradoria-Geral de Justiça/MPMG determinou a revogação do Processo Licitatório nº 001/2012 - Concorrência nº 001/2012, conforme publicação no Minas Gerais de 11.01.2013.</t>
   </si>
   <si>
     <t xml:space="preserve">
  pl001_co001_ata_julg_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1404/download;
- pl001_co001_ata_abert_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1403/download;
  pl001_co001_lc123.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1407/download;
  pl001_co001__anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1341/download;
  pl001_co001_2012_contratacao_servicos_reforma_PROCON.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1342/download;
  pl001_co001_ata_abert_prop.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1402/download;
+ pl001_co001_ata_abert_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1403/download;
 </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>* Data de publicação do último aviso licitatório no Diário Oficial Eletrônico do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t>** Situação e resultado variam conforme o lote.</t>
   </si>
   <si>
     <t>*** Consulta de planilha (XLSX) apresenta nome e url (endereço web) dos arquivos sob a forma de texto. Para acessar determinado arquivo, favor copiar e colar o respectivo url no navegador. Para visualizar todos os hiperlinks de arquivos, favor consultar pesquisa HTML.</t>
   </si>
   <si>
     <t>Fonte: Sistema de Controle de Processos Licitatórios - MPMG</t>
   </si>
   <si>
-    <t>Data da última atualização: 21/11/2025</t>
+    <t>Data da última atualização: 25/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>