--- v1 (2026-01-25)
+++ v2 (2026-03-27)
@@ -4940,51 +4940,51 @@
     <t xml:space="preserve">
  pl001_co001_ata_julg_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1404/download;
  pl001_co001_lc123.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1407/download;
  pl001_co001__anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1341/download;
  pl001_co001_2012_contratacao_servicos_reforma_PROCON.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/1342/download;
  pl001_co001_ata_abert_prop.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1402/download;
  pl001_co001_ata_abert_doc.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1403/download;
 </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>* Data de publicação do último aviso licitatório no Diário Oficial Eletrônico do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t>** Situação e resultado variam conforme o lote.</t>
   </si>
   <si>
     <t>*** Consulta de planilha (XLSX) apresenta nome e url (endereço web) dos arquivos sob a forma de texto. Para acessar determinado arquivo, favor copiar e colar o respectivo url no navegador. Para visualizar todos os hiperlinks de arquivos, favor consultar pesquisa HTML.</t>
   </si>
   <si>
     <t>Fonte: Sistema de Controle de Processos Licitatórios - MPMG</t>
   </si>
   <si>
-    <t>Data da última atualização: 25/01/2026</t>
+    <t>Data da última atualização: 27/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>