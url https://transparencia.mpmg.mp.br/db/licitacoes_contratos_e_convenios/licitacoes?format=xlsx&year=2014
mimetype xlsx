--- v0 (2025-11-21)
+++ v1 (2026-01-25)
@@ -159,53 +159,53 @@
   </si>
   <si>
     <t>12/12/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de serviços diversos em edificações ocupadas pelo Ministério Público em todo o Estado de Minas Gerais, com fornecimento de materiais e mão de obra.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 133 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços diversos em edificações ocupadas pelo Ministério Público em todo o Estado de Minas Gerais, com fornecimento de materiais e mão de obra. </t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRAL CONSTRUTORA ARAÚJO LTDA </t>
   </si>
   <si>
     <t>1.100.000,00</t>
   </si>
   <si>
     <t>12-12-2014 AVISO DE LICITAÇÃO Objeto: Contratação de empresa especializada para a execução de serviços diversos em edificações ocupadas pelo Ministério Público em todo o Estado de Minas Gerais, com fornecimento de materiais e mão de obra. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 13 horas do dia 15.01.2015. Início da disputa de preços: às 13 horas do dia 15.01.2015. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 0000138/2014 ----------------------------- 22-01-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: CONSTRAL Construtora Araujo Ltda. - EPP, CNPJ 16.823.213/0001-53, no lote 1 (único). Belo Horizonte, 21 de janeiro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl135_pp133_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2478/download;
+ a-Anexos (Especif.,Proj., TR, planilha, foto e outros).zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2383/download;
  pl135_pp133_2014_sd138_pc342_2014_servicos_diversos_edificacoes_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2384/download;
- a-Anexos (Especif.,Proj., TR, planilha, foto e outros).zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2383/download;
- pl135_pp133_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2478/download;
 </t>
   </si>
   <si>
     <t>134 / 2014</t>
   </si>
   <si>
     <t>29/11/2014</t>
   </si>
   <si>
     <t>Aquisição de equipamentos Firewall UTM, licenciados, para funcionalidades de segurança e gerenciamento, incluindo suporte e garantia.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 132 </t>
   </si>
   <si>
     <t xml:space="preserve">EQUIPAMENTOS FIREWALL UTM, LICENCIADOS </t>
   </si>
   <si>
     <t xml:space="preserve">ARPER INFORMÁTICA LTDA - ME </t>
   </si>
   <si>
     <t>135.999,00</t>
   </si>
   <si>
     <t>29-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 15.12.2014. Início da disputa de preços: às 10 horas do dia 15.12.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 0000140/2014 ----------------------------- 17-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Arper Informática Ltda - ME, CNPJ 13.086.363/0001-33, no lote único. Belo Horizonte, 16 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
@@ -225,75 +225,75 @@
   </si>
   <si>
     <t>Aquisição de camisetas e coletes personalizados (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 131 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de camisetas e coletes personalizados (novos). </t>
   </si>
   <si>
     <t xml:space="preserve">Revogado </t>
   </si>
   <si>
     <t xml:space="preserve">- </t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>28-11-2014 AVISO DE LICITAÇÃO SIAD 1091040 - 000136/2014 A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 12.12.2014. Início da disputa de preços: às 10 horas do dia 12.12.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. *Exclusivamente para licitantes enquadrados como ME/EPP. ----------------------------- 24-12-2014 REVOGAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do lote 1 (único) do mencionado processo, em razão do prazo exíguo para conclusão da licitação, considerando o encerramento do exercício orçamentário de 2014. A Procuradoria-Geral de Justiça informa que, oportunamente, fará publicar nova data e horário para realização de licitação deste objeto, caso o mesmo seja incluído na previsão orçamentária de 2015. Eventuais manifestações de interessados serão aceitas no prazo de 5 (cinco) dias úteis, nos termos do art.49, § 3º, da Lei n.º 8.666/93. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h e através da página www.mpmg.mp.br / Licitações. Belo Horizonte, 23 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl133_pe131_ata_revogado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2453/download;
+ pl133_pe131_anexo.jpg : https://transparencia.mpmg.mp.br/licitacao/arquivo/2369/download;
  pl133_pe131_2014_sd136_pc440_2014_camisetas_coletes_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2368/download;
- pl133_pe131_anexo.jpg : https://transparencia.mpmg.mp.br/licitacao/arquivo/2369/download;
- pl133_pe131_ata_revogado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2453/download;
 </t>
   </si>
   <si>
     <t>132 / 2014</t>
   </si>
   <si>
     <t>Aquisição de kits escolares</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 130 </t>
   </si>
   <si>
     <t xml:space="preserve">KITS ESCOLARES </t>
   </si>
   <si>
     <t>28-11-2014 AVISO DE LICITAÇÃO SIAD 1091040 - 0000139/2014 A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 12.12.2014. Início da disputa de preços: às 10 horas do dia 12.12.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 10-12-2014 REVOGAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do lote 1 (único) do mencionado processo em razão da incompatibilidade da especificação com o objeto pretendido pela Administração. A Procuradoria-Geral de Justiça informa que, oportunamente, fará publicar nova data e horário para realização de licitação deste objeto. Eventuais manifestações de interessados serão aceitas no prazo de 5 (cinco) dias úteis, nos termos do art.49, § 3º, da Lei n.º 8.666/93. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h e através da página www.mpmg.mp.br / Licitações. Belo Horizonte, 9 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl132_pe130_ata_revogado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2456/download;
  pl132_pe130_2014_sd139_pc466_aquisicao_kits_escolares_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2370/download;
- pl132_pe130_ata_revogado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2456/download;
 </t>
   </si>
   <si>
     <t>131 / 2014</t>
   </si>
   <si>
     <t>27/11/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de manutenção preventiva e corretiva em ventiladores industriais das torres de resfriamento de água do sistema de climatização central da sede do MPMG, com fornecimento total de peças, materiais e mão de obra.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 129 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviços de manutenção preventiva e corretiva em ventiladores industriais das torres de resfriamento de água do sistema de climatização central da sede do MPMG, com fornecimento total de peças, materiais e mão de obra </t>
   </si>
   <si>
     <t xml:space="preserve">TECNO TEMP COMÉRCIO INSTALAÇÃO E MANUTENÇÃO LTDA - EPP </t>
   </si>
   <si>
     <t>88.800,00</t>
   </si>
   <si>
     <t>27-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 11.12.2014. Início da disputa de preços: às 10 horas do dia 11.12.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000134/2014 ----------------------------- 18-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Tecno Temp Comércio Instalação e Manutenção Ltda. - EPP, CNPJ 03.887.016/0001-56, no lote 1 (único). Belo Horizonte, 16 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
@@ -311,52 +311,52 @@
   <si>
     <t>26/11/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a elaboração de projetos e orçamentos para a execução de obras de edificação na comarca de Ipatinga/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 128 </t>
   </si>
   <si>
     <t xml:space="preserve">Elaboração de projetos e orçamentos para a execução de obras de edificação na comarca de Ipatinga/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">GABINETE PROJETOS DE ENGENHARIA E ARQUITETURA LTDA </t>
   </si>
   <si>
     <t>349.000,00</t>
   </si>
   <si>
     <t>26-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 10.12.2014. Início da disputa de preços: às 10 horas do dia 10.12.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000137/2014 ----------------------------- 13-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Gabinete Projetos de Engenharia e Arquitetura Ltda., CNPJ 19.065.633/0001-06, no lote 1 (único). Belo Horizonte, 12 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl130_pe128_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2446/download;
+ pl130_pe128_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2366/download;
  pl130_pe128_2014_sd137_pc473_2014_projeto_orcamento_obra_ipatinga_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2365/download;
- pl130_pe128_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2366/download;
 </t>
   </si>
   <si>
     <t>129 / 2014</t>
   </si>
   <si>
     <t>Aquisição de materiais para pintura e diversos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 127 </t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS PARA PINTURA </t>
   </si>
   <si>
     <t xml:space="preserve">ZICO MATERIAIS DE CONSTRUÇÃO LTDA - EPP </t>
   </si>
   <si>
     <t>21.357,00</t>
   </si>
   <si>
     <t>26-11-2014 AVISO DE LICITAÇÃO SIAD 1091040 - 000133/2014 A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 10.12.2014. Início da disputa de preços: às 10 horas do dia 10.12.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. *Exclusivamente para licitantes enquadrados como ME/EPP. ----------------------------- 20-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Zico Materiais de Construção Ltda. EPP, CNPJ 05.243.374/0001-51, no lote 1 e FX Comércio e Distribuidora Eireli - ME, CNPJ 13.857.945/0001-76, no lote 2. Belo Horizonte, 19 de dezembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -379,109 +379,109 @@
   </si>
   <si>
     <t>25/11/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviço de confecção de materiais gráficos (cartilhas, panfletos e exemplares).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 126 </t>
   </si>
   <si>
     <t xml:space="preserve">CARTILHAS, PANFLETOS E EXEMPLARES </t>
   </si>
   <si>
     <t xml:space="preserve">GRAWANDO COMERCIAL LTDA </t>
   </si>
   <si>
     <t>29.900,00</t>
   </si>
   <si>
     <t>25-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 09.12.2014. Início da disputa de preços: às 10 horas do dia 09.12.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000135/2014 ----------------------------- 12-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Grawando Comercial Ltda.-ME, CNPJ 25.698.473/0001-35, no lote 1 (único). Belo Horizonte, 10 de dezembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl128_pe126_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2444/download;
  pl128_pe126_2014_sd135_pc233_424_429_2014_servicos_confeccao_materiais_graficos_cartilha_FEPDC_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2362/download;
- pl128_pe126_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2444/download;
 </t>
   </si>
   <si>
     <t>127 / 2014</t>
   </si>
   <si>
     <t>22/11/2014</t>
   </si>
   <si>
     <t>Aquisição de molas automáticas</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 125 </t>
   </si>
   <si>
     <t xml:space="preserve">MOLAS AUTOMÁTICAS </t>
   </si>
   <si>
     <t>22-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 05.12.2014. Início da disputa de preços: às 10 horas do dia 05.12.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000132/2014 ----------------------------- 03-12-2014 COMUNICAÇÃO Comunicamos que o o lote 1 (único) do PL127/2014, PE 125/2014, encontra-se revogado no SIAD (processo de compra n. 132/2014 - compras.mg) devido a fato superveniente que tornou o objeto desse processo incompatível com os interesses da PGJ. ----------------------------- 04-12-2014 REVOGAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do lote 1 (único) do mencionado processo em razão da incompatibilidade da especificação com o objeto pretendido pela Administração. A Procuradoria-Geral de Justiça informa que, oportunamente, fará publicar nova data e horário para realização de licitação deste objeto. Eventuais manifestações de interessados serão aceitas no prazo de 5 (cinco) dias úteis, nos termos do art.49, § 3º, da Lei n.º 8.666/93. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h e através da página www.mpmg.mp.br / Licitações. Belo Horizonte, 3 de dezembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl127_pe125_ata_revogado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2455/download;
  pl127_pe125_2014_sd132_pc431_2014_aquisi??o_molas_autom?tica_SEA_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2360/download;
- pl127_pe125_ata_revogado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2455/download;
 </t>
   </si>
   <si>
     <t>126 / 2014</t>
   </si>
   <si>
     <t>20/11/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de instalação de cobertura de policarbonato com estrutura metálica, e de cobertura com revestimento de telha termo acústica com estrutura metálica, incluindo mão de obra e materiais, em edificação do Ministério Público em Januária, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 124 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviços de instalação de cobertura de policarbonato com estrutura metálica, e de cobertura com revestimento de telha termo acústica com estrutura metálica, incluindo mão de obra e materiais, em edificação do Ministério Público em Januária, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">SOUZA E LISBOA COMÉRCIO E SERVIÇOS DE TOLDOS LTDA - ME </t>
   </si>
   <si>
     <t>22.500,00</t>
   </si>
   <si>
     <t>20-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 03.12.2014. Início da disputa de preços: às 10 horas do dia 03.12.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000131/2014 ----------------------------- 10-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Souza e Lisboa Comércio e Serviços de Toldos Ltda. - ME, CNPJ 18.295.143/0001-33, no lote 1 (único). Belo Horizonte, 4 de dezembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl126_pe124_2014_sd131_pc412_2014_servicos_instalacao_coberturas_Januaria_SEA_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2358/download;
  pl126_pe124_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2359/download;
  pl126_pe124_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2443/download;
- pl126_pe124_2014_sd131_pc412_2014_servicos_instalacao_coberturas_Januaria_SEA_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2358/download;
 </t>
   </si>
   <si>
     <t>125 / 2014</t>
   </si>
   <si>
     <t>Aquisição de lâmpadas de tecnologia LED e soquetes GU10.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 123 </t>
   </si>
   <si>
     <t xml:space="preserve">LÂMPADAS LED TUBULARES </t>
   </si>
   <si>
     <t xml:space="preserve">LEDLUXE INDÚSTRIA, COMÉRCIO, IMPORTAÇÃO E EXPORTAÇÃO EIRELI - EPP </t>
   </si>
   <si>
     <t>54.580,00</t>
   </si>
   <si>
     <t>20-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 04.12.2014. Início da disputa de preços: às 10 horas do dia 04.12.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000128/2014 ----------------------------- 23-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Ledluxe Indústria, Comércio, Importação e Exportação Eireli, CNPJ 11.178.569/0001-68, no lote 1, e Suprema Hidroelétrica Ltda. - ME, CNPJ 42.981.902/0001-04, no lote 2. Belo Horizonte, 22 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -504,302 +504,302 @@
   </si>
   <si>
     <t>19/11/2014</t>
   </si>
   <si>
     <t>Aquisição de mobiliário novo para o PROCON e PJ de Combate à Violência Doméstica (mesas e cadeiras para refeitório, longarinas e cadeiras universitárias).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 122 </t>
   </si>
   <si>
     <t xml:space="preserve">LONGARINAS DE 2 LUGARES </t>
   </si>
   <si>
     <t xml:space="preserve">SPACE INFORMÁTICA E MÓVEIS PARA ESCRITÓRIO LTDA. - ME </t>
   </si>
   <si>
     <t>1.256,00</t>
   </si>
   <si>
     <t>19-11-2014 AVISO DE LICITAÇÃO SIAD 1091040 - 000129/2014 (*)Exclusivamente para licitantes enquadrados como ME/EPP. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 03.12.2014. Início da disputa de preços: às 10 horas do dia 03.12.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 23-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Space Informática e Móveis para Escritório Ltda. - ME, CNPJ 14.190.355/0001-03, no lote 1 e Multimix Comércio e Indústria de Móveis em Geral Ltda. - EPP, CNPJ 09.614.362/0001-47, no lote 3. O lote 2 restou 'fracassado' por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 22 de dezembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl124_pe122_2014_sd129_pc399_419_425_2014_ME_EPP_aquisicao_mobiliario_FEPDC_PJCVD.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2350/download;
  pl124_pe122_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2442/download;
- pl124_pe122_2014_sd129_pc399_419_425_2014_ME_EPP_aquisicao_mobiliario_FEPDC_PJCVD.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2350/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MESAS E CADEIRAS PARA REFEITÓRIO </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Fracassado </t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRAS UNIVERSITÁRIAS </t>
   </si>
   <si>
     <t xml:space="preserve">MULTIMIX COMÉRCIO E INDÚSTRIA DE MÓVEIS EM GERAL LTDA - ME </t>
   </si>
   <si>
     <t>4.707,99</t>
   </si>
   <si>
     <t>123 / 2014</t>
   </si>
   <si>
     <t>18/11/2014</t>
   </si>
   <si>
     <t>Aquisição de veículos utilitários novos, tipo Van, para passageiros, adaptados para o transporte de cadeirantes.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 121 </t>
   </si>
   <si>
     <t xml:space="preserve">Veículo utilitário tipo VAN para passageiros, adaptado para transporte de cadeirante </t>
   </si>
   <si>
     <t xml:space="preserve">ECS COMÉRCIO DE VEÍCULOS E EQUIPAMENTOS LTDA - EPP </t>
   </si>
   <si>
     <t>270.200,00</t>
   </si>
   <si>
     <t>18-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 02.12.2014. Início da disputa de preços: às 10 horas do dia 02.12.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 000130/2014 ----------------------------- 21-11-2014 ESCLARECIMENTOS PERGUNTA: Na descrição do veículo é solicitado BOX PARA CADEIRANTE, já no item DEMAIS ESPECIFICAÇÕES pede o fornecimento de KIT DE TRILHO PARA FIXAÇÃO DOS CADEIRANTES, ocorre que as duas solicitações são contraditórias deve-se exigir um ou outro, pois são incompatíveis. - Caso seja exigido o BOX e bancos para 06 (seis) acompanhantes, não será possível a instalação de 03 BOX, somente dois. - Em caso de utilização de TRILHOS, aí sim é possível 06 lugares mais 03 lugares para cadeirantes. Perguntamos: Qual o tipo de adaptação será realmente exigido, BOX ou TRILHOS? RESPOSTA: Necessitamos de no mínimo 3 (três) lugares para cadeirantes. Obrigatoriamente deverão ser fixadas. Não são compartimentos reservados e sim espaços para tres cadeirantes com equipamentos de segurança obrigatórios. PERGUNTA: Nas especificações, no item REVESTIMENTO INTERNO é exigido teto em carpete, laterais e caixas de rodas em curvin, já no item DEMAIS ESPECIFICAÇÕES exige-se laterais direita e esquerda, porta lateral, teto, portas traseiras, todos moldados em abs. Perguntamos: qual das duas exigências deve ser seguida? RESPOSTA: Deverá ser considerado todo o revestimento interno em ABS. ----------------------------- 18-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: ECS Comércio de Veículos e Equipamentos Ltda. - EPP, CNPJ 08.206.867/0001-00, no lote 1 (único). Belo Horizonte, 17 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl123_pe121_2014_sd130_pc455_2014_aquisi??o_vans_adaptadas_cadeirantes_FUNEMP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2349/download;
  pl123_pe121_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2441/download;
- pl123_pe121_2014_sd130_pc455_2014_aquisi??o_vans_adaptadas_cadeirantes_FUNEMP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2349/download;
 </t>
   </si>
   <si>
     <t>122 / 2014</t>
   </si>
   <si>
     <t>17/11/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviço de execução de Avaliação de Conformidade do Projeto Estrutural de obra de edificação em terreno localizado em Governador Valadares, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 120 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE EXECUÇÃO DE AVALIAÇÃO DE CONFORMIDADE DO PROJETO ESTRUTURAL DE OBRA DE EDIFICAÇÃO EM TERRENO LOCALIZADO EM GOVERNADOR VALADARES, MG </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Deserto </t>
   </si>
   <si>
     <t>17-11-2014 AVISO DE LICITAÇÃO SIAD 1091040 - 000127/2014 (*)Exclusivamente para licitantes enquadrados como ME/EPP. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 02.12.2014. Início da disputa de preços: às 10 horas do dia 02.12.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 17-12-2014 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento do lote 1 (único) deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 16 de dezembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl122_pe120_2014_sd127_pc404_2014_servico_avaliacao_conformidade_gov_valadares_SEA_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2343/download;
  pl122_pe120_ata_deserto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2440/download;
  pl122_pe120_siad127_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2348/download;
+ pl122_pe120_2014_sd127_pc404_2014_servico_avaliacao_conformidade_gov_valadares_SEA_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2343/download;
 </t>
   </si>
   <si>
     <t>121 / 2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento e instalação de condicionadores de ar, incluindo mão de obra e materiais, em edificações ocupadas pelo Ministério Público, em todo o Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 119 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para instalação de condicionadores de ar, incluindo mão de obra e materiais, em edificações ocupadas pelo Ministério Público, em todo o Estado de Minas Gerais. </t>
   </si>
   <si>
     <t xml:space="preserve">FRIOMINAS MÁQUINAS REPRESENTAÇÕES LTDA. </t>
   </si>
   <si>
     <t>135.610,91</t>
   </si>
   <si>
     <t>18-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 01.12.2014. Início da disputa de preços: às 10 horas do dia 01.12.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 000126/2014 ----------------------------- 19-11-2014 ESCLARECIMENTOS PERGUNTA: "Solicitamos esclarecimentos em relação as cidades para a execução dos serviços do lote 02 Fornecimento e instalação, seria o mesma relação do lote 01?" RESPOSTA: Conforme subitem 5.1 do Anexo VI do Edital, os endereços dos locais de execução dos serviços referentes ao lote 2 serão fornecidos juntamente com a ordem de serviço. ----------------------------- 10-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Friominas Máquinas Representações Ltda., CNPJ 17.249.095/0001-84, nos lotes 1 e 2. Belo Horizonte, 9 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl121_pe119_2014_sd126_pc394_432_2014_instalacao_fornecimento_condicionadores de ar_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2346/download;
  pl121_pe119_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2439/download;
  pl121_pe119_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2347/download;
+ pl121_pe119_2014_sd126_pc394_432_2014_instalacao_fornecimento_condicionadores de ar_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2346/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para fornecimento e instalação de condicionadores de ar, em edificações ocupadas pelo Ministério Público, em todo o Estado de Minas Gerais. </t>
   </si>
   <si>
     <t>47.540,32</t>
   </si>
   <si>
     <t>120 / 2014</t>
   </si>
   <si>
     <t>Aquisição de materiais cívicos, incluindo bandeiras, suporte para bandeira e bandeirolas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 118 </t>
   </si>
   <si>
     <t xml:space="preserve">SUPORTES PARA BANDEIRAS </t>
   </si>
   <si>
     <t>18-11-2014 ESCLARECIMENTOS Esclarecemos que esse processo licitatório possui valor referência inferior a R$80.000,00. Entretanto, trata-se de repetição de licitação com participação restrita a ME/EPP a qual encerrou-se fracassada. Por essa razão, a presente licitação permite a participação de empresas de maior porte. ----------------------------- 18-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 01.12.2014. Início da disputa de preços: às 10 horas do dia 01.12.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 000125/2014 ----------------------------- 03-12-2014 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 1 de dezembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl120_pe118_2014_sd125_pc405_2014_aquisicao_bandeiras_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2345/download;
  pl120_pe118_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2380/download;
- pl120_pe118_2014_sd125_pc405_2014_aquisicao_bandeiras_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2345/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">BANDEIRAS E BANDEIROLAS </t>
   </si>
   <si>
     <t>119 / 2014</t>
   </si>
   <si>
     <t>15/11/2014</t>
   </si>
   <si>
     <t>Aquisição de diversas baterias para no-break, novas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 117 </t>
   </si>
   <si>
     <t xml:space="preserve">BATERIA SELADA ESTACIONÁRIA </t>
   </si>
   <si>
     <t xml:space="preserve">FF INFORMÁTICA E EQUIPAMENTOS LTDA - ME </t>
   </si>
   <si>
     <t>29.899,92</t>
   </si>
   <si>
     <t>15-11-2014 AVISO DE LICITAÇÃO SIAD 1091040 - 000124/2014 A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 28.11.2014. Início da disputa de preços: às 10 horas do dia 28.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 17-11-2014 ESCLARECIMENTOS Esclarecemos que esse processo licitatório possui valor referência inferior a R$80.000,00. Entretanto, trata-se de repetição de licitação com participação restrita a ME/EPP a qual encerrou-se fracassada. Por essa razão, a presente licitação permite a participação de empresas de maior porte. ----------------------------- 10-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: FF Informática e Equipamentos Ltda. - ME, CNPJ 04.923.051/0001-46, no lote 1 (único). Belo Horizonte, 5 de dezembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl119_pe117_2014_sd124_pc408_2014_aquisicao_baterias_no-break_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2341/download;
  pl119_pe117_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2438/download;
- pl119_pe117_2014_sd124_pc408_2014_aquisicao_baterias_no-break_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2341/download;
 </t>
   </si>
   <si>
     <t>118 / 2014</t>
   </si>
   <si>
     <t>Aquisição de sistemas de segurança e controle de acesso, incluindo materiais e mão de obra de instalação e assistência técnica; aquisição de equipamentos para circuito interno de TV e equipamentos e materiais para controle de acesso, para edificações do Ministério Público de Minas Gerais</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 116 </t>
   </si>
   <si>
     <t xml:space="preserve">SISTEMA DE CIRCUITO INTERNO DE TV (CFTV) E CONTROLE DE ACESSO (FUNDO ESTADUAL DE PROTEÇÃO E DEFESA DO CONSUMIDOR) </t>
   </si>
   <si>
     <t>15-11-2014 AVISO DE LICITAÇÃO SIAD 1091040 - 0000123/2014 A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 28.11.2014. Início da disputa de preços: às 10 horas do dia 28.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 06-12-2014 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado dos lotes 1 e 2 deste processo como 'fracassados', por não ter restado propostas classificadas para atendimento aos seus objetos. Belo Horizonte, 3 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl118_pe116_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2437/download;
  pl118_pe116_2014_sd123_pc413_428_2014_fornecimento_instala??o_manuten??o_Sistema_seguran?a_e_controle_de_acesso_NSP_FEPDC_CAO_CRIMO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2342/download;
- pl118_pe116_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2437/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SISTEMA DE CIRCUITO INTERNO DE TV (CFTV) E CONTROLE DE ACESSO </t>
   </si>
   <si>
     <t>117 / 2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviço de manutenção preventiva e corretiva em sistemas de Grupo Motor-Gerador.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 115 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para prestação de serviço de manutenção preventiva e corretiva em sistemas de Grupo Motor-Gerador. </t>
   </si>
   <si>
     <t xml:space="preserve">POLO EMPREENDIMENTOS EIRELI - ME </t>
   </si>
   <si>
     <t>39.990,00</t>
   </si>
   <si>
     <t>15-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 28.11.2014. Início da disputa de preços: às 10 horas do dia 28.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000116/2014 ----------------------------- 04-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Polo Empreendimentos Eireli - ME, CNPJ 15.288.613/0001-43, no lote 1 (único). Belo Horizonte, 03 de dezembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl117_pe115_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2436/download;
  pl117_pe115_2014_sd116_pc374_2014_servicos_manutencao_preventiva_corretiva_sistemas_motor-gerador_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2340/download;
- pl117_pe115_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2436/download;
 </t>
   </si>
   <si>
     <t>116 / 2014</t>
   </si>
   <si>
     <t>13/11/2014</t>
   </si>
   <si>
     <t>Aquisição de aparelhos telefônicos e binas (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 114 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de aparelhos telefônicos e binas. </t>
   </si>
   <si>
     <t xml:space="preserve">CM SILVA MATERIAIS E PEÇAS - EPP </t>
   </si>
   <si>
     <t>9.800,00</t>
   </si>
   <si>
     <t>13-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até as 10 horas do dia 27.11.2014. Início da disputa de preços: às 10 horas do dia 27.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 0000120/2014 ----------------------------- 10-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: C M Silva Materiais e Peças - EPP, CNPJ 13.738.395/0001-76, no lote 1 (único). Belo Horizonte, 09 de dezembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl116_pe114_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2435/download;
  pl116_pe114_2014_sd120_pc403_420_2014_aquisicao_aparelhos_telefonicos_binas_STI_DIMPE.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2335/download;
- pl116_pe114_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2435/download;
 </t>
   </si>
   <si>
     <t>115 / 2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de serviços de manutenção, com fornecimento de mão de obra e materiais, da sede das Promotorias de Justiça, na cidade de Araguari, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 113 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de serviços de manutenção, com fornecimento de mão de obra e materiais, da sede das Promotorias de Justiça, na cidade de Araguari, MG. </t>
   </si>
   <si>
     <t>109.000,00</t>
   </si>
   <si>
     <t>13-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até as 10 horas do dia 26.11.2014. Início da disputa de preços: às 10 horas do dia 26.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 0000121/2014 ----------------------------- 10-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: CONSTRAL Construtora Araujo Ltda, CNPJ 16.823.213/0001-53, no lote 1 (único). Belo Horizonte, 9 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl115_pe113_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2433/download;
  pl115_pe113_2014_sd121_pc430_2014_servicos_manutencao_Promotorias_Araguari_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2336/download;
@@ -811,143 +811,143 @@
   </si>
   <si>
     <t>12/11/2014</t>
   </si>
   <si>
     <t>Aquisição de microcomputadores novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 112 </t>
   </si>
   <si>
     <t xml:space="preserve">Microcomputadores novos. </t>
   </si>
   <si>
     <t xml:space="preserve">IT-ONE TECNOLOGIA DA INFORMAÇÃO LTDA. </t>
   </si>
   <si>
     <t>1.129.680,00</t>
   </si>
   <si>
     <t>12-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até as 10 horas do dia 25.11.2014. Início da disputa de preços: às 10 horas do dia 25.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 0000122/2014 ----------------------------- 18-11-2014 ESCLARECIMENTOS Segue questionamento de empresa interessada e resposta do setor solicitante: PERGUNTA: Processador: No que diz respeito ao apontamento ?1.1?,temos a seguinte consideração: Devido a atualização tecnológica dos processadores por parte do fabricante, entendemos que ao propor processador Intel Core i3-4150 Dual Core com clock de 3.50GHz, cachê de 3MB e DMI2 de 5GT/s conforme pode ser conferido no link http://ark.intel.com/pt-br/products/77486/Intel-Core-i3-4150-Processor-3M-Cache-3_50-GHz, estaremos atendendo a necessidade da contratante. Está correto nosso entendimento? RESPOSTA: Poderá oferecer processador com Frequência de Barramento de Sistema mínimo de 1066MHz ou DMI2 de 5GT/s. PERGUNTA: Monitor: No que diz respeito ao apontamento ?6.2?,temos a seguinte consideração: Devido tratar-se de um equipamento do tipo All In One, aonde o equipamento possui uma única fonte de alimentação interna, com faixa de tensão de entrada de 100-240VAC à 50-60Hz, com seleção automática de tensão, estaremos atendendo a necessidade da contratante. Está correto nosso entendimento? RESPOSTA: SIM, a fonte de alimentação deve ser bivolt e os detalhes está descrito no subitem 9.3. PERGUNTA: Portas de Comunicação: No que diz respeito ao apontamento ?10.1?,temos a seguinte consideração: Entendemos que ao propor controladora de vídeo integrada junto ao processador conforme pode ser conferido no link http://ark.intel.com/pt-br/products/77486/Intel-Core-i3-4150-Processor-3M-Cache-3_50-GHz, estaremos atendendo a necessidade da contratante. Está correto nosso entendimento? RESPOSTA: SIM, a controladora de vídeo solicitada refere-se a integrada ao processador ofertado. Atente-se no restante da especificação: "Interface VGA ou DVI para conexão de monitor externo possibilitando o uso de 2 monitores simultaneamente (Modo Clone e Estendido)." PERGUNTA: Qual o valor estimado máximo para efetuar a contratação decorrente desta licitação? RESPOSTA: O valor do Termo de Referência (valor máximo para efetuar a contratação) encontra-se disponível no processo para consulta na Av. Álvares Cabral, 1740, 5º andar, Divisão de Licitação. PERGUNTA: Por oportuno, questionamos se será aceito preço maior que o estimado para o item, no momento da colocação da proposta no SITE não acarretando a desclassificação da licitante. Está correto nosso entendimento? RESPOSTA: Está correto o entendimento. ----------------------------- 19-11-2014 ESCLARECIMENTOS PERGUNTA 1 - No edital, Anexo VI ? Termo de referência, item 1 ? Processador, subitem 1.1 é solicitado ?01 (um) Microprocessador Padrão Intel Core i3 com Frequência de Clock de no mínimo 3.5 GHz, Arquitetura de 64 bits, mínimo 2 Núcleos, 4 Threads e 3 MB de cache L3, Frequência de Barramento de Sistema mínimo de 1.066 MHz?. Os equipamentos All in One, além de proporcionar um ganho de espaço comparados aos desktops convencionais, possuem um menor consumo energético, ou seja, maior eficiência energética. Essa característica é alcançada com a adoção de componentes de menor consumo energético como módulos de memória 1,35v, menos componentes mecânicos e principalmente processadores mais eficientes. Na Intel, os processadores voltados aos equipamentos AIO são os da nomenclatura T (4130t, 4330t, etc) que possuem um clock menor comparado com os processadores de computadores convencionais afim de alcança um menor consumo energético (35w), sendo que essa serie (serie T) não possui um processador com o clock solicitado. O processador que atende a contento a especificação é o Intel Core I3 4150 que possui um índice de desempenho de 4983 pontos de acordo com o Passmark CPU Mark, entretanto o mesmo possui um consumo energético cerca de 35% superior comparado aos processadores da série T, visto que esse processador (Intel I3 4150) possui um consumo de 54 w contra 35w como é o caso Intel Core I3 4150T, que apesar possuir um índice de desempenho de 4417 pontos, 11% abaixo do índice de desempenho do Intel Core I3 4150, o mesmo possui um menor consumo energético (35 w), sendo mais eficiente energeticamente do que o I3 4150, como pode ser visto abaixo: Link índice de desempenho I3 4150t vs I3 4150: http://www.cpubenchmark.net/compare.php?cmp[]=2252&amp;cmp[]=2296; Link especificações I3 4150: http://ark.intel.com/pt-br/products/77486/Intel-Core-i3-4150-Processor-3M-Cache-3_50-GHz; Link especificações I3 4150t: http://ark.intel.com/pt-br/products/77487/Intel-Core-i3-4150T-Processor-3M-Cache-3_00-GHz; Visando um processo mais competitivo, afim de que o órgão adquira equipamentos com melhor relação custo benefício, entendemos que ofertando equipamentos com processador Intel Core I3 4150t, sendo esses processadores de última geração da Intel que atende a todos os as características solicitadas, com um clock de 3.0 GHz mas com um consumo máximo de 35w (mais eficiente), estamos atendendo ao exigido.Estamos corretos em nosso entendimento? RESPOSTA 1: NÃO. A definição das características do processador não foram baseadas apenas na redução do consumo de energia e sim no conjunto do equipamento como todo (performance e consumo de energia), considerando que o conjunto já possui um consumo reduzido de energia mantém-se as exigências do termo de referência. PERGUNTA 2 - No edital, Anexo VI ? Termo de referência, item 2 ? Memória, subitem 2.1 é solicitado ?Memória SDRAM DDR3 ou superior com, no mínimo, quatro (04) Gigabytes em um (01) ou dois (02) módulos funcionando em dual channel, com conector DIMM-SDRAM ou SO-DIMM ou superior?. Pentes de 2 GB estão indisponíveis no mercado, o que impossibilita o equipamento trabalhar em dual channel, visto que é necessário carregar memória nos dois canais. Sendo assim, visando equipamentos com melhor relação custo benefício, entendemos que serão aceitos equipamentos com 1 (um) modulo de memória de 4 GB desde que a controladora de memória suporte trabalhar em dual channel. Estamos corretos em nosso entendimento? RESPOSTA 2 -SIM, será aceito equipamento com 1 (um) módulo de memória de no mínimo 4GB. PERGUNTA 3 - No edital, Anexo VI ? Termo de referência, item 9 ? Gabinete da CPU, subitem 9.1 é solicitado ?Fonte de alimentação interna com eficiência de 85% (oitenta e cinco por cento) ou superior?. Um dos benefícios agregados nos equipamentos All in One é o fato dos mesmos ocuparem um menor espaço comparado a um desktop junto com o monitor, visto que são equipamentos extremamente compactos. Para que eles possam entregar esse benefício, os mesmos utilizam processadores que dissipam menos calor, o que leva a um menor sistema de arrefecimento, unidade ótica no formato slim e unidades de armazenamento de 2,5. Existe outro fator que também contribui para que os equipamentos sejam mais compactos, que é a adoção da fonte de alimentação externa, o que torna desnecessário um espaço no chassi para a mesma, contribuindo numa redução significativa do volume do equipamento. Tal exigência, além de não trazer qualquer benefício visto que fontes externas também possuem as mesmas características como alta eficiência energética e chaveamento automático (bivolt), torna o processo restritivo, o que fere o caráter competitivo. Visando maior competitividade, afim de que o órgão adquira equipamentos com melhor relação custo benefício, entendemos que fornecendo equipamento com fonte interna com eficiência energética de 89%, superior ao solicitado no edital (85%), estamos atendendo a contento a exigência, trazendo uma redução significativa no volume do equipamento. Vale ressaltar que no item 6 ? Monitor, subitem 6.2 permite a entrega de fonte externa onde lé ?Adaptador/carregador de corrente, bivolt com seleção automática de 110/220 Volts?. Estamos corretos em nosso entendimento? RESPOSTA 3 - NÃO, seu entendimento não está correto, será aceito somente equipamento com fonte de alimentação interna, além disto a HP possui equipamento para atender os requisitos do Termo de Referência. PERGUNTA 4 - No edital, Anexo VI ? Termo de referência, item 9 ? Gabinete da CPU, subitem 9.1 é solicitado ?Gabinete padrão All-in-One, na cor preta ou similar, com Monitor LCD incorporado?. Visando maior competitividade, entendemos que a cor solicitada para o equipamento deve ser a cor ?predominante?, visto que por questões de padronização da linha de produção e da geração do produto, alguns fabricantes inserem bordas em seus equipamentos com cor diferente da predominante como prata ou cinza. Estamos corretos em nosso entendimento? RESPOSTA 4 - SIM, está correto seu entendimento. PERGUNTA 5 - No edital, Anexo VI ? Termo de referência, item 14 ? Outros, subitem 14.6 é solicitado ?Certificação PPB - Processo Produtivo Básico - para o fabricante do equipamento, em conformidade com a Lei Federal nº 11.077, de 30/12/2004?. A HP manufatura seus equipamentos no Brasil através da parceria com a flextronics, sendo que essa atende as exigências da lei federal nº 11.077 o que concebe aos produtos fabricados o benefício do PPB, como pode ser constatado através do site do ministério da ciência, tecnologia e inovação no link http://www.mct.gov.br/index.php/content/view/37733.html?empresa=flextronics&amp;cnpj=&amp;produto=. Diante do exposto, entendemos que estamos atendendo a contento o exigido, visto que o equipamento possui o incentivo fiscal. Vale ressaltar que tal exigência restringe a participação da HP, e não traz qualquer benefício para o órgão, visto que o incentivo é voltado para o equipamento. Estamos corretos em nosso entendimento? RESPOSTA 5 - SIM, está correto, desde que apresentado documentação que gerencie a parceira entre Flextronics e HP, ou seja, que a Flextronics é a montadora oficial da HP. ----------------------------- 10-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: It-One Tecnologia da Informação Ltda., CNPJ 05.333.907/0001-96, no lote 1 (único). Belo Horizonte, 2 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl114_pe112_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2432/download;
  pl114_pe112_2014_sd122_pc439_2014_aquisicao_microcomputadores_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2334/download;
  esclarecimento_pl114_pe112_siad122.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2354/download;
- pl114_pe112_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2432/download;
 </t>
   </si>
   <si>
     <t>113 / 2014</t>
   </si>
   <si>
     <t>08/11/2014</t>
   </si>
   <si>
     <t>Aquisição de máquinas elétricas, novas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 111 </t>
   </si>
   <si>
     <t xml:space="preserve">MÁQUINAS ELÉTRICAS </t>
   </si>
   <si>
     <t xml:space="preserve">S &amp; P FERRAMENTAS LTDA - EPP </t>
   </si>
   <si>
     <t>18.508,98</t>
   </si>
   <si>
     <t>08-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até as 10 horas do dia 24.11.2014. Início da disputa de preços: às 10 horas do dia 24.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. Belo Horizonte, 7 de novembro de 2014. SIAD 1091040 - 0000115/2014 ----------------------------- 11-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: S &amp; P Ferramentas Ltda. - EPP, CNPJ 07.312.656/0001-99, no lote 1 (único). Belo Horizonte, 10 de dezembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl113_pe111_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2561/download;
  pl113_pe111_2014_sd115_pc402_2014_aquisicao_maquinas_eletricas_SEA.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/2328/download;
- pl113_pe111_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2561/download;
 </t>
   </si>
   <si>
     <t>112 / 2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de reforma, com fornecimento de mão de obra e materiais, da sede da Promotoria Regional de Defesa da Infância e Juventude e da sede das demais Promotorias de Justiça, na cidade de Teófilo Otoni, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 110 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução de serviços de reforma, com fornecimento de mão de obra e materiais, da sede da Promotoria Regional de Defesa da Infância e Juventude e da sede das demais Promotorias de Justiça, na cidade de Teófilo Otoni, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUTORA COSTA ARAÚJO LTDA. - ME </t>
   </si>
   <si>
     <t>242.000,00</t>
   </si>
   <si>
     <t>08-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até as 10 horas do dia 21.11.2014. Início da disputa de preços: às 10 horas do dia 21.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 0000105/2014 ----------------------------- 05-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Construtora Costa Araújo Ltda. - ME, CNPJ 13.538.015/0001-50 no lote 1 (único). Belo Horizonte, 4 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 24-02-2015 ESCLARECIMENTOS A Divisão de Licitação da Procuradoria-Geral de Justiça informa que estão disponíveis para consulta dos interessados, nesta página (arquivo abaixo) e nos autos do Processo Licitatório em epígrafe, esclarecimentos administrativos acerca de questionamentos formulados pela empresa R2 Reforma Civil Ltda. - EPP quanto à documentação de habilitação apresentada pela empresa adjudicatária do objeto desta licitação.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl112_pe110_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2431/download;
+ Esclarecimentos Administrativos - PL 112.2014 PE 110.2014.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2425/download;
  pl112_pe110_2014_sd105_pc335_2014_servicos_reforma_Promotorias_Teofilo_Otoni_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2329/download;
  pl112_pe110_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2330/download;
- Esclarecimentos Administrativos - PL 112.2014 PE 110.2014.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2425/download;
 </t>
   </si>
   <si>
     <t>111 / 2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de reforma de edificação, com fornecimento de mão de obra e materiais, na cidade de Belo Horizonte/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 109 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de reforma de edificação, com fornecimento de mão de obra e materiais, na cidade de Belo Horizonte/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">GC ENGENHARIA EIRELI - EPP </t>
   </si>
   <si>
     <t>1.300.000,00</t>
   </si>
   <si>
     <t>08-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até as 10 horas do dia 24.11.2014. Início da disputa de preços: às 10 horas do dia 24.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 0000117/2014 ----------------------------- 03-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: GC Engenharia EIRELI - EPP, CNPJ 03.755.066/0001-80, no lote 1 (único). Belo Horizonte, 1 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl111_pe109_2014_sd117_pc395_2014_reforma_promotoria_infancia_juventude_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2332/download;
+ pl111_pe109_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2333/download;
  pl111_pe109_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2430/download;
- pl111_pe109_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2333/download;
- pl111_pe109_2014_sd117_pc395_2014_reforma_promotoria_infancia_juventude_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2332/download;
 </t>
   </si>
   <si>
     <t>110 / 2014</t>
   </si>
   <si>
     <t>07/11/2014</t>
   </si>
   <si>
     <t>Aquisição de câmeras fotográficas digitais novas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 108 </t>
   </si>
   <si>
     <t xml:space="preserve">CÂMERAS FOTOGRÁFICAS DIGITAIS </t>
   </si>
   <si>
     <t xml:space="preserve">K S MAX INFORMÁTICA LTDA - EPP </t>
   </si>
   <si>
     <t>10.060,00</t>
   </si>
   <si>
     <t>07-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 24.11.2014. Início da disputa de preços: às 10 horas do dia 24.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000118/2014 ----------------------------- 29-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: K S Max Informática Ltda., CNPJ 07.848.715/0001-48, no lote 1 (único). Belo Horizonte, 28 de novembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
@@ -961,177 +961,177 @@
   </si>
   <si>
     <t>109 / 2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de serviços de reforma de fachadas, com fornecimento de mão de obra e materiais, em edificações localizadas em Belo Horizonte/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 107 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de serviços de reforma de fachadas, com fornecimento de mão de obra e materiais, em edificações localizadas em Belo Horizonte/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">ENGELL SERVIÇOS E EMPREENDIMENTOS - EIRELI - ME </t>
   </si>
   <si>
     <t>1.119.000,00</t>
   </si>
   <si>
     <t>07-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 21.11.2014. Início da disputa de preços: às 10 horas do dia 21.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 0000119/2014 ----------------------------- 12-11-2014 COMUNICAÇÃO Senhores Licitantes, Informamos que, diferentemente do que consta do modelo de proposta (Anexo II do Edital), a composição de custos, a composição do BDI e a planilha de material e mão de obra somente deverão ser apresentadas APÓS A CONTRAÇÃO, em no máximo 5 dias úteis, contados do recebimento da Autorização enviada pela Contratante. Entretanto, é indispensável que a planilha detalhada de preços unitários e totais seja apresentada juntamente com a proposta. ----------------------------- 17-11-2014 ESCLARECIMENTOS PERGUNTA: "Materiais idênticos - No objeto desta licitação está escrito: A CONTRATADA deverá recompor todos os elementos que forem danificados durante a execução dos serviços, usando materiais e acabamentos idênticos aos existentes no local, inclusive pintura; Entretanto não há nenhum material, extraído da natureza ou industrializado anteriormente, que seja idêntico a qualquer outro existente atualmente. Haverá sempre diferença de tonalidade e no caso de pedras veios e outras características. Remoção de argamassas do verso da placa de granito: No objeto desta licitação está escrito: 03.01.01.02 Remoção da placa de granito, inclusive limpeza do verso da placa (massa de assentamento e material impermeabilizante caso exista) permanecendo-a áspera. Mesmo que a placa seja removida integra, não é garantido que consigamos remover do verso a massa de assentamento, sem o risco de quebrarmos a placa. De quem é a responsabilidade caso não seja possível remover a argamassa do verso?". RESPOSTA: "Relativamente a materiais idênticos: devem ser apresentadas amostras do material. O mesmo deverá ser o mais semelhante possível do existente. Relativamente à remoção das placas de granito: no quantitativo calculado pela engenharia foram consideradas perdas. Caso as mesmas ultrapassem o quantitativo considerado e sejam retiradas, manuseadas e armazenadas com o devido cuidado, a responsabilidade será da Contratante". ----------------------------- 26-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Engell Serviços e Empreendimentos - EIRELI - ME, CNPJ 14.533.253/0001-35, no lote 1 (único). Belo Horizonte, 25 de novembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl109_pe107_2014_sd119_pc426_2014_reforma_fachadas_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2321/download;
  pl109_pe107_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2322/download;
- pl109_pe107_2014_sd119_pc426_2014_reforma_fachadas_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2321/download;
  pl109_pe107_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2428/download;
 </t>
   </si>
   <si>
     <t>108 / 2014</t>
   </si>
   <si>
     <t>Prestação de serviços continuados de manutenção preventiva, corretiva e operação de sistemas de climatização, com fornecimento de mão de obra, materiais e inclusão total de peças, em edificações ocupadas pelo Ministério Público no Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 106 </t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção preventiva, corretiva e operação de sistemas central de climatização, com self contained resfriamento à água, chiller e multisplit, com fornecimento de mão de obra, materiais e inclusão total de peças, em edificações ocupadas pelo Ministério Público na REGIÃO CENTRAL do Estado de Minas Gerais. </t>
   </si>
   <si>
     <t xml:space="preserve">ENGECLIMAR AR CONDICIONADO LTDA - EPP </t>
   </si>
   <si>
     <t>162.500,00</t>
   </si>
   <si>
     <t>07-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 20.11.2014. Início da disputa de preços: às 10 horas do dia 20.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 0000104/2014 ----------------------------- 12-11-2014 ESCLARECIMENTOS Seguem questionamentos de empresa interessada e respostas do setor solicitante: PERGUNTA: Quais os locais de execução dos serviços? RESPOSTA: Os locais constam do Anexo X - Documentação Técnica do edital. Para os lotes 1 e 2 os locais são os constantes no anexo I do Termo de Referência e para o lote 3, vale o descrito no anexo II do Termo de Referência. PERGUNTA: Em relação a equipe as 04 pessoas são fixas? RESPOSTA: a atuação da equipe residente fixa (lote 1) está transcrita abaixo cf. Termo de Referência, anexo IX do edital: A CONTRATADA deverá disponibilizar equipe residente, composta de quatro pessoas, para atendimento exclusivo da sede da PGJ em Belo Horizonte composta de três imóveis (Av. Álvares Cabral, 1690, Av. Álvares Cabral, 1740 e Rua Dias Adorno, 367). São necessários dois operadores de máquinas, cujos horários de trabalho devem ser diversos, para atuar exclusivamente no funcionamento dos sistemas centrais e no atendimento a chamados dos usuários de 7h00 às 19h00. Também são requeridos um mecânico de refrigeração e um auxiliar de mecânico para executarem as manutenções preventivas (zelar pela conservação e limpeza dos equipamentos, acessórios e casas de máquinas, identificar vazamentos, ruídos anormais etc.), as manutenções corretivas (troca de compressores, consertos mecânicos e elétricos em refrigeração, troca de peças, recarga de gás, etc) e os atendimentos às solicitações da Engenharia, restringindo-se aos serviços em sistemas de climatização. PERGUNTA: O que seria demanda a definir que consta na planilha do Anexo II? RESPOSTA: É a folga existente para a cobertura contratual dos aparelhos que poderão ser instalados no periodo de validade do contrato. PERGUNTA: Para o anexo VII, só os equipamento da demanda à definir tem manutenção corretiva, os demais (833) equipamentos não precisam? RESPOSTA: Todos os aparelhos acobertados, de todos os lotes - instalados e à instalar (demanda à definir) - devem receber manutenção preventiva e corretiva, se necessário. PERGUNTA: Para o lote 03 onde estão as planilhas e descrição dos serviços no edital? RESPOSTA: Encontram-se no edital, anexo X - Documentação Técnica: lote 3; anexo III ? Rotinas dos procedimentos e intervalos entre manutenções. PERGUNTA: Para o anexo 1 letra (a) qual seria a quantidade de equipamentos tem nas localidades que constam no anexo 1 letra (a) e que não constam no anexo 2. RESPOSTA: Gentileza reformular o questionamento para melhor compreensão. PERGUNTA: Onde está a lista de equipamentos das cidades da região do triângulo fora as cidades de Uberaba e Uberlândia? RESPOSTA:No triângulo, as demandas contratuais contemplam somente Uberlândia e Uberaba. ----------------------------- 27-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Engeclimar Ar Condicionado Ltda. EPP, CNPJ 07.221.102/0001-86, nos lotes 1 e 2; e Acomar Reforma e Refrigeração Ltda., CNPJ 00.062.861/0001-02, no lote 3. Belo Horizonte, 26 de novembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl108_pe106_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2320/download;
  pl108_pe106_2014_sd104_pc338_2014_servicos_manutencao_preventiva_corretiva_operacao_sistemas_climatizacao_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2319/download;
- pl108_pe106_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2320/download;
  pl108_pe106_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2427/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção preventiva, corretiva de sistemas central de climatização, com fluxo de refrigerante variável (VRF), com fornecimento de mão de obra, materiais e inclusão total de peças, em edificações ocupadas pelo Ministério Público na REGIÃO DO TRIÃNGULO no Estado de Minas Gerais. </t>
   </si>
   <si>
     <t>33.100,00</t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção preventiva e corretiva, de condicionadores de ar monobloco (ACJ), modulares (split) e portáteis, com fornecimento de mão de obra, materiais e inclusão total de peças, em edificações ocupadas pelo Ministério Público na Região Central do Estado de Minas Gerais. </t>
   </si>
   <si>
     <t xml:space="preserve">AÇOMAR REFORMA E REFRIGERAÇÃO LTDA - EPP </t>
   </si>
   <si>
     <t>359.670,69</t>
   </si>
   <si>
     <t>107 / 2014</t>
   </si>
   <si>
     <t>Aquisição de sistemas de Circuito Interno de TV (CFTV), com fornecimento de materiais e mão de obra de instalação, para edificações do Ministério Público, nas cidades de Barbacena, Belo Horizonte, Nova Lima e Passos, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 105 </t>
   </si>
   <si>
     <t xml:space="preserve">SISTEMA DE CIRCUITO INTERNO DE TV (CFTV), BELO HORIZONTE/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">PROSSEG SISTEMAS LTDA - ME </t>
   </si>
   <si>
     <t>28.000,00</t>
   </si>
   <si>
-    <t>07-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 20.11.2014. Início da disputa de preços: às 10 horas do dia 20.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 0000108/2014 ----------------------------- 18-11-2014 ESCLARECIMENTOS PERGUNTA 1: Qual o valor estimado para a contratação? RESPOSTA: O valor de referência somente poderá ser verificado in loco com solicitação de vistas ao processo. PERGUNTA 2:A infraestrutura será por conta do Contratante ou do Contratado? RESPOSTA: A infra estrutura será por conta do contratado. PERGUNTA 3: Qual a marca/modelo de referência dos equipamentos? RESPOSTA: As especificações não foram direcionadas para marcas e modelos específicos; entre outras marcas a intelbrás possui modelo de DVR e a Eagle Vision possui modelos de câmeras que atendem as especificações. ----------------------------- 18-11-2014 ESCLARECIMENTOS Segue questionamento de empresa interessada e resposta do setor solicitante: Pergunta: Foi perguntado, em relação à qualificação técnica e condições para habilitação, sobre a necessidade de comprovação de registro da empresa licitante junto ao CREA. Resposta: os licitantes deverão cumprir todos os requisitos legais necessários para a execução do serviço contratado; Pergunta: Foi perguntado, em relação à imprescindibilidade de um projeto básico constando todos os materiais na planilha de custos, se é responsabilidade da licitante vencedora realizar visita técnica aos locais onde serão realizadas as instalações com fincas a analisar os locais em que os equipamentos serão instalados, o grau de dificuldade da mencionada instalação, bem como a quantidade/fornecimento dos materiais e equipamentos, dentre eles, os tubos galvanizados, 3x4, necessários para a instalação do sistema, bem como dos circuitos internos. Resposta: A infraestrutura a ser utilizada, nas unidades que ainda não a possuam, será através de tubos galvanizados externos, fixados por braçadeiras parafusadas nas paredes; Conforme item 9.0 do termo de referência (anexo VI ? do edital de licitação), as empresas interessadas poderão realizar visita técnica aos locais onde serão realizadas as instalações até a data do certame, a fim de verificar as quantidades necessárias de materiais e acessórios para realização dos serviços. ----------------------------- 18-11-2014 ESCLARECIMENTOS Segue pedido de esclarecimento de empresa interessada e resposta do setor técnico/solicitante: PERGUNTA: O modelo solicitado em seu processo: 3.9. Deverão ser utilizados cabos coaxiais RG59, 4mm, tripolares trançados em cobre de malha superior a 90% para instalação do sistema de CFTV. O modelo padrão utilizado em todos os fabricantes são:a)Cabo Coaxial 4mm, bipolar trançados em cobre de malha superior a 90%.b)Cabo coaxial 6 mm, tripolar trancados em cobre de malha superior a 90%.Salientamos que para CFTV o cabo utilizado é o 4mm, bipolar (item ?A?. Pedimos esclarecimentos quanto a solicitação indicada no processo que é incompatível com a realidade. RESPOSTA: Informamos que a especificação permanecerá inalterada, considerando que no mercado existem pelo menos duas marcas que possuem o cabo solicitado sendo elas: Cable Tech e Macrocabos. ----------------------------- 29-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Prosseg Sistemas Ltda. - ME, CNPJ 07.407.834/0001-65, nos lotes 1, 3 e 5 e Ultraserver Comércio e Serviços de Tecnologia Ltda. - EPP, CNPJ 14.648.242/0001-09, nos lotes 2 e 4. Belo Horizonte, 26 de novembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
+    <t>07-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 20.11.2014. Início da disputa de preços: às 10 horas do dia 20.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 0000108/2014 ----------------------------- 18-11-2014 ESCLARECIMENTOS PERGUNTA 1: Qual o valor estimado para a contratação? RESPOSTA: O valor de referência somente poderá ser verificado in loco com solicitação de vistas ao processo. PERGUNTA 2:A infraestrutura será por conta do Contratante ou do Contratado? RESPOSTA: A infra estrutura será por conta do contratado. PERGUNTA 3: Qual a marca/modelo de referência dos equipamentos? RESPOSTA: As especificações não foram direcionadas para marcas e modelos específicos; entre outras marcas a intelbrás possui modelo de DVR e a Eagle Vision possui modelos de câmeras que atendem as especificações. ----------------------------- 18-11-2014 ESCLARECIMENTOS Segue pedido de esclarecimento de empresa interessada e resposta do setor técnico/solicitante: PERGUNTA: O modelo solicitado em seu processo: 3.9. Deverão ser utilizados cabos coaxiais RG59, 4mm, tripolares trançados em cobre de malha superior a 90% para instalação do sistema de CFTV. O modelo padrão utilizado em todos os fabricantes são:a)Cabo Coaxial 4mm, bipolar trançados em cobre de malha superior a 90%.b)Cabo coaxial 6 mm, tripolar trancados em cobre de malha superior a 90%.Salientamos que para CFTV o cabo utilizado é o 4mm, bipolar (item ?A?. Pedimos esclarecimentos quanto a solicitação indicada no processo que é incompatível com a realidade. RESPOSTA: Informamos que a especificação permanecerá inalterada, considerando que no mercado existem pelo menos duas marcas que possuem o cabo solicitado sendo elas: Cable Tech e Macrocabos. ----------------------------- 18-11-2014 ESCLARECIMENTOS Segue questionamento de empresa interessada e resposta do setor solicitante: Pergunta: Foi perguntado, em relação à qualificação técnica e condições para habilitação, sobre a necessidade de comprovação de registro da empresa licitante junto ao CREA. Resposta: os licitantes deverão cumprir todos os requisitos legais necessários para a execução do serviço contratado; Pergunta: Foi perguntado, em relação à imprescindibilidade de um projeto básico constando todos os materiais na planilha de custos, se é responsabilidade da licitante vencedora realizar visita técnica aos locais onde serão realizadas as instalações com fincas a analisar os locais em que os equipamentos serão instalados, o grau de dificuldade da mencionada instalação, bem como a quantidade/fornecimento dos materiais e equipamentos, dentre eles, os tubos galvanizados, 3x4, necessários para a instalação do sistema, bem como dos circuitos internos. Resposta: A infraestrutura a ser utilizada, nas unidades que ainda não a possuam, será através de tubos galvanizados externos, fixados por braçadeiras parafusadas nas paredes; Conforme item 9.0 do termo de referência (anexo VI ? do edital de licitação), as empresas interessadas poderão realizar visita técnica aos locais onde serão realizadas as instalações até a data do certame, a fim de verificar as quantidades necessárias de materiais e acessórios para realização dos serviços. ----------------------------- 29-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Prosseg Sistemas Ltda. - ME, CNPJ 07.407.834/0001-65, nos lotes 1, 3 e 5 e Ultraserver Comércio e Serviços de Tecnologia Ltda. - EPP, CNPJ 14.648.242/0001-09, nos lotes 2 e 4. Belo Horizonte, 26 de novembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl107_pe105_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2423/download;
  pl107_pe105_2014_sd108_pc340_2014_aquisicao_instalacao_CFTV_bh_barbacena_nova_lima_passos_NSP_1.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2325/download;
- pl107_pe105_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2423/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">ULTRASERVER COMÉRCIO E SERVIÇOS DE TECNOLOGIA LTDA - EPP </t>
   </si>
   <si>
     <t>64.599,00</t>
   </si>
   <si>
     <t xml:space="preserve">SISTEMA DE CIRCUITO INTERNO DE TV (CFTV), BARBACENA/MG. </t>
   </si>
   <si>
     <t>35.440,00</t>
   </si>
   <si>
     <t xml:space="preserve">SISTEMA DE CIRCUITO INTERNO DE TV (CFTV), NOVA LIMA/MG. </t>
   </si>
   <si>
     <t>29.000,00</t>
   </si>
   <si>
     <t xml:space="preserve">SISTEMA DE CIRCUITO INTERNO DE TV (CFTV), PASSOS/MG. </t>
   </si>
   <si>
     <t>23.022,00</t>
   </si>
   <si>
     <t>106 / 2014</t>
   </si>
   <si>
     <t>Aquisição de materiais gráficos com impressos personalizados (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 104 </t>
   </si>
   <si>
     <t xml:space="preserve">Blocos, Cartão, Livro e Ficha. </t>
   </si>
   <si>
     <t xml:space="preserve">GRÁFICA IGUAÇU LTDA - ME </t>
   </si>
   <si>
     <t>16.000,00</t>
   </si>
   <si>
     <t>07-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 20.11.2014. Início da disputa de preços: às 10 horas do dia 20.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 0000114/2014 ----------------------------- 02-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Gráfica Iguaçu Ltda. - ME (CNPJ 20.949.657/0001-07), no lote 1, Cartonagem e Embalagens Belo Horizonte Ltda. - ME (CNPJ 10.359.576/0001-01), no lote 2 e Extra Formulário Contínuo e Impressos Gráficos em Geral Ltda. - EPP (CNPJ 06.248.418/0001-07), no lote 3. Belo Horizonte, 01 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl106_pe104_2014_sd114_pc411_2014_aquisicao_materiais_graficos_DIMAC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2318/download;
  pl106_pe104_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2420/download;
- pl106_pe104_2014_sd114_pc411_2014_aquisicao_materiais_graficos_DIMAC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2318/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Capas. </t>
   </si>
   <si>
     <t xml:space="preserve">CARTONAGEM E EMBALAGENS BELO HORIZONTE LTDA - ME </t>
   </si>
   <si>
     <t>54.995,90</t>
   </si>
   <si>
     <t xml:space="preserve">Envelopes. </t>
   </si>
   <si>
     <t xml:space="preserve">EXTRA FORMULÁRIO CONTÍNUO E IMPRESSOS GRÁFICOS EM GERAL LTDA - EPP </t>
   </si>
   <si>
     <t>63.890,00</t>
   </si>
   <si>
     <t>105 / 2014</t>
   </si>
   <si>
     <t>06/11/2014</t>
@@ -1155,117 +1155,117 @@
   </si>
   <si>
     <t>104 / 2014</t>
   </si>
   <si>
     <t>Aquisição de materiais e equipamentos de informática novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 102 </t>
   </si>
   <si>
     <t xml:space="preserve">Equipamentos de informática. </t>
   </si>
   <si>
     <t xml:space="preserve">LNX INFORMÁTICA LTDA - ME </t>
   </si>
   <si>
     <t>117.900,00</t>
   </si>
   <si>
     <t>06-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 20.11.2014. Início da disputa de preços: às 10 horas do dia 20.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 0000111/2014 ----------------------------- 17-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: LNX Informática Ltda. - ME, CNPJ 17.091.444/0001-82, no lote 1 e Tecno Seg Informática e Segurança de Dados Ltda. - ME, CNPJ 13.345.633/0001-83, no lote 2. Belo Horizonte, 16 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl104_pe102_2014_sd111_pc397_2014_aquisicao_pe?as_reposi??o_informatica_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2313/download;
  pl104_pe102_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2426/download;
- pl104_pe102_2014_sd111_pc397_2014_aquisicao_pe?as_reposi??o_informatica_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2313/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Equipamentos de informática (cabos e conversores) </t>
   </si>
   <si>
     <t xml:space="preserve">TECNO SEG INFORMÁTICA E SEGURANÇA DE DADOS LTDA - ME </t>
   </si>
   <si>
     <t>1.151,89</t>
   </si>
   <si>
     <t>103 / 2014</t>
   </si>
   <si>
     <t>Aquisição de switches de acesso (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 101 </t>
   </si>
   <si>
     <t xml:space="preserve">AQUISIÇÃO DE SWITCHES DE ACESSO (NOVOS). </t>
   </si>
   <si>
     <t xml:space="preserve">INFODATAS COM. DE PROD. ELETROEL. E SERV. LTDA. - ME </t>
   </si>
   <si>
     <t>12.439,00</t>
   </si>
   <si>
     <t>06-11-2014 AVISO DE LICITAÇÃO SIAD 1091040 - 0000109/2014 A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 19.11.2014. Início da disputa de preços: às 10 horas do dia 19.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 07-11-2014 RETIFICAÇÃO - AVISO DE LICITAÇÃO AVISO DE LICITAÇÃO (*) - Retificação ME/EPP (**) A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 19.11.2014. Início da disputa de preços: às 10 horas do dia 19.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. *Exclusivamente para licitantes enquadrados como ME/EPP. **O edital já foi disponibilizado no SIAD, em 06/11/2014, e todas as suas datas serão mantidas, porquanto essa publicação somente ocorreu para acrescentar a informação de exclusividade para licitantes enquadrados como ME/EPP. ----------------------------- 26-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Infodatas Comércio de Produtos Eletroeletrônicos e Serviços Ltda. - ME, CNPJ 68.514.900/0001-90, no lote 1 (único). Belo Horizonte, 25 de novembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl103_pe101_2014_sd109_pc400_2014_aquisicao_switches_STI_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2316/download;
  pl103_pe101_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2422/download;
- pl103_pe101_2014_sd109_pc400_2014_aquisicao_switches_STI_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2316/download;
 </t>
   </si>
   <si>
     <t>102 / 2014</t>
   </si>
   <si>
     <t>Aquisição de veículos de representação, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 100 </t>
   </si>
   <si>
     <t xml:space="preserve">VEÍCULOS DE REPRESENTAÇÃO </t>
   </si>
   <si>
     <t xml:space="preserve">PISA VEÍCULOS LTDA </t>
   </si>
   <si>
     <t>221.000,00</t>
   </si>
   <si>
     <t>07-11-2014 AVISO DE LICITAÇÃO SIAD 1091040 - 0000113/2014 A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 20.11.2014. Início da disputa de preços: às 10 horas do dia 20.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 10-11-2014 COMUNICAÇÃO O edital desse pregão foi substituído, nesta data (10/11/2014 às 08h30min) para adequação das datas do processo licitatório. Atentar para a modificação da data para ESCLARECIMENTOS e IMPUGNAÇÕES, que passou do dia 14 para 17/11/2014. ----------------------------- 27-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Pisa Veículos Ltda., CNPJ 23.110.158/0001-10, no lote 1 (único). Belo Horizonte, 26 de novembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl102_pe100_2014_sd113_pc390_2014_aquisicao_veiculos_representacao_DSGT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2327/download;
  pl102_pe100_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2421/download;
- pl102_pe100_2014_sd113_pc390_2014_aquisicao_veiculos_representacao_DSGT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2327/download;
 </t>
   </si>
   <si>
     <t>101 / 2014</t>
   </si>
   <si>
     <t>04/11/2014</t>
   </si>
   <si>
     <t>Aquisição de pneus (novos)</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 99 </t>
   </si>
   <si>
     <t xml:space="preserve">AQUISIÇÃO DE PNEUS NOVOS, NÃO REFORMADOS/RECAUCHUTADOS OU REMOLDADOS </t>
   </si>
   <si>
     <t xml:space="preserve">GASPER PNEUS E RODAS LTDA - EPP </t>
   </si>
   <si>
     <t>25.899,84</t>
   </si>
   <si>
     <t>04-11-2014 AVISO DE LICITAÇÃO SIAD 099/2014 *Exclusivamente para licitantes enquadrados como ME/EPP. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até as 10 horas do dia 17.11.2014. Início da disputa de preços: às 10 horas do dia 17.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 25-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Gasper Pneus e Rodas Ltda. - EPP, CNPJ 02.180.927/0001-86, no lote 1 (único). Belo Horizonte, 24 de novembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
@@ -1452,53 +1452,53 @@
   </si>
   <si>
     <t xml:space="preserve">AL COMÉRCIO DE MATERIAIS DE ESCRITÓRIO LTDA - ME </t>
   </si>
   <si>
     <t>4.510,00</t>
   </si>
   <si>
     <t>95 / 2014</t>
   </si>
   <si>
     <t>Aquisição de carrinhos diversos, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 93 </t>
   </si>
   <si>
     <t xml:space="preserve">CARRINHO PARA CAFÉ </t>
   </si>
   <si>
     <t>25-10-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até as 10 horas do dia 11.11.2014. Início da disputa de preços: às 10 horas do dia 11.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000100/2014 ----------------------------- 29-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: C M SILVA MATERIAIS E PEÇAS - EPP, CNPJ 13.738.395/0001-76, no lote 2. O lote 1 restou 'fracassado' por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 26 de novembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl095_pe093_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2300/download;
  pl095_pe093_2014_sd100_pc370_379_396_2014_aquisicao_carrinhos_diversos_DMAP_DIMPE_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2297/download;
  pl095_pe093_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2415/download;
- pl095_pe093_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2300/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CARRINHOS TIPOS SUPERMERCADO, TRANSPORTE DE BAGAGEM E CONDOMÍNIO </t>
   </si>
   <si>
     <t>15.420,00</t>
   </si>
   <si>
     <t>94 / 2014</t>
   </si>
   <si>
     <t>24/10/2014</t>
   </si>
   <si>
     <t>Aquisição de materiais de escritório, com entrega parcelada</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 92 </t>
   </si>
   <si>
     <t xml:space="preserve">DIVERSOS </t>
   </si>
   <si>
     <t xml:space="preserve">MÁXIMO DISTRIBUIDORA LTDA - EPP </t>
@@ -1545,80 +1545,80 @@
   </si>
   <si>
     <t>Aquisição de cabideiros, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">MAIOR PREÇO </t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 91 </t>
   </si>
   <si>
     <t xml:space="preserve">CABIDEIROS, NOVOS </t>
   </si>
   <si>
     <t xml:space="preserve">AMARO &amp; SANTIAGO LTDA - EPP </t>
   </si>
   <si>
     <t>8.509,95</t>
   </si>
   <si>
     <t>23-10-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até as 10 horas do dia 06.11.2014. Início da disputa de preços: às 10 horas do dia 06.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000097/2014 ----------------------------- 18-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Amaro e Santiago Ltda. - EPP (CNPJ 10.974.832/0001-62), no lote 1 (único), Belo Horizonte, 14 de novembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl093_pe091_2014_sd097_pc372_2014_ME_EPP_aquisicao_cabideiros_DMAP_DIMPE_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2292/download;
  pl093_pe091_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2413/download;
- pl093_pe091_2014_sd097_pc372_2014_ME_EPP_aquisicao_cabideiros_DMAP_DIMPE_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2292/download;
 </t>
   </si>
   <si>
     <t>92 / 2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviço de conectividade</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 90 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE CONECTIVIDADE </t>
   </si>
   <si>
     <t xml:space="preserve">CEMIG TELECOMUNICAÇÕES S.A. - CEMIGTELECOM </t>
   </si>
   <si>
     <t>260.298,84</t>
   </si>
   <si>
     <t>23-10-2014 AVISO DE LICITAÇÃO SIAD 1091040 - 000098/2014 A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até as 10 horas do dia 06.11.2014. Início da disputa de preços: às 10 horas do dia 06.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. ----------------------------- 28-10-2014 ESCLARECIMENTOS Segue questionamento de empresa interessada e resposta do setor solicitante: Pergunta: Consta no ANEXO VI - TERMO DE REFERÊNCIA, no item 12 - DAS ESPECIFICAÇÕES DO OBJETO, em seus subitens 5 e 7 está bem claro que para a entrega do serviço no ponto central, "O equipamento da CONTRATADA deverá se conectar no firewall ou Switch Core da CONTRATANTE através de uma interface RJ-45 Ethernet, padrão IEEE 802.3 e derivados". A empresa interessada gostaria de saber em qual tipo de equipamento deverá ser realizada a entrega dos serviços nas 17 (dezessete) pontas remotas listadas na Tabela 1. Nesses locais a CONTRATANTE já tem um roteador para receber as conexões? Resposta: A contratante não tem equipamento de conectividade instalado nas unidades, listadas na Tabela 1, para receber as conexões remotas. A contratada deverá fornecer todo e qualquer equipamento necessário para estabelecer a conexão nas 17 (dezessete) pontas remotas conforme listadas na Tabela 1. Pergunta: Consta no ANEXO VI - TERMO DE REFERÊNCIA, no item 12 - DAS ESPECIFICAÇÕES DO OBJETO, em seu subitem 9 ? ?Em se tratando de roteamento, o serviço deve ser suportado por tecnologia de ponta, baseada em protocolo IP, com disponibilidade de 99,81%, e banda simétrica na modalidade full-duplex disponível 100% para upload e download, conforme Tabela 1. Entende-se por full-duplex a possibilidade de transmissão de dados simultâneos, independentes e em ambas as direções.? A empresa interessada entende que a disponibilidade de 99,81% determinada por esse item se refere a disponibilidade de todos os pontos de rede. Este entendimento está correto? Resposta:O entendimento da empresa interessada está correto. Pergunta: Em conformidade ao item de esclarecimentos, solicito detalhamento referente ao endereço constante do Edital: Av. N. S. Porto, 2842 Resposta: Rua Senhora do Porto, 2842 (Anel Rodoviário - Km 3,8) - Bairro Palmeiras - CEP 30.575-590 Pergunta: É mencionado no edital um total de 8 endereços a definir. Caso estes sites não tenha viabilidade técnica para atendimento, a proponente poderá recusar o endereço ou renegociar o valor a ser incluído no contrato? Resposta: Em relação aos 08 endereços a definir, no caso de não haver disponibilidade a contratada poderá recusar o endereço. Não há que se falar em renegociação de valores uma vez que a cobrança só passaria a ser feita após a instalação de um possível link adicional. ----------------------------- 30-10-2014 ESCLARECIMENTOS PERGUNTA 1: Item 7: PRAZO E LOCAL DE ENTREGA "O prazo para entrega de todos os serviços contratados deverá ser de, no máximo, 60 (sessenta) dias corridos, contados a partir da assinatura do contrato, em horário ajustado entre as partes." Solicitante: A Telemar Norte Leste S/A solicita que seja dilatado o prazo para 75 dias contados a partir do recebimento pela CONTRATADA, do contrato assinado. RESPOSTA: Indeferido. PERGUNTA 2: Item 8: GARANTIA Subitem 8.4: A garantia total abrange também: "Disponibilidade de 99,81% (noventa e nove vírgula oitenta e um por cento) dos serviços contratados, 7 (sete) dias por semana e 24 (vinte e quatro) horas por dia, a exceção dos casos de interrupção programada previamente acordados com a Superintendência de Tecnologia da Informação da PGJ-MG." Solicitante: Entendemos que a disponibilidade de 99,81% solicitada para prestação do serviço deverá ser garantido através do Backbone da Contratada. RESPOSTA: O entendimento está parcialmente correto uma vez que a abrangência da garantia de 99,81% deverá ser coberta para todos os acessos descritos na Tabela 1 do edital. PERGUNTA 3: Item 12: DAS ESPECIFICAÇÕES DO OBJETO Subitem 5: "O meio físico de transmissão utilizado em toda a infraestrutura de rede deverá ser dedicado, exclusivo e em fibra óptica..." Subitem 7: "As redes WAN, configuradas para os endereços da Tabela 1, deverão ser fornecidas, no mínimo, em padrão layer 2 (nível 2 camada OSI)...." Solicitante: Entendemos que o atendimento pode ser através de redes Metro-Ethernet. RESPOSTA: Sim, o entendimento está correto. PERGUNTA 4: Item 12: DAS ESPECIFICAÇÕES DO OBJETO Subitem 5: "Não serão aceitos conversores de mídia como objeto de conectividade entre a fibra óptica e o equipamento fornecido pela CONTRATADA. O equipamento da CONTRATADA deverá se conectar no firewall ou Switch Core da CONTRATANTE através de uma interface RJ-45 Ethernet, padrão IEEE 802.3 e derivados." Solicitante: O custo dos equipamentos envolvidos no Projeto é um fator decisivo para a viabilidade do projeto, Entendemos ser fundamental pautar que os roteadores e/ou switches que trabalham com SFP Small Form-Factor Pluggagle possuem custo elevado e que a performance do circuito será a mesma com a adição de conversor óptico/elétrico. Para garantir a oferta de serviços com preços competitivos e garantir a seleção da proposta economicamente mais vantajosa, solicitamos a PGJ alterar o texto permitindo que seja utilizado conversor óptico/elétrico na WAN do link. RESPOSTA: Indeferido. PERGUNTA 5: Item 12: DAS ESPECIFICAÇÕES DO OBJETO Subitem 7: "Os Acessos descritos no Item 1 não se comunicarão. O roteamento entre estas redes deverá ser realizado pelo firewall da CONTRATANTE e a CONTRATADA deverá auxiliar a equipe de redes da CONTRATANTE na configuração deste roteamento. Desta forma, todo o tráfego destas redes passará obrigatoriamente pelo firewall da CONTRATANTE." Solicitante: Para que as Licitantes possam ter pleno conhecimento da extensão do significado de "a CONNTRATADA deverá auxiliar a equipe de redes da CONTRATANTE na configuração deste roteamento." e possam assim orçar o custo desta intervenção, solicitamos a PFJ informar os tipos de equipamentos e os tipos de configurações que a PGJ deseja que as CONTRATADAS elaborem template para a PGJ. RESPOSTA: Não. O auxilio ocorrerá de forma simplificada entre as equipes da CONTRATANTE e CONTRATADA de maneira que o tráfego passe, obrigatoriamente, pelo firewall da CONTRATANTE. Esse auxílio será baseado em configuração do roteador pela CONTRATADA juntamente com a equipe de TI da CONTRATANTE que fará as intervenções necessárias nos equipamentos internos. ----------------------------- 13-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Cemig Telecomunicações S.A. - CEMIGTelecom, CNPJ 02.983.428/0001-27, no lote 1 (único). Belo Horizonte, 11 de novembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl092_pe090_2014_sd098_pc345_2014_servico_conectividade_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2294/download;
  pl092_pe090_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2412/download;
- pl092_pe090_2014_sd098_pc345_2014_servico_conectividade_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2294/download;
 </t>
   </si>
   <si>
     <t>91 / 2014</t>
   </si>
   <si>
     <t>22/10/2014</t>
   </si>
   <si>
     <t>Aquisição de óleos lubrificantes veiculares</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 89 </t>
   </si>
   <si>
     <t xml:space="preserve">ÓLEOS LUBRIFICANTES VEICULARES E ADITIVO PARA RADIADOR </t>
   </si>
   <si>
     <t xml:space="preserve">EMPREENDIMENTOS SOUKI E SILVA LTDA - ME </t>
   </si>
   <si>
     <t>4.799,95</t>
   </si>
   <si>
     <t>22-10-2014 AVISO DE LICITAÇÃO *Exclusivamente para licitantes enquadrados como ME/EPP. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até as 10 horas do dia 05.11.2014. Início da disputa de preços: às 10 horas do dia 05.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 18-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Empreendimentos Souki e Silva Ltda - ME, CNPJ 15.548.108/0001-90, no lote 1 (único). Belo Horizonte, 12 de novembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
@@ -1663,199 +1663,199 @@
   </si>
   <si>
     <t>18/10/2014</t>
   </si>
   <si>
     <t>Aquisição de condutivímetro, pHmetro, banho-maria e termômetro infravermelho, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 87 </t>
   </si>
   <si>
     <t xml:space="preserve">CONDUTIVÍMETRO E PHMETRO </t>
   </si>
   <si>
     <t xml:space="preserve">LUCADEMA CIENTÍFICA EIRELI - ME </t>
   </si>
   <si>
     <t>5.740,00</t>
   </si>
   <si>
     <t>18-10-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até as 10 horas do dia 03.11.2014. Início da disputa de preços: às 10 horas do dia 03.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000092/2014 ----------------------------- 30-10-2014 ESCLARECIMENTOS Segue questionamento de empresa interessada e resposta do setor solicitante: PERGUNTA: "- BANHO-MARIA, TIPO LABORATORIO - MATERIA PRIMA: ACO INOX 304, SEM SOLDAS E CANTOS ARREDONDADOS; FUNCIONAMENTO: ELETRICO, SEM AGITACAO; CAPACIDADE VOLUMETRICA: 05 A 09 LITROS; TEMPERATURA: CONTROLADOR DIGITAL MICROPROCESSADO; CAPACIDADE TUBOS: -; TERMOMETRO: SENSOR PT 100/PRECISAO DE CONTROLE ± 0,1ºC; TERMOSTATO: ELETRONICO, COM PRECISAO DE 0,1ºC; TENSAO: 110 VOLTS; POTENCIA: 500 A 1000 WATTS; MEDIDAS: 25 X 30 X 20CM ( L X P X A) APROXIMADAS; Complementação da especificação do item de material - CATMAS: DEVE PERMITIR O CONTROLE DA TEMPERATURA EM 25 ± 0,5ºC PARA ANALISE DE CONDUTIVIDADE E PH EM AMOSTRAS DE ETANOL COMBUSTIVEL CONFORME NORMAS ABNT 10547 E 1089. CHAVA LIGA-DESLIGA. RETANGULAR, TAMPA DE COBERTURA. ISOLAMENTO TERMICO. Os termos grifados da descrição acima, podemos entender que o banho será utilizado juntamente com os equipamentos 01 e 02 do Lote 01. Esta correto o entendimento?" RESPOSTA: "Apesar de intempestivo, confirmo o entendimento do fornecedor sobre a questão. O banho será usado com os equipamentos 1 e 2 do lote 1." ----------------------------- 18-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lucadema Científica LTDA-ME. (CNPJ 10.663.308/0001-70) no lote 1, Solab Equipamentos para Laboratórios EIRELI - EPP (CNPJ 05.869.012/0001-70) no lote 2 e Vencer Comercio e Servicos LTDA - ME (CNPJ 09.343.725/0001-57) no lote 3. Belo Horizonte, 12 de novembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl089_pe087_2014_sd092_pc327_331_332_2014_aquisicao_condutivimetro_pHmetro_banho_maria_termometro_FEPDC_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2286/download;
  pl089_pe087_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2514/download;
- pl089_pe087_2014_sd092_pc327_331_332_2014_aquisicao_condutivimetro_pHmetro_banho_maria_termometro_FEPDC_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2286/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">BANHO-MARIA </t>
   </si>
   <si>
     <t xml:space="preserve">SOLAB EQUIPAMENTOS PARA LABORATÓRIOS EIRELI - EPP </t>
   </si>
   <si>
     <t>1.100,00</t>
   </si>
   <si>
     <t xml:space="preserve">TERMÔMETRO INFRAVERMELHO </t>
   </si>
   <si>
     <t xml:space="preserve">VENCER COMÉRCIO E SERVIÇOS LTDA - ME </t>
   </si>
   <si>
     <t>7.905,00</t>
   </si>
   <si>
     <t>88 / 2014</t>
   </si>
   <si>
     <t>Aquisição de ferramentas novas</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 86 </t>
   </si>
   <si>
     <t xml:space="preserve">MALETA PARA FERRAMENTAS </t>
   </si>
   <si>
     <t>1.445,00</t>
   </si>
   <si>
     <t>18-10-2014 AVISO DE LICITAÇÃO *Exclusivamente para licitantes enquadrados como ME/EPP. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até as 10 horas do dia 30.10.2014. Início da disputa de preços: às 10 horas do dia 03.11.2014. Informações: Av. Álvares Cabral, 1740, 5° andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 19-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Vencer Comércio e Serviços Ltda. ME, CNPJ 09.343.725/0001-57, no lote 1. O lote 2 restou 'fracassado' por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 14 de novembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl088_pe086_2014_sd091_pc349_2014_aquisicao_ferramentas_STI_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2284/download;
  pl088_pe086_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2409/download;
- pl088_pe086_2014_sd091_pc349_2014_aquisicao_ferramentas_STI_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2284/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">FERRAMENTAS </t>
   </si>
   <si>
     <t>87 / 2014</t>
   </si>
   <si>
     <t>15/10/2014</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 85 </t>
   </si>
   <si>
     <t>15-10-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 13 horas do dia 28/10/2014, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. O edital poderá ser obtido no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG. Maiores informações nos telefones: 31-3330-8190 / 8233 / 8334, de 8 às 18 horas. SIAD 1091040 ? 000087/2014 ----------------------------- 22-10-2014 ESCLARECIMENTOS Segue questionamento de empresa interessada e resposta do setor solicitante: Pergunta: Por se tratar de pregão presencial, e de os valores de planilha poderem ser modificados, as composições de custo por serem bastante trabalhosas, poderão ser apresentadas pelo licitante vencedor alguns dias após a realização do Pregão? Resposta: A composição de custos (subitem 5.1.2.2 do Edital) será exigida apenas dos licitantes que forem convocados a apresentarem a proposta final, após a disputa de lances. Portanto, não é necessário que a composição dos custos para cada item e subitem da planilha orçamentária conste da proposta inicial. Entretanto, é indispensável que a planilha orçamentária (subitem 5.1.2.1 do Edital) componha tanto a proposta inicial quanto a proposta final. ----------------------------- 30-10-2014 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 29 de outubro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl087_pp085_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2375/download;
  pl087_pp085_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2282/download;
  pl087_pp085_2014_sd087_pc241_2014_reforma_fachadas_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2283/download;
+ pl087_pp085_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2375/download;
 </t>
   </si>
   <si>
     <t>86 / 2014</t>
   </si>
   <si>
     <t>10/10/2014</t>
   </si>
   <si>
     <t>Aquisição de combustível automotivo (óleo diesel S10), com entrega parcelada.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 84 </t>
   </si>
   <si>
     <t xml:space="preserve">ÓLEO DIESEL S10 </t>
   </si>
   <si>
     <t>10-10-2014 AVISO DE LICITAÇÃO *Exclusivamente para licitantes enquadrados como ME/EPP. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 24.10.2014. Início da disputa de preços: às 10 horas do dia 24.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 21-10-2014 ESCLARECIMENTOS O abastecimento do combustível óleo diesel (S10) será periódico e contínuo,durante toda a vigência contratual, quando da necessidade do Procon-MG, para o veículo informado no contrato. ----------------------------- 25-10-2014 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento do lote 1 (único) deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 24 de outubro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl086_pe084_ata_deserto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2374/download;
  pl086_pe084_2014_sd090_pc302_2014_aquisicao_combustivel_oleo_diesel_FEPDC_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2280/download;
- pl086_pe084_ata_deserto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2374/download;
 </t>
   </si>
   <si>
     <t>85 / 2014</t>
   </si>
   <si>
     <t>Aquisição de material para copa e cozinha</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 83 </t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAL PARA COPA E COZINHA </t>
   </si>
   <si>
     <t>4.900,00</t>
   </si>
   <si>
     <t>10-10-2014 AVISO DE LICITAÇÃO *Exclusivamente para licitantes enquadrados como ME/EPP. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 23.10.2014. Início da disputa de preços: às 10 horas do dia 23.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 21-10-2014 ESCLARECIMENTOS Segue resposta ao questionamento de empresa interessada: P:Estou com interesse de participar do pregão Nº 083/2014, Material para copa e Cozinha, e gostaria de um esclarecimento referente à especificação contida no item 01 do lote 01: Bule para café. Na especificação, informa a litragem e matéria prima do objeto, só que é exigido também que o cabo do bule também seja de aço inox, só que este produto com essa especificação não se encontra no mercado, vide que os modelo de bule de 1 litro, que sejam fabricado em aço inox, tem o cabo feito com revestimento em plástico ou em baquelite. Os modelos que que são de aço inox, inclusive o cabo, são modelo de até no máximo 800 ml e não de um litro. Fiz uma pesquisa de pregões anteriores no qual era exigido o mesmo material, e neste casos, os modelos fornecido não seguiam fielmente à especificação, ou eram modelos de 800 ml, ou de 1 litro com cabo de baquelite, concluindo que outros fornecedores também tiveram problemas com essa especificação. R:Prezado senhor, será mantida a especificação no edital, uma vez que o produto assume dimensões de abrangência nacional. ----------------------------- 05-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: AL Comércio de Materiais de Escritório Ltda. - ME, CNPJ 08.326.889/0001-03, no lote 1 (único). Belo Horizonte, 3 de novembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl085_pe083_2014_sd089_pc324_2014_aquisicao_material_copa_cozinha_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2278/download;
  pl085_pe083_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2373/download;
- pl085_pe083_2014_sd089_pc324_2014_aquisicao_material_copa_cozinha_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2278/download;
 </t>
   </si>
   <si>
     <t>84 / 2014</t>
   </si>
   <si>
     <t>08/10/2014</t>
   </si>
   <si>
     <t>Aquisição de materiais hidráulicos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 82 </t>
   </si>
   <si>
     <t xml:space="preserve">CONEXÕES E ACESSÓRIOS PARA TUBOS E MANGUEIRAS </t>
   </si>
   <si>
     <t xml:space="preserve">MERCEARIA INDIANÓPOLIS LTDA. </t>
   </si>
   <si>
     <t>10.950,00</t>
   </si>
   <si>
     <t>08-10-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 21.10.2014. Início da disputa de preços: às 10 horas do dia 23.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000088/2014 ----------------------------- 19-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Mercearia Indianópolis Ltda. ME (CNPJ 17.263.096/0001-83), no lote 1 (único). Belo Horizonte, 14 de novembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl084_pe082_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2387/download;
  pl084_pe082_2014_sd088_pc328_2014_aquisicao_materiais_hidraulicos_DIMAN_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2273/download;
- pl084_pe082_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2387/download;
 </t>
   </si>
   <si>
     <t>83 / 2014</t>
   </si>
   <si>
     <t>07/10/2014</t>
   </si>
   <si>
     <t>Aquisição de apoios para pés, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 81 </t>
   </si>
   <si>
     <t xml:space="preserve">APOIOS PARA PÉS, NOVOS </t>
   </si>
   <si>
     <t xml:space="preserve">FORMATECH LTDA.-EPP </t>
   </si>
   <si>
     <t>20.000,00</t>
   </si>
   <si>
     <t>07-10-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 20.10.2014. Início da disputa de preços: às 10 horas do dia 22.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000085/2014 ----------------------------- 31-10-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Formatech Ltda. - EPP, CNPJ: 01.159.295/0001-06, no lote 1 (único). Belo Horizonte, 29 de outubro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
@@ -1906,86 +1906,86 @@
   </si>
   <si>
     <t>81 / 2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a elaboração de projetos e orçamentos para a execução de obras de edificação nas comarcas de Viçosa/MG e Ipatinga/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 79 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a elaboração de projetos e orçamentos para a execução de obra de edificação na comarca de Viçosa/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">CONSOMINAS ENGENHARIA LTDA </t>
   </si>
   <si>
     <t>95.000,00</t>
   </si>
   <si>
     <t>04-10-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 10 horas do dia 17/10/2014, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. O edital poderá ser obtido no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG. Maiores informações nos telefones: 31-3330-8190 / 8233 / 8334, de 8 às 18 horas. SIAD 1091040 ? 000084/2014 ----------------------------- 08-10-2014 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*) A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 13 horas do dia 21/10/2014, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. O edital poderá ser obtido no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG. Maiores informações nos telefones: 31-3330-8190 / 8233 / 8334, de 8 às 18 horas. SIAD 1091040 ? 000084/2014 (*) Republicado devido a alteração no modelo de proposta. ----------------------------- 09-10-2014 ESCLARECIMENTOS Pergunta 1: O Lote 2 tem como objeto elaboração de projetos, especificações técnicas e orçamentos para a execução de obra de edificação em terreno localizado na Av. Despachante Rui Djalma Barbosa c/ Av. João Valentim Pascoal, em Ipatinga, MG. O edital então, forneceu os projetos arquitetônicos referentes a esta obra a ser executada, contudo, não nos fornece nenhum valor referencia de área da edificação. Solicito, então, que área referente ao lote 2 seja informada para que o orçamento seja elaborado de forma correta. Resposta 1: A ÁREA TOTAL (BRUTA) da edificação pode ser levantada no projeto fornecido aos licitantes. Pergunta 2: Também é escopo da mesma licitação a aprovação no Corpo de Bombeiros dos lotes 1 e 2, contudo, os projetos de Arquitetura não são escopo deste certame. Sendo assim, entendo que, caso haja algum problema na aprovação no Corpo de Bombeiros, por parte do projeto arquitetônico fornecido, não cabe a CONTRATADA elaborar qualquer modificação nestes projetos, ficando a cargo do responsável que os elaborou. Este entendimento está correto? Resposta 2: O entendimento está correto. ----------------------------- 30-10-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Consominas Engenharia Ltda., CNPJ 07.080.673/0001-48, no lote 1. Homologo o resultado do lote 2 deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 28 de outubro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl081_pp079_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2407/download;
+ pl081_pp079_2014_sd084_pc230_266_2014_projeto_oracamento_obra_vicosa_ipatinga_SEA_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2275/download;
+ pl081_pp079_anexos_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2267/download;
  pl081_pp079_anexos_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2268/download;
- pl081_pp079_anexos_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2267/download;
- pl081_pp079_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2407/download;
  pl081_pp079_2014_sd084_pc230_266_2014_projeto_oracamento_obra_vicosa_ipatinga_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2269/download;
- pl081_pp079_2014_sd084_pc230_266_2014_projeto_oracamento_obra_vicosa_ipatinga_SEA_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2275/download;
 </t>
   </si>
   <si>
     <t>80 / 2014</t>
   </si>
   <si>
     <t>03/10/2014</t>
   </si>
   <si>
     <t>Fornecimento de lanches, com entrega parcelada.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 78 </t>
   </si>
   <si>
     <t xml:space="preserve">LANCHES DIVERSOS </t>
   </si>
   <si>
     <t xml:space="preserve">KARLA MARINHO BUFFET LTDA - ME </t>
   </si>
   <si>
     <t>19.970,70</t>
   </si>
   <si>
     <t>03-10-2014 AVISO DE LICITAÇÃO *Exclusivamente para licitantes enquadrados como ME/EPP. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 16.10.2014. Início da disputa de preços: às 10 horas do dia 16.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 28-10-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Karla Marinho Buffet Ltda. ME, CNPJ: 07.464.587/0001-39, no lote 1 (único). Belo Horizonte, 27 de outubro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl080_pe078_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2408/download;
  pl080_pe078_2014_sd080_pc051_2014_ME_EPP_contratacao_lanches_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2265/download;
- pl080_pe078_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2408/download;
 </t>
   </si>
   <si>
     <t>79 / 2014</t>
   </si>
   <si>
     <t>02/10/2014</t>
   </si>
   <si>
     <t>Aquisição de diversas caixas de papelão.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 77 </t>
   </si>
   <si>
     <t xml:space="preserve">CAIXAS PARA ARQUIVO </t>
   </si>
   <si>
     <t xml:space="preserve">PAPYRUS MATERIAIS PARA ESCRITÓRIO LTDA. </t>
   </si>
   <si>
     <t>24.300,00</t>
   </si>
   <si>
     <t>02-10-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 15.10.2014. Início da disputa de preços: às 10 horas do dia 15.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000078/2014 ----------------------------- 10-10-2014 ESCLARECIMENTOS PERGUNTA: "Peço gentileza mim informar medida correta altura, largura e comprimento das caixas do pregão 78/2014 que acontecera dia 15/10 Caixa de papelão - dimensões: 18 x 37 x 54cm; matéria-prima: papelão pardo; gramatura: 440 g/m2; acabamento: com 4 abas, sem impressão, modelo normal. Essa caixa e 18alturax37 largura x54 comprimento". RESPOSTA (Diretoria de Material e Patrimônio): "As medidas da caixa correspondem exatamente a altura, largura e comprimento indagados pela Senhora Penha, ou seja, 18cm altura x 37cm largura x 54cm comprimento." ----------------------------- 28-10-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Papyrus Materiais para Escritório Ltda., CNPJ: 20.764.981/0001-50, no lote 1 e JS Almenara Comércio e Distribuição em Geral Ltda. ? ME, CNPJ 04.217.712/0001-62, no lote 2. Belo Horizonte, 24 de outubro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
@@ -2011,192 +2011,192 @@
   </si>
   <si>
     <t>01/10/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de reforma da sede das Promotorias de Justiça de Itajubá, com fornecimento de mão de obra e materiais, na cidade de Itajubá? MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 76 </t>
   </si>
   <si>
     <t xml:space="preserve">Reforma da sede das Promotorias de Justiça de Itajubá, com fornecimento de mão de obra e materiais, na cidade de Itajubá? MG. </t>
   </si>
   <si>
     <t xml:space="preserve">SANTO EXPEDITO INSTALAÇÕES E MANUTENÇÃO ELÉTRICA LTDA - EPP </t>
   </si>
   <si>
     <t>192.000,00</t>
   </si>
   <si>
     <t>01-10-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 14.10.2014. Início da disputa de preços: às 10 horas do dia 14.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000083/2014 ----------------------------- 11-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Santo Expedito Instalações e Manutenção Elétrica Ltda. - EPP, CNPJ 11.122.064/0001-81, no lote 1 (único). Belo Horizonte, 07 de novembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl078_pe076_2014_sd083_pc297_2014_reforma_promotorias_Itajuba_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2258/download;
  pl078_pe076_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2406/download;
  pl078_pe076_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2261/download;
+ pl078_pe076_2014_sd083_pc297_2014_reforma_promotorias_Itajuba_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2258/download;
 </t>
   </si>
   <si>
     <t>77 / 2014</t>
   </si>
   <si>
     <t>26/09/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de reforma, com fornecimento de mão de obra e materiais, visando à adequação de edificação para instalação de elevadores, nas sedes das Promotorias de Justiça, nas cidades de Araguari, Lavras, Nova Lima, São João Del Rei e Teófilo Otoni, em MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 75 </t>
   </si>
   <si>
     <t xml:space="preserve">Reforma, com fornecimento de mão de obra e materiais, visando à adequação de edificação para instalação de elevadore(s), na sede da Promotoria de Justiça, na cidade de ARAGUARI/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">DHD PRESTAÇÃO DE SERV. DE CONST. CIVIL LTDA. </t>
   </si>
   <si>
     <t>29.499,86</t>
   </si>
   <si>
     <t>26-09-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 13.10.2014. Início da disputa de preços: às 10 horas do dia 13.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 000081/2014 ----------------------------- 06-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: DHD Prestação de Serviços de Construção Civil Ltda. EPP, CNPJ 08.334.857/0001-50, nos lotes 1, 2, 3, 4 e 5. Belo Horizonte, 29 de outubro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl077_pe075_2014_sd081_pc252_2014_execucao_obra_p_instalacao_elevadores_Araguari_Lavras_N_Lima_S_J_Del_Rei_Teofilo_Otoni_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2253/download;
  pl077_075_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2405/download;
  pl077_pe075_siad081_doc_tecnica.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2255/download;
+ pl077_pe075_2014_sd081_pc252_2014_execucao_obra_p_instalacao_elevadores_Araguari_Lavras_N_Lima_S_J_Del_Rei_Teofilo_Otoni_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2253/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Reforma, com fornecimento de mão de obra e materiais, visando à adequação de edificação para instalação de elevadore(s), na sede da Promotoria de Justiça, na cidade de LAVRAS/MG. </t>
   </si>
   <si>
     <t>22.412,86</t>
   </si>
   <si>
     <t xml:space="preserve">Reforma, com fornecimento de mão de obra e materiais, visando à adequação de edificação para instalação de elevadore(s), na sede da Promotoria de Justiça, na cidade de NOVA LIMA/MG. </t>
   </si>
   <si>
     <t>23.094,62</t>
   </si>
   <si>
     <t xml:space="preserve">Reforma, com fornecimento de mão de obra e materiais, visando à adequação de edificação para instalação de elevadore(s), na sede da Promotoria de Justiça, na cidade de SÃO JOÃO DEL REI/MG. </t>
   </si>
   <si>
     <t>31.067,11</t>
   </si>
   <si>
     <t xml:space="preserve">Reforma, com fornecimento de mão de obra e materiais, visando à adequação de edificação para instalação de elevadore(s), na sede da Promotoria de Justiça, na cidade de TEÓFILO OTONI/MG. </t>
   </si>
   <si>
     <t>22.412,85</t>
   </si>
   <si>
     <t>76 / 2014</t>
   </si>
   <si>
     <t>27/09/2014</t>
   </si>
   <si>
     <t>Aquisição de baterias seladas estacionárias para no-break.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 74 </t>
   </si>
   <si>
     <t xml:space="preserve">BATERIAS SELADAS ESTACIONÁRIAS PARA NO-BREAK </t>
   </si>
   <si>
     <t>26-09-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 09.10.2014. Início da disputa de preços: às 10 horas do dia 11.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000082/2014 ----------------------------- 27-09-2014 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 09.10.2014. Início da disputa de preços: às 10 horas do dia 13.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. (**)Republicado para adequação da data de disputa. SIAD 1091040 - 000082/2014 ----------------------------- 17-10-2014 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 14 de outubro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl076_pe074_2014_sd082_pc311_2014_aquisicao_baterias_no-break_SEA_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2256/download;
  pl076_pe074_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2315/download;
- pl076_pe074_2014_sd082_pc311_2014_aquisicao_baterias_no-break_SEA_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2256/download;
 </t>
   </si>
   <si>
     <t>75 / 2014</t>
   </si>
   <si>
     <t>25/09/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução dos serviços de adaptação e manutenção, com fornecimento de mão de obra e materiais, em edificações localizadas na Av. Álvares Cabral, 1690 e 1740, e na Rua Dias Adorno, 367, bairro Santo Agostinho, Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 73 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução dos serviços de adaptação e manutenção, com fornecimento de mão de obra e materiais, em edificações localizadas na Av. Álvares Cabral, 1690 e 1740, e na Rua Dias Adorno, 367, bairro Santo Agostinho, Belo Horizonte, MG. </t>
   </si>
   <si>
     <t>407.450,00</t>
   </si>
   <si>
     <t>25-09-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 08.10.2014. Início da disputa de preços: às 10 horas do dia 08.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 000070/2014 ----------------------------- 12-11-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Pro Eco Brasil Service Ltda., CNPJ 01.323.866/0001-04, no lote 1 (único). Belo Horizonte, 07 de novembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 23-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Engell Serviços e Empreendimentos - Eireli - ME, CNPJ 14.533.253/0001-35, no lote 1 (único). Belo Horizonte, 22 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl075_pe073_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2252/download;
+ pl075_pe073_2014_sd070_pc253_2014_servicos_adapt_manut_3_torres_sedes_MPMG_BH_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2251/download;
  pl075_pe073_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2558/download;
- pl075_pe073_2014_sd070_pc253_2014_servicos_adapt_manut_3_torres_sedes_MPMG_BH_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2251/download;
- pl075_pe073_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2252/download;
 </t>
   </si>
   <si>
     <t>74 / 2014</t>
   </si>
   <si>
     <t>Aquisição de materiais para purificadores de água e bebedouros</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 72 </t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS PARA PURIFICADORES DE ÁGUA E BEBEDOUROS </t>
   </si>
   <si>
     <t xml:space="preserve">MILLENIUM COMÉRCIO SERVIÇO LTDA - EPP </t>
   </si>
   <si>
     <t>74.890,00</t>
   </si>
   <si>
     <t>25-09-2014 AVISO DE LICITAÇÃO SIAD 1091040 - 000079/2014 A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 08.10.2014. Início da disputa de preços: às 10 horas do dia 08.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 02-10-2014 RETIFICAÇÃO ATENÇÃO ? ERRATA PL 074/2014 PE 072/2014 Informamos que devido a um erro material, houve publicação do Edital com as datas incorretas, quanto aos prazos de ?Esclarecimentos?, ?Impugnações? e ?Publicação do Aviso de Licitação?. Em sendo assim, conforme previsão legal o prazo para a apresentação de esclarecimentos e/ou de impugnações é a de 5 (cinco) dias corridos, contados a partir da publicação do Edital, que no caso, ocorreu no dia 25/09/2014 no DOMP/MG. Isto posto, o prazo legal para a apresentação dos esclarecimentos e/ou de impugnações é de até o dia 30/09/2014 às 18h. ----------------------------- 03-10-2014 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Comunicamos a interposição de impugnação ao Edital da licitação supracitada por parte da empresa Tecidos e Armarinhos Miguel Bartolomeu S/A ? TAMBASA. Conhecemos da peça impugnativa interposta e, no mérito, julgamos improcedente. A íntegra da decisão administrativa se encontra nos autos do processo licitatório, na Divisão de Licitação, bem como na página desta Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/Pesquisa de Processos Licitatórios (no campo ?Número do Processo? digitar o nº desse procedimento e clicar em ?Enviar?). Informamos aos interessados que a realização desta licitação ocorrerá conforme aviso de licitação, publicado no ?DOMP-MG? no dia 25/09/2014: Início da sessão de disputa de preços: às 10 horas do dia 08/10/2014. Outras informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. ----------------------------- 23-10-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Millenium Comércio Serviço Ltda - EPP, CNPJ 13.008.903/0001-60, no lote 1 (único). Belo Horizonte, 20 de outubro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl074_pe072_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2363/download;
  pl074_pe072_2014_sd079_pc286_2014_aquisicao_materiais_purificadores_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2247/download;
  decisao_impugnacao_pl074_pe072_item 3.3.1 do edital_suspensao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2263/download;
+ pl074_pe072_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2363/download;
 </t>
   </si>
   <si>
     <t>73 / 2014</t>
   </si>
   <si>
     <t>20/09/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de manutenção preventiva e corretiva em plataforma de elevação para pessoas com mobilidade reduzida, com cobertura total de peças, instalada na Promotoria de Justiça da comarca de Montes Claros/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 71 </t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviços de manutenção preventiva e corretiva em plataforma de elevação para pessoas com mobilidade reduzida, com inclusão total de peças originais ou similares, durante o período de 12 meses, na cidade de Montes Claros, MG. </t>
   </si>
   <si>
     <t>20-09-2014 AVISO DE LICITAÇÃO (*) A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 03.10.2014. Início da disputa de preços: às 10 horas do dia 03.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000069/2014 ----------------------------- 07-10-2014 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento do lote 1 (único) deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 03 de outubro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl073_pe071_2014_sd069_p248_2014_ME_EPP_servicos_manutencao_plataforma_MONTES_CLAROS_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2237/download;
  pl073_pe071_ata_deserto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2309/download;
@@ -2232,53 +2232,53 @@
   </si>
   <si>
     <t>71 / 2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de sondagem de simples reconhecimento do subsolo por percussão (SPT) em terrenos localizados nas cidades de Ipatinga, Curvelo e Juiz de Fora MG</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 69 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE SONDAGEM DE SIMPLES RECONHECIMENTO DO SUBSOLO POR PERCUSSÃO (SPT) EM TERRENO LOCALIZADO NA CIDADE DE IPATINGA, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">DIESEL MAIS LTDA - ME </t>
   </si>
   <si>
     <t>8.799,00</t>
   </si>
   <si>
     <t>20-09-2014 AVISO DE LICITAÇÃO *Exclusivamente para licitantes enquadrados como ME/EPP. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 03.10.2014. Início da disputa de preços: às 10 horas do dia 03.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 25-10-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Diesel Mais Ltda. - ME (CNPJ: 15.420.591/0001-23) no lote 1, Divisolo Soluções Geotécnicas Ltda. - ME (CNPJ 15.225.228/0001-57) no lote 2 e D Soares Empreendimentos e Construções Eirelli - EPP (CNPJ: 20.051.915/0001-33) no lote 3. Belo Horizonte, 24 de outubro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl071_pe069_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2404/download;
  pl071_pe069_siad075_doc_tecnica.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2238/download;
  pl071_pe069_2014_sd075_pc194_249_250_2014_ME_EPP_servicos_sondagem_SPT_Ipatinga_Curvelo_Juiz_de_Fora_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2236/download;
+ pl071_pe069_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2404/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE SONDAGEM DE SIMPLES RECONHECIMENTO DO SUBSOLO POR PERCUSSÃO (SPT) EM TERRENO LOCALIZADO NA CIDADE DE CURVELO, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">DIVISOLO SOLUÇÕES GEOTÉCNICAS LTDA - ME </t>
   </si>
   <si>
     <t>9.180,00</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE SONDAGEM DE SIMPLES RECONHECIMENTO DO SUBSOLO POR PERCUSSÃO (SPT) EM TERRENO LOCALIZADO NA CIDADE DE JUIZ DE FORA, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">DSOARES EMPREENDIMENTOS E CONSTRUÇÕES EIRELI - EPP </t>
   </si>
   <si>
     <t>10.420,00</t>
   </si>
   <si>
     <t>70 / 2014</t>
   </si>
   <si>
     <t>19/09/2014</t>
@@ -2332,141 +2332,141 @@
  pl069_pe067_2014_sd063_pc260_2014_contratacao_seguro_veiculos_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2230/download;
  pl069_pe067_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2303/download;
 </t>
   </si>
   <si>
     <t>68 / 2014</t>
   </si>
   <si>
     <t>16/09/2014</t>
   </si>
   <si>
     <t>Aquisição de carimbos e fitas para máquina protocoladora</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 66 </t>
   </si>
   <si>
     <t xml:space="preserve">CARIMBO NUMERADOR E FITA PARA MÁQUINA PROTOCOLADORA </t>
   </si>
   <si>
     <t>16-09-2014 AVISO DE LICITAÇÃO *Exclusivamente para licitantes enquadrados como ME/EPP. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 29.09.2014. Início da disputa de preços: às 10 horas do dia 29.09.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 02-10-2014 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 29 de setembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl068_pe066_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2293/download;
  pl068_pe066_2014_sd073_pc256_2014_aquisicao_carimbos_fitas_para_maquinas_DIMAC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2224/download;
- pl068_pe066_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2293/download;
 </t>
   </si>
   <si>
     <t>67 / 2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de levantamento planialtimétrico e elaboração do respectivo memorial descritivo, em terrenos localizados nas cidades de Curvelo e Juiz de Fora, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 65 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE LEVANTAMENTO PLANIALTIMÉTRICO E ELABORAÇÃO DO RESPECTIVO MEMORIAL DESCRITIVO, EM TERRENO LOCALIZADO NA CIDADE DE CURVELO, MG </t>
   </si>
   <si>
     <t xml:space="preserve">MARCO PONTO TOPOGRAFIA E PROJETOS LTDA - ME </t>
   </si>
   <si>
     <t>2.000,00</t>
   </si>
   <si>
     <t>13-09-2014 AVISO DE LICITAÇÃO *Exclusivamente para licitantes enquadrados como ME/EPP. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 26.09.2014. Início da disputa de preços: às 10 horas do dia 26.09.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 19-09-2014 REPUBLICAÇÃO - AVISO DE LICITAÇÃO *Exclusivamente para licitantes enquadrados como ME/EPP. *Republicado para adequação do número de lotes constantes do SIAD; passou de Lote Único para Lotes 1 e 2. Consequentemente, foram alteradas todas as datas do processo. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 02.10.2014. Início da disputa de preços: às 10 horas do dia 02.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 10-10-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Marco Ponto Topografia e Projetos Ltda. - ME, CNPJ 18.294.408/0001-89, nos lote 1 e 2. Belo Horizonte, 9 de outubro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl067_pe065_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2400/download;
  pl067_pe065_siad071_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2246/download;
  pl067_pe065_2014_sd071_pc207_251_2013_ME_EPP_servicos_levantamento_planialtimetrico_SEA_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2249/download;
+ pl067_pe065_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2400/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE LEVANTAMENTO PLANIALTIMÉTRICO E ELABORAÇÃO DO RESPECTIVO MEMORIAL DESCRITIVO, EM TERRENO LOCALIZADO NA CIDADE DE JUIZ DE FORA, MG. </t>
   </si>
   <si>
     <t>66 / 2014</t>
   </si>
   <si>
     <t>Aquisição de materiais de escritório.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 64 </t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS DE ESCRITÓRIO </t>
   </si>
   <si>
     <t xml:space="preserve">MÁXIMO DISTRIBUIDORA LTDA. </t>
   </si>
   <si>
     <t>46.267,86</t>
   </si>
   <si>
     <t>12-09-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 25.09.2014. Início da disputa de preços: às 10 horas do dia 25.09.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000066/2014 ----------------------------- 25-09-2014 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (**)(*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 08.10.2014. Início da disputa de preços: às 10 horas do dia 10.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. (**)Republicado devido a exclusão de dois itens e alterações em algumas especificações. SIAD 1091040 - 000066/2014 ----------------------------- 21-10-2014 HOMOLOGAÇÃO E COMUNICAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Máximo Distribuidora Ltda.-EPP, CNPJ 38.467.627/0001-20, no lote 1. O lote 2 foi revogado pelo fato de ter sido gerado no sistema (SIAD) tão somente para receber dois itens excluídos desta licitação. Belo Horizonte, 16 de outubro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl066_pe064_2014_sd066_pc257_2014_ME_EPP_aquisicao_materiais_escritorio_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2215/download;
  pl066_pe064_2014_sd066_pc257_2014_ME_EPP_REP_aquisicao_materiais_escritorio_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2250/download;
- pl066_pe064_2014_sd066_pc257_2014_ME_EPP_aquisicao_materiais_escritorio_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2215/download;
  pl066_pe064_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2339/download;
 </t>
   </si>
   <si>
     <t>65 / 2014</t>
   </si>
   <si>
     <t>11/09/2014</t>
   </si>
   <si>
     <t>Aquisição de suportes para monitor de microcomputador</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 63 </t>
   </si>
   <si>
     <t xml:space="preserve">SUPORTES PARA MONITOR DE COMPUTADOR </t>
   </si>
   <si>
     <t>50.500,00</t>
   </si>
   <si>
     <t>11-09-2014 AVISO DE LICITAÇÃO *Exclusivamente para licitantes enquadrados como ME/EPP. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 24.09.2014. Início da disputa de preços: às 10 horas do dia 24.09.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 10-10-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: FF Informática e Equipamentos Ltda. - ME, CNPJ 04.923.051/0001-46, no lote 1 (único). Belo Horizonte, 8 de outubro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl065_pe063_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2305/download;
  pl065_pe063_2014_sd064_pc234_2014_aquisicao_suportes_monitor_SERVMED_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2209/download;
- pl065_pe063_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2305/download;
 </t>
   </si>
   <si>
     <t>64 / 2014</t>
   </si>
   <si>
     <t>10/09/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para realização de serviços de impressão gráfica.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 62 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE IMPRESSÃO, PLOTAGENS, CÓPIAS XEROGRÁFICAS E ENCADERNAÇÕES. </t>
   </si>
   <si>
     <t xml:space="preserve">PS EDITORA LTDA - EPP </t>
   </si>
   <si>
     <t>4.933,05</t>
   </si>
   <si>
     <t>10-09-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 24.09.2014. Início da disputa de preços: às 10 horas do dia 24.09.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 000068/2014 ----------------------------- 30-09-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: PS EDITORA LTDA - EPP, CNPJ 02.897.073/0001-53, no lote 1 (único). Belo Horizonte, 26 de setembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
@@ -2508,88 +2508,88 @@
  pl063_pe061_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2379/download;
  pl063_pe061_2014_sd067_pc246_2014_ME_EPP_aquisicao_TVs_monitores_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2207/download;
 </t>
   </si>
   <si>
     <t>62 / 2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de serviços de reforma do passeio público, em frente à Sede das Promotorias de Justiça de Defesa da Saúde, localizada na cidade de Belo Horizonte/MG, com fornecimento de mão de obra e materiais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 60 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de serviços de reforma do passeio público, em frente à Sede das Promotorias de Justiça de Defesa da Saúde, localizada na cidade de Belo Horizonte/MG, com fornecimento de mão de obra e materiais. </t>
   </si>
   <si>
     <t>26.600,00</t>
   </si>
   <si>
     <t>06-09-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 19.09.2014. Início da disputa de preços: às 10 horas do dia 19.09.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000065/2014 ----------------------------- 10-10-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Engell Serviços e Empreendimentos - Eireli - ME, CNPJ 14.533.253/0001-35, no lote 1 (único). Belo Horizonte, 7 de outubro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl062_pe060_2014_sd065_pc267_2014_ME_EPP_contratacao_servicos_reforma_passeio_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2204/download;
  pl062_pe060_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2393/download;
  pl062_pe060_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2205/download;
+ pl062_pe060_2014_sd065_pc267_2014_ME_EPP_contratacao_servicos_reforma_passeio_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2204/download;
 </t>
   </si>
   <si>
     <t>61 / 2014</t>
   </si>
   <si>
     <t>23/09/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviço de conectividade à Internet através de segundo link de dados de 40 Mbps.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 59 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviço de conectividade à Internet através de segundo link de dados de 40 Mbps. </t>
   </si>
   <si>
     <t xml:space="preserve">ALGAR MULTIMIDIA S/A </t>
   </si>
   <si>
     <t>22.149,96</t>
   </si>
   <si>
     <t>05-09-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 19.09.2014. Início da disputa de preços: às 10 horas do dia 19.09.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 000062/2014 ----------------------------- 15-09-2014 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Comunicamos a interposição de impugnação ao Edital da licitação supracitada por parte da Empresa Brasileira de Telecomunicações S.A. - Embratel. Conhecemos da peça impugnativa interposta e, no mérito, julgamos parcialmente procedente. A íntegra da decisão administrativa se encontra nos autos do processo licitatório, na Divisão de Licitação, bem como na página desta Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/Pesquisa de Processos Licitatórios (no campo ?Número do Processo? digitar o nº desse procedimento e clicar em ?Enviar?). Informamos aos interessados que a realização desta licitação terá suas datas alteradas, devido à necessidade de Republicação do Edital, que será publicado no Diário Oficial Eletrônico do Ministério Público do Estado de Minas Gerais-DOMP/MG. Outras informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. Siad nº 062/2014. Belo Horizonte, 15 de setembro de 2014. Catarina Natalino Calixto Pregoeira ----------------------------- 16-09-2014 REPUBLICAÇÃO - AVISO DE LICITAÇÃO SIAD 1091040 - 000062/2014 (*) A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 29.09.2014. Início da disputa de preços: às 10 horas do dia 29.09.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Republicado devido à alteração do Edital. Foram alterados o prazo de implantação e o índice de disponibilidade. ----------------------------- 23-09-2014 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Comunicamos a interposição de impugnação ao Edital da licitação supracitada por parte da Empresa Brasileira de Telecomunicações S.A. - Embratel. Conhecemos da peça impugnativa interposta e, no mérito, julgamos procedente. A íntegra da decisão administrativa se encontra nos autos do processo licitatório, na Divisão de Licitação, bem como na página desta Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/Pesquisa de Processos Licitatórios (no campo ?Número do Processo? digitar o nº desse procedimento e clicar em ?Enviar?). Informamos aos interessados que a realização desta licitação terá suas datas alteradas, devido à necessidade de Republicação do Edital, que será publicado no Diário Oficial Eletrônico do Ministério Público do Estado de Minas Gerais-DOMP/MG. Outras informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. ----------------------------- 23-09-2014 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 06.10.2014. Início da disputa de preços: às 10 horas do dia 06.10.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. *Republicado devido à alteração do Edital no tocante à qualificação econômico-financeira. SIAD 1091040 - 000062/2014 ----------------------------- 15-10-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Algar Multimídia S/A, CNPJ 04.622.116/0001-13, no lote 1 (único). Belo Horizonte, 09 de outubro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- decisao_impugnacao_PL061_PE059_provimento_total.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2242/download;
- pl061_pe059_2014_sd062_pc264_2014_contratacao_servicos_conectividade_segundo_link_STI_REP2.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2244/download;
  pl061_pe059_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2378/download;
- pl061_pe059_2014_sd062_pc264_2014_contratacao_servicos_conectividade_segundo_link_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2203/download;
  decisao_impugnacao_PL061_PE059_provimento_parcial.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2228/download;
  pl061_pe059_2014_sd062_pc264_2014_contratacao_servicos_conectividade_segundo_link_STI_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2229/download;
+ pl061_pe059_2014_sd062_pc264_2014_contratacao_servicos_conectividade_segundo_link_STI_REP2.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2244/download;
+ decisao_impugnacao_PL061_PE059_provimento_total.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2242/download;
+ pl061_pe059_2014_sd062_pc264_2014_contratacao_servicos_conectividade_segundo_link_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2203/download;
 </t>
   </si>
   <si>
     <t>60 / 2014</t>
   </si>
   <si>
     <t>04/09/2014</t>
   </si>
   <si>
     <t>Aquisição de materiais gráficos com impressos personalizados.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 58 </t>
   </si>
   <si>
     <t xml:space="preserve">BLOCOS, CARTÃO, LIVRO E FICHA </t>
   </si>
   <si>
     <t xml:space="preserve">GRÁFICA E EDITORA MAFALI LTDA. ME </t>
   </si>
   <si>
     <t>17.000,00</t>
   </si>
   <si>
     <t>04-09-2014 AVISO DE LICITAÇÃO SIAD 1091040 - 000061/2014 A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 17.09.2014. Início da disputa de preços: às 10 horas do dia 17.09.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. ----------------------------- 01-10-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Gráfica e Editora Mafali Ltda. - ME, CNPJ 07.795.101/0001-45, no lote 1; Gráfica Iguaçu Ltda. - ME, CNPJ 20.949.657/0001-07, no lote 2; e Eumax Comércio de Envelopes Eireli - EPP, CNPJ 09.120.195/0001-88. Belo Horizonte, 25 de setembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
@@ -2621,108 +2621,108 @@
   </si>
   <si>
     <t>03/09/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de assinaturas eletrônicas de jornais e revistas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 57 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE ASSINATURAS ELETRÔNICAS DE JORNAIS E REVISTAS </t>
   </si>
   <si>
     <t xml:space="preserve">DANTAS E SILVA LTDA - ME </t>
   </si>
   <si>
     <t>15.993,98</t>
   </si>
   <si>
     <t>03-09-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 17.09.2014. Início da disputa de preços: às 10 horas do dia 17.09.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000060/2014 ----------------------------- 24-09-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Dantas e Silva Ltda - ME, CNPJ 12.982.811/0001-14, no lote 1 (único). SIAD 1091040 - 000060/2014 Belo Horizonte, 22 de setembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl059_pe057_2014_sd060_pc237_2014_contratacao_assinaturas_jornais_revistas_SCI_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2201/download;
  pl059_pe057_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2392/download;
- pl059_pe057_2014_sd060_pc237_2014_contratacao_assinaturas_jornais_revistas_SCI_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2201/download;
 </t>
   </si>
   <si>
     <t>58 / 2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de manutenção e reparos em porta e portão diversos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 56 </t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO E REPAROS EM PORTA E PORTÃO DIVERSOS </t>
   </si>
   <si>
     <t xml:space="preserve">SERRALHERIA SANTA HELENA DA CRUZ &amp; MASTROMINAS LTDA - ME </t>
   </si>
   <si>
     <t>4.500,00</t>
   </si>
   <si>
     <t>03-09-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 16.09.2014. Início da disputa de preços: às 10 horas do dia 16.09.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000059/2014 ----------------------------- 23-09-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Serralheria Santa Helena da Cruz &amp; Mastrominas Ltda - ME, CNPJ 22.654.909/0001-04, no lote 1 (único). Belo Horizonte, 22 de setembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl058_pe056_2014_sd059_pc213_2014_servico_reforma_manutencao_portao_SEA_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2200/download;
  pl058_pe056_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2287/download;
- pl058_pe056_2014_sd059_pc213_2014_servico_reforma_manutencao_portao_SEA_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2200/download;
 </t>
   </si>
   <si>
     <t>57 / 2014</t>
   </si>
   <si>
     <t>21/08/2014</t>
   </si>
   <si>
     <t>Aquisição de equipamentos de informática</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 55 </t>
   </si>
   <si>
     <t xml:space="preserve">COMPUTADOR, DISCO RÍGIDO, GAVETA PARA HD E RACK PARA EQUIPAMENTOS DE REDE </t>
   </si>
   <si>
     <t>20.499,36</t>
   </si>
   <si>
     <t>21-08-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 03.09.2014. Início da disputa de preços: às 10 horas do dia 05.09.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000058/2014 ----------------------------- 13-09-2014 REVOGAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO dos lotes 2 e 3 do mencionado processo em razão da incompatibilidade da especificação com o objeto pretendido pela Administração. A Procuradoria-Geral de Justiça informa que, oportunamente, fará publicar nova data e horário para realização de licitação destes objetos. Eventuais manifestações de interessados serão aceitas no prazo de 5 (cinco) dias úteis, nos termos do art.49, § 3º, da Lei n.º 8.666/93. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h e através da página www.mpmg.mp.br / Licitações. ----------------------------- 23-09-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Vencer Comércio e Serviços Ltda. - ME, CNPJ 09.343.725/0001-57, no lote 1. O resultado dos lotes 2 e 3 foi publicado no DOMP/MG de 13.09.2014. Belo Horizonte, 16 de setembro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl057_pe055_2014_sd058_pc229_2014_aquisicao_equipamentos_informatica_COECIBER_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2194/download;
  pl057_pe055_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2285/download;
- pl057_pe055_2014_sd058_pc229_2014_aquisicao_equipamentos_informatica_COECIBER_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2194/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIDOR DE REDE </t>
   </si>
   <si>
     <t xml:space="preserve">NOBREAKS </t>
   </si>
   <si>
     <t>56 / 2014</t>
   </si>
   <si>
     <t>05/08/2014</t>
   </si>
   <si>
     <t>Aquisição de peças diversas para reposição em mobiliários.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 54 </t>
   </si>
   <si>
     <t xml:space="preserve">Peças diversas para reposição em mobiliários. </t>
   </si>
   <si>
     <t xml:space="preserve">STOCK MOBILE COMÉRCIO DE MÓVEIS LTDA. - ME </t>
@@ -2746,52 +2746,52 @@
   <si>
     <t>29/07/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de seguro patrimonial, sem intervenção de corretores, para os imóveis da Procuradoria-Geral de Justiça, incluindo as instalações e os conteúdos neles alocados.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 53 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para prestação de seguro patrimonial, sem intervenção de corretores, para os imóveis da Procuradoria-Geral de Justiça, incluindo as instalações e os conteúdos neles alocados. </t>
   </si>
   <si>
     <t xml:space="preserve">ACE SEGURADORA S.A. </t>
   </si>
   <si>
     <t>120.000,00</t>
   </si>
   <si>
     <t>29-07-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 11.08.2014. Início da disputa de preços: às 10 horas do dia 11.08.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000055/2014 ----------------------------- 30-07-2014 ESCLARECIMENTOS Seguem questionamentos efetuados por interessado(s) neste processo licitatório, acompanhados das respectivas respostas do setor técnico: Questionamentos: 1) Informar o histórico de sinistro dos últimos 05 anos. Resposta: Não houve sinistro nos últimos 5 anos. 2) Informar a seguradora atual e o prêmio pago na última vigência da apólice. Resposta: É a primeira contratação deste tipo de seguro pela Procuradoria Geral, à exceção dos prédios localizados na Av. Álvares Cabral, nº 1.740 e Rua Dias Adorno nº 347, ambos localizados em Belo Horizonte, que possuem contrato realizado com a Marítima Seguradora, vencimento para o dia 01/08/2014 (cota única) e prêmio no valor de R$ 2.999,60. 03) Quais os sistemas de proteção contra incêndio existentes nos locais de risco? Resposta: Em conformidade com a Lei Estadual nº 14.130/01 e Decreto n 44.476/08. 04) Quais as atividades exercidas nos locais de risco? Existe algum local com atividade isolada de Almoxarifado/Depósito? Mencionar qual local. Resposta: Atividades de escritório, à exceção de três galpões localizados no Anel Rodoviário, BR 040 - S/Nº, Km 3,8, Bairro Palmeiras, onde funcionam o almoxarifado da Instituição. 05) Informar se os imóveis são próprios ou alugados; Resposta: São 133 imóveis locados e 52 imóveis próprios. 06) Existe locais tombados pelo Patrimônio Histórico? Quais? Resposta:. Caeté - Imóvel situado na Rua Monsenhor Domingos, 47, Centro . Diamantina - Imóvel situado na Rua Macau do Meio, nº 196, Centro . Ouro Preto - Imóvel situado na Praça Reinaldo Alves de Brito, nº 68, Centro . Belo Horizonte - Imóvel situado na Rua Timbiras, nº 2941 - Barro Preto ----------------------------- 04-08-2014 ESCLARECIMENTOS ATENÇÃO - DISPONIBILIZAÇÃO DE QUESTIONAMENTOS E REPOSTAS - PL 55/2014, PE 53/2014. Foi disponibilizado em 04/08/2014, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, arquivo contendo questionamentos realizados por interessados nesta licitação, bem como as respostas efetuadas pelo setor técnico e pregoeiro. ----------------------------- 15-08-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: ACE Seguradora S.A., CNPJ 03.502.099/0001-18, no lote 1 (único). Belo Horizonte, 13 de agosto de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl055_pe053_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2223/download;
+ pl055_pe053_2014_esclarecimentos_parte2.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2171/download;
  pl055_pe053_2014_sd055_pc199_2014_contratacao_seguro_patrimonial_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2164/download;
- pl055_pe053_2014_esclarecimentos_parte2.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2171/download;
 </t>
   </si>
   <si>
     <t>54 / 2014</t>
   </si>
   <si>
     <t>Aquisição de televisores e suportes de parede (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 52 </t>
   </si>
   <si>
     <t xml:space="preserve">TELEVISORES E SUPORTES FIXOS DE PAREDE </t>
   </si>
   <si>
     <t>27.414,95</t>
   </si>
   <si>
     <t>29-07-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 11.08.2014. Início da disputa de preços: às 10 horas do dia 11.08.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000056/2014 ----------------------------- 21-08-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Space Informática e Móveis para Escritório Ltda.-ME, CNPJ 14.190.355/0001-03, no lote 1 (único). Belo Horizonte, 18 de agosto de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl054_pe052_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2232/download;
  pl054_pe052_2014_sd056_pc200_2014_aquisicao_televisores_suportes_STI_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2165/download;
@@ -2802,52 +2802,52 @@
   </si>
   <si>
     <t>25/07/2014</t>
   </si>
   <si>
     <t>Aquisição de etiquetas adesivas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 51 </t>
   </si>
   <si>
     <t xml:space="preserve">ETIQUETAS ADESIVAS, COM ENTREGA ÚNICA </t>
   </si>
   <si>
     <t xml:space="preserve">RS BRASIL COMERCIAL LTDA - EPP </t>
   </si>
   <si>
     <t>19.080,00</t>
   </si>
   <si>
     <t>25-07-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 07.08.2014. Início da disputa de preços: às 10 horas do dia 07.08.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000051/2014 ----------------------------- 15-08-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: RS Brasil Comercial Ltda.-EPP, CNPJ 01.005.844/0001-98, no lote 1 (único). Belo Horizonte, 13 de agosto de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl053_pe051_2014_sd051_pc195_2014_aquisicao_etiquetas_adesivas_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2161/download;
  pl053_pe051_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2560/download;
- pl053_pe051_2014_sd051_pc195_2014_aquisicao_etiquetas_adesivas_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2161/download;
 </t>
   </si>
   <si>
     <t>52 / 2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de manutenção preventiva e corretiva do sistema de controle de acesso veicular, com cobertura total de peças, originais ou similares, instalado em imóvel ocupado pelo Ministério Público/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 50 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para prestação de serviços de manutenção preventiva e corretiva do sistema de controle de acesso veicular, com cobertura total de peças, originais ou similares, instalado em imóvel ocupado pelo Ministério Público/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">SAMA SEGURANÇA ELETRÔNICA E INFORMÁTICA LTDA - ME </t>
   </si>
   <si>
     <t>40.416,00</t>
   </si>
   <si>
     <t>25-07-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 07.08.2014. Início da disputa de preços: às 10 horas do dia 07.08.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000054/2014 ----------------------------- 14-08-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Sama Segurança Eletrônica e Informática Ltda. ME, CNPJ 03.284.853/0001-90, no lote 1 (único). Belo Horizonte, 8 de agosto de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -2889,206 +2889,206 @@
   </si>
   <si>
     <t>50 / 2014</t>
   </si>
   <si>
     <t>12/07/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de impressão gráfica, com entrega parcelada.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 48 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para prestação de serviços de impressão gráfica, com entrega parcelada. </t>
   </si>
   <si>
     <t xml:space="preserve">Globalprint Editora Gráfica Ltda. - ME </t>
   </si>
   <si>
     <t>12-07-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 25.07.2014. Início da disputa de preços: às 10 horas do dia 25.07.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000049/2014 ----------------------------- 31-07-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Globalprint Editora Gráfica Ltda - ME, CNPJ 12.622.028/0001-40, no lote 1 (único). Belo Horizonte, 30 de julho de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl050_pe048_2014_sd049_pc180_2014_ME_EPP_servicos_impressao_grafica_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2152/download;
  pl050_pe048_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2222/download;
- pl050_pe048_2014_sd049_pc180_2014_ME_EPP_servicos_impressao_grafica_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2152/download;
 </t>
   </si>
   <si>
     <t>49 / 2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviço de locação de estrutura, incluindo montagem e desmontagem, para a cerimônia de posse do Procurador-Geral de Justiça nos espaços físicos na sede da Procuradoria-Geral de Justiça.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 47 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para prestação de serviço de locação de estrutura, incluindo montagem e desmontagem, para a cerimônia de posse do Procurador-Geral de Justiça nos espaços físicos na sede da Procuradoria-Geral de Justiça. </t>
   </si>
   <si>
     <t>12-07-2014 AVISO DE LICITAÇÃO (*) A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 10 horas do dia 06/08/2014, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. O edital poderá ser obtido no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG. Maiores informações nos telefones: 31-3330-8190 / 8233 / 8334, de 8 às 18 horas. (*) Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000037/2014 ----------------------------- 24-07-2014 ESCLARECIMENTOS Segue pedido de esclarecimento de empresa interessada e respectiva resposta da PGJ: Pergunta: "Prezado Pregoeiro,Nos termos do item 2.1 do Edital de Licitação, Pregão Presencial 047/2014, cujo objeto é a ?contratação de empresa especializada para prestação de serviço de locação de estrutura, incluindo montagem e desmontagem, para cerimônia de posse do Procurador-Geral de Justiça nos espaços físicos na sede da Procuradoria Geral de Justiça?, sirvo-me do presente para formalizar o pedido de esclarecimento que segue: Conforme se extrai do item 7.3.1 do referido edital, o mesmo adotou como critério de julgamento o menor preço global, muito embora conste no Termo de Referência diversos itens que, não obstante ao critério de julgamento adotado, poderiam ser licitados individualmente, ou seja, o edital poderia ter adotado como critério de julgamento o menor preço por item, possibilitando assim o maior número de participantes e, consequentemente, o melhor preço na contratação. Sendo assim, não seria mais vantajoso a adoção do critério de julgamento o menor preço por item? Pois, caso contrário, poderia até mesmo representar restrição a participação de possíveis interessados.O edital prevê que, mesmo participando apenas um único licitante, a proposta poderá ser aceita, conforme consta no item 7.3.3, não seria desvantajoso homologar o certame mesmo com a participação de um único licitante? Vejamos que, caso fosse adotado o critério de julgamento de menor preço por item poderia promover a participação de maior número de interessados. Sendo estes os pedidos de esclarecimentos, e sendo certo que este órgão ministerial prima pela legalidade, solicitamos os presentes esclarecimentos, ressaltando que os mesmos não se revestem de impugnação ao edital que, diante da reposta encaminhada, acreditamos não será formalizado." Resposta: "Prezado Senhor, Segue justifica do setor técnico acerca da adoção do lote único no Processo Licitatório 49/2014 - Pregão Eletrônico 47/2014 (contratação de empresa especializada para prestação de serviço de locação de estrutura, incluindo montagem e desmontagem, para cerimônia de posse do Procurador Geral de Justiça): "Agradecendo o contato, informo que a decisão de promover o certame na forma como disposta no edital (lote único) teve por fulcro o juízo de oportunidade e conveniência da Administração. Embora o objeto em tela possa parecer divisível, há interesse técnico e econômico na manutenção de sua unicidade, pois o que deve nortear o processo licitatório é a viabilidade técnico-econômica de seu objeto e não apenas a sua divisibilidade.Do ponto de vista técnico, ao fazer tal opção, primamos pela eficiência e qualidade dos serviços a serem prestados, uma vez que o seu gerenciamento permanecerá o tempo todo a cargo de um mesmo administrador, decorrendo, daí, maior nível de controle pela Administração durante sua execução; maior interação entre as diferentes partes do processo; maior probabilidade de cumprimento exato do cronograma; concentração de responsabilidade pela execução dos serviços, além de ampliação da garantia de resultados.Do ponto de vista econômico, há vantagem para a Administração na economia de escala, implicando uma redução dos preços a serem pagos e a desnecessidade de contratação de empresa para o serviço de compatibilização dos itens. Ademais, pela grande complexidade da montagem da estrutura objeto do certame em andamento, a Instituição julga mais prudente manter a licitação da forma como está, a fim de viabilizar a apuração posterior de responsabilidades por eventuais descumprimentos ou irregularidades na execução dos serviços a serem contratados." ----------------------------- 08-08-2014 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 06 de agosto de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl049_pp047_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2157/download;
  pl049_pp047_2014_sd037_pc140_2014_fornecimento estrutura para cerimonia_SCI_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2158/download;
  pl049_pp047_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2281/download;
 </t>
   </si>
   <si>
     <t>48 / 2014</t>
   </si>
   <si>
     <t>Aquisição de divisórias instaladas, com fornecimento de materiais para estoque.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 46 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de divisórias instaladas, com fornecimento de materiais para estoque. </t>
   </si>
   <si>
     <t xml:space="preserve">R&amp;L INDÚSTRIA E COMÉRCIO DE ARTIGOS DE DECORAÇÕES LTDA. - ME </t>
   </si>
   <si>
     <t>336.519,81</t>
   </si>
   <si>
     <t>12-07-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 28.07.2014. Início da disputa de preços: às 10 horas do dia 28.07.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000050/2014 ----------------------------- 07-08-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: R&amp;L Industria e Comercio de Artigos de Decoracoes Ltda. - ME, CNPJ 10.302.648/0001-76, no lote 1 (único). Belo Horizonte, 06 de agosto de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl048_pe046_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2221/download;
  pl048_pe046_2014_sd050_pc144_2014_aquisicao_divisorias_SEA_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2151/download;
- pl048_pe046_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2221/download;
 </t>
   </si>
   <si>
     <t>47 / 2014</t>
   </si>
   <si>
     <t>10/07/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para aquisição, instalação e manutenção de persianas em edificações ocupadas pelo Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 45 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição, instalação e manutenção de persianas em edificações ocupadas pelo Ministério Público de Minas Gerais. </t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRE CUNHA DE SOUZA - EPP </t>
   </si>
   <si>
     <t>145.500,00</t>
   </si>
   <si>
     <t>10-07-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 23.07.2014. Início da disputa de preços: às 10 horas do dia 23.07.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000047/2014 ----------------------------- 11-09-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Alexandre Cunha de Souza - EPP, CNPJ 11.050.849/0001-96, no lote 1 (único). Belo Horizonte, 10 de setembro de 2014. Simone Maria Lima Santos Diretora-Geral ----------------------------- 13-09-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Alexandre Cunha de Souza - EPP, CNPJ 11.050.849/0001-96, no lote 1 (único). Belo Horizonte, 10 de setembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo (*) Republicado para correção da autoridade competente</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl047_pe045_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2276/download;
  pl047_pe045_2014_sd047_pc171_2014_ME_EPP_aquisicao_instalacao_manutencao_persianas_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2149/download;
 </t>
   </si>
   <si>
     <t>46 / 2014</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 44 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE IMPRESSÃO, PLOTAGENS, CÓPIAS XEROGRÁFICAS E ENCADERNAÇÕES </t>
   </si>
   <si>
     <t>10-07-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 23.07.2014. Início da disputa de preços: às 10 horas do dia 23.07.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000044/2014 ----------------------------- 01-08-2014 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 31 de julho de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl046_pe044_2014_sd044_pc147_2014_ME_EPP_servicos_impressao_grafica_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2147/download;
  pl046_pe044_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2181/download;
- pl046_pe044_2014_sd044_pc147_2014_ME_EPP_servicos_impressao_grafica_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2147/download;
 </t>
   </si>
   <si>
     <t>45 / 2014</t>
   </si>
   <si>
     <t>Aquisição de ferramentas e máquinas elétricas (novas).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 43 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de ferramentas e máquinas elétricas (novas). </t>
   </si>
   <si>
     <t>10-07-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 24.07.2014. Início da disputa de preços: às 10 horas do dia 24.07.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000046/2014 ----------------------------- 08-08-2014 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 05 de agosto de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl045_pe043_2014_sd046_pc162_2014_aquisicao_ferramentas_maquinas_eletricas_SEA_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2150/download;
  pl045_pe043_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2182/download;
- pl045_pe043_2014_sd046_pc162_2014_aquisicao_ferramentas_maquinas_eletricas_SEA_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2150/download;
 </t>
   </si>
   <si>
     <t>44 / 2014</t>
   </si>
   <si>
     <t>Registro de Preços para aquisição de mobiliários (diversos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 42 </t>
   </si>
   <si>
     <t xml:space="preserve">MÓVEIS DE AÇO. </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Preço registrado </t>
   </si>
   <si>
     <t xml:space="preserve">SAFOL - INDÚSTRIA E COMÉRCIO DE MÓVEIS DE AÇO LTDA </t>
   </si>
   <si>
     <t>1.105.249,25</t>
   </si>
   <si>
     <t>04-07-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 28.07.2014. Início da disputa de preços: às 10 horas do dia 28.07.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. Registro de Preços ? Planejamento nº 049/2014 ----------------------------- 28-07-2014 RETIFICAÇÃO - AVISO DE LICITAÇÃO ATENÇÃO - ALTERAÇÃO DAS DATAS DO REGISTRO DE PREÇOS - PL 044/2014 PE 042/2014 (Planejamento nº049/2014). Foi realizada na data de hoje (28/07/14) retificação no Edital referente ao PL044/2014 PE042/2014 (Planejamento nº 049/2014) devido ao grande número de licitantes que não identificaram no Sistema de Registro de Preços o acesso para lançamento das propostas. Dessa forma, por entender que as dificuldades citadas poderiam reduzir a competitividade do certame, optou-se pela republicação desse processo licitatório. Frisa-se que a Republicação do Aviso de Licitação no Diário Oficial Eletrônico do Ministério Público de Minas Gerais - DOMP/MG será publicado amanhã (29/07/14), gerando a alteração das datas. Recebimento das propostas e início da sessão de lances: 11/08/2014 às 10 hs. *Orientação para cadastramento da proposta no Portal de Compras: os licitantes deverão acessar o Portal de Compras (www.compras.mg.gov.br) na aba Pregão - Sessões de Pregão - Sessões de Pregão Eletrônico clicar em Exibir pesquisa no local Tipo colocar a opção Pregão para Registro de Preços - colocar o número do Planejamento (neste caso será o nº 049) e o ano (nº 2014) - clicar na opção Buscar - clicar na segunda aba Proposta e efetuar o lançamento da proposta. O edital retificado poderá ser obtido no dia 29/07/14 nos sites www.compras.mg.gov.br e http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, Pesquisa de Processos Licitatórios (no campo - Número do Processo - digitar o nº desse procedimento e clicar em Enviar). ----------------------------- 29-07-2014 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Registro de Preços - Planejamento nº 049/2014 (*) (**) A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 11.08.2014. Início da disputa de preços: às 10 horas do dia 11.08.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*) Republicado devido à grande dificuldade de acesso ao Planejamento nº 049/2014 e, consequentemente, pela dificuldade de lançamento das propostas, relatada por inúmeros licitantes através de ligações telefônicas e e-mails. Dessa forma, por entender que as dificuldades citadas poderiam reduzir a competitividade do certame, optou-se pela republicação desse processo licitatório. (**) Observação: as instruções para cadastramento das propostas no Sistema de Registro de Preços estão disponibilizadas nos sites www.mpmg.mp.br e www.compras.mg.gov.br. ----------------------------- 02-09-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Safol Indústria e Comércio de Móveis de Aço Ltda., CNPJ 20.666.095/0001-94, no lote 1; Multimix Importação, Exportação e Comercialização de Móveis em Geral e Componentes Ltda - EPP, CNPJ 09.614.362/0001-47, no lote 2; Mobiletto Indústria e Comércio Ltda - EPP, CNPJ 71.313.217/0001-08, no lote 3; Equiflex Móveis para Escritório Ltda, CNPJ 05.243.161/0001-20, no lote 4. Belo Horizonte, 29 de agosto de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl044_pe042_2014_rp049__2014_aquisicao_mobiliario_DIMAC_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2163/download;
  pl044_pe042_2014_rp049__2014_aquisicao_mobiliario_DIMAC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2145/download;
- pl044_pe042_2014_rp049__2014_aquisicao_mobiliario_DIMAC_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2163/download;
  pl044_pe042_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2414/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRAS E LONGARINAS. </t>
   </si>
   <si>
     <t xml:space="preserve">MULTIMIX - IMP., EXP. E COMERCIALIZAÇÃO DE MÓVEIS EM GERAL E COMPONENTES LTDA. - EPP </t>
   </si>
   <si>
     <t>1.138.998,75</t>
   </si>
   <si>
     <t xml:space="preserve">MESAS (MADEIRA CINZA). </t>
   </si>
   <si>
     <t xml:space="preserve">MOBILETTO INDÚSTRIA E COMÉRCIO LTDA - EPP </t>
   </si>
   <si>
     <t>633.998,00</t>
   </si>
   <si>
     <t xml:space="preserve">MESAS (MADEIRA FREIJÓ). </t>
   </si>
   <si>
@@ -3102,123 +3102,123 @@
   </si>
   <si>
     <t>02/07/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços, visando à elaboração de diagnósticos das políticas públicas adotadas, por municípios mineiros, para obtenção de controle do excedente populacional de cães e gatos, em área urbana, e dos seus impactos negativos ao meio ambiente e à saúde humana.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 41 </t>
   </si>
   <si>
     <t xml:space="preserve">Consultoria na área de controle de cães e gatos e dos impactos ao meio ambiente e à saúde humana. </t>
   </si>
   <si>
     <t xml:space="preserve">APONTE DADOS PESQUISA E CONSULTORIA LTDA. - ME </t>
   </si>
   <si>
     <t>167.749,92</t>
   </si>
   <si>
     <t>02-07-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 18.07.2014. Início da disputa de preços: às 10 horas do dia 18.07.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 000041/2014 ----------------------------- 01-08-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Aponte Dados Pesquisa e Consultoria Ltda. - ME, CNPJ 15.428.156/0001-45, no lote 1 (único). Belo Horizonte, 31 de julho de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl043_pe041_2014_sd041_pc146_2014_servicos_diagnosticos_controle_caes_gatos_GEDEF.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/2144/download;
  pl043_pe041_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2216/download;
- pl043_pe041_2014_sd041_pc146_2014_servicos_diagnosticos_controle_caes_gatos_GEDEF.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/2144/download;
 </t>
   </si>
   <si>
     <t>42 / 2014</t>
   </si>
   <si>
     <t>26/06/2014</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 40 </t>
   </si>
   <si>
     <t xml:space="preserve">APARELHOS TELEFÔNICOS. </t>
   </si>
   <si>
     <t>26-06-2014 AVISO DE LICITAÇÃO (*) A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 11.07.2014. Início da disputa de preços: às 10 horas do dia 11.07.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000040/2014 ----------------------------- 26-06-2014 ESCLARECIMENTOS Seguem pedidos de esclarecimentos formulados por empresas interessadas e as respostas do setor técnico: Pergunta: "item 3 é solicitado uma aparelho para telefonista, entretanto não especifica o modelo de central telefônica, existem vários aparelhos que apresentam as mesas características, entretanto, só o aparelho do mesmo fabricante da central telefônica é que irá funcionar. Aguardo retorno." Resposta: "o aparelho telefônico solicitado no item 3 não será utilizado em mesa de telefonista e sim por um usuário comum, não sendo, portanto, necessário especificar o modelo da central telefônica. Será utilizado em uma linha telefônica conectada à uma central pública". Pergunta: ?Para poder identificar melhor os itens, tem como me enviar a marca e modelo que usaram como referência? Resposta: ?o produto a ser cotado deve atender às especificações contidas no edital?. ----------------------------- 11-07-2014 REVOGAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do referido processo em razão da necessidade de adequação da especificação e quantitativos do objeto. A Procuradoria-Geral de Justiça informa que, oportunamente, fará publicar nova data e horário para realização de licitação deste objeto. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h e através da página www.mpmg.mp.br / Licitações.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl042_pe040_2014_sd040_pc156_2014_ME_EPP_aquisicao_aparelhos_telefonicos_DMAP_SEA_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2141/download;
  pl042_pe040_ata_revogado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2197/download;
- pl042_pe040_2014_sd040_pc156_2014_ME_EPP_aquisicao_aparelhos_telefonicos_DMAP_SEA_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2141/download;
 </t>
   </si>
   <si>
     <t>41 / 2014</t>
   </si>
   <si>
     <t>19/06/2014</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 39 </t>
   </si>
   <si>
     <t>19-06-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 10.07.2014. Início da disputa de preços: às 10 horas do dia 10.07.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000042/2014 ----------------------------- 09-07-2014 ESCLARECIMENTOS Segue pedido de esclarecimento formulado por empresa interessada e a resposta do setor técnico: Questionamento 1: "Referente aos itens 15 e 18, gostaria de saber de qual material se trata, pois desconheço algum com essa descrição, poderia ajudar informando para o que eles serão usados." Resposta: ? Item 15: Refere-se a plugue de plástico para emendar a mangueira de jardim; Item 18: Refere-se a plugue de plástico para emendar a mangueira de jardim.? Questionamento 2: "Quanto ao item 23, também gostaria que fosse informado o uso do mesmo, a descrição foi insuficiente, é para gás?" Resposta: Item 23: Refere-se a mangueira para aguar jardim. ----------------------------- 22-07-2014 HOMOLOGAÇÃO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 16 de julho de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl041_pe039_2014_sd042_pc163_2014_ME_EPP_aquisicao_materiais_hidraulicos_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2134/download;
  pl041_pe039_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2180/download;
- pl041_pe039_2014_sd042_pc163_2014_ME_EPP_aquisicao_materiais_hidraulicos_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2134/download;
 </t>
   </si>
   <si>
     <t>40 / 2014</t>
   </si>
   <si>
     <t>Confecção de placas, letreiros e adesivos, com e sem instalação; reforma e limpeza de placas; fornecimento de fitas de segurança; e serviços de cortes em placas de vidro.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 38 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de confecção de letreiros, sem instalação. </t>
   </si>
   <si>
     <t xml:space="preserve">MARCO PLACAS INDÚSTRIA E COMÉRCIO LTDA </t>
   </si>
   <si>
     <t>1.800,00</t>
   </si>
   <si>
     <t>19-06-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 10.07.2014. Início da disputa de preços: às 10 horas do dia 10.07.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 000043/2014 ----------------------------- 01-07-2014 ESCLARECIMENTOS ATENÇÃO-DISPONIBILIZAÇÃO DE QUESTIONAMENTOS E REPOSTAS-PL040/2014, PE038/2014. Informamos que foram disponibilizados em 01/07/2014, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, bem como no Portal de Compras MG, os questionamentos realizados pelos licitantes, bem como as respostas efetuadas pelo setor técnico. Obs: o documento com questionamento e resposta encontra-se no anexo abaixo. ----------------------------- 07-07-2014 ESCLARECIMENTOS ATENÇÃO-DISPONIBILIZAÇÃO DE ESCLARECIMENTO-PL040/2014, PE038/2014 - SIAD 043/2014 Informamos que foi disponibilizado em 07/07/2014, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, esclarecimentos em atendimento ao questionamento apresentado por um licitante (documento disponibilizado abaixo em formato docx). ----------------------------- 23-07-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Marco Placas Indústria e Comércio Ltda, CNPJ 17.505.744/0001-60, no Lote 1; Maker Comunicação Visual Ltda - EPP, CNPJ 05.650.294/0001-10, nos Lotes 2, 3, 4 e 6; Homenageart Indústria e Comércio de Aço Inox Ltda - ME, CNPJ 07.695.395/0001-33, no Lote 5; Acril Sinalização Ltda - ME, CNPJ 15.372.421/0001-10, no Lote 7. Belo Horizonte, 21 de julho de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl040_pe038_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2178/download;
+ pl040_pe038_2014_sd043_pc153_2014_ME_EPP_confeccao_placas_letreiros_adesivos_SEA_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2135/download;
+ ESCLARECIMENTO-PL040-2014 PE038-2014 (SIAD n? 043-2014).docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/2146/download;
  Questionamentos e respostas PL 040_2014.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/2142/download;
- ESCLARECIMENTO-PL040-2014 PE038-2014 (SIAD n? 043-2014).docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/2146/download;
- pl040_pe038_2014_sd043_pc153_2014_ME_EPP_confeccao_placas_letreiros_adesivos_SEA_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2135/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviço de corte e furos em placas de vidro. </t>
   </si>
   <si>
     <t xml:space="preserve">MAKER COMUNICAÇÃO VISUAL LTDA - ME </t>
   </si>
   <si>
     <t>218,00</t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de confecção de placas (vidro lapidado, acrílico e inox ), com e sem instalação, reforma e limpeza. </t>
   </si>
   <si>
     <t>16.799,99</t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de confecção de placas de alumínio fundido, sem instalação. </t>
   </si>
   <si>
     <t>7.990,00</t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de confecção de placas de aço inox, sem instalação. </t>
@@ -3243,89 +3243,89 @@
   </si>
   <si>
     <t>7.592,68</t>
   </si>
   <si>
     <t>39 / 2014</t>
   </si>
   <si>
     <t>16/06/2014</t>
   </si>
   <si>
     <t>Aquisição de material cívico novo.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 37 </t>
   </si>
   <si>
     <t xml:space="preserve">BANDEIRAS E MATERIAL CÍVICO </t>
   </si>
   <si>
     <t>16-06-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 07.07.2014. Início da disputa de preços: às 10 horas do dia 07.07.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000039/2014 ----------------------------- 12-07-2014 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 11 de julho de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- bandeira MPMG1.JPG : https://transparencia.mpmg.mp.br/licitacao/arquivo/2132/download;
- Bandeira MPMG.png : https://transparencia.mpmg.mp.br/licitacao/arquivo/2133/download;
  pl039_pe037_2014_sd039_pc155_2014_ME_EPP_aquisicao_material_civico_bandeiras_SEA_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2127/download;
- pl039_pe037_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2270/download;
  suporte e mastros1.JPG : https://transparencia.mpmg.mp.br/licitacao/arquivo/2128/download;
  Suporte e mastros.JPG : https://transparencia.mpmg.mp.br/licitacao/arquivo/2129/download;
  Ponta de lan?a.JPG : https://transparencia.mpmg.mp.br/licitacao/arquivo/2130/download;
  bandeirinhas.jpg : https://transparencia.mpmg.mp.br/licitacao/arquivo/2131/download;
+ bandeira MPMG1.JPG : https://transparencia.mpmg.mp.br/licitacao/arquivo/2132/download;
+ Bandeira MPMG.png : https://transparencia.mpmg.mp.br/licitacao/arquivo/2133/download;
+ pl039_pe037_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2270/download;
 </t>
   </si>
   <si>
     <t>37 / 2014</t>
   </si>
   <si>
     <t>11/06/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviço de locação de Centro de Treinamento de Brigada de Incêndio, com fornecimento de equipamentos e materiais, para treinandos do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 36 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviço de locação de Centro de Treinamento de Brigada de Incêndio, com fornecimento de equipamentos e materiais, para treinandos do Ministério Público do Estado de Minas Gerais. </t>
   </si>
   <si>
     <t xml:space="preserve">FAÇA PRODUÇÕES LTDA. </t>
   </si>
   <si>
     <t>28.999,68</t>
   </si>
   <si>
     <t>11-06-2014 AVISO DE LICITAÇÃO (*) A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 1°.07.2014. Início da disputa de preços: às 10 horas do dia 1º.07.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000038/2014 ----------------------------- 04-07-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Faça Produções Ltda. - EPP, CNPJ 00.862.596/0001-39, no lote 1 (único). Belo Horizonte, 2 de julho de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl037_pe036_2014_sd038_pc154_2014_ME_EPP_servico_locacao_treinamento_brigada_incendio.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2126/download;
  pl037_pe036_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2177/download;
- pl037_pe036_2014_sd038_pc154_2014_ME_EPP_servico_locacao_treinamento_brigada_incendio.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2126/download;
 </t>
   </si>
   <si>
     <t>36 / 2014</t>
   </si>
   <si>
     <t>06/06/2014</t>
   </si>
   <si>
     <t>Aquisição de café em pó, torrado e moído, com entrega parcelada.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 35 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de café em pó, torrado e moído. </t>
   </si>
   <si>
     <t>34.560,00</t>
   </si>
   <si>
     <t>06-06-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 30.06.2014. Início da disputa de preços: às 10 horas do dia 30.06.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000036/2014 ----------------------------- 05-07-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Comercial Girassol EIRELI - EPP, CNPJ 03.847.437/0001-53, no lote 1 (único). Belo Horizonte, 04 de julho de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -3336,52 +3336,52 @@
   </si>
   <si>
     <t>35 / 2014</t>
   </si>
   <si>
     <t>Aquisição de equipamentos de produção audiovisual, novos</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 34 </t>
   </si>
   <si>
     <t xml:space="preserve">EQUIPAMENTOS PARA PRODUÇÃO AUDIOVISUAL (MICROFONES/GRAVADOR) </t>
   </si>
   <si>
     <t xml:space="preserve">WAVE TECNOLOGIAS EM SISTEMAS AUDIOVISUAIS LTDA - ME </t>
   </si>
   <si>
     <t>13.105,00</t>
   </si>
   <si>
     <t>06-06-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 27.06.2014. Início da disputa de preços: às 10 horas do dia 27.06.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000034/2014 ----------------------------- 17-07-2014 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Conheço do recurso interposto pela licitante WAVE - TECNOLOGIAS EM SISTEMAS AUDIOVISUAIS LTDA., para, no mérito, dar-lhe provimento pelos fundamentos constantes da decisão do Pregoeiro. Belo Horizonte, 15 de julho de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 19-07-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Wave Tecnologias em Sistemas Audiovisuais Ltda. - ME, , CNPJ 17.991.869/0001-48, no lote 1 (único). Belo Horizonte, 18 de julho de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl035_pe034_2014_sd034_pc161_2014_ME_EPP_aquisicao_equipamentos_audiovisual_CEAF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2121/download;
  pl035_pe034_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2264/download;
- pl035_pe034_2014_sd034_pc161_2014_ME_EPP_aquisicao_equipamentos_audiovisual_CEAF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2121/download;
 </t>
   </si>
   <si>
     <t>34 / 2014</t>
   </si>
   <si>
     <t>04/06/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviço de impressão de livro.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 33 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE IMPRESSÃO DE LIVRO </t>
   </si>
   <si>
     <t xml:space="preserve">USINA DO LIVRO - GRÁFICA E EDITORA LTDA - EPP </t>
   </si>
   <si>
     <t>13.800,00</t>
   </si>
   <si>
     <t>04-06-2014 AVISO DE LICITAÇÃO *Exclusivamente para licitantes enquadrados como ME/EPP. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 25.06.2014. Início da disputa de preços: às 10 horas do dia 25.06.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 04-07-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Usina do Livro - Gráfica e Editora Ltda. - EPP, CNPJ 15.572.409/0001-50, no lote 1 (único). Belo Horizonte, 30 de junho de 2014. Simone Maria Lima Santos Diretora-Geral</t>
@@ -3392,293 +3392,293 @@
  pl034_pe_033_2014_sd033_pc152_servico_grafico_livro_CEAF_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2120/download;
  pl034_pe033_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2191/download;
 </t>
   </si>
   <si>
     <t>33 / 2014</t>
   </si>
   <si>
     <t>31/05/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de sondagem de simples reconhecimento do subsolo por percussão (SPT) em terreno localizado na cidade de Ipatinga/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 32 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de sondagem de simples reconhecimento do subsolo por percussão (SPT) em terreno localizado na cidade de Ipatinga/MG. </t>
   </si>
   <si>
     <t>31-05-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 18.06.2014. Início da disputa de preços: às 10 horas do dia 18.06.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000035/2014 ----------------------------- 24-07-2014 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento do lote 1 (único) deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 18 de junho de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl033_pe032_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2118/download;
  pl033_pe032_2014_sd035_pc497_2013_ME_EPP_servicos_sondagem(SPT)_Ipatinga_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2119/download;
  pl033_pe032_ata_deserto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2174/download;
- pl033_pe032_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2118/download;
 </t>
   </si>
   <si>
     <t>32 / 2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de treinamento de pessoal em temas de Tecnologia da Informação.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 31 </t>
   </si>
   <si>
     <t xml:space="preserve">Lote Único - serviços de treinamento de pessoal em temas de Tecnologia da Informação. </t>
   </si>
   <si>
     <t xml:space="preserve">FRAMEWORK TECNOLOGIA EM SOFTWARES LTDA </t>
   </si>
   <si>
     <t>32.000,00</t>
   </si>
   <si>
     <t>31-05-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 16.06.2014. Início da disputa de preços: às 10 horas do dia 16.06.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000032/2014 ----------------------------- 27-06-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Framework Tecnologia em Softwares Ltda., CNPJ 06.321.412/0001-00, no lote 1 (único). Belo Horizonte, 18 de junho de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl032_pe031_2014_sd032_pc136_2014_ME_EPP_servicos_treinamento_pessoal_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2116/download;
  pl032_pe031_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2173/download;
- pl032_pe031_2014_sd032_pc136_2014_ME_EPP_servicos_treinamento_pessoal_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2116/download;
 </t>
   </si>
   <si>
     <t>31 / 2014</t>
   </si>
   <si>
     <t>23/05/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada, na confecção de vestuário, para a execução de serviços de confecção, silkagem e reparos de camisetas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 30 </t>
   </si>
   <si>
     <t xml:space="preserve">CAMISETAS SILKADAS </t>
   </si>
   <si>
     <t xml:space="preserve">R. DANTAS FILHO - CONFECÇÕES - ME </t>
   </si>
   <si>
     <t>23-05-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 06.06.2014. Início da disputa de preços: às 10 horas do dia 06.06.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000029/2014 ----------------------------- 19-06-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: R. Dantas Filho - Confecções - ME, CNPJ 15.520.126/0001-64, no lote 1 (único). Belo Horizonte, 16 de junho de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Tabela de Camisetas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2115/download;
  pl031_pe030_2014_sd029_pc129_2014_contratacao_servicos_confeccao_camisetas_FUNEMP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2114/download;
- Tabela de Camisetas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2115/download;
  pl031_pe030_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2190/download;
 </t>
   </si>
   <si>
     <t>30 / 2014</t>
   </si>
   <si>
     <t>17/05/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de obra de edificação da Sede das Promotorias de Justiça de São Sebastião do Paraíso, com fornecimento de mão de obra e materiais.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 1 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de obra de edificação da Sede das Promotorias de Justiça de São Sebastião do Paraíso, com fornecimento de mão de obra e materiais. </t>
   </si>
   <si>
     <t xml:space="preserve">ESQUADRA ENGENHARIA LTDA </t>
   </si>
   <si>
     <t>4.524.420,50</t>
   </si>
   <si>
     <t>16-05-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que receberá os envelopes contendo propostas e documentos habilitatórios para o atendimento a esta licitação na Av. Álvares Cabral, 1740, Santo Agostinho, Belo Horizonte/MG, até às 12 horas do dia 23 de junho de 2014. Abertura dos envelopes de documentação: às 13 horas do dia 23.06.2014. O edital desta licitação poderá ser obtido nos sites www.compras.mg.gov.br e http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/licitacoes.htm . Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: (31) 330-8190/8233/8332/8334, de 8 às 18 hs. SIAD 1091040 000030/2014 ----------------------------- 17-05-2014 RETIFICAÇÃO - AVISO DE LICITAÇÃO Retifica aviso de licitação publicado no DOMP/MG de 16.05.2014, página 77. Onde se lê: até às 12 horas do dia 23 de junho de 2014. Abertura dos envelopes de documentação: às 13 horas do dia 23.06.2014. Leia-se: até às 12 horas do dia 27 de junho de 2014. Abertura dos envelopes de documentação: às 13 horas do dia 27.06.2014. SIAD 1091040 000030/2014 ----------------------------- 05-07-2014 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO Foram habilitados para prosseguirem no certame os licitantes: Esquadra Engenharia Ltda., CNPJ 07.291.916/0001-97 e Tecaenge Engenharia Eireli, CNPJ 65.177.537/0001-77. A reunião para abertura dos envelopes de propostas fica marcada para o dia 7 de julho de 2014, às 10 horas, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Bairro Santo Agostinho, Belo Horizonte, MG. Belo Horizonte, 4 de julho de 2014. Sebastião Nobre da Silva - Presidente da Comissão Permanente de Licitação ----------------------------- 31-07-2014 RESULTADO DE JULGAMENTO DE PROPOSTAS E ADJUDICAÇÃO a) Foi classificada a proposta do licitante: Esquadra Engenharia Ltda., CNPJ 07.291.916/0001-97. b) Foi desclassificada a proposta do licitante: Tecaenge Engenharia Eireli, CNPJ 65.177.537/0001-77. c) Fica declarado vencedor e adjudicatário o licitante: Esquadra Engenharia Ltda., CNPJ 07.291.916/0001-97, no lote único desse processo, por atender às exigências editalícias e oferecer proposta com preço dentro do total máximo permitido. Belo Horizonte, 30 de julho de 2014. Sebastião Nobre da Silva Presidente da Comissão Permanente de Licitação ----------------------------- 05-08-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Esquadra Engenharia Ltda., CNPJ 07.291.916/0001-97, no lote 1 (único). Belo Horizonte, 30 de julho de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl030_c001_2014_sd030_pcXXX_2014_servicos_edificacao_sao_sebastiao_do_paraiso_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2100/download;
+ pl030_co001_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2106/download;
+ ata_ad_pl030_co001_siad030_2014_27062014.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2210/download;
+ ata_jd_pl030_co001_siad030_2014_04072014.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2211/download;
  ata_ap_pl030_co001_siad030_2014_07072014.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2212/download;
  ata_jpa_pl030_co001_siad030_2014_30072014.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2213/download;
- pl030_c001_2014_sd030_pcXXX_2014_servicos_edificacao_sao_sebastiao_do_paraiso_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2100/download;
-[...2 lines deleted...]
- ata_ad_pl030_co001_siad030_2014_27062014.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2210/download;
 </t>
   </si>
   <si>
     <t>29 / 2014</t>
   </si>
   <si>
     <t>Aquisição de materiais elétricos diversos (contatores, relés e fusíveis e materiais para instalações aparentes).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 29 </t>
   </si>
   <si>
     <t xml:space="preserve">CANALETAS DE PVC E ACESSÓRIOS </t>
   </si>
   <si>
     <t xml:space="preserve">SENIDI DISTRIBUIDORA EIRELI - ME </t>
   </si>
   <si>
     <t>14-05-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 28.05.2014. Início da disputa de preços: às 10 horas do dia 28.05.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. ----------------------------- 17-05-2014 REPUBLICAÇÃO - AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 30.05.2014. Início da disputa de preços: às 10 horas do dia 30.05.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. *Exclusivamente para licitantes enquadrados como ME/EPP. *Republicado devido a alteração do número do SIAD, para adequação dos itens cadastrados; passou de 000028/2014 para 000031/2014. SIAD 1091040 ? 000031/2014 ----------------------------- 02-07-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Senidi Distribuidora Eireli- ME, CNPJ 03.491.307/0001-20, no lote 1. Os lotes 2 e 3 restaram 'fracassados' por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 30 de junho de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl029_pe029_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2189/download;
  pl029_pe029_2014_sd031_pc111_131_2014_aquisicao_materiais_eletricos_contatores_reles_mat_inst_aparentes_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2107/download;
- pl029_pe029_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2189/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CANALETAS METÁLICAS E ACESSÓRIOS </t>
   </si>
   <si>
     <t>28 / 2014</t>
   </si>
   <si>
     <t>08/05/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviço de conectividade à Internet através de um link de dados de 40 Mbps.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 28 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviço de conectividade à Internet através de um link de dados de 40 Mbps. </t>
   </si>
   <si>
     <t xml:space="preserve">TELBRAX LTDA. </t>
   </si>
   <si>
     <t>31.500,00</t>
   </si>
   <si>
     <t>29-04-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 14.05.2014. Início da disputa de preços: às 10 horas do dia 14.05.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. ----------------------------- 08-05-2014 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E REPUBLICAÇÃO DE AVISO Conheço da peça impugnativa interposta pela Empresa Brasileira de Telecomunicações S.A. - EMBRATEL porque própria e tempestiva e, no mérito, dou-lhe provimento parcial. A íntegra da decisão administrativa encontra-se nos autos do processo licitatório, na Divisão de Licitação, bem como na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/Pesquisa de Processos Licitatórios (no campo ?Número do Processo? digitar o nº desse procedimento e clicar em ?Enviar?). Informo que, devido a alteração do edital, esta licitação ocorrerá em nova data e horário, conforme a seguir: Recebimento das propostas: até às 10 horas do dia 21.05.2014. Início da disputa de preços: às 10 horas do dia 21.05.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax (31)3330-8190/8233/8332/8334, de 8 às 18 horas. *Edital republicado tendo em vista alteração das exigências relativas à Qualificação Econômico-Financeira. Belo Horizonte, 7 de maio de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 14-05-2014 ESCLARECIMENTOS Esclarecimentos do setor técnico/solicitante (Superintendência de Tecnologia da Informação - STI) aos questionamentos referentes ao Processo Licitatório 028/2014 Pregão Eletrônico 028/2014: PERGUNTA 1: "Qual o tipo de tabela o contratante gostaria de receber "Parcial Routing Table" ou "Full Routing Table", isso é de muita importância para o projeto, pois precisamos dimensionar o roteador que será entregue". RESPOSTA: Tabela: Parcial Routing Table PERGUNTA 2: "No ANEXO VI - TERMO DE REFERÊNCIA, item 5 OBRIGAÇÕES E RESPONSABILIDADE DAS PARTES, entre outras obrigações, consta que a CONTRATADA deve:"Entregar o objeto, conforme especificações do ANEXO I, no prazo máximo de 15 (quinze) dias corridos, contados a partir da assinatura do contrato"; A CEMIGTelecom entende que o prazo de 15 dias é insuficiente para execução de todas as atividades envolvidas na instalação do serviço. Para permitir a participação de um número maior de PROPONENTES, visando a seleção da proposta mais vantajosa para a administração publica, a CEMIGTelecom solicita a alteração do prazo para 35 dias. A solicitação da CEMIGTelecom será atendida?" RESPOSTA: Não. Entendemos que os 15 dias são suficientes para a efetivação do serviço. PERGUNTA 3: "No ANEXO VI - TERMO DE REFERÊNCIA, item 8 ANEXO I - DAS ESPECIFICAÇÕES DO OBJETO, entre outras obrigações, consta que: "A operadora deverá disponibilizar o acesso da PGJ-MG à interface de gerência de todo equipamento fornecido. Essa interface de gerência deverá ser acessada utilizando-se protocolos de criptografia (SSH ou WEB com SSL)". É entendimento da CEMIGTelecom que uma vez disponibilizada a senha de administrador do equipamento, a referida CONTRATADA estaria transferindo para a PROCURADORIA-GERAL DE JUSTIÇA a possibilidade de gestão dos serviços que são de responsabilidade da CONTRATADA, permitindo que a PROCURADORIA-GERAL DE JUSTIÇA utilize outras funcionalidades no equipamento, não previstas no dimensionamento, e que poderiam causar degradação na qualidade do serviço, comprometendo as condições da CONTRATADA de garantir os níveis de qualidade e disponibilidade dos serviços conforme especificado no edital. Por esses motivos, a CEMIGTelecom sugere que a CONTRATADA forneça uma senha de acesso ao equipamento, com perfil de consulta (restrita para leitura da configuração), para que os técnicos da PROCURADORIA-GERAL DE JUSTIÇA possam plenamente verificar as configurações realizadas pela CONTRATADA, sendo as solicitações de alteração na configuração solicitadas através de abertura de chamado técnico, mantendo coerência com os demais itens que descrevem as obrigações da CONTRATADA. A sugestão da CEMIGTelecom será atendida?" RESPOSTA: Sim. ----------------------------- 31-05-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Telbrax Ltda., CNPJ 04.513.030/0001-52, no lote 1 (único). Belo Horizonte, 26 de maio de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl028_pe028_2014_sd026_pc120_2014_contratacao_servicos_conectividade_link_STI_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2087/download;
- pl028_2014_impugnacao_pg1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2088/download;
  pl028_2014_impugnacao_pg2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2089/download;
  pl028_2014_impugnacao_pg3.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2090/download;
  decisao_impugnacao_pl028_pe028.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2094/download;
+ pl028_pe028_2014_sd026_pc120_2014_contratacao_servicos_conectividade_link_STI_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2087/download;
+ pl028_2014_impugnacao_pg1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2088/download;
  pl028_pe028_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2172/download;
 </t>
   </si>
   <si>
     <t>27 / 2014</t>
   </si>
   <si>
     <t>22/05/2014</t>
   </si>
   <si>
     <t>Aquisição de materiais elétricos diversos e materiais de lógica e telefonia.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 27 </t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS ELÉTRICOS DIVERSOS E MATERIAIS DE LÓGICA E TELEFONIA. </t>
   </si>
   <si>
     <t>119.701,10</t>
   </si>
   <si>
     <t>16-04-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 07.05.2014. Início da disputa de preços: às 10 horas do dia 07.05.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. ----------------------------- 24-04-2014 SUSPENSÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a SUSPENSÃO do referido processo devido à necessidade de adequação de funcionalidade do sistema www.compras.mg.gov.br. A Procuradoria-Geral de Justiça, oportunamente, fará publicar nova data e horário para realização da licitação mencionada. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h e através da página www.mpmg.mp.br / Licitações. ----------------------------- 14-05-2014 REPUBLICAÇÃO - AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 27.05.2014. Início da disputa de preços: às 10 horas do dia 27.05.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. *Republicado devido a alteração do Edital. Foi alterado o objeto e retirada a exclusividade para ME/EPP. O nº do SIAD foi alterado de 000025/2014 para 000027/2014. ----------------------------- 22-05-2014 PUBLICAÇÃO DE AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 04.06.2014. Início da disputa de preços: às 10 horas do dia 04.06.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. *Republicado devido a alteração do Edital. Foi alterada a quantidade do item 24, de 50 para 100 peças. ----------------------------- 04-07-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: CME Comercial Material Elétrico Ltda. - EPP, CNPJ 18.244.356/0001-36, no lote 1 (único). Belo Horizonte, 02 de julho de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl027_pe027_2014_sd027_pc104_109_110_119_2014_aquisicao_materiais_eletricos_diversos_e_materiais_logica_telefonia_SEA_REP2.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2112/download;
  pl027_pe027_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2179/download;
- pl027_pe027_2014_sd027_pc104_109_110_119_2014_aquisicao_materiais_eletricos_diversos_e_materiais_logica_telefonia_SEA_REP2.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2112/download;
 </t>
   </si>
   <si>
     <t>26 / 2014</t>
   </si>
   <si>
     <t>11/04/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviço de elaboração de projetos executivos, visando à prevenção e combate a incêndio e pânico (atualização e adequação), em imóveis da Procuradoria-Geral de Justiça, em Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 26 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para prestação de serviço de elaboração de projetos executivos, visando à prevenção e combate a incêndio e pânico (atualização e adequação), em imóveis da Procuradoria-Geral de Justiça, em Belo Horizonte, MG. </t>
   </si>
   <si>
     <t>33.800,69</t>
   </si>
   <si>
     <t>11-04-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 05.05.2014. Início da disputa de preços: às 10 horas do dia 05.05.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000024/2014 ----------------------------- 15-05-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Faça Produções Ltda. - EPP, CNPJ 00.862.596/0001-39, no lote 1 (único). Belo Horizonte, 8 de maio de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl026_pe026_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2169/download;
+ pl026_pe026_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2066/download;
  pl026_pe026_2014_sd024_pc077_2014_elaboracao_projetos_prevencao_incendio_SEA_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2063/download;
- pl026_pe026_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2066/download;
- pl026_pe026_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2169/download;
 </t>
   </si>
   <si>
     <t>25 / 2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de dedetização (pulverização, desratização e descorpinização) em imóveis ocupados pela Procuradoria-Geral de Justiça em Belo Horizonte, Contagem, Nova Lima, Ribeirão das Neves e Sabará.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 25 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE DEDETIZAÇÃO (PULVERIZAÇÃO, DESRATIZAÇÃO E DESCORPINIZAÇÃO) EM IMÓVEIS OCUPADOS PELA PROCURADORIA-GERAL DE JUSTIÇA EM BELO HORIZONTE, CONTAGEM, NOVA LIMA, RIBEIRÃO DAS NEVES E SABARÁ </t>
   </si>
   <si>
     <t xml:space="preserve">AAA ASTRAL CONTROLE DE PRAGAS E AMBIENTAL LTDA </t>
   </si>
   <si>
     <t>13.599,00</t>
   </si>
   <si>
     <t>11-04-2014 AVISO DE LICITAÇÃO SIAD 1091040 - 000023/2014 A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 30.04.2014. Início da disputa de preços: às 10 horas do dia 30.04.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. ----------------------------- 24-04-2014 ESCLARECIMENTOS ATENÇÃO-DISPONIBILIZAÇÃO DE QUESTIONAMENTOS E REPOSTAS-PL025/2014 PE025/2014 Segue abaixo questionamento realizado por empresa interessada em participar do processo licitatório em epígrafe, bem como a resposta formulada pelo setor responsável: QUESTIONAMENTO 1: Solicita inclusão na documentação necessária para cadastramento: (...) No citado edital, não há solicitação de comprovação de Profissional Responsável Técnico, assim como os registros nos conselhos de classe responsáveis. (...) ...solicitação da comprovação da empresa na forma de Alvará Sanitário concedido pela Autoridade Sanitária competente... (...) OBS: a referida empresa cita em sua fundamentação as Resoluções, RDC nº 52, de 22 de outubro/2009 e RDC nº 20 de 12 de maio/2010, ambas da Agência Nacional de Vigilância Sanitária. RESPOSTA 1: Segundo entendimento desta Administração, o questionamento apresentado pela empresa quanto à inclusão no edital de exigência para cadastramento no processo em epígrafe, qual seja da comprovação de Profissional Responsável Técnico (com os registros nos conselhos de classe) e comprovação de Alvará Sanitário, não procedem. Isto porque, prevalece o entendimento de que tais exigências legais, conforme resoluções citadas, são de ordem dos órgãos fiscalizadores da vigilância sanitária, sendo aquelas pré-requisitos obrigatórias para o funcionamento das empresas no ramo de controle de vetores de pragas urbanas. Isto posto, não cabe a esta Administração, mera contratante da prestação de serviços, a incumbência de fiscalizar ou exigir tais documentações que são obrigatórias para o legal funcionamento das empresas no ramo pertinente. ----------------------------- 22-05-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: AAA Astral Controle de Pragas e Ambiental Ltda, CNPJ 07.664.483/0001-78, no lote 1 (único). Belo Horizonte, 21 de maio de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl025_pe025_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2167/download;
  pl025_pe025_2014_sd023_pc091_2014_ME_EPP_servicos_dedetizacao_DSGT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2065/download;
- pl025_pe025_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2167/download;
 </t>
   </si>
   <si>
     <t>24 / 2014</t>
   </si>
   <si>
     <t>10/04/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de manutenção preventiva e corretiva, em plataforma de elevação para pessoas com mobilidade reduzida, com inclusão total de peças originais ou similares, em João Pinheiro, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 24 </t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviços de manutenção preventiva e corretiva de plataforma de elevação para pessoas com mobilidade reduzida, marca ACESSO, com inclusão total de peças originais ou similares, durante o período de 12 meses, em João Pinheiro, MG. </t>
   </si>
   <si>
     <t>10-04-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 28.04.2014. Início da disputa de preços: às 10 horas do dia 28.04.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000022/2014 ----------------------------- 30-04-2014 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento do lote 1 (único) deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 28 de abril de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl024_pe024_2014_sd022_pc052_2014_servicos_manutencao_elevador_J_PINHEIRO_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2060/download;
  pl024_pe024_ata_deserto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2123/download;
@@ -3686,52 +3686,52 @@
   </si>
   <si>
     <t>23 / 2014</t>
   </si>
   <si>
     <t>26/04/2014</t>
   </si>
   <si>
     <t>Aquisição de disjuntores e tomadas elétricas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 23 </t>
   </si>
   <si>
     <t xml:space="preserve">DISJUNTORES E TOMADAS ELÉTRICAS </t>
   </si>
   <si>
     <t>24.999,00</t>
   </si>
   <si>
     <t>05-04-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 25.04.2014. Início da disputa de preços: às 10 horas do dia 25.04.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000021/2014 ----------------------------- 24-04-2014 SUSPENSÃO ATENÇÃO-RETIFICAÇÃO DO EDITAL-REPUBLICAÇÃO-PL 023/2014 PE 023/2014 (SIAD nº 021/2014) Srs. Licitantes, Informamos que houve a exclusão do LOTE ÚNICO deste processo, tendo em vista a necessidade de SUSPENSÃO do pregão. Comunicamos que em tempo oportuno haverá a REPUBLICAÇÃO deste processo, decorrente da alteração no Anexo I (Modelo de Proposta) e Anexo V (Termo de Referência), ambos nos itens 3, 4 e 6 do presente edital. ----------------------------- 26-04-2014 REPUBLICAÇÃO - AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 13.05.2014. Início da disputa de preços: às 10 horas do dia 13.05.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. (*)Exclusivamente para licitantes enquadrados como ME/EPP. Belo Horizonte, 25 de abril de 2014. Luís Armando Pereira Lima - Coordenador da Divisão de Licitação (**) Republicação para alterações no Anexo I (Modelo de Proposta) e no Anexo V (Termo de Referência), ambos nos itens 3,4 e 6 do edital. SIAD 1091040 - 000021/2014 ----------------------------- 11-06-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Suprema Hidroelétrica Ltda - ME, CNPJ 42.981.902/0001-04, no lote 1 (único). Belo Horizonte, 10 de junho de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl023_pe023_2014_sd021_pc100_2014_ME_EPP_aquisi??o_disjuntores_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2051/download;
  pl023_pe023_2014_sd021_pc100_2014_ME_EPP_aquisicao_disjuntores_SEA REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2076/download;
- pl023_pe023_2014_sd021_pc100_2014_ME_EPP_aquisi??o_disjuntores_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2051/download;
  pl023_pe023_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2188/download;
 </t>
   </si>
   <si>
     <t>22 / 2014</t>
   </si>
   <si>
     <t>05/04/2014</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 22 </t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS HIDRÁULICOS </t>
   </si>
   <si>
     <t>11.950,00</t>
   </si>
   <si>
     <t>05-04-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 24.04.2014. Início da disputa de preços: às 10 horas do dia 24.04.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000020/2014 ----------------------------- 15-05-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Persio Alysson Ferreira Silva 81284020649, CNPJ 12.721.607/0001-40, no lote 1 (único). Belo Horizonte, 7 de maio de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl022_pe022_2014_sd020_pc093_2014_aquisicao_materiais_hidraulicos_SEA_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2054/download;
@@ -3743,137 +3743,137 @@
   </si>
   <si>
     <t>04/04/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para execução dos serviços de manutenção e adaptação em andares de edificações localizadas na Rua Dias Adorno, nº 347 e 367, bairro Santo Agostinho, Belo Horizonte/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 21 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para execução dos serviços de manutenção e adaptação em andares de edificações localizadas na Rua Dias Adorno, nº 347 e 367, bairro Santo Agostinho, Belo Horizonte/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">GAMA LUZ COMÉRCIO DE MATERIAIS ELÉTRICOS LTDA. - ME </t>
   </si>
   <si>
     <t>243.000,00</t>
   </si>
   <si>
     <t>04-04-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 22.04.2014. Início da disputa de preços: às 10 horas do dia 22.04.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000017/2014 ----------------------------- 22-05-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Gama Luz Comércio de Materiais Elétricos Ltda - EPP, CNPJ 10.174.094/0001-79, no lote 1 (único). Belo Horizonte, 20 de maio de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl021_pe021_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2050/download;
  pl021_pe021_2014_sd017_pc064_2014_servicos_manutencao_adaptacao_Procon_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2049/download;
- pl021_pe021_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2050/download;
  pl021_pe021_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2166/download;
 </t>
   </si>
   <si>
     <t>20 / 2014</t>
   </si>
   <si>
     <t>12/04/2014</t>
   </si>
   <si>
     <t>Aquisição de microcomputadores, tipo desktop small form factor (SFF), novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 20 </t>
   </si>
   <si>
     <t xml:space="preserve">Microcomputadores, tipo desktop small form factor (SFF) </t>
   </si>
   <si>
     <t>214.026,59</t>
   </si>
   <si>
     <t>03-04-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 15.04.2014. Início da disputa de preços: às 10 horas do dia 15.04.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. Belo Horizonte, 2 de abril de 2014. ----------------------------- 12-04-2014 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*) A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 30.04.2014. Início da disputa de preços: às 10 horas do dia 30.04.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. Belo Horizonte, 11 de abril de 2014. (*) Republicado devido a alteração da especificação do objeto. ----------------------------- 29-04-2014 ESCLARECIMENTOS Questionamento: Analisando o edital, percebemos que nas especificações técnicas, subitem 3.3 é solicitado "Possuir mínimo 01 (uma) baia externa de 5.25?, 01 (uma) baia interna de 3.5? ou de 2.5?". De acordo com o padrão de mercado, os grandes fabricantes estão investindo em gabinetes pequenos, visando ocupar menor espaço no ambiente de trabalho e consumir menos energia. Os componentes internos também acompanham esse formato, como por exemplo as unidade de mídia óptica, que deixa de utilizar as baias de 5 ¼ , ocupando menos espaço no interior do gabinete com a unidade do tipo slim. Diante do exposto, entendemos que ao ofertar gabinetes Small Form Factor com uma baia para unidade ótica do tipo slim, no lugar da baia externa 5 ¼ ?, estamos atendendo as exigências do edital. Está correto o nosso entendimento? Resposta: De acordo com manifestação do setor solicitante, Diretoria de Suporte e Manutenção/STI, "O objetivo do edital é adquirir microcomputadores compactos (SFF - Small Form Factor) e as unidades ópticas do tipo slim objetivam permitir a produção de microcomputadores mais compactos. Assim, entendemos que, oferecendo gabinetes Small Form Factor com uma baia para unidade ótica do tipo slim no lugar da baia externa 5 ¼" e 01 (uma) baia interna de 3.5? ou de 2.5?, o licitante estará atendendo ao edital." ----------------------------- 20-05-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: It-One Tecnologia da Informação Ltda., CNPJ 05.333.907/0001-96, no lote 1 (único). Belo Horizonte, 15 de maio de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl020_pe020_2014_sd019_pc089_2014_REP_aquisicao_microcomputadores_tipo_desktop_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2068/download;
  pl020_pe020_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2186/download;
 </t>
   </si>
   <si>
     <t>19 / 2014</t>
   </si>
   <si>
     <t>26/03/2014</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 19 </t>
   </si>
   <si>
     <t>26-03-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 08.04.2014. Início da disputa de preços: às 10 horas do dia 08.04.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000014/2014 ----------------------------- 16-04-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Ivone Pereira de Oliveira - ME, CNPJ 11.060.699/0001-00, no lote 2. O lote 1 restou 'fracassado' por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 15 de abril de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl019_pe019_2014_sd014_pc070_2014_aquisicao_suprimentos_de_informatica_DMAP_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2032/download;
  pl019_pe019_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2338/download;
- pl019_pe019_2014_sd014_pc070_2014_aquisicao_suprimentos_de_informatica_DMAP_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2032/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CARTUCHOS HP </t>
   </si>
   <si>
     <t xml:space="preserve">IVONE PEREIRA DE OLIVEIRA - ME </t>
   </si>
   <si>
     <t>22.320,00</t>
   </si>
   <si>
     <t>18 / 2014</t>
   </si>
   <si>
     <t>Aquisição de circuladores de ar, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 18 </t>
   </si>
   <si>
     <t xml:space="preserve">AQUISIÇÃO DE CIRCULADORES DE AR, NOVOS </t>
   </si>
   <si>
     <t xml:space="preserve">COMERCIAL NORTE SUL LTDA. - ME </t>
   </si>
   <si>
     <t>19.500,00</t>
   </si>
   <si>
     <t>26-03-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 09.04.2014. Início da disputa de preços: às 10 horas do dia 09.04.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. ----------------------------- 30-04-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Comercial Norte Sul Ltda.-ME., CNPJ 11.010.423/0001-09, no lote 1 (único). Belo Horizonte, 23 de abril de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl018_pe018_2014_sd013_pc050_2014_ME_EPP_aquisi??o_ circuladores_ar_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2033/download;
  pl018_pe018_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2195/download;
- pl018_pe018_2014_sd013_pc050_2014_ME_EPP_aquisi??o_ circuladores_ar_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2033/download;
 </t>
   </si>
   <si>
     <t>17 / 2014</t>
   </si>
   <si>
     <t>25/03/2014</t>
   </si>
   <si>
     <t>Aquisição de doses individuais de vacina antigripal, incluindo aplicação.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 17 </t>
   </si>
   <si>
     <t xml:space="preserve">VACINA ANTIGRIPAL </t>
   </si>
   <si>
     <t>22-03-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 04.04.2014. Início da disputa de preços: às 10 horas do dia 04.04.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. ----------------------------- 25-03-2014 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)(**)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 07.04.2014. Início da disputa de preços: às 10 horas do dia 07.04.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000016/2014 (*) Exclusivamente para licitantes enquadrados como ME/EPP. (**) Republicação por incorreção no aviso de licitação publicado em 22 de março de 2014, o qual não previa a exclusividade para licitantes enquadrados como ME/EPP. ----------------------------- 10-04-2014 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento do lote 1 (único) deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 07 de abril de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl017_pe017_ata_deserto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2085/download;
  pl017_pe017_2014_sd016_pc066_2014_ME_EPP_aquisicao_aplicacao_vacinas_DPSMO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2028/download;
@@ -3884,52 +3884,52 @@
   </si>
   <si>
     <t>21/03/2014</t>
   </si>
   <si>
     <t>Aquisição de papéis A4 e ofício 2, com entrega parcelada.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 16 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de papéis A4 e ofício 2, com entrega parcelada. </t>
   </si>
   <si>
     <t xml:space="preserve">CLEAR INDÚSTRIA DE PAPÉIS LTDA </t>
   </si>
   <si>
     <t>426.602,41</t>
   </si>
   <si>
     <t>21-03-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 04.04.2014. Início da disputa de preços: às 10 horas do dia 04.04.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000015/2014 ----------------------------- 12-04-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Clear Indústria de Papéis Ltda., CNPJ 03.790.761/0001-82, no lote 1 (único). Belo Horizonte, 10 de abril de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl016_pe016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2108/download;
  pl016_pe016_2014_sd015_pc068_2014_aquisicao_de_papeis_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2025/download;
- pl016_pe016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2108/download;
 </t>
   </si>
   <si>
     <t>15 / 2014</t>
   </si>
   <si>
     <t>Aquisição de monitores de vídeo para computadores, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 15 </t>
   </si>
   <si>
     <t xml:space="preserve">MONITORES DE VÍDEO PARA COMPUTADORES </t>
   </si>
   <si>
     <t xml:space="preserve">TEXAS INFORMÁTICA E PRODUTOS LTDA </t>
   </si>
   <si>
     <t>119.448,00</t>
   </si>
   <si>
     <t>21-03-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 03.04.2014. Início da disputa de preços: às 10 horas do dia 03.04.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. ----------------------------- 24-03-2014 COMUNICAÇÃO O arquivo do edital foi alterado em 24/03/2014 para adequação de suas datas. ----------------------------- 11-04-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Texas Informática e Produtos Ltda., CNPJ 09.349.162/0001-04, no lote 1 (único). Belo Horizonte, 07 de abril de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 11-04-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Texas Informática e Produtos Ltda., CNPJ 09.349.162/0001-04, no lote 1 (único). Belo Horizonte, 07 de abril de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -4021,80 +4021,80 @@
   </si>
   <si>
     <t>13/03/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de gravação de dados em DVDs, impressão de rótulo de DVDs e serviços gráficos (box de papel para DVD).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 11 </t>
   </si>
   <si>
     <t xml:space="preserve">300 KITS DE DVDs (SEIS DVDs POR KIT) COMPREENDENDO GRAVAÇÃO DE DVDs COM IMPRESSÃO DE RÓTULOS E PRODUÇÃO GRÁFICA E MONTAGEM </t>
   </si>
   <si>
     <t xml:space="preserve">MIDIANELE LTDA. </t>
   </si>
   <si>
     <t>8.499,00</t>
   </si>
   <si>
     <t>13-03-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 26.03.2014. Início da disputa de preços: às 10 horas do dia 26.03.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. ----------------------------- 02-04-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Midianele Ltda. - ME, CNPJ 05.972.181/0001-31, no lote 1 (único). Belo Horizonte, 01 de abril de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl011_pe011_2014_sd008_pc042_servico_gravacao_dvd_impressao_rotulo_dvd_CEAF_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2001/download;
  pl011_pe011_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2111/download;
- pl011_pe011_2014_sd008_pc042_servico_gravacao_dvd_impressao_rotulo_dvd_CEAF_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2001/download;
 </t>
   </si>
   <si>
     <t>10 / 2014</t>
   </si>
   <si>
     <t>21/02/2014</t>
   </si>
   <si>
     <t>Aquisição de televisores, mesa controladora de sistema de som, caixa acústica e microfone.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 10 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de televisores, mesa controladora de sistema de som, caixa acústica e microfone. </t>
   </si>
   <si>
     <t>13.991,98</t>
   </si>
   <si>
     <t>21-02-2014 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 11.03.2014. Início da disputa de preços: às 10 horas do dia 11.03.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000006/2014 (*)Exclusivamente para licitantes enquadrados como ME/EPP. ----------------------------- 28-02-2014 ESCLARECIMENTOS Segue questionamento realizado e a resposta do setor solicitante (FEPDC): Pergunta: No edital do pregão 10/2014-Tv, Mesa controladora de som, caixa acustica microfone, pede-se:"Item 1 ? Televisor/monitor Código de material ou serviço (SIAD): 001342770.Quantidade: 04 (quatro) unidades Descrição: TELEVISOR/MONITOR ? TIPO: TELEVISOR/SMART; TAMANHO TELA EM POLEGADA: 42 POLEGADAS; TIPO DA TELA: LED/1920X1080/TECNOLOGIA 3D; OPCIONAIS: SEM OPCIONAIS; TENSÃO: 100/240 VOLTS; ACESSÓRIOS: SEM ACESSÓRIOS;" A parte que fala "TELEVISOR/MONITOR", siginifica que a TV deverá ter entrada para PC? Ou seja esta TV será usada como monitor ligada a um computador? A nossa dúvida se dá pelo fato que está sendo pedido 2 tecnologias (Magic Remote e Dual Play) que é marca registrado de um fabricante, mas os modelos que possuem estas tecnologias, não têm nenhum que possue entrada para PC.Acreditamos que será aceito TV sem entrada para PC. Estamos corretos em nosso entendimentos? Resposta: " informo que o pedido especifica que o televisor deve ser modelo SMART, ou seja, também receptor de sinal de vídeo e áudio, tanto da Internet, como de um notebook, video sistem ou PC. Todo modelo Smart apresenta entrada HDMI, suficente para qualquer equipamento, mas alguns deles também em AV e Video Componente." ----------------------------- 19-03-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: C M Silva Materiais e Peças - EPP, CNPJ 13.738.395/0001-76, no lote 1 (único). Belo Horizonte, 14 de março de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl010_pe010_2014_sd006_pc612_tv_som_caixa_acustica_microfone_FEPDC_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1976/download;
  pl010_pe010_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2109/download;
- pl010_pe010_2014_sd006_pc612_tv_som_caixa_acustica_microfone_FEPDC_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1976/download;
 </t>
   </si>
   <si>
     <t>9 / 2014</t>
   </si>
   <si>
     <t>14/02/2014</t>
   </si>
   <si>
     <t>Aquisição de lanches diversos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 9 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de lanches diversos. </t>
   </si>
   <si>
     <t xml:space="preserve">MANGIARE BUFFET E PRODUÇÕES ARTISTICAS LTDA - ME </t>
   </si>
   <si>
     <t>75.800,00</t>
   </si>
   <si>
     <t>14-02-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 27.02.2014. Início da disputa de preços: às 10 horas do dia 27.02.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 00007/2014 ----------------------------- 18-03-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Mangiare Buffet e Produções Artísticas Ltda. - ME, CNPJ 41.941.121/0001-15, no lote 1 (único). Belo Horizonte, 13 de março de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
@@ -4112,145 +4112,145 @@
   <si>
     <t>12/02/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada na prestação de serviços de reprografia, impressão e digitalização, com locação, instalação, suporte e manutenção de máquinas, incluindo treinamento de pessoal e fornecimento de insumos, exceto papel.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 8 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de reprografia </t>
   </si>
   <si>
     <t xml:space="preserve">MAPEL MÁQUINAS E ARTIGOS PARA ESCRITÓRIO LTDA. </t>
   </si>
   <si>
     <t>5.981.799,50</t>
   </si>
   <si>
     <t>12-02-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 25.02.2014. Início da disputa de preços: às 10 horas do dia 25.02.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000005/2014 ----------------------------- 20-02-2014 ESCLARECIMENTOS ATENÇÃO DISPONIBILIZAÇÃO DE QUESTIONAMENTOS E REPOSTAS PL008/2014, PE008/2014. Informamos que foram disponibilizados em 20/02/2014, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, anexo contendo os pedidos de esclarecimentos formulados por empresas interessadas em participar do certame em epígrafe, com as respectivas respostas dos setores técnicos responsáveis. ----------------------------- 21-02-2014 ESCLARECIMENTOS ATENÇÃO DISPONIBILIZAÇÃO DE QUESTIONAMENTOS E REPOSTAS PL008/2014, PE008/2014. Informamos que foram disponibilizados em 21/02/2014, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, anexo contendo novos pedidos de esclarecimentos formulados por empresas interessadas em participar do certame em epígrafe, com as respectivas respostas dos setores técnicos responsáveis. ----------------------------- 21-02-2014 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Comunicamos a interposição de impugnação ao Edital da licitação supracitada por parte da empresa Belocopy Comércio de Equipamentos Reprográficos Ltda. Conhecemos da peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão administrativa se encontra nos autos do processo licitatório, na Divisão de Licitação, bem como na página desta Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/Pesquisa de Processos Licitatórios (no campo Número do Processo digitar o nº desse procedimento e clicar em Enviar). Informamos aos interessados que a realização desta licitação ocorrerá conforme aviso de licitação, publicado no MG de 12.02.2014: Início da sessão de disputa de preços: às 10 horas do dia 25.02.2014. Outras informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. SIAD 1091040 - 000005/2014 ----------------------------- 02-04-2014 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Apesar de ausente o interesse recursal da recorrente, conheço do recurso interposto pela licitante SIMPRESS COMÉRCIO, LOCAÇÃO E SERVIÇOS S/A para, no mérito, desprovê-lo pelos fundamentos constantes da decisão do Pregoeiro. Belo Horizonte, 1º de abril de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 05-04-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Mapel - Máquinas e Artigos para Escritório Ltda., CNPJ 20.232.336/0001-97, no lote 1 (único). Belo Horizonte, 03 de abril de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl008_pe008_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2098/download;
+ Esclarecimentos e respostas PL 008_PE 008.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1971/download;
  pl008_pe008_2014_sd005_pc024_2014_servicos_reprografia_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1960/download;
- Esclarecimentos e respostas PL 008_PE 008.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1971/download;
  decisao impugnacao PL 008 PE 008 - improvimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1972/download;
  Esclarecimentos e respostas PL 008_PE 008 - segunda parte.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1974/download;
 </t>
   </si>
   <si>
     <t>7 / 2014</t>
   </si>
   <si>
     <t>01/02/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de impressão de materiais gráficos (confecção de cartilhas).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 7 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE IMPRESSÃO GRÁFICA (CONFECÇÃO DE CARTILHAS. </t>
   </si>
   <si>
     <t xml:space="preserve">MJR EDITORA GRÁFICA LTDA. - ME </t>
   </si>
   <si>
     <t>8.700,00</t>
   </si>
   <si>
     <t>01-02-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 14.02.2014. Início da disputa de preços: às 10 horas do dia 14.02.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000003/2014 ----------------------------- 26-02-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: MRJ Editora Gráfica Ltda - EPP, CNPJ 01.988.028/0001-41, no lote 1 (único). Belo Horizonte, 24 de fevereiro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl007_pe007_2014_sd003_pc645_servicos_graficos_cartilha_CEAF_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1955/download;
  pl007_pe007_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2105/download;
- pl007_pe007_2014_sd003_pc645_servicos_graficos_cartilha_CEAF_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1955/download;
 </t>
   </si>
   <si>
     <t>6 / 2014</t>
   </si>
   <si>
     <t>13/02/2014</t>
   </si>
   <si>
     <t>Aquisição de condicionadores de ar, com e sem instalação e de climatizadores, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 6 </t>
   </si>
   <si>
     <t xml:space="preserve">Condicionadores de ar, com e sem instalação e climatizadores, novos </t>
   </si>
   <si>
     <t>443.457,88</t>
   </si>
   <si>
     <t>31-01-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 17.02.2014. Início da disputa de preços: às 10 horas do dia 17.02.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000004/2014 ----------------------------- 13-02-2014 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 26.02.2014. Início da disputa de preços: às 10 horas do dia 26.02.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 horas. (*)Republicado devido à correção de erro material. SIAD 1091040 - 000004/2014 ----------------------------- 18-02-2014 ESCLARECIMENTOS Seguem questionamentos de licitante e respostas do setor técnico (Superintendência de Engenharia da PGJ: P1) Instalação de ACJ? e para considerar a instalação com a parte civil (corte de parede,...) e elétrica(habilitar a receber o equipamento)?Ou simplesmente o encaixe do material. Resp: A instalação dos ACJ's é completa, incluindo todos os serviços necessários (parte civil, elétrica e de drenagem), conforme detalhamento constante das especificações técnicas, constante no edital. P2) Qual a metragem a ser considerada para adequação elétrica? Item 24 pagina 36. Resp: Os split's (itens 24 a 26), referem-se à instalação em Manhuaçu, cujo detalhamento encontra-se no edital, inclusive o comprimento total das linhas frigorígenas, estimado em 121 metros; P3) E da rede frigorígena? Resp: A adequação elétrica será a ligação da evaporadora com a condensadora. ----------------------------- 20-03-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Friominas Máquinas Representações Ltda., CNPJ 17.249.095/0001-84, no lote 1 (único). Belo Horizonte, 18 de março de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl006_pe006_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2083/download;
  pl006_pe006_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/1964/download;
  pl006_pe006_2014_sd004_pc003_016_017_aquisicao_condicionadores_climatizadores_SEA - retificado.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1965/download;
+ pl006_pe006_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2083/download;
 </t>
   </si>
   <si>
     <t>5 / 2014</t>
   </si>
   <si>
     <t>28/01/2014</t>
   </si>
   <si>
     <t>Aquisição de equipamentos e softwares de Laboratório Forense, incluindo instalação, treinamento, suporte e manutenção.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 5 </t>
   </si>
   <si>
     <t xml:space="preserve">SOFTWARES DE PERÍCIA FORENSE E TREINAMENTO </t>
   </si>
   <si>
     <t xml:space="preserve">BUSINESS TO TECHNOLOGY CONSULT. E ANÁLISE SISTEMAS LTDA </t>
   </si>
   <si>
     <t>62.441,00</t>
   </si>
   <si>
     <t>28-01-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 10.02.2014. Início da disputa de preços: às 10 horas do dia 10.02.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000075/2013 ----------------------------- 05-02-2014 ESCLARECIMENTOS Seguem questionamentos realizados durante o prazo estabelecido no edital para tanto e as respostas dos setores competentes: Questionamento 1: Uma vez que para realização do treinamento faz-se necessária à utilização da solução fornecida, entendemos que o treinamento será executado após a entrega dos produtos. Nosso entendimento está correto? RESPOSTA: Não, o entendimento correto é de que os treinamentos que compõem os Lotes 1, 2 e 4 poderão ser executados antes ou após a entrega dos produtos, desde que de acordo com os seguintes tópicos, que compõem as especificações técnicas desses itens: O treinamento deverá ser realizado utilizando os hardwares e softwares iguais ao adquirido; O treinamento deverá ser realizado em data oportuna para a Contratante, a ser acordada com a Contratada; Em relação ao Lote 3, o treinamento faz parte do Item 1 e, conforme previsto nas especificações técnicas deste item (pág. 47), a instalação do equipamento deverá ser realizada como parte integrante do treinamento. Assim, apenas o treinamento referente ao Lote 3 deverá ocorrer após a entrega do equipamento. Questionamento 2: Uma vez que o treinamento do Lote 2 será fornecido para 02 (dois) técnicos, podemos considerar que o mesmo poderá ser ministrado nas dependências do Ministério Público do Estado de Minas Gerais? RESPOSTA: Não, pois consta do Edital, nas especificações técnicas dos treinamentos que compõem os Lotes 1, 2 e 4, que a empresa contratada ficará integralmente responsável pelo espaço físico, conforme transcrito abaixo: Todo equipamento a ser utilizado para o evento deverá ser providenciado pela empresa contratada, ficando a mesma responsável integralmente pelo espaço físico; Em relação ao Lote 3, para o qual a instalação do equipamento faz parte do treinamento, este deverá ocorrer nas dependências do Ministério Público do Estado de Minas Gerais. Questionamento 3: Uma vez que o Item 1 do Lote 2 especifica que o produto fornecido deve possuir tela sensível ao toque, agilizando o processo de captura em campo, podemos considerar que o produto deve possuir resistência a água, poeira, quedas e vibrações conforme testes certificados? RESPOSTA: Não. Não é obrigatório que o produto possua resistência a água, poeira, quedas e vibrações, conforme testes certificados. Todavia, deverá vir em maleta reforçada/robusta (ruggedized), para transporte do equipamento e seus acessórios, conforme a especificação da portabilidade, que consta da página 49 do Edital. Questionamento 4: O Item 1 do Lote 2 requer um hardware forense para extração de dados de telefones, PDAS e smartphones, contendo um ou mais softwares, formando uma solução. Uma vez que o referido hardware possui um software embarcado, podemos considerar que o faturamento deste item poderá ser realizado de forma separada? (Nota Fiscal com valor para a parte do hardware e valor para a parte do software, uma vez que os mesmos possuem impostos diferentes). RESPOSTA: O licitante, como fornecedor do produto, para fins de emissão de documento fiscal hábil, deverá seguir a legislação tributária: legislação estadual, em operações sujeitas à incidência de ICMS e legislação municipal, em transações sujeitas à incidência do ISSQN. Em regra, as operações de fornecimento de hardware (saída do produto para o consumidor final) estão sujeitas à tributação do ICMS (legislação estadual). Os serviços de desenvolvimento de software ou a licença ou a cessão para o seu uso estão sujeitos à incidência do ISSQN, conforme Lei Complementar nº 116, de 31.07.2003. Nessa hipótese, o faturamento deverá ocorrer em separado. Questionamento 5: Uma vez que a disputa será por Lote, entendemos que a licitante não é obrigada a ofertar preço para todos. É correto o nosso entendimento? RESPOSTA: Sim. O licitante não é obrigado a participar de todos os lotes. Entretanto, sua proposta deverá contemplar todos os itens constantes do(s) lote(s) de que for participar. Questionamento 6: Prezados, Em relação ao processo de compra 1091040 000075/2013, solicitamos esclarecer qual o valor de referência para o lote 3, uma vez que trata-se de um equipamento de alta complexidade e também exige instalação e treinamento, torna-se indispensável termos ciência do valor ofertado para este equipamento. RESPOSTA: Senhores Licitantes, Embora haja um posicionamento administrativo institucional da Procuradoria-Geral de Justiça no sentido de não incluir nos editais das licitações na modalidade pregão os valores de referência dos lotes, sendo esses valores disponibilizados apenas nos autos dos processos licitatórios, os quais são públicos e, por isso, abertos à consulta por qualquer pessoa durante o horário de expediente deste órgão, dadas as peculiaridades dos objetos e serviços licitados no PL 005/2014 PE 005/2014, visando à máxima participação dos interessados, informamos abaixo os valores de referência dos lotes que compõem este certame: LOTE 1: R$ 70.400,00 LOTE 2: R$ 141.486,02 LOTE 3: R$ 47.887,62 LOTE 4: R$ 35.546,07 ----------------------------- 20-02-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Business to Technology Consultoria e Análise de Sistemas Ltda. (CNPJ 06.061.285/0001-57) no lote 1 e Techbiz Forense Digital S.A. (CNPJ 05.757.597/0002-18) nos lotes 2, 3 e 4. Belo Horizonte, 17 de fevereiro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl005_pe005_2014_sd075_pc643_2013_aquisicao_equipamentos_softwares_pericia_forense_CEAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1952/download;
  pl005_pe005_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2082/download;
- pl005_pe005_2014_sd075_pc643_2013_aquisicao_equipamentos_softwares_pericia_forense_CEAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1952/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">HARDWARE FORENSE DE EXTRAÇÃO DE DADOS DE DISPOSITIVOS MÓVEIS E TREINAMENTO </t>
   </si>
   <si>
     <t xml:space="preserve">TECHBIZ FORENSE DIGITAL S.A. </t>
   </si>
   <si>
     <t>140.040,00</t>
   </si>
   <si>
     <t xml:space="preserve">ESTAÇÃO DE TRABALHO FORENSE FIXA </t>
   </si>
   <si>
     <t>47.800,00</t>
   </si>
   <si>
     <t xml:space="preserve">EQUIPAMENTO CLONADOR FORENSE DE DISCOS RÍGIDOS E TREINAMENTO </t>
   </si>
   <si>
     <t>33.750,00</t>
   </si>
   <si>
     <t>4 / 2014</t>
@@ -4288,131 +4288,131 @@
   </si>
   <si>
     <t>08/02/2014</t>
   </si>
   <si>
     <t>Aquisição de veículos (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 3 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de veículos (novos). </t>
   </si>
   <si>
     <t xml:space="preserve">FIAT AUTOMÓVEIS S/A </t>
   </si>
   <si>
     <t>651.853,06</t>
   </si>
   <si>
     <t>08-01-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 22.01.2014. Início da disputa de preços: às 10 horas do dia 22.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000072/2013 ----------------------------- 20-01-2014 SUSPENSÃO ATENÇÃO: PL 003/14 PE 003/14 Srs. Licitantes, Informamos que houve a exclusão do LOTE ÚNICO deste processo, tendo em vista a necessidade de SUSPENSÃO do pregão. Comunicamos que em tempo oportuno haverá a REPUBLICAÇÃO deste processo, decorrente da alteração no Anexo I (Modelo de Proposta), item 2, subitem 2.2 do presente edital. OBS: o texto acima foi publicado no Portal de Compras MG em "ocorrências relevantes", no dia 20/01/2014. ----------------------------- 08-02-2014 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 21.02.2014. Início da disputa de preços: às 10 horas do dia 21.02.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000072/2013 (*) Republicado devido à alteração quanto ao prazo de entrega, com alteração de datas. ----------------------------- 27-02-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Fiat Automóveis S.A., CNPJ 16.701.716/0001-56, no lote 1 (único). Belo Horizonte, 26 de fevereiro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl003_pe003_2014_sd072_pc618_2013_aquisicao de veiculos_FEPDC_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1957/download;
  pl003_pe003_2013_sd072_pc618_2013_aquisicao de veiculos_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1946/download;
- pl003_pe003_2014_sd072_pc618_2013_aquisicao de veiculos_FEPDC_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1957/download;
  pl003_pe003_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2183/download;
 </t>
   </si>
   <si>
     <t>2 / 2014</t>
   </si>
   <si>
     <t>08/01/2014</t>
   </si>
   <si>
     <t>Aquisição de microcomputadores e impressoras multifuncionais (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 2 </t>
   </si>
   <si>
     <t xml:space="preserve">Microcomputadores e impressoras multifuncionais (novos). </t>
   </si>
   <si>
     <t>08-01-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 21.01.2014. Início da disputa de preços: às 10 horas do dia 21.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000071/2013 ----------------------------- 24-01-2014 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 21 de janeiro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl002_pe002_2013_sd071_pc614_2013_aquisicao de micro e impressora_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1942/download;
  pl002_pe002_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2072/download;
- pl002_pe002_2013_sd071_pc614_2013_aquisicao de micro e impressora_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1942/download;
 </t>
   </si>
   <si>
     <t>1 / 2014</t>
   </si>
   <si>
     <t>Aquisição de materiais para pintura (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 1 </t>
   </si>
   <si>
     <t xml:space="preserve">Materiais para pintura (novos) </t>
   </si>
   <si>
     <t>25.975,00</t>
   </si>
   <si>
     <t>08-01-2014 AVISO DE LICITAÇÃO Objeto: Aquisição de materiais para pintura (novos). A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 22.01.2014. Início da disputa de preços: às 10 horas do dia 22.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000069/2013 ----------------------------- 15-02-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: FX Comércio e Distribuidora Eireli - ME, CNPJ 13.857.945/0001-76, no lote 1 (único). Belo Horizonte, 11 de fevereiro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl001_pe001_2014_sd069_pc641_2013_aquisicao_materiais pintura_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1943/download;
  pl001_pe001_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2184/download;
- pl001_pe001_2014_sd069_pc641_2013_aquisicao_materiais pintura_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1943/download;
 </t>
   </si>
   <si>
     <t>140 / 2013</t>
   </si>
   <si>
     <t>17/12/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de impressão da Revista MPMG Jurídico.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 138 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviços de impressão da Revista MPMG Jurídico. </t>
   </si>
   <si>
     <t>94.920,00</t>
   </si>
   <si>
     <t>17-12-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que, às 13 horas do dia 20/01/2014, realizará esta licitação, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, Belo Horizonte, MG. Informações e retirada do Edital nos telefones: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs e no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões / Portal de Compras/MG. SIAD 1091040 - 000070/2013 ----------------------------- 28-01-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Gráfica e Editora Mafali Ltda., CNPJ 07.795.101/0001-45, no lote 1 (único). Belo Horizonte, 23 de janeiro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl140_pp138_2013_sd070_pc600_2013_servi?os_impressao_REVISTA_CEAF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1936/download;
  pl140_pp138_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2038/download;
- pl140_pp138_2013_sd070_pc600_2013_servi?os_impressao_REVISTA_CEAF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1936/download;
 </t>
   </si>
   <si>
     <t>139 / 2013</t>
   </si>
   <si>
     <t>07/12/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de fornecimento de software de orçamento eletrônico, avaliação e controle de manutenções automotivas, incluindo atualizações e suporte técnico.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 137 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para prestação de serviços de fornecimento de software de orçamento eletrônico, avaliação e controle de manutenções automotivas, incluindo atualizações e suporte técnico. </t>
   </si>
   <si>
     <t xml:space="preserve">CESVI-BRASIL CENTRO DE EXPERIMENTAÇÃO E SEGURANÇA VIÁRIA LTDA </t>
   </si>
   <si>
     <t>9.951,06</t>
   </si>
   <si>
     <t>07-12-2013 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 20.01.2014. Início da disputa de preços: às 10 horas do dia 20.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. SIAD 1091040 - 000068/2013 ----------------------------- 29-01-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: CESVI - BRASIL CENTRO DE EXPERIMENTAÇÃO E SEGURANÇA VIÁRIA LTDA., CNPJ 00.020.777/0001-18, no lote 1 (único). Belo Horizonte, 27 de janeiro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
@@ -4448,54 +4448,54 @@
  pl138_pe136_2013_sd057_pc631_2013_aquisicao_suportes_texto_apoiadores_antebraco_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1921/download;
  pl138_pe136_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2036/download;
 </t>
   </si>
   <si>
     <t>137 / 2013</t>
   </si>
   <si>
     <t>20/12/2013</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de reprografia, com locação, instalação e manutenção de máquinas, incluindo treinamento de pessoal e fornecimento de insumos, exceto papel e grampo.</t>
   </si>
   <si>
     <t xml:space="preserve">PRINTEC TECNOLOGIA DA IMPRESSÃO LTDA - EPP </t>
   </si>
   <si>
     <t>22.019,04</t>
   </si>
   <si>
     <t>06-12-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 16.01.2014. Início da disputa de preços: às 10 horas do dia 16.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000052/2013 ----------------------------- 20-12-2013 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)(**)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 21.01.2014. Início da disputa de preços: às 10 horas do dia 21.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. SIAD 1091040 - 000052/2013 (*)Exclusivamente para licitantes enquadrados como ME/EPP. (**) Republicado devido a alterações nas especificações técnicas do Item 1, com alteração de datas. ----------------------------- 15-01-2014 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Comunicamos a interposição de impugnação ao Edital da licitação supracitada por parte da empresa CSI Service Ltda. Conhecemos da peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão administrativa se encontra nos autos do processo licitatório, na Divisão de Licitação, bem como na página desta Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/Pesquisa de Processos Licitatórios (no campo 'Número do Processo' digitar o nº desse procedimento e clicar em 'Enviar'). Informamos aos interessados que a realização desta licitação ocorrerá conforme aviso de licitação, publicado no 'MG' de 20.12.2013: Início da sessão de disputa de preços: às 10 horas do dia 21.01.2014. Outras informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. Belo Horizonte, 14 de janeiro de 2014. Sebastião Nobre da Silva Pregoeiro ----------------------------- 30-01-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Printec Tecnologia da Impressão Ltda - EPP, CNPJ 06.101.609/0001-33, no lote 1 (único). Belo Horizonte, 24 de janeiro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl137_pe135_2013_sd052_pc577_servicos_reprografia_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1916/download;
+ pl137_pe135_2013_sd052_pc577_servicos_reprografia_FEPDC.REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1940/download;
  decisao impugnacao PL 137 PE 135 - improvimento.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1949/download;
- pl137_pe135_2013_sd052_pc577_servicos_reprografia_FEPDC.REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1940/download;
  pl137_pe135_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2027/download;
- pl137_pe135_2013_sd052_pc577_servicos_reprografia_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1916/download;
 </t>
   </si>
   <si>
     <t>136 / 2013</t>
   </si>
   <si>
     <t>03/12/2013</t>
   </si>
   <si>
     <t>Aquisição de poltronas, novas.</t>
   </si>
   <si>
     <t xml:space="preserve">Poltronas para escritório, novas. </t>
   </si>
   <si>
     <t xml:space="preserve">COMERCIAL MAKARIOS EQUIPAMENTOS E ARTIGOS PARA ESCRITÓRIOS &amp; SERVIÇOS LTDA </t>
   </si>
   <si>
     <t>39.000,00</t>
   </si>
   <si>
     <t>03-12-2013 AVISO DE LICITAÇÃO (*)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 15.01.2014. Início da disputa de preços: às 10 horas do dia 15.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. (*)Exclusivamente para licitantes enquadrados como ME/EPP. SIAD 1091040 - 000060/2013 ----------------------------- 11-02-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Comercial Makarios Equipamentos e Artigos para Escritório &amp; Serviços Ltda. - EPP, CNPJ 07.419.834/0001-85, no lote 1 (único). Belo Horizonte, 7 de fevereiro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -4531,81 +4531,81 @@
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl135_pe133_2013_sd064_pc620_2013_contratacao_servicos_coleta_entulho.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1903/download;
  pl135_pe133_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2020/download;
 </t>
   </si>
   <si>
     <t>134 / 2013</t>
   </si>
   <si>
     <t>Aquisição e instalação de sistema audiovisual e equipamentos de informática, com treinamento para uso dos equipamentos.</t>
   </si>
   <si>
     <t xml:space="preserve">Sistema de Vídeo </t>
   </si>
   <si>
     <t>23.500,00</t>
   </si>
   <si>
     <t>30-11-2013 AVISO DE LICITAÇÃO (*) A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.licitacoes-e.com.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 13.01.2014. Início da disputa de preços: às 10 horas do dia 13.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. SIAD 1091040 - 000061/2013 (*)Exclusivamente para licitantes enquadrados como ME/EPP. ----------------------------- 04-12-2013 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)(**)A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 07.01.2014. Início da disputa de preços: às 10 horas do dia 07.01.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8332 / 8334, de 8 às 18 hs. (*) Exclusivamente para licitantes enquadrados como ME/EPP. (**) Republicação devido à retificação do site que promoverá esta licitação (com alteração das datas). SIAD 1091040 - 000061/2013 ----------------------------- 17-01-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Wave Tecnologias em Sistemas Audiovisuais Ltda. - ME, CNPJ 17.991.869/0001-48, nos lotes 1, 2 e 3. Belo Horizonte, 15 de janeiro de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl134_pe132_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2026/download;
+ pl134_pe132_2013_sd061_pc633_2013_aquisicao_instalacao_treinamento_sistema audiovisual _CEAF - VERSAO ME EPP_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1902/download;
  pl134_pe132_2013_sd061_pc633_2013_aquisicao_instalacao_treinamento_sistema audiovisual _CEAF - VERSAO ME EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1895/download;
- pl134_pe132_2013_sd061_pc633_2013_aquisicao_instalacao_treinamento_sistema audiovisual _CEAF - VERSAO ME EPP_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/1902/download;
- pl134_pe132_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2026/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Sistema de Áudio </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de Computador </t>
   </si>
   <si>
     <t>18.227,00</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>* Data de publicação do último aviso licitatório no Diário Oficial Eletrônico do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t>** Situação e resultado variam conforme o lote.</t>
   </si>
   <si>
     <t>*** Consulta de planilha (XLSX) apresenta nome e url (endereço web) dos arquivos sob a forma de texto. Para acessar determinado arquivo, favor copiar e colar o respectivo url no navegador. Para visualizar todos os hiperlinks de arquivos, favor consultar pesquisa HTML.</t>
   </si>
   <si>
     <t>Fonte: Sistema de Controle de Processos Licitatórios - MPMG</t>
   </si>
   <si>
-    <t>Data da última atualização: 21/11/2025</t>
+    <t>Data da última atualização: 25/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>