--- v1 (2026-01-25)
+++ v2 (2026-03-27)
@@ -4561,51 +4561,51 @@
   <si>
     <t xml:space="preserve">Sistema de Áudio </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de Computador </t>
   </si>
   <si>
     <t>18.227,00</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>* Data de publicação do último aviso licitatório no Diário Oficial Eletrônico do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t>** Situação e resultado variam conforme o lote.</t>
   </si>
   <si>
     <t>*** Consulta de planilha (XLSX) apresenta nome e url (endereço web) dos arquivos sob a forma de texto. Para acessar determinado arquivo, favor copiar e colar o respectivo url no navegador. Para visualizar todos os hiperlinks de arquivos, favor consultar pesquisa HTML.</t>
   </si>
   <si>
     <t>Fonte: Sistema de Controle de Processos Licitatórios - MPMG</t>
   </si>
   <si>
-    <t>Data da última atualização: 25/01/2026</t>
+    <t>Data da última atualização: 27/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>