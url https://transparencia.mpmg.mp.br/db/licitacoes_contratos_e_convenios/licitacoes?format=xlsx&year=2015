--- v0 (2025-11-21)
+++ v1 (2025-12-14)
@@ -97,57 +97,57 @@
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 70 </t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRAS E LONGARINAS </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Preço registrado </t>
   </si>
   <si>
     <t xml:space="preserve">MULTMIX COMÉRCIO E INDÚSTRIA DE MÓVEIS EM GERAL LTDA. - ME </t>
   </si>
   <si>
     <t>2.294.850,75</t>
   </si>
   <si>
     <t>Não se aplica</t>
   </si>
   <si>
     <t>01-10-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 15/10/2015. Início da disputa de preços: às 10 horas do dia 15/10/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 14-10-2015 ESCLARECIMENTOS ATENÇÃO - DISPONIBILIZAÇÃO DE FOTOS - Foram disponibilizadas abaixo fotos dos móveis objetos desta licitação. Conforme informado pelo setor técnico (Diretoria de Material e Patrimônio), 'a foto de mesa reunião redonda 1,40m de diâmetro não foi enviada, tendo em vista que o modelo é idêntico à mesa reunião redonda 1,15m de diâmetro. O que vai diferenciá-las será somente as dimensões dos pés e do tampo, conforme já especificado no edital; e não possuímos em estoque os itens "escaninho de aço" e "cadeira para escritório/ascensorista, tipo giratória", sendo este último nunca adquirido anteriormente pela PGJMG', motivos pelos quais não foram disponibilizadas fotos destes itens. ----------------------------- 25-11-2015 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Recorrente: MULTMIX COMÉRCIO E INDÚSTRIA DE MÓVEIS EM GERAL LTDA. - ME Síntese da decisão: Conheço do recurso interposto para, no mérito, dar-lhe provimento pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e nos sites www.mpmg.mp.br e www.compras.mg.gov.br. Data prevista para retomada da sessão do pregão referente ao lote 1: às 15 horas do dia 26 de novembro de 2015. Belo Horizonte, 24 de novembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 15-12-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual registraram seus preços os licitantes: Lote 1: MULTMIX COMÉRCIO E INDÚSTRIA DE MÓVEIS EM GERAL LTDA. - ME CNPJ 09.614.362/0001-47 Lote 2: ERGOFLEX COMÉRCIO E INDÚSTRIA DE MÓVEIS EIRELI - EPP CNPJ 71.393.730/0001-48 Lote 3: 1º colocado - DE LABORE MÓVEIS LTDA - EPP CNPJ 02.513.699/0001-19 2º colocado - LORENZZO INDUSTRIAL LTDA. CNPJ 03.748.107/0001-00 Lote 4: SAFOL - INDÚSTRIA E COMÉRCIO DE MÓVEIS DE AÇO LTDA. CNPJ 20.666.095/0001-94 Belo Horizonte, 11 de dezembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo313_2015_rp_aquisicao_mobiliarios_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2743/download;
  processo313_anexos_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2769/download;
  processo313_anexos_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2770/download;
  processo313_anexos_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2771/download;
  processo313_anexos_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2774/download;
- edital_processo313_2015_rp_aquisicao_mobiliarios_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2743/download;
+ processo313_decisao_recurso_Multmix_especificacoes_tecnicas_provimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2858/download;
  planejamento 313_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2906/download;
- processo313_decisao_recurso_Multmix_especificacoes_tecnicas_provimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2858/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MESAS MADEIRA FREIJÓ </t>
   </si>
   <si>
     <t xml:space="preserve">ERGOFLEX COMÉRCIO E INDÚSTRIA DE MÓVEIS EIRELI - EPP </t>
   </si>
   <si>
     <t>658.999,56</t>
   </si>
   <si>
     <t xml:space="preserve">MESAS MADEIRA CINZA </t>
   </si>
   <si>
     <t xml:space="preserve">DE LABORE MÓVEIS LTDA - EPP </t>
   </si>
   <si>
     <t>1.329.995,50</t>
   </si>
   <si>
     <t xml:space="preserve">MÓVEIS DE AÇO </t>
   </si>
   <si>
     <t xml:space="preserve">SAFOL - INDÚSTRIA E COMÉRCIO DE MÓVEIS DE AÇO LTDA </t>
@@ -155,223 +155,223 @@
   <si>
     <t>1.500.000,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 303 / 2015</t>
   </si>
   <si>
     <t>02/12/2015</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de materiais hidráulicos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 88 </t>
   </si>
   <si>
     <t xml:space="preserve">CONEXÕES DIVERSAS E OUTROS MATERIAIS </t>
   </si>
   <si>
     <t xml:space="preserve">MERCEARIA INDIANÓPOLIS LTDA - EPP </t>
   </si>
   <si>
     <t>14.102,19</t>
   </si>
   <si>
-    <t>02-12-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 17/12/2015. Início da disputa de preços: às 10 horas do dia 17/12/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 02-12-2015 COMUNICAÇÃO ATENÇÃO: No Edital disponibilizado no SIAD/Compras, apesar de constar para o LOTE 2 os códigos 00772879 para o item 24 (assento) e 00256226 para o item 43 (registro hidráulico), os códigos corretos são: a) item 24: 001463438 e; b) item 43: 001463446. ----------------------------- 23-12-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual registrou seus preços o licitante: Lote 1: MERCEARIA INDIANÓPOLIS LTDA - EPP CNPJ 17.263.096/0001-83 Homologo o resultado do julgamento do lote 2 deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 21 de dezembro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
+    <t>02-12-2015 COMUNICAÇÃO ATENÇÃO: No Edital disponibilizado no SIAD/Compras, apesar de constar para o LOTE 2 os códigos 00772879 para o item 24 (assento) e 00256226 para o item 43 (registro hidráulico), os códigos corretos são: a) item 24: 001463438 e; b) item 43: 001463446. ----------------------------- 02-12-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 17/12/2015. Início da disputa de preços: às 10 horas do dia 17/12/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 23-12-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual registrou seus preços o licitante: Lote 1: MERCEARIA INDIANÓPOLIS LTDA - EPP CNPJ 17.263.096/0001-83 Homologo o resultado do julgamento do lote 2 deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 21 de dezembro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_RP303_2015_aquisicao_materiais_hidraulicos_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2878/download;
  planejamento 303_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2918/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">ACESSÓRIOS DIVERSOS E OUTROS MATERIAIS </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Deserto </t>
   </si>
   <si>
     <t xml:space="preserve">- </t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 212 / 2015</t>
   </si>
   <si>
     <t>10/11/2015</t>
   </si>
   <si>
     <t>Registro de preços para aquisição de materiais elétricos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 78 </t>
   </si>
   <si>
     <t xml:space="preserve">Canaletas Metálicas Dutotec, Módulos Pial Plus e Canaletas de PVC </t>
   </si>
   <si>
     <t xml:space="preserve">LOJA ELÉTRICA LTDA </t>
   </si>
   <si>
     <t>307.249,84</t>
   </si>
   <si>
     <t>10-11-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 25/11/2015. Início da disputa de preços: às 10 horas do dia 25/11/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 16-12-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1: Loja Elétrica Ltda. CNPJ 17.155.342/0001-83 Lote 5: Gama Luz Comércio de Materiais Elétricos Ltda. - ME CNPJ 10.174.094/0001-79 Homologo o resultado dos lotes 2 e 3 deste processo como 'fracassados', por não terem restado propostas classificadas para atendimento aos seus objetos. Homologo o resultado do julgamento do lote 4 deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 15 de dezembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo212_2015_rp_aquisicao_materiais_eletricos_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2823/download;
  Planejamento 212_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2912/download;
- edital_processo212_2015_rp_aquisicao_materiais_eletricos_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2823/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Cabos elétricos, disjuntores, quadros elétricos e material de lógica </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Fracassado </t>
   </si>
   <si>
     <t xml:space="preserve">Materiais de iluminação convencional, eletrodutos galvanizados e acessórios </t>
   </si>
   <si>
     <t xml:space="preserve">Contatores, relés e fusíveis </t>
   </si>
   <si>
     <t xml:space="preserve">Lâmpadas e refletores LED </t>
   </si>
   <si>
     <t xml:space="preserve">GAMA LUZ COMÉRCIO DE MATERIAIS ELÉTRICOS LTDA. - ME </t>
   </si>
   <si>
     <t>552.506,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 187 / 2015</t>
   </si>
   <si>
     <t>04/09/2015</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de materiais para bebedouros e purificadores de água.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 59 </t>
   </si>
   <si>
     <t xml:space="preserve">REFIS PARA BEBEDOUROS E PURIFICADORES DE ÁGUA </t>
   </si>
   <si>
     <t xml:space="preserve">SIDNEI DOS SANTOS TEIXEIRA ME </t>
   </si>
   <si>
     <t>81.990,00</t>
   </si>
   <si>
     <t>04-09-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 21/09/2015. Início da disputa de preços: às 10 horas do dia 21/09/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 14-09-2015 ESCLARECIMENTOS Foi disponibilizado em 14/09/2015, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, arquivos contendo novo(s) questionamento(s) realizado(s) por interessado(s) nesta licitação, com a(s) respectiva(s) resposta(s), cujo teor pode interessar a todos os licitantes. ----------------------------- 29-09-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e registrou seus preços o licitante: Lotes 1 e 2: Sidnei dos Santos Teixeira ME CNPJ 08.694.209/0001-04 Belo Horizonte, 28 de setembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ planejamento 187_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2745/download;
  edital_processo187_2015_rp_aquisicao_materiais_purificadores_bebedouros_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2710/download;
- planejamento 187_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2745/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">TORNEIRAS, ADAPTADORES E MANGUEIRAS PARA BEBEDOUROS E PURIFICADORES DE ÁGUA </t>
   </si>
   <si>
     <t>33.500,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 88 / 2015</t>
   </si>
   <si>
     <t>24/11/2015</t>
   </si>
   <si>
     <t>Aquisição de equipamentos de Pilates (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 86 </t>
   </si>
   <si>
     <t xml:space="preserve">AQUISIÇÃO DE EQUIPAMENTOS DE PILATES </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Adjudicado </t>
   </si>
   <si>
     <t xml:space="preserve">ASTOR STAUDT - ME </t>
   </si>
   <si>
     <t>66.246,19</t>
   </si>
   <si>
     <t>24-11-2015 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 09/12/2015. Início da disputa de preços: às 10 horas do dia 09/12/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 23 de novembro de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 29-12-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lotes 1 (único): Astor Staudt - ME CNPJ 91.824.383/0001-78 Belo Horizonte, 28 de dezembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 31-12-2015 HOMOLOGAÇÃO (REPUBLICAÇÃO) Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lotes 1 (único): Astor Staudt - ME CNPJ 91.824.383/0001-78 OBS: Adquirido com recursos do FUNEMP, conforme TCT nº 21/2013 (projeto do Ministério Público do Trabalho e da Promotoria de Justiça da comarca de Camanducaia). Belo Horizonte, 30 de dezembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_88_2015_aquisicao_equipamentos_pilates_FUNEMP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2857/download;
  processo 088_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2914/download;
- edital_processo_88_2015_aquisicao_equipamentos_pilates_FUNEMP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2857/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 87 / 2015</t>
   </si>
   <si>
     <t>20/11/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviço de impressão de cartilha.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 83 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE IMPRESSÃO DE CARTILHA - ?Educação ? semente para um mundo melhor?. </t>
   </si>
   <si>
     <t xml:space="preserve">CARTONAGEM E EMBALAGENS BELO HORIZONTE LTDA - ME </t>
   </si>
   <si>
     <t>14.999,60</t>
   </si>
   <si>
     <t>20-11-2015 AVISO DE LICITAÇÃO Unidade: 1091040 - Recebimento das propostas: até às 10 horas do dia 04/12/2015. Início da disputa de preços: às 10 horas do dia 04/12/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 24-12-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lotes 1 (único): Cartonagem e Embalagens Belo Horizonte Ltda. -ME CNPJ 10.359.576/0001-01 Belo Horizonte, 23 de dezembro de 2015. WALDEMAR ANTÔNIO DE ARIMATEIA Procurador-Geral de Justiça Adjunto Administrativo em exercício</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo 087_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2917/download;
  edital_processo087_2015_contratacao_servico_impressao_cartilha_SCI_FUNEMP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2836/download;
- processo 087_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2917/download;
 </t>
   </si>
   <si>
     <t>86 / 2015</t>
   </si>
   <si>
     <t>25/11/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de manutenção preventiva e corretiva em plataforma de elevação para pessoas com mobilidade reduzida, com cobertura total de peças originais ou similares, instalada na Promotoria de Justiça da comarca de João Pinheiro/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 87 </t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO PREVENTIVA E CORRETIVA EM PLATAFORMA DE ELEVAÇÃO. </t>
   </si>
   <si>
     <t>25-11-2015 AVISO DE LICITAÇÃO Unidade: 1091040 - Recebimento das propostas: até às 10 horas do dia 10/12/2015. Início da disputa de preços: às 10 horas do dia 10/12/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 11-12-2015 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento do lote 1 (único) deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 10 de dezembro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl86_pe87_pc250_2015_servicos_manutencao_plataforma_elevacao_joao_pinheiro_SEA.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/2864/download;
  processo086_2015_anexo_caderno_de_documentacao_tecnica.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2865/download;
@@ -445,86 +445,86 @@
   </si>
   <si>
     <t xml:space="preserve"> 83 / 2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços visando à avaliação da conformidade do projeto estrutural de obra de edificação em terreno localizado em Ipatinga, MG, conforme seção 5 da NBR 6118/14.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 85 </t>
   </si>
   <si>
     <t xml:space="preserve">Avaliação da conformidade do projeto estrutural de obra de edificação em terreno localizado em Ipatinga, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">PRIMEIRA ENGENHARIA LTDA - EPP </t>
   </si>
   <si>
     <t>32.450,00</t>
   </si>
   <si>
     <t>20-11-2015 AVISO DE LICITAÇÃO Unidade: 1091040 Modalidade: Pregão eletrônico. Recebimento das propostas: até às 10 horas do dia 04/12/2015. Início da disputa de preços: às 10 horas do dia 04/12/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 19 de dezembro de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 15-12-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote único: Primeira Engenharia Ltda - EPP, CNPJ 14.920.928/0001-07. Belo Horizonte, 14 de dezembro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- processo 083_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2905/download;
  edital_processo_83_2015_servicos_avaliacao_conformidade_projeto_Ipatinga_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2851/download;
  processo83_2015_anexos_caderno de especificacao tecnica.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2852/download;
+ processo 083_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2905/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 82 / 2015</t>
   </si>
   <si>
     <t>11/11/2015</t>
   </si>
   <si>
     <t>Aquisição de sistema de automação e controle (controle de acesso), circuito interno de TV, cercas elétricas e vídeo porteiro, com e sem instalação, manutenção e assistência técnica, para diversas sedes do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 79 </t>
   </si>
   <si>
     <t xml:space="preserve">AQUISIÇÃO, INSTALAÇÃO, MANUTENÇÃO E ASSISTÊNCIA TÉCNICA DE SISTEMA DE CONTROLE DE ACESSO EM BELO HORIZONTE - MG </t>
   </si>
   <si>
     <t xml:space="preserve">SISPONTO TECNOLOGIA EIRELI - EPP </t>
   </si>
   <si>
     <t>80.000,00</t>
   </si>
   <si>
     <t>11-11-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 24/11/2015. Início da disputa de preços: às 10 horas do dia 24/11/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 17-12-2015 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Recorrente: ULTRASERVER COMÉRCIO E SERVIÇOS DE TECNOLOGIA LTDA. - EPP Síntese da decisão: Conheço dos recursos interpostos para, no mérito, desprovê-los pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e nos sites www.mpmg.mp.br e www.compras.mg.gov.br. Data prevista para retomada da sessão do pregão referente aos lotes 3 e 11: às 15 horas do dia 17 de dezembro de 2015. Belo Horizonte, 16 de dezembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 18-12-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lotes 1 e 2: SISPONTO TECNOLOGIA EIRELI - EPP CNPJ 04.672.602/0001-46 Lote 3: A PONTO RÁPIDO EIRELI - ME CNPJ 05.541.928/0001-05 Lotes 4, 5 e 9: PHOENIX TECNOLOGIA EM SEGURANÇA ELETRÔNICA LTDA. CNPJ 13.737.510/0001-98 Lotes 6, 7, 8 e 15: EFICAZ SEGURANÇA ELETRÔNICA LTDA. - EPP CNPJ 02.102.203/0001-14 Lotes 10, 11, 14 e 16: HSP SERVIÇOS LTDA. CNPJ 00.253.251/0001-88 Lotes 12 e 13: ALL SERV LIMITADA - ME CNPJ 02.787.154/0001-09 Belo Horizonte, 17 de dezembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  processo82_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2822/download;
- processo 082_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2911/download;
  edital_processo82_2015_aquisicao_instalacao_sistema_de_seguranca_NSP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2821/download;
  processo82_decisao_recursos_Ultraserver_especificacoes_tecnicas_indeferimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2910/download;
+ processo 082_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2911/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">AQUISIÇÃO E INSTALAÇÃO DE SISTEMA DE CONTROLE DE ACESSO EM BARBACENA - MG </t>
   </si>
   <si>
     <t>14.200,00</t>
   </si>
   <si>
     <t xml:space="preserve">AQUISIÇÃO E INSTALAÇÃO DE CFTV EM BELO HORIZONTE - MG </t>
   </si>
   <si>
     <t xml:space="preserve">A PONTO RÁPIDO LTDA. - ME </t>
   </si>
   <si>
     <t>25.700,00</t>
   </si>
   <si>
     <t xml:space="preserve">AQUISIÇÃO E INSTALAÇÃO DE CFTV EM ARCOS - MG </t>
   </si>
   <si>
     <t xml:space="preserve">PHOENIX TECNOLOGIA EM SEGURANÇA ELETRÔNICA LTDA. </t>
   </si>
   <si>
     <t>17.185,00</t>
@@ -661,52 +661,52 @@
   </si>
   <si>
     <t>03/07/2015</t>
   </si>
   <si>
     <t>Aquisição de equipamentos eletrodomésticos e bebedouros</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 32 </t>
   </si>
   <si>
     <t xml:space="preserve">PURIFICADOR DE ÁGUA E BEBEDOUROS </t>
   </si>
   <si>
     <t xml:space="preserve">PRESTOBAT LTDA. </t>
   </si>
   <si>
     <t>713.439,31</t>
   </si>
   <si>
     <t>03-07-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 16/07/2015. Início da disputa de preços: às 10 horas do dia 16/07/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 08-08-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1: Prestobat Ltda. - EPP CNPJ 65.313.538/0001-00 Lote 2: AL Comércio de Materiais de Escritório Ltda. - ME CNPJ 08.326.889/0001-03 Lote 3: Tecidos e Armarinhos Miguel Bartolomeu S/A CNPJ 17.359.233/0001-88 Lote 4: Marcelo Eustáquio de Oliveira 22109170697 - ME CNPJ 18.132.510/0001-88 Belo Horizonte, 6 de agosto de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ planejamento_ 080_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2880/download;
  pl080_2015_RP_equipamentos_eletrodom?sticos_bebedouros_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2570/download;
- planejamento_ 080_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2880/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CIRCULADOR DE AR </t>
   </si>
   <si>
     <t xml:space="preserve">AL COMÉRCIO DE MATERIAIS DE ESCRITÓRIO LTDA - ME </t>
   </si>
   <si>
     <t>180,00</t>
   </si>
   <si>
     <t xml:space="preserve">FOGÃO E REFRIGERADOR </t>
   </si>
   <si>
     <t xml:space="preserve">TECIDOS E ARMARINHOS MIGUEL BARTOLOMEU S/A </t>
   </si>
   <si>
     <t>198.975,31</t>
   </si>
   <si>
     <t xml:space="preserve">MÁQUINA DE FAZER CAFÉ </t>
   </si>
   <si>
     <t xml:space="preserve">MARCELO EUSTÁQUIO DE OLIVEIRA LTDA </t>
@@ -720,52 +720,52 @@
   <si>
     <t>04/11/2015</t>
   </si>
   <si>
     <t>Aquisição de materiais para sinalização visual, com e sem instalação.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 76 </t>
   </si>
   <si>
     <t xml:space="preserve">PLACAS DE IDENTIFICAÇÃO, SEM INSTALAÇÃO </t>
   </si>
   <si>
     <t xml:space="preserve">PLAKAS INDÚSTRIA E COMÉRCIO LTDA - EPP </t>
   </si>
   <si>
     <t>71.315,00</t>
   </si>
   <si>
     <t>04-11-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 17/11/2015. Início da disputa de preços: às 10 horas do dia 17/11/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 06-11-2015 ESCLARECIMENTOS ATENÇÃO - DISPONIBILIZAÇÃO DE FOTOS - Foram disponibilizadas abaixo fotos de alguns itens desta licitação. ----------------------------- 03-12-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: Plakas Indústria e Comércio Ltda. - EPP CNPJ 22.412.985/0001- 03 Lote 2: Sinal Com - Sinalização Viária e Comunicação Visual Ltda. - ME CNPJ 06.331.890/0001-09 Lote 3: Maker Comunicação Visual Ltda. - EPP CNPJ 05.650.294/0001- 10 Belo Horizonte, 24 de novembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  processo 080_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2879/download;
+ processo80_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2808/download;
  edital_processo80_2015_aquisicao_materiais_sinalizacao_visual_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2806/download;
- processo80_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2808/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">FAIXA, ADESIVOS E LETRAS ADESIVAS, COM E SEM INSTALAÇÃO </t>
   </si>
   <si>
     <t xml:space="preserve">SINAL COM - SINALIZAÇÃO VIÁRIA E COMUNICAÇÃO VISUAL LTDA - ME </t>
   </si>
   <si>
     <t>7.780,00</t>
   </si>
   <si>
     <t xml:space="preserve">LETREIROS, SEM INSTALAÇÃO </t>
   </si>
   <si>
     <t xml:space="preserve">MAKER COMUNICAÇÃO VISUAL LTDA - EPP </t>
   </si>
   <si>
     <t>12.780,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 79 / 2015</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de mobiliários diversos e apoio de antebraço.</t>
@@ -827,95 +827,95 @@
   </si>
   <si>
     <t xml:space="preserve">APOIO PARA ANTEBRAÇO </t>
   </si>
   <si>
     <t>84,60</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento e instalação de condicionadores de ar, com fornecimento de mão de obra e materiais, em edificações ocupadas pelo Ministério Público, em todo o Estado de Minas Gerais e aquisição de climatizadores de ar.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 84 </t>
   </si>
   <si>
     <t xml:space="preserve">AQUISIÇÃO DE CLIMATIZADORES DE AR. </t>
   </si>
   <si>
     <t>4.950,00</t>
   </si>
   <si>
     <t>20-11-2015 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 03/12/2015. Início da disputa de preços: às 10 horas do dia 03/12/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 19 de novembro de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 12-12-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, nos quais foram vencedores e adjudicatários os licitantes: Lote 1: AL Comércio de Materiais de Escritório Ltda -ME - CNPJ 08.326.889/0001-03. Lote 2: Tecno Térmica Engenharia Ltda - EPP, CNPJ 01.526.218/0001-47. Belo Horizonte, 11 de dezembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo79_2015_anexos_caderno de documentacao tecnica_planilhas_BDI.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2850/download;
+ edital_processo_79_2015_aquisicao_instalacao_ar condicionado_climatizador_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2845/download;
  processo_79_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2916/download;
- edital_processo_79_2015_aquisicao_instalacao_ar condicionado_climatizador_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2845/download;
- processo79_2015_anexos_caderno de documentacao tecnica_planilhas_BDI.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2850/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">AQUISIÇÃO E INSTALAÇÃO DE CONDICIONADORES DE AR. </t>
   </si>
   <si>
     <t xml:space="preserve">TECNO TÉRMICA ENGENHARIA LTDA - EPP </t>
   </si>
   <si>
     <t>155.123,00</t>
   </si>
   <si>
     <t>78 / 2015</t>
   </si>
   <si>
     <t>04/07/2015</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE CARRINHOS DIVERSOS</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 34 </t>
   </si>
   <si>
     <t xml:space="preserve">CARRINHOS DIVERSOS PARA TRANSPORTE </t>
   </si>
   <si>
     <t xml:space="preserve">INDUSTRIA E COMERCIO DE ARTEFATOS DE ARAME REI ART LTDA.-ME </t>
   </si>
   <si>
     <t>150.000,00</t>
   </si>
   <si>
     <t>04-07-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 20/07/2015. Início da disputa de preços: às 10 horas do dia 20/07/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 3 de julho de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 07-07-2015 COMUNICAÇÃO ATENÇÃO-DISPONIBILIZAÇÃO DAS FOTOS (MODELOS)-PLANEJAMENTO 78/2015-REGISTRO DE PREÇOS PARA AQUISIÇÃO DE CARRINHOS Informamos que foram disponibilizadas, na presente data (07/07/15), as fotos dos modelos referentes aos itens 1, 2 e 3 do lote 1 "Carrinhos Diversos para Transporte", neste site, no arquivo "Zip" abaixo-MODELOS-CARRINHOS-LOTE 1. ----------------------------- 16-07-2015 COMUNICAÇÃO ATENÇÃO-DISPONIBILIZAÇÃO DAS FOTOS (MODELOS)-PLANEJAMENTO 78/2015-REGISTRO DE PREÇOS PARA AQUISIÇÃO DE CARRINHOS Informamos que foram disponibilizadas, na presente data (16/07/15), as fotos dos modelos referentes ao lote 2 "Carrinhos para Garçom/café", neste site, no arquivo "Exe" abaixo-MODELOS-CARRINHOS-LOTE 2. ----------------------------- 20-08-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e seu preço registrado o licitante: Lote 1 - Indústria e Comércio de Artefatos de Arame Rei Art Ltda. ME CNPJ 02.256.532/0001-10 O lote 2 resultou 'fracassado' por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 19 de agosto de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ MODELOS - CARRINHOS - LOTE 1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2585/download;
  pl078_2015_RP_sem_participante_aquisicao_carrinhos_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2572/download;
- MODELOS - CARRINHOS - LOTE 1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2585/download;
+ processo 078_2015_ata_homolog_Rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2678/download;
  MODELOS - CARRINHOS - LOTE 2.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2631/download;
- processo 078_2015_ata_homolog_Rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2678/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CARRINHO PARA GARÇOM/CAFÉ </t>
   </si>
   <si>
     <t xml:space="preserve"> 78 / 2015</t>
   </si>
   <si>
     <t>27/10/2015</t>
   </si>
   <si>
     <t>Aquisição de drone - veículo aéreo não tripulado.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 75 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de drone - veículo aéreo não tripulado. </t>
   </si>
   <si>
     <t>27-10-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 11/11/2015. Início da disputa de preços: às 10 horas do dia 11/11/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Licitação no site www.compras.mg.gov.br ----------------------------- 18-11-2015 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 13 de novembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -975,142 +975,142 @@
   </si>
   <si>
     <t xml:space="preserve"> 76 / 2015</t>
   </si>
   <si>
     <t>20/10/2015</t>
   </si>
   <si>
     <t>Aquisição de placas de patrimônio.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 74 </t>
   </si>
   <si>
     <t xml:space="preserve">PLACAS DE PATRIMÔNIO </t>
   </si>
   <si>
     <t>5.850,00</t>
   </si>
   <si>
     <t>20-10-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 03/11/2015. Início da disputa de preços: às 10 horas do dia 03/11/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 14-11-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote Único: Maker Comunicação Visual Ltda. - EPP CNPJ 05.650.294/0001-10 Belo Horizonte, 12 de novembro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo 076_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2825/download;
  edital_processo76_2015_aquisicao_placas_patrimoniais_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2782/download;
- processo 076_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2825/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 75 / 2015</t>
   </si>
   <si>
     <t>10/10/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de obra de edificação da Sede das Promotorias de Justiça de Governador Valadares, com fornecimento de mão de obra e materiais.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 3 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de obra de edificação da Sede das Promotorias de Justiça de Governador Valadares, com fornecimento de mão de obra e materiais. </t>
   </si>
   <si>
     <t xml:space="preserve">SENGEL CONSTRUÇÕES LTDA. </t>
   </si>
   <si>
     <t>21.873.374,00</t>
   </si>
   <si>
     <t>10-10-2015 AVISO DE LICITAÇÃO Recebimento dos envelopes: até às 9 horas e 30 minutos do dia 13/11/2015, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 10 horas do dia 13/11/2015, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 29-10-2015 ESCLARECIMENTOS PERGUNTA 1: Conforme item 8.2.1 deve ser apresentada a planilha detalhada da proposta , de acordo com o modelo de - PLANILHA DE ORÇAMENTO -, fornecido pela Procuradoria-Geral de Justiça. Nos arquivos fornecidos não encontramos nenhuma planilha com este nome, a planilha que ser refere este item do edital é a planilha com nome - 11-MODELO Geral-rev00-MP1.xls? RESPOSTA: Sim. ----------------------------- 29-10-2015 ESCLARECIMENTOS PERGUNTA 2: Item 8.2.2 do edital diz que deve ser apresentada: -Composição de custos para cada item e subitem da planilha detalhada, conforme modelo fornecido pela Contratante, com discriminação de valores dos materiais, mão de obra, dos coeficientes de produtividade, de consumo e do BDI, exceto para as instalações referentes aos projetos complementares (elétricas, voz/dados, hidrossanitárias etc)- . Sendo assim, devemos apresentar composições de custo para os itens da planilha -11-MODELO Geral-rev00-MP1.xls - não sendo necessário a apresentação de custo para as planilhas dos projetos complementares, sendo estas: -10-MODELO-Planilha IMPERMEABILIZAÇÃO-rev00-MP1.xls ; 9-MODELO-Planilha CLIMATIZAÇÃO-rev00-MP1.xls; 8-MODELO-Planilha PCI-rev00-MP1.xls; 7-MODELO-Planilha HIDROSSANITÁRIO-rev00-MP1.xls; 6-MODELO-Planilha DET ALARME INC-rev00-MP1.xls; 5-MODELO-Planilha SEGURANÇA-rev00-MP1.xls; 4-MODELO-Planilha SPDA-rev00-MP1.xlsx; 3-MODELO-Planilha CABEAMENTO-rev00-MP1.xlsx; 2-MODELO-Planilha INST ELÉTRICA-rev00-MP1.xls; 1-MODELO-Planilha Estrutural-rev00-MP1.xls -. Nosso entendimento está correto? RESPOSTA: Apresentar composições de custo para os itens da planilha 11-MODELO Geral-rev00-MP1.xls. É necessário a apresentação dos custos para as planilhas dos projetos complementares, sendo estas: 10-MODELO-Planilha IMPERMEABILIZAÇÃO-rev00-MP1.xls ; 9-MODELO-Planilha CLIMATIZAÇÃO-rev00-MP1.xls; 8-MODELO-Planilha PCI-rev00-MP1.xls; 7-MODELO-Planilha HIDROSSANITÁRIO-rev00-MP1.xls; 6-MODELO-Planilha DET ALARME INC-rev00-MP1.xls; 5-MODELO-Planilha SEGURANÇA-rev00-MP1.xls; 4-MODELO-Planilha SPDA-rev00-MP1.xlsx; 3-MODELO-Planilha CABEAMENTO-rev00-MP1.xlsx; 2-MODELO-Planilha INST ELÉTRICA-rev00-MP1.xls; 1-MODELO-Planilha Estrutural-rev00-MP1.xls. ----------------------------- 29-10-2015 ESCLARECIMENTOS PERGUNTA 3: Nos projetos disponibilizado não há detalhamento das esquadrias. Na planilha de orçamento, nos itens de esquadria de alumínio (itens 7.3.2), mencionam que as esquadrias devem ser - conforme detalhamento arquitetônico-. Favor disponibilizar o detalhamento. RESPOSTA:Vide - QUADRO DE ESQUADRIAS - prancha 02/18 e -FACHADAS - pranchas 17/18 e 18/18. Maiores detalhamentos serão fornecidos durante a obra. ----------------------------- 29-10-2015 COMUNICAÇÃO Comunicamos que, em resposta a questionamento formulado por empresa interessada em participar desta licitação, foi publicado nesta página, na presente data, arquivo contendo o -Caderno de Louças, Metais e Acessórios-, disponibilizado pela Superintendência de Engenharia e Arquitetura deste Órgão. ----------------------------- 03-11-2015 ESCLARECIMENTOS PERGUNTA: Pedimos que esta CPL confirme que a prova de capacidade técnica operacional da licitante se dará com a apresentação de Acervos (Atestado registrado no CREA + CAT) em nome dos profissionais que compõe o quadro técnico da empresa, com o seu vínculo com a licitante devidamente comprovado, em atendimento as Normas do TCU. RESPOSTA: A capacidade técnico-operacional, cuja comprovação está sendo exigida no subitem 4.2 do Anexo III desta licitação, poderá ser comprovada tão somente por meio de atestados de capacidade técnica emitidos EM NOME DA PESSOA JURÍDICA licitante, acompanhados da respectiva certidão para fins de licitação do CREA. ----------------------------- 03-11-2015 ESCLARECIMENTOS PERGUNTA 1: No edital de licitação no item 9 nos informam "BDI de 25,68% exceto para os subitens 17.1.1 a 17.1.17, 18.1, 23.1 e 23.2 para os quais o BDI adotado foi de 16,08%". Não identificamos os itens 23.1 e 23.2 na Planilha geral no arquivo Planilha geral?rev00-MP1.pdf. Gentileza, esclarecer. RESPOSTA: No item 9 do Projeto Básico do Edital, ONDE SE LÊ 23.1 e 23.2, LEIA-SE 12.4.26 e 12.4.27. PERGUNTA 2: Identificamos no projeto estrutural a nota do calculista referente as medidas do preparo e lançamento do concreto em grandes volumes que ocorrerão nos blocos de fundação com volumes de ate 190 m³ em um único bloco, no entanto não existe na planilha a quantificação dos serviços que envolverão essas concretagens. Como deveremos proceder? RESPOSTA: Na Planilha Orçamentária de Venda-Estrutural, item 5.1 (FUNDAÇÃO PROFUNDA), subitem 5.1.8, já estão contempladas as quantidades necessárias para a execução dos referidos blocos. Quanto às medidas do preparo, lançamento e controle do concreto em grandes volumes, essas deverão seguir rigorosamente as recomendações de projeto e exigências normativas para sua boa execução, sendo os seus custos necessários considerados na composição do custo unitário do referido subitem. PERGUNTA 3: Vimos por meio deste solicitar esclarecimento quanto à utilização do modelo de composição de custos fornecido pela Procuradoria-Geral de Justiça, referente à concorrência supra citada. Podemos utilizar o nosso padrão de composição de custos? RESPOSTA: A empresa poderá utilizar modelo próprio de composição de custos. ----------------------------- 09-11-2015 ESCLARECIMENTOS PERGUNTA 1 - Em relação aos ensaios que devem ser realizados, no memorial descritivo de estrutura diz ?Em se tratando de fundações profundas à base de estacas, obriga-se a CONTRATADA a realizar, pelo menos, duas provas de carga para cada tipo de estaca, em locais previamente designados pela FISCALIZAÇÃO, sobre estacas de blocos distintos.? A planilha de orçamento não contempla a execução de nenhum ensaio nas estacas tipo hélice continua. De que forma devemos proceder diante desta divergência? PERGUNTA 2 - Conforme memorial descritivo de estrutura deve ser feito controle de recalque das estacas, porém este serviço não é previsto em planilha de orçamento. De que forma devemos proceder diante desta divergência? RESPOSTA AOS QUESTIONAMENTOS ACIMA: A Superintendência de Engenharia e Arquitetura deste Órgão, setor técnico responsável pela elaboração dos orçamentos e projetos desta licitação e pela análise da imprescindibilidade dos serviços que os compõem esclarece: - Em resposta aos questionamentos, informamos que o licitante deve considerar os itens planilhados. ----------------------------- 10-11-2015 COMUNICAÇÃO Comunicamos que, em resposta a questionamento formulado por empresa interessada em participar desta licitação, foi publicado nesta página, em 10/11/2015, arquivo contendo Planilha de Composição de Preços Unitários, disponibilizado pela Superintendência de Engenharia e Arquitetura deste Órgão. ----------------------------- 11-11-2015 ESCLARECIMENTOS PERGUNTA 1-"Solicitamos as composições de preços unitários constantes das planilhas de preços dos serviços que não constam das tabelas de preços do SINAPI, SETOP e SUDECAP?" RESPOSTA 1-As planilhas foram disponibilizadas na presente data (11/11/15), no site da Procuradoria-Geral de Justiça, acesso www.mpmg.mp.br, "Acesso à Informação", "Licitações". PERGUNTA 2-"As composições de preços unitários que terão de ser apresentadas referem-se SOMENTE aos itens da planilha geral que constam CPU ou inclusive os itens pinçados das tabelas de preços do SETOP, SINAPI e SUDECAP?" RESPOSTA 2-Apresentar as composições de preços unitários referentes apenas aos itens da planilha geral que constam CPU. PERGUNTA 3-"Solicitamos as composições de BDI utilizados nas composições?" RESPOSTA 3-A planilha de composição de custo do BDI foi disponibilizada na presente data (11/11/15), no site da Procuradoria-Geral de Justiça, acesso www.mpmg.mp.br, "Acesso à Informação", "Licitações". PERGUNTA 4-"O item 19.1.1 ? Plantio de grama em placas tipo Esmeralda, inclusive terra vegetal e adubo-têm-se a quantidade de 35 m² com valor unitário de R$ 19,48 e valor total de R$ 542,54, porém o valor total não coincide com a multiplicação de 35m² x R$ 19,48, dando um valor total de R$ 681,80. Qual seria os valores corretos referente a esse item?" RESPOSTA 4-Para o item 19.1.1, favor considerar o quantitativo de 27, 851m², uma vez que houve um erro material. ----------------------------- 20-11-2015 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO Licitantes habilitados: Construtora Abapan Ltda., CNPJ 79.957.791/0001-00 Construtora Cinzel S/A, CNPJ 19.733.914/0001-90; KTM Administração e Engenharia Ltda., CNPJ 26.279.935/0001-42 Sengel Construções Ltda., CNPJ 17.723.933/0001-00; Licitantes inabilitados: Alcance Engenharia e Construção Ltda., CNPJ 20.501.854/0001-69 Construtora Diretriz Ltda., CNPJ 04.357.574/0001-72 Construtora Gomes Pimentel Ltda., CNPJ 41.699.364/0001-99 Enel - Engenharia e Empreendimentos Ltda., CNPJ 42.838.250/0001-45 Os motivos das inabilitações constam da ata de julgamento da documentação, a qual estará disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Nos termos do art. 109, I, a, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento da documentação. A data prevista para realização da sessão de abertura dos envelopes contendo as propostas das empresas habilitadas será oportunamente comunicada a todos os interessados mediante publicação no Diário Oficial do Ministério Público do Estado de Minas Gerais (DOMP/MG). Belo Horizonte, 19 de novembro de 2015. Matheus de Oliveira Dande Presidente da Comissão Permanente de Licitação ----------------------------- 28-11-2015 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO E COMUNICAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a interposição de recursos administrativos por parte das empresas Construtora Cinzel S/A, CNPJ 19.733.914/0001-90, Sengel Construções Ltda., CNPJ 17.723.933/0001-00, Construtora Diretriz Ltda., CNPJ 04.357.574/0001-72, e Enel Engenharia e Empreendimentos Ltda., CNPJ 42.838.250/0001-45, contra a decisão de habilitação/inabilitação das seguintes empresas: Construtora Abapan Ltda., CNPJ 79.957.791/0001-00; KTM Administração e Engenharia Ltda., CNPJ 26.279.935/0001-42; Construtora Diretriz Ltda., CNPJ 04.357.574/0001-72; Enel Engenharia e Empreendimentos Ltda., CNPJ 42.838.250/0001-45 As razões dos recursos administrativos estarão disponíveis para consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Nos termos do art. 109, § 3º, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para que as demais empresas licitantes interessadas apresentem impugnações aos recursos interpostos. A data prevista para abertura das propostas é dia 14 de dezembro de 2015, às 10 horas, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. *Observação: caso os recursos sejam providos ou havendo necessidade administrativa, a data prevista para abertura das propostas poderá ser alterada por meio de nova publicação no Diário Oficial do Ministério Público do Estado de Minas Gerais (DOMP/MG). Belo Horizonte, 30 de novembro de 2015. Matheus de Oliveira Dande Presidente da Comissão Permanente de Licitação ----------------------------- 11-12-2015 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Recorrente: Sengel Construções Ltda. Recorridas: Construtora Abapan Ltda. e KTM Administração e Engenharia Ltda. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Comissão Permanente de Licitação. Recorrente: Construtora Cinzel S.A. Recorridas: Construtora Abapan Ltda. e KTM Administração e Engenharia Ltda. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Comissão Permanente de Licitação. Recorrente: Construtora Diretriz Ltda. Síntese da decisão: Conheço parcialmente do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Comissão Permanente de Licitação. Recorrente: Enel Engenharia e Empreendimentos Ltda. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Comissão Permanente de Licitação. A íntegra das decisões encontra-se disponível nos autos do processo licitatório e nos endereços eletrônicos www.mpmg.mp.br e www.compras.mg.gov.br. A sessão de abertura das propostas fica mantida para o dia 14 de dezembro de 2015, às 10 horas, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. Belo Horizonte, 10 de dezembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 17-12-2015 RESULTADO DO JULGAMENTO DAS PROPOSTAS E COMUNICAÇÃO Propostas classificadas: 1ª colocada: Sengel Construções Ltda., CNPJ 17.723.933/0001-00; 2ª colocada: KTM Administração e Engenharia Ltda., CNPJ 26.279.935/0001-42; 3ª colocada: Construtora Cinzel S.A., CNPJ 19.733.914/0001-90; 4ª colocada: Construtora Abapan Ltda., CNPJ 79.957.791/0001-00; Fica declarada vencedora do certame a empresa Sengel Construções Ltda., CNPJ 17.723.933/0001-00. Nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento das propostas. A ata de julgamento das propostas estará disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Belo Horizonte, 16 de dezembro de 2015. Matheus de Oliveira Dande Presidente da Comissão Permanente de Licitação ----------------------------- 24-12-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedora e adjudicatária a licitante: Sengel Construções Ltda. - CNPJ 17.723.933/0001-00, no lote único. Belo Horizonte, 23 de dezembro de 2015. Waldemar Antônio de Arimateia Procurador-Geral de Justiça em exercício</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- processo75_2015_impugnacao_Sengel (Diretriz).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2888/download;
-[...15 lines deleted...]
- processo75_2015_anexo_Composicao de custos BDI e Planilha Geral.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2817/download;
+ pl_75_2015_ata_sessao_de_abertura_habilitacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2826/download;
  processo75_2015_ata de reuniao_ julgamento da documentacao de habilitacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2854/download;
  processo75_2015_esclarecimentos_KTM Administracao e Engenharia Ltda..pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2855/download;
- pl_75_2015_ata_sessao_de_abertura_habilitacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2826/download;
  processo75_2015_recurso_Construtora_Cinzel.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2894/download;
  processo75_2015_recurso_Construtora_Diretriz.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2895/download;
  processo75_2015_recurso_Enel_Engenharia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2896/download;
  processo75_2015_recurso_Sengel_Construcoes.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2897/download;
  processo75_2015_resultado_recurso_construtora_cinzel.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2898/download;
- processo75_2015_resultado_recurso_construtora_diretriz.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2899/download;
-[...1 lines deleted...]
- processo75_2015_resultado_recurso_sengel_construcoes.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2901/download;
+ processo75_2015_contrarrazoes_Abapan (Cinzel e Sengel).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2885/download;
+ processo75_2015_contrarrazoes_KTM (Cinzel).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2886/download;
+ processo75_2015_contrarrazoes_KTM (Sengel).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2887/download;
+ processo75_2015_impugnacao_Sengel (Diretriz).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2888/download;
+ processo75_2015_impugnacao_Sengel (Enel).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2889/download;
+ processo75_2015_Caderno de Loucas, Metais e Acessorios.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2802/download;
+ processo75_2015_anexo_Composicao de custos BDI e Planilha Geral.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2817/download;
+ processo75_2015_anexo_composicao_custos_unitarios.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2813/download;
  edital_processo75_2015_contratacao_obra_Governador_Valadares_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2752/download;
  processo75_2015_anexos1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2755/download;
  processo75_2015_anexos2_ARQ.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2756/download;
  processo75_2015_anexos3_EST.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2757/download;
  processo75_2015_anexos4_ELE.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2758/download;
  processo75_2015_anexos5_ENE.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2759/download;
  processo75_2015_anexos6_TEL.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2760/download;
  processo75_2015_anexos7_PDA.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2761/download;
+ processo75_2015_anexos14_IMP.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2768/download;
+ processo75_2015_anexos8_SEG.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2762/download;
+ processo75_2015_anexos9_DTI.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2763/download;
+ processo75_2015_anexos10_HID.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2764/download;
+ processo75_2015_anexos11_INC.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2765/download;
+ processo75_2015_anexos12_CLI.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2766/download;
+ processo75_2015_anexos13_TER.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2767/download;
+ pl_75_2015_ata_sessao_de_abertura_proposta.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2903/download;
+ processo75_2015_resultado_recurso_construtora_diretriz.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2899/download;
+ processo75_2015_resultado_recurso_enel_engenharia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2900/download;
+ processo75_2015_resultado_recurso_sengel_construcoes.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2901/download;
+ processo75_2015_ata_julgamento_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2909/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 74 / 2015</t>
   </si>
   <si>
     <t>16/10/2015</t>
   </si>
   <si>
     <t>Aquisição de licenças de uso de softwares, incluindo suporte e atualizações.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 73 </t>
   </si>
   <si>
     <t xml:space="preserve">LICENÇA DE UPGRADE - AMBIENTE VMWARE </t>
   </si>
   <si>
     <t xml:space="preserve">SH HABERLI TECNOLOGIA - ME </t>
   </si>
   <si>
     <t>46.844,60</t>
   </si>
   <si>
-    <t>16-10-2015 COMUNICAÇÃO COMUNICADO IMPORTANTE: Informamos que, embora, por motivos técnicos, conste do SIAD a quantidade solicitada de 1(uma) unidade para todos os itens dos Lotes 1, 2 e 3, deverá ser considerado quando do lançamento da proposta no sistema os quantitativos estabelecidos no Edital, quais sejam: Lote 1 - LICENÇA DE UPGRADE - AMBIENTE VMWARE - item único: 04 quatro)unidades.*** Lote 2 - LICENÇA - AMBIENTE VMWARE - item único: 08 (oito) unidades. *** Lote 3 - LICENÇA DE USO DE SOFTWARE - AMBIENTE MICROSOFT: Item 1 - 08 (oito) unidades; Item 2 - 02 (duas) unidades; Item 3 - 40 (quarenta) unidades. Estamos à disposição para quaisquer esclarecimentos. ----------------------------- 16-10-2015 AVISO DE LICITAÇÃO Unidade: 1091040 - Recebimento das propostas: até às 10 horas do dia 29/10/2015. Início da disputa de preços: às 10 horas do dia 29/10/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 26-10-2015 ESCLARECIMENTOS PERGUNTA 1: "Lote 1- Entendemos que no item 1.1 do Lote 1 o órgão já possui 4 licenças e deseja fazer a renovação do suporte e direito de atualização fornecido pelo fabricante." RESPOSTA: Entendimento correto. O Ministério Público do Estado de Minas Gerais já possuí 4 licenças, VMWARE VSPHERE ENTERPRISE (part number BD740AAE, OEM HP), e está, através do referido PL 74/2015, requerendo Licenças de upgrade para VMWARE VSPHERE ENTERPRISE PLUS, incluindo suporte básico 9x5 com validade de 1 ano. PERGUNTA 2: "Lote 2 - Entendemos que para este item estará sendo adquiridas licenças novas." RESPOSTA: Entendimento correto. PERGUNTA 3: No ANEXO VI - TERMO DE REFERÊNCIA, subitem 6. Anexo I - Das especificações do Objeto, referente ao Lote 2 consta o seguinte: "...O prazo para entrega e instalação das licenças deverá ser de, no máximo, 30 (trinta) dias corridos, ...". Na fase de pesquisa de preços não foi informado a necessidade de instalação. Entendemos que devemos considerar o fornecimento apenas da licença e seu suporte, dispensando tal serviço. Está correto nosso entendimento? RESPOSTA: Informo que o entendimento do licitante está correto. ----------------------------- 27-10-2015 ESCLARECIMENTOS QUESTIONAMENTO: "Pedimos a gentileza de informar o número do Contrato fornecido pela VMware para que seja feito o orçamento conforme a vigência de cada contrato." RESPOSTA: Licenças OEM: VMWARE VSPHERE ENTERPRISE (part number BD740AAE) - Contrato Nr.113263391. Licenças OPEN: VMWARE VSPHERE ENTERPRISE PLUS - Contrato Nr.114771206. ----------------------------- 13-11-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1 - SH Haberli Tecnologia ME. CNPJ 12.007.998/0001-35. Lote 2 - Drive A Informática Ltda. CNPJ 00.677.870/0001-08. Lote 3 - Allen Rio Serviços e Comércio de Produtos de Informática Ltda. CNPJ 00.710.799/0001-00. Belo Horizonte, 5 de novembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
+    <t>16-10-2015 AVISO DE LICITAÇÃO Unidade: 1091040 - Recebimento das propostas: até às 10 horas do dia 29/10/2015. Início da disputa de preços: às 10 horas do dia 29/10/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 16-10-2015 COMUNICAÇÃO COMUNICADO IMPORTANTE: Informamos que, embora, por motivos técnicos, conste do SIAD a quantidade solicitada de 1(uma) unidade para todos os itens dos Lotes 1, 2 e 3, deverá ser considerado quando do lançamento da proposta no sistema os quantitativos estabelecidos no Edital, quais sejam: Lote 1 - LICENÇA DE UPGRADE - AMBIENTE VMWARE - item único: 04 quatro)unidades.*** Lote 2 - LICENÇA - AMBIENTE VMWARE - item único: 08 (oito) unidades. *** Lote 3 - LICENÇA DE USO DE SOFTWARE - AMBIENTE MICROSOFT: Item 1 - 08 (oito) unidades; Item 2 - 02 (duas) unidades; Item 3 - 40 (quarenta) unidades. Estamos à disposição para quaisquer esclarecimentos. ----------------------------- 26-10-2015 ESCLARECIMENTOS PERGUNTA 1: "Lote 1- Entendemos que no item 1.1 do Lote 1 o órgão já possui 4 licenças e deseja fazer a renovação do suporte e direito de atualização fornecido pelo fabricante." RESPOSTA: Entendimento correto. O Ministério Público do Estado de Minas Gerais já possuí 4 licenças, VMWARE VSPHERE ENTERPRISE (part number BD740AAE, OEM HP), e está, através do referido PL 74/2015, requerendo Licenças de upgrade para VMWARE VSPHERE ENTERPRISE PLUS, incluindo suporte básico 9x5 com validade de 1 ano. PERGUNTA 2: "Lote 2 - Entendemos que para este item estará sendo adquiridas licenças novas." RESPOSTA: Entendimento correto. PERGUNTA 3: No ANEXO VI - TERMO DE REFERÊNCIA, subitem 6. Anexo I - Das especificações do Objeto, referente ao Lote 2 consta o seguinte: "...O prazo para entrega e instalação das licenças deverá ser de, no máximo, 30 (trinta) dias corridos, ...". Na fase de pesquisa de preços não foi informado a necessidade de instalação. Entendemos que devemos considerar o fornecimento apenas da licença e seu suporte, dispensando tal serviço. Está correto nosso entendimento? RESPOSTA: Informo que o entendimento do licitante está correto. ----------------------------- 27-10-2015 ESCLARECIMENTOS QUESTIONAMENTO: "Pedimos a gentileza de informar o número do Contrato fornecido pela VMware para que seja feito o orçamento conforme a vigência de cada contrato." RESPOSTA: Licenças OEM: VMWARE VSPHERE ENTERPRISE (part number BD740AAE) - Contrato Nr.113263391. Licenças OPEN: VMWARE VSPHERE ENTERPRISE PLUS - Contrato Nr.114771206. ----------------------------- 13-11-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1 - SH Haberli Tecnologia ME. CNPJ 12.007.998/0001-35. Lote 2 - Drive A Informática Ltda. CNPJ 00.677.870/0001-08. Lote 3 - Allen Rio Serviços e Comércio de Produtos de Informática Ltda. CNPJ 00.710.799/0001-00. Belo Horizonte, 5 de novembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_74_2015_aquisicao_licencas_softwares_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2775/download;
  processo 074_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2824/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LICENÇA - AMBIENTE VMWARE </t>
   </si>
   <si>
     <t xml:space="preserve">DRIVE A INFORMÁTICA LTDA </t>
   </si>
   <si>
     <t>213.856,00</t>
   </si>
   <si>
     <t xml:space="preserve">LICENÇA DE USO DE SOFTWARE - AMBIENTE MICROSOFT </t>
   </si>
   <si>
     <t xml:space="preserve">ALLEN RIO SERVIÇOS E COMÉRCIO DE PRODUTOS DE INFORMÁTICA LTDA </t>
   </si>
   <si>
     <t>188.088,00</t>
@@ -1120,97 +1120,97 @@
   </si>
   <si>
     <t>30/09/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de obra de edificação da Sede das Promotorias de Justiça de Viçosa, com fornecimento de mão de obra e materiais.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 2 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de obra de edificação da Sede das Promotorias de Justiça de Viçosa, com fornecimento de mão de obra e materiais. </t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUTORA ÚNICA LTDA </t>
   </si>
   <si>
     <t>3.798.142,75</t>
   </si>
   <si>
     <t>30-09-2015 AVISO DE LICITAÇÃO Recebimento dos envelopes: até às 12 horas do dia 04/11/2015, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 13 horas do dia 04/11/2015, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 02-10-2015 ESCLARECIMENTOS Comunicamos, a pedido do setor técnico competente (Superintendência de Engenharia e Arquitetura), que durante a formulação de suas propostas, os licitantes deverão desconsiderar o item que consta da linha 08.05.06 da Planilha de Venda - Instalações Elétricas (Luminária tipo arandela, com 1 lâmpada fluorescente compacta eletrônica de 20W, 127V-60Hz...). O presente esclarecimento se deve ao fato de que, por um equívoco formal da Superintendência de Engenharia e Arquitetura, o mencionado item constou indevidamente da planilha orçamentária. Ressalte-se que sua desconsideração não ocasionará qualquer alteração no custo previsto para contratação, uma vez que não fora atribuído valor a esse item, conforme se pode comprovar nas células "Preço Unitário" e "Preço Total" correspondentes à linha 08.05.06 da Planilha de Venda - Instalações Elétricas. Assim, por se tratar de erro meramente formal que não altera o valor máximo admitido para a contratação, comunicamos que o Edital não será alterado, sendo mantida a data para abertura das propostas. Matheus de Oliveira Dande Presidente da Comissão Permanente de Licitação ----------------------------- 07-10-2015 ESCLARECIMENTOS PERGUNTA 1: "A EMPRESA PARA QUAL EU TRABALHO POSSUI UM ATESTADO QUE ATENTE PLENAMENTE O ITEM 4.2.1 E 4.2.2, PORÉM PARA O ITEM 4.2.3 EM NOME DE PESSOA JURÍDICA A EMPRESA POSSUI 54,88 KVA, O QUE DE FATO NÃO ATENDERIA À SOLICITAÇÃO: PORÉM EM NOSSO QUADRO TÉCNICO DE FUNCIONÁRIOS E PERANTE AO CREA, TEMOS UM ENGENHEIRO ELETRICISTA COMO RESPONSÁVEL TÉCNICO PELA EMPRESA E QUE CASO PARTICIPEMOS DO PROCESSO SERÁ INDICADO COMO RESPONSÁVEL TÉCNICO PELA EXECUÇÃO DA PARTE ELÉTRICA DA OBRA E EFETIVAMENTE ACOMPANHARÁ A EXECUÇÃO DOS SERVIÇOS CONCERNENTES A SUAS ATRIBUIÇÃO JUNTO AO CREA MG, EM NOME DESTE ENGENHEIRO CONSTAM ATESTADOS DE ATÉ 6 VEZES SUPERIORES AO SOLICITADO. O MEU QUESTIONAMENTO É O SEGUINTE: SE EU PROVAR O VINCULO EMPREGATÍCIO DESTE PROFISSIONAL COM A MINHA EMPRESA, EU PODERIA UTILIZAR DOS ATESTADOS DELE, UMA VEZ QUE CONFORME O ARTIGO 48 DA RESOLUÇÃO 1.025/2009 DO CONFEA DIZ QUE A CAPACIDADE TÉCNICO-PROFISSIONAL DE UMA EMPRESA É REPRESENTADA PELO CONJUNTO DE ACERVOS TÉCNICOS DOS PROFISSIONAIS INTEGRANTES DO SEU QUADRO TÉCNICO." RESPOSTA: "Consoante consta expressamente do edital, os atestados de capacidade técnica exigidos no subitem 4.2 de seu Anexo III devem se referir à empresa (pessoa jurídica), e não ao profissional (pessoa física). Nesse sentido, em observância aos princípios da vinculação ao instrumento convocatório e do julgamento objetivo, eventuais atestados apresentados em nome do profissional (responsável técnico) não serão considerados para fins de comprovação dos requisitos de qualificação técnico-operacional (art. 30, II, da Lei Federal nº 8.666/93) constantes do subitem 4.2 do Anexo III do edital, mas tão somente para comprovação dos requisitos de qualificação técnico-profissional (art. 30, §1º, I, Lei Federal nº 8.666/93) constantes do subitem 4.8 do mesmo anexo." ----------------------------- 16-10-2015 ESCLARECIMENTOS Comunicamos, a pedido do setor técnico competente (Superintendência de Engenharia e Arquitetura), que durante a formulação de suas propostas, os licitantes deverão desconsiderar o item que consta da linha 15.3.2 da Planilha de Venda - Instalações Elétricas (Adaptador tipo rosca 5 fios...). O presente esclarecimento se deve ao fato de que, por um equívoco formal da Superintendência de Engenharia e Arquitetura, o mencionado item constou indevidamente da planilha orçamentária. Ressalte-se que sua desconsideração não ocasionará qualquer alteração no custo previsto para contratação, uma vez que não fora atribuído "Preço Total" a esse item, não sendo, portanto, computado no preço global previsto para contratação. Assim, por se tratar de erro meramente formal que não altera o valor máximo admitido para a contratação, comunicamos que o Edital não será alterado, sendo mantida a data para abertura das propostas. ----------------------------- 16-10-2015 ESCLARECIMENTOS PERGUNTA: Segundo o item 8.11.3 do edital serão desclassificadas as empresas que apresentarem preço global superior ao máximo constante do Anexo II, porém, nada é mencionado sobre desclassificação no caso de preços unitário de cada item e subitem da planilha serem superiores aos da planilha. Em nosso entendimento, caso o preço unitário orçado de algum serviço ultrapasse o preço unitário da planilha fornecida pela contratante, não implica em desclassificação, desde que o preço global não seja ultrapassado. Gostaria de esclarecer se esse entendimento está correto. RESPOSTA: No tocante aos preços unitários dos itens e subitens desta licitação, cumpre-nos esclarecer que os valores consignados nas planilhas orçamentárias serão tomados por esta Instituição como balizas de julgamento das propostas, no intuito de serem evitados possíveis superfaturamentos durante a execução contratual. Consigne-se que tais preços, ainda que não representem limites máximos, devem funcionar como referência para a formulação das propostas pelas empresas licitantes, uma vez que traduzem estimativas reais do valor de mercado dos itens e subitens que compõem o objeto licitado, calculadas a partir de dados extraídos de repositórios oficiais de preços. Nesse sentido, a apresentação de propostas com sobrepreços unitários que se mostrem desarrazoados e desproporcionais quando cotejados com aqueles constantes das planilhas orçamentárias desta licitação poderão ocasionar a desclassificação da empresa licitante, caso esta não consiga comprovar sua compatibilidade com os valores praticados pelo mercado à época do julgamento das propostas. Ressalte-se, por fim, que, no tocante ao preço global da obra, o valor previsto no edital é o preço máximo para contratação, não sendo admitido qualquer tipo de sobrepreço. ----------------------------- 16-10-2015 ESCLARECIMENTOS PERGUNTA: As composições de custos para cada item e subitem da planilha detalhada devem obrigatoriamente ser apresentadas no modelo fornecido pela contratante ou podem ser apresentadas em modelo próprio? RESPOSTA: As composições de custos poderão ser apresentadas em modelo próprio, desde que tenham discriminadas todas as informações constante no modelo apresentado, conforme item 8.2.2 do edital: Composição de custos para cada item e subitem da planilha detalhada, conforme modelo fornecido pela Contratante, com discriminação de valores dos materiais, mão de obra, dos coeficientes de produtividade, de consumo e do BDI, exceto para as instalações referentes aos projetos complementares (elétricas, voz/dados, hidrossanitárias etc). ----------------------------- 16-10-2015 ESCLARECIMENTOS PERGUNTA: Caso queira apresentar um documento com uma cópia autenticada e um documento com uma cópia simples a CPL poderá realizar sua autenticação? Ou somente cópia e original conforme dispõe item 7.1 do edital? Ex: tenho um atestado autenticado em cartório e uma cópia simples desse mesmo atestado a CPL poderá autentica-lo? RESPOSTA: Sim, a autenticação pela CPL poderá ser realizada mediante apresentação de documento autenticado em cartório. ----------------------------- 16-10-2015 ESCLARECIMENTOS Foi disponibilizado na presente data, na página da Procuradoria-Geral de Justiça de Minas Gerais (www.mpmg.mp.br) e no Portal de Compras de Minas Gerais (www.compras.mg.gov.br), arquivo contendo questionamentos realizados por interessados nesta licitação, com as respectivas respostas, elaboradas com o auxílio da Superintendência de Engenharia e Arquitetura e da Assessoria Jurídico-Administrativa deste Órgão, cujo teor pode interessar a todos os licitantes. ----------------------------- 26-10-2015 ESCLARECIMENTOS Comunicamos que, em resposta a questionamentos formulados por empresas interessadas em participar desta licitação, foram disponibilizadas nesta página, na presente data, as composições de custos relativas aos preços unitários constantes das planilhas orçamentárias que não foram obtidos por meio das tabelas oficiais (SETOP, SINAPI e SUDECAP). ----------------------------- 27-10-2015 ESCLARECIMENTOS PERGUNTA: Solicitamos o projeto de extensão de rede elétrica da CEMIG, conforme item 08.09.02 da planilha de instalações elétrica. RESPOSTA: O projeto da modificação da rede de distribuição de energia elétrica (estudo de rede, orçamento e carta-acordo) será elaborado pela própria CEMIG (proprietária da rede e detentora das informações necessárias) mediante solicitação da empresa contratada, em momento oportuno, após o início da obra. Esse projeto não é solicitado/elaborado antecipadamente porque depende de dados reais da época em que for executado, tais como: configuração da rede, consumidores existentes, preço da energia, etc. Desta forma, o preço considerado no item 08.09.02 da planilha de instalações elétricas foi estimado com base em experiências passadas. ----------------------------- 28-10-2015 ESCLARECIMENTOS 1) PERGUNTA: No item 8.2.2 está descrito que a composição de custo dos itens da planilha deverá ser feita em acordo com o modelo fornecido pela contratante, - exceto para as instalações referentes aos projetos complementares (Elétricas, voz/dados, hidrossanitárias etc)-. Devo entender que não é necessário apresentar a composição de custos para os itens de 8 a 16 da planilha de preços? Resposta: Sim. Não é necessária também para os itens 1, 2, 3, 5, 19 e 20. 2) PERGUNTA: O item 8.2.3 deve ser entendido como: apresentar planilha discriminada dos itens de 8 a 16 em anexo a planilha principal? Resposta: Sim. Inclusive para os itens 1, 2, 3, 5, 19 e 20." ----------------------------- 29-10-2015 ESCLARECIMENTOS Esclarecemos, a pedido da Superintendência de Engenharia e Arquitetura deste Órgão, que ficou oculta, na planilha orçamentária referente ao item 19 (LIMPEZA), a coluna relativa ao índice de correção (3,85%) que fora aplicado sobre os preços unitários dos seus subitens. Por essa razão, os resultados da multiplicação dos preços unitários desses subitens pelos respectivos quantitativos indicados na planilha não correspondem exatamente aos preços totais, uma vez que esses preços já estão corrigidos pelo índice retro citado. Ressalte-se que não há qualquer equívoco quanto aos valores indicados na planilha orçamentária em questão, mas tão somente omissão da coluna relativa ao índice de correção (3,85%), a qual fica suprida por meio deste esclarecimento. Em função da omissão quanto ao índice de correção (3,85%) aplicado sobre os preços relativos ao item 19 da planilha orçamentária, as composições de custos de seus subitens 19.1.1 e 19.2.3, disponibilizadas em 26/10/2015, devem ser desconsideradas. Na presente data, foram disponibilizadas novas composições de custos para esses subitens, já corrigidas pelo índice retro citado. ----------------------------- 29-10-2015 ESCLARECIMENTOS PERGUNTA 1: Gostaria de saber se a autenticação dos documentos por servidor da instituição será no dia da entrega/abertura ou deverá ser em dia anterior ao mesmo. RESPOSTA: Será realizada na data prevista em edital, quando da abertura dos envelopes de habilitação. PERGUNTA 2: Neste Edital menciona o Anexos VI - PROJETO BÁSICO, onde a partir o item 15. QUALIFICAÇÃO TÉCNICA, menciona varias exigências, ja solicitada na documentação, e também no item 17. EQUIPE DE APOIO, menciona vários engenheiros que devo ter como apoio técnico, pergunto, diante deste anexo, com as exigências já mencionadas acima eu devo apresentar alguma documentação e/ou declaração, ou usar este anexo somente como um documento informativo. RESPOSTA: Esclarecemos que no anexo VI ? Projeto Básico, a exigência da Qualificação Técnica mencionada no item 15 deverá ser atendida na fase licitatória; quanto ao item 17 ? Equipe de apoio - refere-se à fase contratual. ----------------------------- 29-10-2015 ESCLARECIMENTOS PERGUNTA: Foi publicada, em 19 de julho de 2013, a Lei n° 12.844/2013 que altera os artigos 7º, 8º, 9º e o Anexo I da Lei n° 12.546/2011 e o artigo 14, da Lei n° 11.774/2008, alterando os setores a serem beneficiados com o regime de desoneração da folha de pagamentos que substitui a contribuição previdenciária patronal de 20%, sobre o total da folha de pagamento pela contribuição previdenciária sobre a receita bruta. Com essa alteração, empresas com CNAE 412-Construção de Edifícios, em cuja categoria nossa empresa se enquadra, ficam sujeitas ao recolhimento da contribuição previdenciária à alíquota de 2% sobre o valor da receita bruta. A contribuição de 2% sobre a receita bruta é obrigatória nos casos de Ordens de Serviço emitidas a partir de 01/11/2013. Com isso, deve-se considerar a alíquota de 2% na composição do BDI, no item tributos.Analisando-se as composições de BDI da obra de edificação da Sede das Promotorias de Justiça de Viçosa, Edital de licitação PROCESSO: Nº 73/2015, percebemos que este imposto (CPRB = 2,0%) não foi considerado. Perguntamos: Podemos alterar os formulários de composição de BDI para incluir este tributo? RESPOSTA: Os formulários de composição de BDI podem ser alterados para incluir o referido tributo. ----------------------------- 07-11-2015 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO Licitantes habilitados: Alcance Engenharia e Construção Ltda., CNPJ 20.501.854/0001-69; Catedral Engenharia Ltda. - ME, CNPJ 10.704.018/0001-28; Construtora Cinzel S/A, CNPJ 19.733.914/0001-90; Construtora Império Ltda., CNPJ 04.565.082/0001-72; Construtora Itamaracá Ltda., CNPJ 30.018.048/0001-98; Construtora Única Ltda., CNPJ 03.583.785/0001-60; Esquadra Engenharia Ltda., CNPJ 07.291.916/0001-97; Lessa Engenharia Ltda. - EPP, CNPJ 08.736.950/0001-90; Ribeiro Alvim Engenharia Ltda., CNPJ 18.137.190/0001-59; Sengel Construções Ltda., CNPJ 17.723.933/0001-00; Tecaenge Engenharia Eireli, CNPJ 65.177.537/0001-77; Terra Engenharia e Construções Ltda. - EPP, CNPJ 04.647.524/0001-20. Licitante inabilitado: Pereira e Camilo Construtora Ltda. - EPP, CNPJ 04.318.240/0001-90; O motivo da inabilitação consta da ata de julgamento da documentação, a qual estará disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Nos termos do art. 109, I, a, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento da documentação. Data prevista para abertura das propostas: às 10 horas do dia 17 de novembro de 2015, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. *Observação: caso eventuais recursos sejam acatados ou havendo necessidade administrativa, poderá haver alteração da data para abertura das propostas. Nesse caso, haverá nova publicação nos mesmos moldes desta. Belo Horizonte, 06 de novembro de 2015. Matheus de Oliveira Dande Presidente da Comissão Permanente de Licitação ----------------------------- 17-11-2015 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO E COMUNICAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a interposição de recursos administrativos por parte das empresas Ribeiro Alvim Engenharia Ltda., CNPJ 18.137.190/0001-59, e Sengel Construções Ltda., CNPJ 17.723.933/0001-00, contra a decisão de habilitação/inabilitação das seguintes empresas: Alcance Engenharia e Construção Ltda., CNPJ 20.501.854/0001-69; Catedral Engenharia Ltda., CNPJ 10.704.018/0001-28; Lessa Engenharia Ltda. - EPP, CNPJ 08.736.950/0001-90; Pereira e Camilo Construtora Ltda. - EPP, CNPJ 04.318.240/0001-90; Terra Engenharia e Construções Ltda., CNPJ 04.647.524/0001-20. As razões dos recursos administrativos estarão disponíveis para consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Nos termos do art. 109, § 3º, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para que as demais empresas licitantes interessadas apresentem impugnações aos recursos interpostos. A data prevista para abertura das propostas fica alterada para 10 horas do dia 26 de novembro de 2015, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. *Observação: havendo necessidade administrativa, a data para abertura das propostas poderá ser alterada por meio de nova publicação no Diário Oficial do Ministério Público do Estado de Minas Gerais (DOMP/MG). Belo Horizonte, 17 de novembro de 2015. Matheus de Oliveira Dande Presidente da Comissão Permanente de Licitação ----------------------------- 25-11-2015 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Recorrente: Ribeiro Alvim Engenharia Ltda. Recorridas: Pereira e Camillo Construtora Ltda. - EPP e Alcance Engenharia e Construção Ltda. Síntese da decisão: Conheço do recurso interposto para, no mérito, provê-lo parcialmente pelos fundamentos constantes da decisão da Comissão Permanente de Licitação. Recorrente: Sengel Construções Ltda. Recorridas: Lessa Engenharia Ltda. - EPP, Catedral Engenharia Ltda. e Terra Engenharia e Construções Ltda. Síntese da decisão: Conheço parcialmente do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Comissão Permanente de Licitação. A íntegra das decisões encontra-se disponível nos autos do processo licitatório e nos endereços eletrônicos www.mpmg.mp.br e www.compras.mg.gov.br . Belo Horizonte, 25 de novembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 25-11-2015 COMUNICAÇÃO Informamos que as contrarrazões de recurso, o parecer técnico exarado pela Superintendência de Engenharia e Arquitetura deste órgão e as decisões administrativas proferidas pela autoridade competente acerca dos recursos interpostos contra a decisão de julgamento de habilitação foram disponibilizadas hoje neste site, no Portal de Compras de Minas Gerais (www.compras.mg.gov.br) e nos autos do processo licitatório. Considerando que não houve alteração do resultado do julgamento da documentação, mantendo-se inalterado o rol de empresas habilitadas e inabilitadas, comunicamos que a abertura das propostas será mantida às 10 horas do dia 26.11.2015, conforme publicado no DOMP/MG em 17.11.2015. ----------------------------- 03-12-2015 RESULTADO DO JULGAMENTO DAS PROPOSTAS E COMUNICAÇÃO Propostas classificadas: 1ª colocada: Construtora Única Ltda., CNPJ 03.583.785/0001-60; 2ª colocada: Terra Engenharia e Construções Ltda., CNPJ 04.647.524/0001-20; 3ª colocada: Sengel Construções Ltda., CNPJ 17.723.933/0001-00; 4ª colocada: Alcance Engenharia e Construção Ltda., CNPJ 20.501.854/0001-69; 5ª colocada: Tecaenge Engenharia Eireli, CNPJ 65.177.537/0001-77; 6ª colocada: Catedral Engenharia Ltda. , CNPJ 10.704.018/0001-28; 7ª colocada: Lessa Engenharia Ltda. - EPP , CNPJ 08.736.950/0001-90; 8ª colocada: Construtora Império Ltda. , CNPJ 04.565.082/0001-72; 9ª colocada: Construtora Cinzel S.A. , CNPJ 19.733.914/0001-90; 10ª colocada: Construtora Itamaracá Ltda. , CNPJ 30.018.048/0001-98; 11ª colocada: Ribeiro Alvim Engenharia Ltda. , CNPJ 18.137.190/0001-59; A proposta apresentada pela empresa Esquadra Engenharia Ltda., CNPJ 07.291.916/0001-97, restou desclassificada por não cumprir as exigências constantes dos subitens 8.2.3 e 8.2.4 do Edital. Fica declarada vencedora do certame a empresa Construtora Única Ltda., CNPJ 03.583.785/0001-60. Considerando que restou configurado o empate ficto previsto nos arts. 44 e 45 da Lei Complementar nº 123/06 e no art. 16 da Lei Estadual nº 20.826/13, fica aberto o prazo de 2 dias, contados desta publicação, para que a empresa Lessa Engenharia Ltda. ? EPP, caso tenha interesse, apresente proposta de preço inferior àquela considerada vencedora do certame. Fica aberto automaticamente, nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, prazo recursal contra o resultado do julgamento e classificação das propostas, contado do primeiro dia útil subsequente ao término do prazo acima mencionado. A eventual fruição do benefício por parte da empresa Lessa Engenharia Ltda. ? EPP será comunicada a todos os interessados mediante publicação neste mesmo veículo. Nessa hipótese, o prazo recursal contra o julgamento e classificação das propostas será contado dessa nova publicação. A ata de julgamento das propostas estará disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Belo Horizonte, 2 de novembro de 2015. Matheus de Oliveira Dande Presidente da Comissão Permanente de Licitação ----------------------------- 03-12-2015 RESULTADO DO JULGAMENTO DAS PROPOSTAS E COMUNICAÇÃO Propostas classificadas: 1ª colocada: Construtora Única Ltda., CNPJ 03.583.785/0001-60; 2ª colocada: Terra Engenharia e Construções Ltda., CNPJ 04.647.524/0001-20; 3ª colocada: Sengel Construções Ltda., CNPJ 17.723.933/0001-00; 4ª colocada: Alcance Engenharia e Construção Ltda., CNPJ 20.501.854/0001-69; 5ª colocada: Tecaenge Engenharia Eireli, CNPJ 65.177.537/0001-77; 6ª colocada: Catedral Engenharia Ltda. , CNPJ 10.704.018/0001-28; 7ª colocada: Lessa Engenharia Ltda. - EPP , CNPJ 08.736.950/0001-90; 8ª colocada: Construtora Império Ltda. , CNPJ 04.565.082/0001-72; 9ª colocada: Construtora Cinzel S.A. , CNPJ 19.733.914/0001-90; 10ª colocada: Construtora Itamaracá Ltda. , CNPJ 30.018.048/0001-98; 11ª colocada: Ribeiro Alvim Engenharia Ltda. , CNPJ 18.137.190/0001-59; A proposta apresentada pela empresa Esquadra Engenharia Ltda., CNPJ 07.291.916/0001-97, restou desclassificada por não cumprir as exigências constantes dos subitens 8.2.3 e 8.2.4 do Edital. Fica declarada vencedora do certame a empresa Construtora Única Ltda., CNPJ 03.583.785/0001-60. Considerando que restou configurado o empate ficto previsto nos arts. 44 e 45 da Lei Complementar nº 123/06 e no art. 16 da Lei Estadual nº 20.826/13, fica aberto o prazo de 2 dias, contados desta publicação, para que a empresa Lessa Engenharia Ltda. ? EPP, caso tenha interesse, apresente proposta de preço inferior àquela considerada vencedora do certame. Fica aberto automaticamente, nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, prazo recursal contra o resultado do julgamento e classificação das propostas, contado do primeiro dia útil subsequente ao término do prazo acima mencionado. A eventual fruição do benefício por parte da empresa Lessa Engenharia Ltda. ? EPP será comunicada a todos os interessados mediante publicação neste mesmo veículo. Nessa hipótese, o prazo recursal contra o julgamento e classificação das propostas será contado dessa nova publicação. A ata de julgamento das propostas estará disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. ----------------------------- 17-12-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedora e adjudicatária a licitante: Construtora Única Ltda. - CNPJ 03.583.785/0001-60, no lote único. Belo Horizonte, 17 de dezembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl_73_2015_recurso_Sengel_Construcoes_Lessa_Engenharia_Catedral_Engenharia_Terra_Engenharia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2833/download;
+ pl_73_2015_esclarecimentos_16_07_2015.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2777/download;
+ processo73_2015_composicoes_custos_CPU_parte1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2789/download;
+ processo73_2015_composicoes_custos_CPU_parte2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2790/download;
  processo73_2015_composicoes_custos_CORRIGIDAS_subitens_19.1.1_19.2.3_CPU.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2803/download;
- processo73_2015_composicoes_custos_CPU_parte2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2790/download;
  pl_73_2015_ata_sessao_de_abertura_habilitacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2807/download;
- pl_73_2015_esclarecimentos_16_07_2015.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2777/download;
-[...10 lines deleted...]
- pl_73_2015_ata_sessao_de_julgamento_proposta.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2881/download;
  pl_73_2015_ata_sessao_de_julgamento_documentos_habilitacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2830/download;
  pl_73_2015_recurso_Ribeiro_Alvim_Pereira_Camillo.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2831/download;
  pl_73_2015_recurso_Ribeiro_Alvim_Alcance_Enganharia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2832/download;
+ pl_73_2015_recurso_Sengel_Construcoes_Lessa_Engenharia_Catedral_Engenharia_Terra_Engenharia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2833/download;
+ pl_73_2015_contrarrazoes_Terra_Engenharia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2859/download;
+ pl_73_2015_contrarrazoes_Catedral_Engenharia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2860/download;
+ pl_73_2015_contrarrazoes_Alcance_Engenharia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2861/download;
+ pl73_ata_sessao_de_abertura_proposta.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2869/download;
+ pl_73_2015_ata_sessao_de_julgamento_proposta.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2881/download;
+ pl_73_2015_parecer_tecnico_sobre_recursos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2866/download;
+ pl_73_2015_decisao_administrativa_recorrente_Ribeiro_Alvim.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2862/download;
+ pl_73_2015_decisao_administrativa_recorrente_Sengel_Construcoes.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2863/download;
+ edital_processo73_2015_contratacao_obra_Vicosa_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2736/download;
+ processo73_2015_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2737/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 72 / 2015</t>
   </si>
   <si>
     <t>Aquisição de aparelhos de televisão, suportes para TV e impressora, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 69 </t>
   </si>
   <si>
     <t xml:space="preserve">TELEVISÃO E SUPORTE DE TV </t>
   </si>
   <si>
     <t xml:space="preserve">DIGITAL INFORMÁTICA E TECNOLOGIA LTDA - ME </t>
   </si>
   <si>
     <t>1.950,00</t>
   </si>
   <si>
     <t>01-10-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 15/10/2015. Início da disputa de preços: às 10 horas do dia 15/10/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 10-11-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lotes 1 e 2: Digital Informática e Tecnologia Ltda.-ME. CNPJ 05.448.910/0001-55 Belo Horizonte, 6 de novembro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_72_2015_aquisicao_aparelhos_tv_suporte_para_tv_impressora_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2741/download;
  processo 072_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2812/download;
- edital_processo_72_2015_aquisicao_aparelhos_tv_suporte_para_tv_impressora_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2741/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">IMPRESSORA </t>
   </si>
   <si>
     <t>950,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 71 / 2015</t>
   </si>
   <si>
     <t>02/10/2015</t>
   </si>
   <si>
     <t>Aquisição de Fiber Adapter Panel - FAP, para serem utilizados no Data Center do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 72 </t>
   </si>
   <si>
     <t xml:space="preserve">FIBER ADAPTER PANEL - FAP </t>
   </si>
   <si>
     <t>02-10-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 19/10/2015. Início da disputa de preços: às 10 horas do dia 19/10/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 20-10-2015 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 19 de outubro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
@@ -1224,185 +1224,185 @@
   </si>
   <si>
     <t>70 / 2015</t>
   </si>
   <si>
     <t>Material de marcenaria -placas de MDF-</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 71 </t>
   </si>
   <si>
     <t xml:space="preserve">Placas em MDF </t>
   </si>
   <si>
     <t xml:space="preserve">FX COMÉRCIO E DISTRIBUIDORA EIRELI - ME </t>
   </si>
   <si>
     <t>8.799,80</t>
   </si>
   <si>
     <t>01-10-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 16/10/2015. Início da disputa de preços: às 10 horas do dia 16/10/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 30 de setembro de 2015. ----------------------------- 14-10-2015 ESCLARECIMENTOS PERGUNTA: "Referente ao pregão eletrônico nº. 71/2015 gostaria de saber qual é a medida e acabamento das PLACAS EM MDF pois no edital não esta especificado." RESPOSTA: "Esclareço que as medidas e o acabamento das placas de MDF são padrão. Placa MDF - Tipo: dupla face Espessura: 9 mm Medidas: 1,83m (largura) X 2,75m (comprimento) Acabamento: com laminado melamínico liso Cor: branco e Placa MDF - Tipo: dupla face Espessura: 18 mm Medidas: 1,83m (largura) X 2,75m (comprimento) Acabamento: com laminado melamínico liso Cor: branco" ----------------------------- 28-10-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: FX Comércio e Distribuidora Eireli - ME CNPJ 13.857.945./0001-76 Belo Horizonte, 27 de outubro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo 070_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2791/download;
  pl70_pe71_pc267_2015_aquisicao placas MDF_DMAP.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/2740/download;
- processo 070_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2791/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 69 / 2015</t>
   </si>
   <si>
     <t>Prestação de serviços continuados de manutenção preventiva e corretiva em equipamentos de acesso com fornecimento de materiais e inclusão total de peças, e serviços em serralheria, via ressarcimento, em edificações ocupadas pelo Ministério Público no Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 81 </t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção preventiva e corretiva em equipamentos de acesso com fornecimento de materiais e inclusão total de peças, e serviços em serralheria, via ressarcimento. </t>
   </si>
   <si>
     <t xml:space="preserve">SANTANA SISTEMAS DE SEGURANÇA LTDA </t>
   </si>
   <si>
     <t>139.800,00</t>
   </si>
   <si>
     <t>20-11-2015 AVISO DE LICITAÇÃO Unidade: 1091040 - Recebimento das propostas: até às 10 horas do dia 03/12/2015. Início da disputa de preços: às 10 horas do dia 03/12/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 11-12-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Santana Sistemas de Segurança Ltda. CNPJ 02.435.614/0001-21 Belo Horizonte, 10 de dezembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo 069_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2891/download;
  processo069_2015_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2849/download;
- processo 069_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2891/download;
  edital_processo069_2015_manutencao equipamentos_de_acesso_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2848/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 68 / 2015</t>
   </si>
   <si>
     <t>Aquisição de materiais de informática, pilhas alcalinas e câmera fotográfica digital.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 68 </t>
   </si>
   <si>
     <t xml:space="preserve">PILHAS ALCALINAS </t>
   </si>
   <si>
     <t xml:space="preserve">PÉRSIO ALYSSON FERREIRA SILVA 81284020649 </t>
   </si>
   <si>
     <t>975,10</t>
   </si>
   <si>
     <t>30-09-2015 AVISO DE LICITAÇÃO Unidade: 1091040 - Recebimento das propostas: até às 10 horas do dia 15/10/2015. Início da disputa de preços: às 10 horas do dia 15/10/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 27-10-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: Persio Alisson Ferreira Silva 81284020649. CNPJ 12.721.607/0001-40. Lote 3: Moura e Moura Informática e Empreendimentos Comerciais Ltda. CNPJ 07.487.504/0001-27. Homologo o resultado do lote 2 deste processo como "fracassado", por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 23 de outubro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo 068_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2787/download;
  edital_processo_68_2015_aquisicao_pilhas_camera_e_materiais_de_informatica_DMAP_CEAF_DPMP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2734/download;
- processo 068_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2787/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CARTÕES DE MEMÓRIA, FONE DE OUVIDO, PENDRIVE E DISCO RÍGIDO </t>
   </si>
   <si>
     <t xml:space="preserve">CÂMERA FOTOGRÁFICA DIGITAL </t>
   </si>
   <si>
     <t xml:space="preserve">MOURA E MOURA INFORMÁTICA E EMPREENDIMENTOS COMERCIALS LTDA. </t>
   </si>
   <si>
     <t>2.499,99</t>
   </si>
   <si>
     <t xml:space="preserve"> 67 / 2015</t>
   </si>
   <si>
     <t>22/09/2015</t>
   </si>
   <si>
     <t>Aquisição de peças de reposição novas para manutenção de cadeiras.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 65 </t>
   </si>
   <si>
     <t xml:space="preserve">PEÇAS DE REPOSIÇÃO </t>
   </si>
   <si>
     <t xml:space="preserve">ROCAM MÓVEIS LTDA.-ME </t>
   </si>
   <si>
     <t>7.280,00</t>
   </si>
   <si>
     <t>22-09-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 06/10/2015. Início da disputa de preços: às 10 horas do dia 06/10/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 22-10-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Rocam Móveis Ltda.-ME CNPJ 17.331.237/0001-58 Belo Horizonte, 20 de outubro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo 067_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2784/download;
  edital_processo_067_2015_aquisicao_pecas_reposicao_cadeiras_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2726/download;
- processo 067_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2784/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 66 / 2015</t>
   </si>
   <si>
     <t>25/09/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de levantamento planialtimétrico, com elaboração de memorial descritivo, em terrenos localizados nos municípios de Mariana e Patos de Minas, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 66 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de levantamento planialtimétrico com georreferenciamento dos pontos em Mariana/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">DESCARTES SOLUÇÕES EM AGRIMENSURA E GEOGRAFIA LTDA - EPP </t>
   </si>
   <si>
     <t>1.945,00</t>
   </si>
   <si>
     <t>25-09-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 09/10/2015. Início da disputa de preços: às 10 horas do dia 09/10/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Licitação no site www.compras.mg.gov.br ----------------------------- 17-10-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lotes 1 e 2: Descartes Soluções em Agrimensura e Geografia Ltda CNPJ 12.240.432/0001-59 Belo Horizonte, 16 de outubro de 2015 Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl_66_2015_APENSO2_PATOS_DE_MINAS.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2730/download;
  processo 066_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2779/download;
  edital_processo_066_2015_execucao_levantamento_planialtimetrico_mariana_patos_de_minas_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2728/download;
  pl_66_2015_APENSO1_MARIANA.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2729/download;
+ pl_66_2015_APENSO2_PATOS_DE_MINAS.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2730/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de levantamento planialtimétrico em Patos de Minas/MG. </t>
   </si>
   <si>
     <t>2.885,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 65 / 2015</t>
   </si>
   <si>
     <t>29/09/2015</t>
   </si>
   <si>
     <t>Aquisição de diversas etiquetas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 67 </t>
   </si>
   <si>
     <t xml:space="preserve">Diversas etiquetas. </t>
   </si>
   <si>
     <t xml:space="preserve">MARCOS AURÉLIO COLLAÇO - EPP </t>
@@ -1425,146 +1425,146 @@
   </si>
   <si>
     <t>19/09/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de apoio administrativo e atividades auxiliares, motorista, manutenção predial, limpeza e conservação, com fornecimento de equipamentos, materiais e insumos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 61 </t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviços de apoio administrativo e atividades auxiliares, motorista, manutenção predial, limpeza e conservação, com fornecimento de equipamentos, materiais e insumos. </t>
   </si>
   <si>
     <t xml:space="preserve">CONSERVO SERVIÇOS GERAIS LTDA. </t>
   </si>
   <si>
     <t>34.746.536,00</t>
   </si>
   <si>
     <t>19-09-2015 AVISO DE LICITAÇÃO Modalidade: Pregão eletrônico Recebimento das propostas: até às 14 horas do dia 14/10/2015. Início da disputa de preços: às 14 horas do dia 14/10/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Licitação no site www.compras.mg.gov.br ----------------------------- 30-09-2015 ESCLARECIMENTOS ATENÇÃO-DISPONIBILIZAÇÃO DE PEDIDO DE ESCLARECIMENTOS E REPOSTAS Informamos que foram disponibilizados em 30/09/2015, na presente página, o pedido de esclarecimentos realizado pelo licitante, bem como as respostas efetuadas pelos setores responsáveis. ----------------------------- 01-10-2015 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: Olimpo Serviços Ltda.-ME. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que esta licitação ocorrerá às 14 horas do dia 14/10/2015. Demais informações: Av. Álvares Cabral, 1740, 5º andar, BH/MG, telefones (31) 3330-8190 / 8233 / 8334, de 2ª a 6ª feira, das 8 às 18 horas. Belo Horizonte, 30 de setembro de 2015. Catarina Natalino Calixto Pregoeira ----------------------------- 02-10-2015 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: Santa Fé Serviços EIRELI. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que esta licitação ocorrerá às 14 horas do dia 14/10/2015. Demais informações: Av. Álvares Cabral, 1740, 5º andar, BH/MG, telefones (31) 3330-8190 / 8233 / 8334, de 2ª a 6ª feira, das 8 às 18 horas. Belo Horizonte, 01 de outubro de 2015. Catarina Natalino Calixto Pregoeira ----------------------------- 02-10-2015 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: Conservo Serviços Gerais Ltda. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que esta licitação ocorrerá às 14 horas do dia 14/10/2015. Demais informações: Av. Álvares Cabral, 1740, 5º andar, BH/MG, telefones (31) 3330-8190 / 8233 / 8334, de 2ª a 6ª feira, das 8 às 18 horas. Belo Horizonte, 01 de outubro de 2015. Catarina Natalino Calixto Pregoeira ----------------------------- 05-10-2015 ESCLARECIMENTOS ATENÇÃO-DISPONIBILIZAÇÃO DE ESCLARECIMENTO-PL64/2015 Segue esclarecimento quanto aos itens 4.1 do Anexo III e 22.1.2.3 do Anexo VI do Edital, formulado pelo setor técnico (Divisão de Serviços Gerais): "O atestado deverá ser fornecido por pessoa jurídica de direito público ou privado, com demonstração de que presta ou prestou, de forma satisfatória, os serviços contínuos especificados no Apenso III ? Especificações Técnicas dos Cargos - em edifício não residencial, em quantidade igual ou superior a 50% (cinquenta por cento) dos empregados a serem contratados em cada um dos itens previstos neste termo de referência, e por prazo ininterrupto mínimo de 36 (trinta e seis) meses, permitido o somatório de atestados para comprovação do tempo." Esclarecemos que a palavra "itens", existente na expressão "(...) em cada um dos itens previstos neste termo de referência(...)" refere-se aos dois itens do Termo de Referência (Anexo VI do Edital):Serviços de Apoio Administrativo e Atividades Auxiliares, de Manutenção Predial e de Motoristas (item 1.1.1), e Serviços de Limpeza e Conservação (item 1.1.2). ----------------------------- 06-10-2015 ESCLARECIMENTOS No tocante ao cálculo automático dos preços a serem inseridos pelos licitantes em suas propostas, informamos, a título de esclarecimento, que a soma dos valores correspondentes ao total anual de cada item, informados na aba Resumo Geral das Planilhas de Estimativa de Custos e de Composição de Preços da Contratação Apoio Motoristas e Limpeza (Apenso VI do Termo de Referência), não será idêntica ao valor inserido na aba Q10 da Planilha de Lances (Apenso XIII). A diferença entre o valor do lance (célula Q10 da Planilha de Lances) e a soma dos preços anuais dos itens (aba Resumo Geral das Planilhas de Estimativa de Custos e de Composição de Preços da Contratação Apoio Motoristas e Limpeza) poderá variar de R$ 1.784,33 a R$ 1.964,30. Essa diferença se deve ao arredondamento automático promovido pelo Excel quando do cálculo de percentuais sobre números muito expressivos, como no caso desta licitação. Assim, os licitantes devem se atentar aos arredondamentos retro mencionados quando da formulação de suas propostas iniciais e de seus lances durante a disputa. Além disso, o licitante vencedor deverá estar ciente de que, pelas razões acima expostas, o preço a ser informado em sua proposta final (Anexo II do Edital), correspondente ao total anual dos serviços, será ligeiramente inferior ao valor de seu último lance. ----------------------------- 07-10-2015 ESCLARECIMENTOS No tocante ao item 11.8 do Termo de Referência (Anexo VI do Edital), informamos que a Contratante irá analisar as prestações de contas de diárias de viagem dos terceirizados, encaminhadas mensalmente pela Contratada, e, ao final, comunicará os valores despendidos pela Contratada nesta rubrica, após as devidas glosas. O faturamento desta verba já está incluído no valor total mensal a ser faturado, considerando que no Apenso V, Memória de Cálculo, foi definido que a verba de Despesa de Viagem será faturada via repasse direto. Seu valor foi fixado na planilha de custos considerando a média dos últimos exercícios. Quando da prorrogação do contrato, a verba poderá ser reajustada, a pedido da Contratada, caso se constate que a média dos últimos 12 meses foi superior ao valor fixado, ou poderá sofrer decréscimo, por iniciativa da Contratante, quando se constatar que referida média foi inferior ao valor fixado. ----------------------------- 21-10-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Conservo Serviços Gerais Ltda. CNPJ 17.027.806/0001-76 Belo Horizonte, 20 de outubro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo 064_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2783/download;
  Decisao impugnacao_PL 64_2015_qualificacao tecnica_outros_Conservo Servicos Gerais Ltda._ok.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2748/download;
- Decisao impugnacao_PL 64_2015_qualificacao economico-financeira_Olimpo Servicos Ltda.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2742/download;
  Decisao impugnacao_PL 64_2015_qualificacao economico-financeira_tecnica_Santa Fe Servicos Eireli.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2747/download;
  pl_64_2015_APENSOS_DO_TERMO_DE_REFERENCIA.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2725/download;
- processo 064_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2783/download;
  edital_processo_64_2015_servicos_terceirizados_DSGT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2723/download;
  PL64_2015_esclarecimentos_respostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2735/download;
+ Decisao impugnacao_PL 64_2015_qualificacao economico-financeira_Olimpo Servicos Ltda.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2742/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 63 / 2015</t>
   </si>
   <si>
     <t>18/09/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de serviços de reforma de passeios públicos, em frente a edifícios ocupados pela Procuradoria-Geral de Justiça em Belo Horizonte, MG, com fornecimento de mão de obra e materiais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 64 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE REFORMA DE PASSEIOS PÚBLICOS, COM FORNECIMENTO DE MÃO DE OBRA E MATERIAIS </t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUTORA CAMPOS &amp; FILHOS LTDA - ME </t>
   </si>
   <si>
     <t>65.715,00</t>
   </si>
   <si>
     <t>18-09-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 01/10/2015. Início da disputa de preços: às 10 horas do dia 01/10/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 22-10-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Construtora Campos &amp; Filhos Ltda. - ME CNPJ 15.862.332/0001-52 Belo Horizonte, 21 de outubro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo63_2015_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2721/download;
  processo 063_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2785/download;
  edital_processo63_2015_servicos_reforma_passeios_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2720/download;
- processo63_2015_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2721/download;
 </t>
   </si>
   <si>
     <t>62 / 2015</t>
   </si>
   <si>
     <t>17/09/2015</t>
   </si>
   <si>
     <t>Aquisição de 80 molas hidráulicas automáticas</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 63 </t>
   </si>
   <si>
     <t xml:space="preserve">80 molas hidráulicas automáticas </t>
   </si>
   <si>
     <t xml:space="preserve">PRESTOBAT LTDA - EPP </t>
   </si>
   <si>
     <t>7.588,00</t>
   </si>
   <si>
     <t>17-09-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 30/09/2015. Início da disputa de preços: às 10 horas do dia 30/09/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 16 de setembro de 2015. ----------------------------- 17-10-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Prestobat Ltda- EPP CNPJ 65.313.538/0001-00 Belo Horizonte, 16 de outubro de 2015 Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo 062_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2778/download;
  pl062_pe063_pc214_2015_aquisicao molas hidraulicas_SEA.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/2719/download;
- processo 062_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2778/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 61 / 2015</t>
   </si>
   <si>
     <t>15/09/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços visando à avaliação da conformidade do projeto estrutural de obra de edificação a ser instalada em terreno localizado em Viçosa, MG, conforme seção 5 da NBR 6118/14</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 62 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de Avaliação da Conformidade do Projeto Estrutural, de obra de edificação em terreno localizado na Rua Gomes Barbosa, lote 3, Bairro Conceição, Viçosa, MG, conforme seção 5 da NBR 6118/14 </t>
   </si>
   <si>
     <t>15-09-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 28/09/2015. Início da disputa de preços: às 10 horas do dia 28/09/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 01-10-2015 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento do lote 1 (único) deste processo como "deserto" por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 30 de setembro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Anexos_processo_61_ 2015_caderno_de_documentacao_tecnica.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2717/download;
  processo61_2015_ata_deserto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2746/download;
  edital_processo_061_2015_servicos_avaliacao_conformidade_projeto_vicosa_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2716/download;
+ Anexos_processo_61_ 2015_caderno_de_documentacao_tecnica.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2717/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 60 / 2015</t>
   </si>
   <si>
     <t>12/09/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços visando à avaliação da conformidade do projeto estrutural de obra de edificação a ser instalada em terreno localizado em Governador Valadares, MG, conforme seção 5 da NBR 6118/14</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 60 </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE ÚNICO - Serviços de Avaliação da Conformidade do Projeto Estrutural, da obra de edificação em terreno localizado na Rua Marechal Floriano esquina com Rua Barão do Rio Branco, Centro, Governador Valadares, MG, conforme seção 5 da NBR 6118/14 </t>
   </si>
   <si>
     <t>36.100,00</t>
   </si>
   <si>
     <t>12-09-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 25/09/2015. Início da disputa de preços: às 10 horas do dia 25/09/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 10-10-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Primeira Engenharia Ltda. - EPP CNPJ 14.920.928/0001-07 Belo Horizonte, 8 de outubro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -1580,52 +1580,52 @@
   <si>
     <t>03/09/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para elaboração de roteiro e produção de 1 (um) vídeo institucional e mais uma versão reduzida sobre o Ministério Público do Estado de Minas Gerais (MPMG)</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 58 </t>
   </si>
   <si>
     <t xml:space="preserve">Elaboração de roteiro e produção de 1 (um) vídeo institucional e mais uma versão reduzida sobre o Ministério Público do Estado de Minas Gerais (MPMG). </t>
   </si>
   <si>
     <t xml:space="preserve">LIMONADA AUDIOVISUAL LTDA. - ME </t>
   </si>
   <si>
     <t>17.000,00</t>
   </si>
   <si>
     <t>03-09-2015 AVISO DE LICITAÇÃO Unidade: 1091040 - Recebimento das propostas: até às 10 horas do dia 18/09/2015. Início da disputa de preços: às 10 horas do dia 18/09/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 26-09-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: LIMONADA AUDIOVISUAL LTDA. - ME CNPJ 21.170.680/0001-61 Belo Horizonte, 24 de setembro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  PL059_2015_esclarecimento_14_09_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2715/download;
+ edital_processo_059_2015_producao_video_institucional_SCI_FUNEMP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2708/download;
  processo_59_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2731/download;
- edital_processo_059_2015_producao_video_institucional_SCI_FUNEMP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2708/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 57 / 2015</t>
   </si>
   <si>
     <t>28/08/2015</t>
   </si>
   <si>
     <t>Serviços de impressão, plotagens, cópias xerográficas e encadernações</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 57 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços gráficos (impressão,plotagem,xerox e encadernação) </t>
   </si>
   <si>
     <t xml:space="preserve">SS COLOR PRINT SERVIÇOS LTDA - ME </t>
   </si>
   <si>
     <t>5.937,70</t>
   </si>
   <si>
     <t>28-08-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 15/09/2015. Início da disputa de preços: às 10 horas do dia 15/09/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 27 de agosto de 2015. ----------------------------- 18-09-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: SS Color Print Serviços Ltda. - ME CNPJ 18.651.791/0001-85 Belo Horizonte, 17 de setembro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
@@ -1679,180 +1679,180 @@
   </si>
   <si>
     <t xml:space="preserve"> 55 / 2015</t>
   </si>
   <si>
     <t>01/09/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada, com fornecimento de mão de obra e materiais, para a execução de serviços de adequação à Lei nº 14130/2001 e ao Decreto nº 44746/2008 dos edifícios Castellar Guimarães, José Campomizzi e Carlos Brandão, localizados, respectivamente, na Avenida Álvares Cabral, nº1690 e 1740 e na Rua Dias Adorno, nº 347 bairro Santo Agostinho, Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 54 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de adequação à Lei nº 14130/2001 e ao Decreto nº 44746/2008 dos edifícios Castellar Guimarães, José Campomizzi e Carlos Brandão, localizados, respectivamente, na Avenida Álvares Cabral, nº1690 e 1740 e na Rua Dias Adorno, nº 347 bairro Santo Agostinho, Belo Horizonte, MG. </t>
   </si>
   <si>
     <t>709.000,00</t>
   </si>
   <si>
     <t>22-08-2015 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 04/09/2015. Início da disputa de preços: às 10 horas do dia 04/09/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 21 de agosto de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 01-09-2015 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091040 - Recebimento das propostas: até às 10 horas do dia 15/09/2015. Início da disputa de preços: às 10 horas do dia 15/09/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 11-11-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Construtora Campos &amp; Filhos Ltda. - ME Belo Horizonte, 10 de novembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- processo 055_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2814/download;
  edital_processo_055_2015_servicos_adequacao_incendio_SEA_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2704/download;
  edital_processo_55_2015_servicos_adequacao_incendio_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2685/download;
  Anexos_processo_55_2015_caderno de especificao tecnica_servicos_adequacao_incendio.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2686/download;
+ processo 055_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2814/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 54 / 2015</t>
   </si>
   <si>
     <t>18/08/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de serviços de adequação de terreno, para ser utilizado como estacionamento, com fornecimento de materiais e mão de obra, na cidade de Alfenas, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 53 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE ADEQUAÇÃO DE TERRENO PARA SER UTILIZADO COMO ESTACIONAMENTO, COM FORNECIMENTO DE MATERIAIS E MÃO DE OBRA. </t>
   </si>
   <si>
     <t xml:space="preserve">MÉTODO OBRAS E REFORMAS LTDA - ME </t>
   </si>
   <si>
     <t>41.999,99</t>
   </si>
   <si>
     <t>18-08-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 01/09/2015. Início da disputa de preços: às 10 horas do dia 01/09/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 09-09-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Método Obras e Reformas Ltda. - ME CNPJ 14.062.059/0001-19 Belo Horizonte, 8 de setembro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo_054_2015_Anexos_caderno_de_documentacao_tecnica.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2675/download;
  edital_processo54_2015_adequacao_terreno_para_uso_estacionamento_Alfenas_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2676/download;
  processo054_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2718/download;
- processo_054_2015_Anexos_caderno_de_documentacao_tecnica.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2675/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 53 / 2015</t>
   </si>
   <si>
     <t>13/08/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços para produção de uma tiragem de certificados.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 52 </t>
   </si>
   <si>
     <t xml:space="preserve">Produção de uma tiragem de certificados </t>
   </si>
   <si>
     <t xml:space="preserve">ALFA COMÉRCIO E REPRESENTAÇÕES E SOLUÇÕES GRÁFICAS LTDA. - ME </t>
   </si>
   <si>
     <t>4.732,00</t>
   </si>
   <si>
     <t>13-08-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 26/08/2015. Início da disputa de preços: às 10 horas do dia 26/08/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 29-08-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Alfa Comércio e Representações e Soluções Gráficas Ltda. - ME CNPJ 18.672.579/0001-02 Belo Horizonte, 28 de agosto de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_053_2015_servicos_impressao_certificados_CEAF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2669/download;
  processo 053_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2700/download;
- edital_processo_053_2015_servicos_impressao_certificados_CEAF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2669/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 52 / 2015</t>
   </si>
   <si>
     <t>26/08/2015</t>
   </si>
   <si>
     <t>Aquisição de coletes para brigadistas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 51 </t>
   </si>
   <si>
     <t xml:space="preserve">Coletes para Brigadistas. </t>
   </si>
   <si>
     <t xml:space="preserve">AMARO &amp; SANTIAGO LTDA - EPP </t>
   </si>
   <si>
     <t>27.735,00</t>
   </si>
   <si>
     <t>26-08-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 11/09/2015. Início da disputa de preços: às 10 horas do dia 11/09/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 23-09-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Amaro &amp; Santiago Ltda. ? EPP CNPJ 10.974.832/0001-62 Belo Horizonte, 22 de setembro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_52_2015_aquisicao_coletes_brigadistas_NSP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2695/download;
  processo52_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2727/download;
- edital_processo_52_2015_aquisicao_coletes_brigadistas_NSP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2695/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 51 / 2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada, para a prestação de serviços continuados de manutenção preventiva e corretiva, de condicionadores de ar monobloco (ACJ), modulares (split) e portáteis, com fornecimento de mão de obra, materiais e inclusão total de peças, em edificações ocupadas pelo Ministério Público no Estado de Minas Gerais (exceto na região central).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 48 </t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção preventiva e corretiva, de condicionadores de ar monobloco (ACJ), modulares (split) e portáteis, com fornecimento de mão de obra, materiais e inclusão total de peças </t>
   </si>
   <si>
     <t xml:space="preserve">ARMANDO CLIMA EIRELI - EPP </t>
   </si>
   <si>
     <t>350.000,00</t>
   </si>
   <si>
     <t>22-08-2015 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 04/09/2015. Início da disputa de preços: às 10 horas do dia 04/09/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 21 de agosto de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 25-08-2015 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 08/09/2015. Início da disputa de preços: às 10 horas do dia 08/09/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 24 de agosto de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG (*)Republicado devido à alteração de datas. ----------------------------- 01-09-2015 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091040 - Recebimento das propostas: até às 10 horas do dia 16/09/2015. Início da disputa de preços: às 10 horas do dia 16/09/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 24-09-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote único: Armando Clima Eireli - EPP CNPJ 03.039.370/0001-20 Belo Horizonte, 23 de setembro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_051_2015_servicos_manutencao_preventiva_corretiva_condicionadores_ar_SEA_REPUBLICADO(2).rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2705/download;
  Anexos_processo_51_2015_caderno de especificacao tecnica_manutencao_condicionadores_ar_REPUBLICADO.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2707/download;
- processo 051_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2733/download;
  edital_processo_51_2015_servicos_manutencao_preventiva_corretiva_condicionadores_ar_SEA_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2688/download;
  edital_processo_51_2015_servicos_manutencao_preventiva_corretiva_condicionadores_ar_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2689/download;
  Anexos_processo_51_ 2015_caderno de especificacao tecnica_manutencao_condicionadores_ar.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2690/download;
+ processo 051_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2733/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 50 / 2015</t>
   </si>
   <si>
     <t>31/07/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de confecção de adesivos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 47 </t>
   </si>
   <si>
     <t xml:space="preserve">CONFECÇÃO DE ADESIVOS </t>
   </si>
   <si>
     <t xml:space="preserve">S.B - Gráfica e Editora Ltda. - ME </t>
   </si>
   <si>
     <t>1.470,00</t>
   </si>
   <si>
     <t>31-07-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 13/08/2015. Início da disputa de preços: às 10 horas do dia 13/08/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 19-08-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: S.B - Gráfica e Editora Ltda. - ME CNPJ 19.322.451/0001-73 Belo Horizonte, 18 de agosto de 2015. Simone Maria Lima Santos Diretora-Geral</t>
@@ -1869,373 +1869,373 @@
   </si>
   <si>
     <t>04/08/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de reforma do telhado de edificação em Ponte Nova/MG, com fornecimento de mão de obra e materiais</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 50 </t>
   </si>
   <si>
     <t xml:space="preserve">EXECUÇÃO DE REFORMA DO TELHADO DE EDIFICAÇÃO EM PONTE NOVA/MG, COM FORNECIMENTO DE MÃO DE OBRA E MATERIAIS </t>
   </si>
   <si>
     <t xml:space="preserve">A &amp; R COMÉRCIO E SERVIÇOS LTDA. - EPP </t>
   </si>
   <si>
     <t>69.939,99</t>
   </si>
   <si>
     <t>04-08-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 17/08/2015. Início da disputa de preços: às 10 horas do dia 17/08/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 3 de agosto de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 29-08-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: A &amp; R Comércio e Serviços Ltda. - EPP CNPJ 13.050.599/0001-10 Belo Horizonte, 26 de agosto de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_049_2015_servico_reforma_telhado_Ponte_Nova_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2658/download;
  processo049_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2699/download;
- edital_processo_049_2015_servico_reforma_telhado_Ponte_Nova_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2658/download;
  pl049_pe050_caderno_doc_tecnica.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2659/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 48 / 2015</t>
   </si>
   <si>
     <t>25/07/2015</t>
   </si>
   <si>
     <t>Aquisição de 1 (um) certificado digital com nível de criptografia de 256 bits e chave privada de 2048 bits, com validade de 36 (trinta e seis) meses, incluindo a garantia.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 46 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de 1 (um) certificado digital com nível de criptografia de 256 bits e chave privada de 2048 bits, com validade de 36 (trinta e seis) meses, incluindo a garantia. </t>
   </si>
   <si>
     <t>25-07-2015 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 07/08/2015. Início da disputa de preços: às 10 horas do dia 07/08/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 24 de julho de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 08-08-2015 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento do lote 1 (único) deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 7 de agosto de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo048_2015_ata_deserto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2666/download;
  edital_processo_48_2015_aquisicao_certificado_digital_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2647/download;
- processo048_2015_ata_deserto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2666/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 47 / 2015</t>
   </si>
   <si>
     <t>21/08/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços continuados de manutenção preventiva e corretiva em motobombas, com fornecimento de mão de obra, materiais e inclusão total de peças, em edificações ocupadas pelo Ministério Público no Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 55 </t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO PREVENTIVA E CORRETIVA EM MOTOBOMBAS </t>
   </si>
   <si>
     <t>21-08-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 03/09/2015. Início da disputa de preços: às 10 horas do dia 03/09/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 04-09-2015 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 03 de setembro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo047_2015_contratacao_manutencao_preventiva_corretiva_motobombas_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2683/download;
+ processo047_2015_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2693/download;
  processo047_2015_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2711/download;
- processo047_2015_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2693/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 46 / 2015</t>
   </si>
   <si>
     <t>01/08/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para confecção de cartilhas e revistinhas em quadrinhos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 49 </t>
   </si>
   <si>
     <t xml:space="preserve">CONFECÇÃO DE CARTILHAS E REVISTINHAS </t>
   </si>
   <si>
     <t xml:space="preserve">GLOBAL PRINT EDITORA GRÁFICA LTDA. - EPP </t>
   </si>
   <si>
     <t>28.000,00</t>
   </si>
   <si>
     <t>01-08-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 17/08/2015. Início da disputa de preços: às 10 horas do dia 17/08/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 22-08-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Globalprint Editora Gráfica Ltda. - EPP CNPJ 12.622.028/0001-40 Belo Horizonte, 20 de agosto de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo046_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2694/download;
  edital_processo46_2015_servicos_confeccao_cartilhas_revistinhas_FUNEMP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2657/download;
- processo046_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2694/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 45 / 2015</t>
   </si>
   <si>
     <t>22/07/2015</t>
   </si>
   <si>
     <t>Aquisição de televisores e suportes</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 44 </t>
   </si>
   <si>
     <t xml:space="preserve">Televisores e suportes. </t>
   </si>
   <si>
     <t>22.700,00</t>
   </si>
   <si>
     <t>22-07-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 04/08/2015. Início da disputa de preços: às 10 horas do dia 04/08/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 08-08-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: Digital Informática e Tecnologia Ltda. - ME CNPJ 05.448.910/0001-55 Belo Horizonte, 06 de agosto de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo045_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2665/download;
  edital_processo_045_2015_aquisicao_televisao e suporte_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2638/download;
- processo045_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2665/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 44 / 2015</t>
   </si>
   <si>
     <t>23/07/2015</t>
   </si>
   <si>
     <t>Prestação de serviços de manutenção corretiva, com fornecimento de mão de obra, material e equipamentos necessários, em portas de vidro pivotantes e em portas de vidro de correr em edificações do Ministério Público do Estado de Minas Gerais localizadas em Belo Horizonte, Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 45 </t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviços de manutenção corretiva, com fornecimento de mão de obra, material e equipamentos necessários, em portas de vidro pivotantes e em portas de vidro de correr em edificações do Ministério Público do Estado de Minas Gerais localizadas em Belo Horizonte, Minas Gerais. </t>
   </si>
   <si>
     <t xml:space="preserve">ABEL CONSTRUTORA LTDA - ME </t>
   </si>
   <si>
     <t>32.890,00</t>
   </si>
   <si>
     <t>23-07-2015 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 06/08/2015. Início da disputa de preços: às 10 horas do dia 06/08/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 22 de julho de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 13-08-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote único: Abel Construtora Ltda - EPP CNPJ 08.488.463/0001-56 Belo Horizonte, 12 de agosto de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- processo044_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2670/download;
  caderno de documentacao tecnica_anexos (planilha, fotod e TR).zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2645/download;
  edital_processo_44_2015_manutencao_corretiva_portas_vidro.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2642/download;
+ processo044_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2670/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 43 / 2015</t>
   </si>
   <si>
     <t>16/07/2015</t>
   </si>
   <si>
     <t>Aquisição de materiais e equipamentos de informática novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 43 </t>
   </si>
   <si>
     <t xml:space="preserve">Discos Rígidos </t>
   </si>
   <si>
     <t xml:space="preserve">MG 777 COMPUTADORES E INFORMÁTICA LTDA </t>
   </si>
   <si>
     <t>88.500,00</t>
   </si>
   <si>
     <t>16-07-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 29/07/2015. Início da disputa de preços: às 10 horas do dia 29/07/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Licitação no site www.compras.mg.gov.br ----------------------------- 13-08-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: MG 777 Computadores e Informática Ltda. ? ME CNPJ 11.389.858/0001-06 Lote 3: DHZ Comércio e Representações Ltda. ? EPP CNPJ 20.402.517/0001-14 Lote 4: Maqnete Comércio e Serviços Eireli - ME CNPJ 18.152.404/0001-66 Lote 5: P9 Tecnologia Ltda. CNPJ 07.855.260/0001-98 O resultado do julgamento do lote 2 será divulgado oportunamente. Belo Horizonte, 12 de agosto de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 20-08-2015 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Recorrente: ACTUAL TELECOMUNICAÇÕES LTDA. - EPP Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão do Pregoeiro. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e nos sites www.mpmg.mp.br e www.compras.mg.gov.br. ----------------------------- 21-08-2015 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 2 deste processo como ?fracassado?, por não ter restado proposta classificada para atendimento ao seu objeto. Demais lotes foram homologados conforme publicação do ?DOMP? de 13/08/2015 (pág.150). Belo Horizonte, 20 de agosto de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- processo043_decisao_recurso_Actual_desclassificacao_indeferimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2682/download;
- processo 043_2015_ata_homolog2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2684/download;
  edital_processo043_2015_aquisicao_equipamentos_informatica_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2632/download;
  processo 043_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2672/download;
+ processo 043_2015_ata_homolog2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2684/download;
+ processo043_decisao_recurso_Actual_desclassificacao_indeferimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2682/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS E EQUIPAMENTOS DIVERSOS </t>
   </si>
   <si>
     <t xml:space="preserve">MONITORES </t>
   </si>
   <si>
     <t xml:space="preserve">DHZ Comércio e Representações Ltda - EPP </t>
   </si>
   <si>
     <t>115.485,00</t>
   </si>
   <si>
     <t xml:space="preserve">ADAPTADORES </t>
   </si>
   <si>
     <t>43.850,00</t>
   </si>
   <si>
     <t xml:space="preserve">P9 TECNOLOGIA EIRELI - ME </t>
   </si>
   <si>
     <t>205.000,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 42 / 2015</t>
   </si>
   <si>
     <t>17/07/2015</t>
   </si>
   <si>
     <t>Aquisição de elevador tipo monta-carga industrial, inclusive estrutura metálica autoportante, com instalação e manutenção preventiva e corretiva com fornecimento de material e mão de obra.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 42 </t>
   </si>
   <si>
     <t xml:space="preserve">Elevador do tipo monta-carga com manutenção preventiva e corretiva </t>
   </si>
   <si>
     <t>17-07-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 29/07/2015. Início da disputa de preços: às 10 horas do dia 29/07/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 16 de julho de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 14-08-2015 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como "fracassado", por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 13 de agosto de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo042_2015_aquisicao_instalacao_manutencao_elevador_monta_cargas_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2634/download;
  processo042_2015_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2673/download;
- edital_processo042_2015_aquisicao_instalacao_manutencao_elevador_monta_cargas_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2634/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 41 / 2015</t>
   </si>
   <si>
     <t>14/07/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de impressão do Jornal MPMG Notícias.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 41 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE IMPRESSÃO DO JORNAL MPMG NOTÍCIAS </t>
   </si>
   <si>
     <t xml:space="preserve">Globalprint Editora Gráfica Ltda. - ME </t>
   </si>
   <si>
     <t>10.200,00</t>
   </si>
   <si>
     <t>14-07-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 27/07/2015. Início da disputa de preços: às 10 horas do dia 27/07/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 31-07-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): GlobalPrint Editora Gráfica Ltda - ME CNPJ 12.622.028/0001-40 Belo Horizonte, 30 de julho de 2014. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo041_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2653/download;
  edital_processo041_2015_servico_impressao_jornal_MPMG_Noticias_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2616/download;
- processo041_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2653/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 40 / 2015</t>
   </si>
   <si>
     <t>11/07/2015</t>
   </si>
   <si>
     <t>Baterias VRLA para nobreak e baterias seladas estacionárias para GMG</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 40 </t>
   </si>
   <si>
     <t xml:space="preserve">Baterias VRLA para No-break e baterias seladas estacionárias para GMG. </t>
   </si>
   <si>
     <t xml:space="preserve">CME COMERCIAL MATERIAL ELÉTRICO LTDA - EPP </t>
   </si>
   <si>
     <t>22.256,00</t>
   </si>
   <si>
     <t>11-07-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 23/07/2015. Início da disputa de preços: às 10 horas do dia 23/07/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 10 de julho de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 16-07-2015 ESCLARECIMENTOS Foi disponibilizado em 16/07/2015, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, arquivos contendo novo(s) questionamento(s) realizado(s) por interessado(s) nesta licitação, com a(s) respectiva(s) resposta(s), cujo teor pode interessar a todos os licitantes. ----------------------------- 12-08-2015 RESULTADO DE JULGAMENTO DE RECURSO E COMUNICAÇÃO Unidade: 1091040 Recorrente: FF INFORMÁTICA E EQUIPAMENTOS LTDA - ME. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão do Pregoeiro. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e nos sites www.mpmg.mp.br e www.compras.mg.gov.br. Belo Horizonte, 11 de agosto de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 13-08-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1(único): CME Comercial Material Elétrico Ltda.EPP. CNPJ 18.244.356/0001-36 Belo Horizonte, 11 de agosto de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ PL040_2015_esclarecimento_16_07_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2630/download;
+ edital_processo040_2015_aquisicao_baterias_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2612/download;
  processo 040_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2671/download;
- edital_processo040_2015_aquisicao_baterias_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2612/download;
- PL040_2015_esclarecimento_16_07_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2630/download;
  PL40-15 - resposta ao recurso - FF INFORMATICA_anexos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2681/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 39 / 2015</t>
   </si>
   <si>
     <t>10/07/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento e instalação de portas de enrolar, em aço galvanizado, sistema automático, incluindo mão de obra e materiais, em edificação ocupada pelo Ministério Público, em Belo Horizonte, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 39 </t>
   </si>
   <si>
     <t xml:space="preserve">FORNECIMENTO E INSTALAÇÃO DE PORTAS DE ENROLAR, EM AÇO GALVANIZADO, SISTEMA AUTOMÁTICO </t>
   </si>
   <si>
     <t xml:space="preserve">METALÚRGICA J C MAGATON LTDA - ME </t>
   </si>
   <si>
     <t>19.426,00</t>
   </si>
   <si>
     <t>10-07-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 23/07/2015. Início da disputa de preços: às 10 horas do dia 23/07/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 28-07-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: METALÚRGICA J C MAGATON LTDA. - ME CNPJ 16.528.291/0001-25 Belo Horizonte, 24 de julho de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- processo039_2015_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2604/download;
  processo039_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2650/download;
  edital_processo039_2015_fornecimento_instalacao_portas_de_enrolar_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2602/download;
+ processo039_2015_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2604/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 38 / 2015</t>
   </si>
   <si>
     <t>08/07/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de manutenção preventiva e corretiva: em elevadores para passageiros, com inclusão total de peças novas originais ou similares, nas Promotorias de Justiça em Abre Campo, Santa Luzia e Uberaba-MG e em plataforma de elevação para pessoas com mobilidade reduzida, com ressarcimento de peças originais ou similares, na Promotoria de Justiça em Barbacena -MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 38 </t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção preventiva e corretiva, com cobertura total de peças originais ou similares, em elevadores para passageiros, durante o período de 12 (doze) meses, em Abre Campo/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">ELEVADORES SCHNEIDER LTDA.-ME </t>
   </si>
   <si>
     <t>13.800,00</t>
   </si>
   <si>
     <t>08-07-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 22/07/2015. Início da disputa de preços: às 10 horas do dia 22/07/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 14-07-2015 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: Elevadores Atlas Schindler S.A. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que o recebimento das propostas desta licitação ocorrerá até às 10 horas do dia 22.07.2015 e o início da sessão de lances será às 10 horas do dia 22.07.2015. Demais informações: Av. Álvares Cabral, 1740, 5º andar, BH/MG, telefones (31) 3330-8190 / 8233 / 8332 e fax 3330-8334, de 2ª a 6ª feira, das 8 às 18 horas. ----------------------------- 08-08-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lotes 1, 2 e 3 : Elevadores Schneider Ltda - ME CNPJ 11.206.617/0001-84 O Lote 4 resultou 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 3 de agosto de 2015. Simone Maria Lima Santos</t>
@@ -2266,126 +2266,126 @@
   </si>
   <si>
     <t>02/07/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de conectividade de acesso à Internet e de segurança integrada de rede de dados, incluindo fornecimento de equipamentos, instalação, configuração, atualização, manutenção e suporte técnico.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 30 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE CONECTIVIDADE </t>
   </si>
   <si>
     <t xml:space="preserve">CEMIG TELECOMUNICAÇÕES S.A. - CEMIGTELECOM </t>
   </si>
   <si>
     <t>1.000.000,00</t>
   </si>
   <si>
     <t>02-07-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 17/07/2015. Início da disputa de preços: às 10 horas do dia 21/07/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Licitação no site www.compras.mg.gov.br. ----------------------------- 08-07-2015 ESCLARECIMENTOS Foi disponibilizado em 08/07/2015, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, arquivo contendo novo(s) questionamento(s) realizado(s) por interessado(s) nesta licitação, com a(s) respectiva(s) resposta(s), cujo teor pode interessar a todos os licitantes. ----------------------------- 09-07-2015 ESCLARECIMENTOS Foram disponibilizados em 09/07/2015, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, arquivos contendo novo(s) questionamento(s) realizado(s) por interessado(s) nesta licitação, com a(s) respectiva(s) resposta(s), cujo teor pode interessar a todos os licitantes. ----------------------------- 10-07-2015 ESCLARECIMENTOS Foi disponibilizado em 10/07/2015, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, arquivos contendo novo(s) questionamento(s) realizado(s) por interessado(s) nesta licitação, com a(s) respectiva(s) resposta(s), cujo teor pode interessar a todos os licitantes. ----------------------------- 10-07-2015 RETIFICAÇÃO informamos aos interessados que na presente data foi promovida alteração no edital para retirada da expressão "com firma reconhecida" do item 4.2.2 de seu Anexo III (Relação de Documentos Exigidos) e da alínea 'b' do item 8.2 do Termo de Referência (Anexo VI do Edital). Na oportunidade, informamos que, por se tratar de alteração que inquestionavelmente não afeta a formulação das propostas (art. 21, §4º, da Lei Federal 8.666/93), não houve alteração nas datas de recebimento das propostas e sessão de lances. ----------------------------- 11-07-2015 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnantes: Oi Móvel S.A. e Telemar Norte Leste S.A. Síntese da decisão: Conhecemos as peças impugnativas interpostas e, no mérito, negamos-lhes provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que o recebimento das propostas desta licitação ocorrerá até às 10 horas do dia 17.07.2015 e o início da sessão de lances será às 10 horas do dia 21.07.2015. Demais informações: Av. Álvares Cabral, 1740, 5º andar, BH/MG, telefones (31) 3330-8190 / 8233 / 8332 e fax 3330-8334, de 2ª a 6ª feira, das 8 às 18 horas. ----------------------------- 16-07-2015 ESCLARECIMENTOS Foi disponibilizado em 16/07/2015, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, arquivos contendo novo(s) questionamento(s) realizado(s) por interessado(s) nesta licitação, com a(s) respectiva(s) resposta(s), cujo teor pode interessar a todos os licitantes. ----------------------------- 29-07-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: Cemig Telecomunicações S.A. - CEMIGTelecom CNPJ 02.983.428/0001-27; Lote 2: Método System Comércio de Equipamentos para Telecomunicações e Serviços Ltda. - ME CNPJ 07.346.478/0001-17. Belo Horizonte, 27 de julho de 2015. Waldemar Antônio de Arimateia Procurador-Geral de Justiça Adjunto Administrativo em exercício</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo 037_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2651/download;
  PL037_2015_esclarecimentos_16_07_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2629/download;
- processo 037_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2651/download;
+ pl37_2015_decisao_impugnacao_improvimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2607/download;
+ PL037_2015_esclarecimentos_10_07_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2601/download;
+ PL037_2015_esclarecimentos2_10_07_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2608/download;
  PL037_2015_esclarecimentos_08_07_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2592/download;
  PL037_2015_esclarecimentos(1)_09_07_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2594/download;
  PL037_2015_esclarecimentos(2)_09_07_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2595/download;
  PL037_2015_esclarecimentos(3)_09_07_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2598/download;
  edital_processo_37_2015_servicos_conectividade_e_seguranca_dados_STI_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2600/download;
- PL037_2015_esclarecimentos_10_07_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2601/download;
  pl_37_2015_planilha_de_formacao_de_preco.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/2568/download;
  edital_processo_37_2015_servicos_conectividade_e_seguranca_dados_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2566/download;
- pl37_2015_decisao_impugnacao_improvimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2607/download;
- PL037_2015_esclarecimentos2_10_07_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2608/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE SEGURANÇA INTEGRADA DE REDE DE DADOS </t>
   </si>
   <si>
     <t xml:space="preserve">MÉTODO SYSTEM COMÉRCIO DE EQUIPAMENTOS PARA TELECOMUNICAÇÕES E SERVIÇOS LTDA </t>
   </si>
   <si>
     <t>1.136.363,63</t>
   </si>
   <si>
     <t xml:space="preserve"> 36 / 2015</t>
   </si>
   <si>
     <t>Equipamentos de informática -Switchs de acesso-</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 33 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de switchs de acesso </t>
   </si>
   <si>
     <t xml:space="preserve">TELEFONICA DATA S.A </t>
   </si>
   <si>
     <t>92.999,00</t>
   </si>
   <si>
     <t>08-07-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 22/07/2015. Início da disputa de preços: às 10 horas do dia 22/07/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 07 de julho de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 15-07-2015 ESCLARECIMENTOS Foi disponibilizado em 15/07/2015, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, arquivos contendo novo(s) questionamento(s) realizado(s) por interessado(s) nesta licitação, com a(s) respectiva(s) resposta(s), cujo teor pode interessar a todos os licitantes. ----------------------------- 31-07-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote único: Telefônica Data S.A CNPJ 04.027.547/0036-61 Belo Horizonte, 28 de julho de 2015. Geraldo Flávio Vasques Procurador-Geral de Justiça Adjunto Administrativo, em exercício.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo 036_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2652/download;
  PL036_2015_esclarecimentos_15_07_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2628/download;
- processo 036_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2652/download;
  edital_processo036_2015_switchs_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2599/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 35 / 2015</t>
   </si>
   <si>
     <t>Aquisição e instalação de esquadrias, incluindo mão de obra, materiais e vidros.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 36 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição e instalação de esquadrias, incluindo mão de obra, materiais e vidros. </t>
   </si>
   <si>
     <t>6.456,00</t>
   </si>
   <si>
     <t>04-07-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 22/07/2015. Início da disputa de preços: às 10 horas do dia 22/07/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 17-07-2015 ESCLARECIMENTOS Foi disponibilizado em 17/07/2015, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, arquivos contendo novo(s) questionamento(s) realizado(s) por interessado(s) nesta licitação, com a(s) respectiva(s) resposta(s), cujo teor pode interessar a todos os licitantes. ----------------------------- 20-07-2015 COMUNICAÇÃO Em atendimento a solicitação de empresa(s) interessada(s), informamos que o valor de referência constante neste processo licitatório é de R$ 8.360,00 (oito mil, trezentos e sessenta reais). ----------------------------- 28-07-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: METALÚRGICA J C MAGATON LTDA. - ME CNPJ 16.528.291/0001-25 Belo Horizonte, 24 de julho de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_035_2015_aquisicao_instalacao_esquadrias_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2579/download;
+ processo035_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2649/download;
  PL035_2015_esclarecimento_17_07_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2633/download;
- processo035_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2649/download;
- edital_processo_035_2015_aquisicao_instalacao_esquadrias_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2579/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 34 / 2015</t>
   </si>
   <si>
     <t>Aquisição de carimbos numeradores</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 37 </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE ÚNICO, CARIMBO NUMERADOR </t>
   </si>
   <si>
     <t xml:space="preserve">KR CARIMBOS &amp; SERVIÇOS GRÁFICOS LTDA.-ME </t>
   </si>
   <si>
     <t>4.171,80</t>
   </si>
   <si>
     <t>08-07-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 21/07/2015. Início da disputa de preços: às 10 horas do dia 21/07/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 7 de julho de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 29-07-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: KR Carimbos &amp; Serviços Gráficos Ltda.-ME. CNPJ 10.261.010/0001-34 Belo Horizonte, 24 de julho de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -2427,190 +2427,190 @@
   </si>
   <si>
     <t xml:space="preserve"> 31 / 2015</t>
   </si>
   <si>
     <t>Aquisição de materiais de higiene pessoal (papel higiênico, papel toalha e sabonete espuma), com o fornecimento dos dispensers em regime de comodato, incluindo a instalação.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 28 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de materiais de higiene pessoal (papel higiênico, papel toalha e sabonete espuma), com o fornecimento dos dispensers em regime de comodato, incluindo a instalação. </t>
   </si>
   <si>
     <t xml:space="preserve">JPLUS COMÉRCIO E DISTRIBUIÇÃO LTDA </t>
   </si>
   <si>
     <t>421.956,56</t>
   </si>
   <si>
     <t>26-06-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 09/07/2015. Início da disputa de preços: às 10 horas do dia 09/07/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 25 de junho de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 24-07-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote único: JPLUS Comércio e Distribuição Ltda. CNPJ 04.149.976/0001-81 Belo Horizonte, 23 de julho de 2015. Waldemar Antônio de Arimatéia Procurador-Geral de Justiça em exercício</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo31_2015_aquisicao_materiais_higiene_pessoal_DSGT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2556/download;
  processo031_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2648/download;
- edital_processo31_2015_aquisicao_materiais_higiene_pessoal_DSGT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2556/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 30 / 2015</t>
   </si>
   <si>
     <t>23/06/2015</t>
   </si>
   <si>
     <t>Aquisição de materiais cívicos (bandeiras e suporte para bandeiras)</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 26 </t>
   </si>
   <si>
     <t xml:space="preserve">CONJUNTO DE SUPORTE PARA BANDEIRAS (MATERIAL CÍVICO). </t>
   </si>
   <si>
     <t xml:space="preserve">SIDNEY FIUZA BORBA COMÉRCIO DE ELETRÔNICOS - ME </t>
   </si>
   <si>
     <t>5.999,00</t>
   </si>
   <si>
     <t>23-06-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 06/07/2015. Início da disputa de preços: às 10 horas do dia 06/07/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 22 de junho de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 22-07-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: Sidney Fiuza Borba Comércio de Eletrônicos - ME CNPJ 11.090.831/0001-18 Lote 2: M7 Tecidos e Acessórios Ltda. - EPP CNPJ 12.383.275/0001-30 Belo Horizonte, 20 de julho de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- processo030_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2641/download;
  edital_processo030_2015_bandeiras_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2546/download;
  LOGOTIPO - bandeira MPMG 130x90cm.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2562/download;
  LOGOTIPO - bandeira MPMG 193x135cm.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2563/download;
+ processo030_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2641/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">BANDEIRAS (MATERIAL CÍVICO). </t>
   </si>
   <si>
     <t xml:space="preserve">M7 TECIDOS E ACESSÓRIOS LTDA - EPP </t>
   </si>
   <si>
     <t>18.450,00</t>
   </si>
   <si>
     <t xml:space="preserve">BANDEIRAS E MATERIAL CÍVICO </t>
   </si>
   <si>
     <t xml:space="preserve"> 29 / 2015</t>
   </si>
   <si>
     <t>13/06/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento e instalação de condicionadores de ar, incluindo mão de obra e materiais, em edificações ocupadas pelo Ministério Público, em todo o Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 23 </t>
   </si>
   <si>
     <t xml:space="preserve">Fornecimento de condicionadores de ar modulares (split) e monobloco (ACJ), instalados </t>
   </si>
   <si>
     <t xml:space="preserve">FRIOMINAS MÁQUINAS REPRESENTAÇÕES LTDA. </t>
   </si>
   <si>
     <t>102.898,52</t>
   </si>
   <si>
     <t>13-06-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 29/06/2015. Início da disputa de preços: às 10 horas do dia 29/06/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Licitação no site www.compras.mg.gov.br. ----------------------------- 09-07-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: Friominas Máquinas Representações Ltda. CNPJ 17.249.095/0001-84 Belo Horizonte, 03 de julho de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  processo029_2015_anexos.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2535/download;
+ edital_processo029_2015_fornecimento_instalacao_condicionadores_de_ar_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2534/download;
  processo 029_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2597/download;
- edital_processo029_2015_fornecimento_instalacao_condicionadores_de_ar_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2534/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 28 / 2015</t>
   </si>
   <si>
     <t>16/06/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviço de manutenção preventiva e corretiva, com ressarcimento de peças, de equipamentos de fornecimento ininterrupto de energia elétrica (no-break), instalados em imóveis da Procuradoria-Geral de Justiça de Minas Gerais</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 25 </t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO PREVENTIVA E CORRETIVA EM NO-BREAKS </t>
   </si>
   <si>
     <t xml:space="preserve">DIGITÉCNICA EQUIPAMENTOS E SERVIÇOS LTDA. </t>
   </si>
   <si>
     <t>26.428,00</t>
   </si>
   <si>
     <t>16-06-2015 AVISO DE LICITAÇÃO Número do processo: 028/ Ano: 2015 Unidade: 1091040 Objeto: Contratação de empresa especializada para prestação de serviço de manutenção preventiva e corretiva, com ressarcimento de peças, de equipamentos de fornecimento ininterrupto de energia elétrica (no-break), instalados em imóveis da Procuradoria-Geral de Justiça de Minas Gerais. Modalidade: Pregão eletrônico. Recebimento das propostas: até às 10 horas do dia 29/06/2015. Início da disputa de preços: às 10 horas do dia 29/06/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 15 de junho de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 11-07-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): Digitécnica Equipamentos e Serviços Ltda. - EPP CNPJ 18.545.608/0001-67 Belo Horizonte, 9 de julho de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
-    <t xml:space="preserve">"&gt;
- Compras MG - SIAD : http://www.compras.mg.gov.br/;
+    <t xml:space="preserve">
+"&gt; Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo028_2015_servicos_manutencao_no_breaks_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2536/download;
  processo 028_2015_ata_homolog.pdf : http://ws.mpmg.mp.br/licitacao/anexos/processo 028_2015_ata_homolog.pdf.exe;
- edital_processo028_2015_servicos_manutencao_no_breaks_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2536/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 27 / 2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para o fornecimento de licenças dos softwares Microsoft Word e Excel.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 24 </t>
   </si>
   <si>
     <t xml:space="preserve">Fornecimento de licenças dos softwares Microsoft Word e Excel. </t>
   </si>
   <si>
     <t xml:space="preserve">ALLEN RIO SERV. E COM. DE PROD. DE INFORMÁTICA LTDA. </t>
   </si>
   <si>
     <t>719.800,00</t>
   </si>
   <si>
     <t>13-06-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 26/06/2015. Início da disputa de preços: às 10 horas do dia 26/06/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Licitação no site www.compras.mg.gov.br. ----------------------------- 23-06-2015 ESCLARECIMENTOS Foi disponibilizado abaixo, em 23/06/2015, arquivo contendo questionamento formulado por interessado nesta licitação e sua respectiva resposta, cujo teor pode interessar a todos os licitantes, elaborada com o auxílio da Auditoria Interna deste órgão. ----------------------------- 25-06-2015 ESCLARECIMENTOS Foi disponibilizado abaixo, em 25/06/2015, arquivo contendo complementação aos esclarecimentos disponibilizados anteriormente, cujo teor pode interessar a todos os licitantes. ----------------------------- 01-07-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Allen Rio Serviços e Comércio de Produtos de Informática Ltda. CNPJ 00.710799/0001-00 Belo Horizonte, 30 de junho de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- processo027_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2564/download;
- pl_027_2015_esclarecimentos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2551/download;
  edital_processo027_2015_fornecimento_licenca_softwares_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2533/download;
  pl_27_2015_complementacao_esclarecimentos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2554/download;
+ pl_027_2015_esclarecimentos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2551/download;
+ processo027_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2564/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 26 / 2015</t>
   </si>
   <si>
     <t>17/06/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de transporte rodoviário de cargas, compostas por bens permanentes (mobiliários e equipamentos), na modalidade 'porta a porta', com origem em Belo Horizonte e entrega nas Promotorias de Justiça e Fóruns nas comarcas no estado de Minas Gerais e vice-versa.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 18 </t>
   </si>
   <si>
     <t xml:space="preserve">Transporte rodoviário de cargas, compostas por bens permanentes (mobiliários e equipamentos), na modalidade 'porta a porta', com origem em Belo Horizonte e entrega nas Promotorias de Justiça e Fóruns nas comarcas no estado de Minas Gerais e vice-versa. </t>
   </si>
   <si>
     <t xml:space="preserve">CELIN TRANSPORTES LTDA - EPP </t>
   </si>
   <si>
     <t>17-06-2015 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 30/06/2015. Início da disputa de preços: às 10 horas do dia 30/06/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 16 de junho de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 09-07-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote único: Celin Transportes Ltda. CNPJ 05.591.280/0001-73 Belo Horizonte, 08 de julho de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -2618,53 +2618,53 @@
  edital_processo26_2015_servicos_transporte_cargas_mudanca_DIMPE.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2538/download;
  processo026_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2596/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 25 / 2015</t>
   </si>
   <si>
     <t>Serviço de confecção de peças de divulgação da campanha -Que Diferença Faz?- bem como a prestação de serviço de confecção de peças gráfica</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 21 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de Impressão em offset. </t>
   </si>
   <si>
     <t>6.000,00</t>
   </si>
   <si>
     <t>11-06-2015 AVISO DE LICITAÇÃO Objeto: Contratação de empresa especializada para a prestação de serviço de confecção de peças de divulgação da campanha -Que Diferença Faz?- bem como a prestação de serviço de confecção de peças gráficas. Modalidade: Pregão eletrônico. Recebimento das propostas: até às 10 horas do dia 24/06/2015. Início da disputa de preços: às 10 horas do dia 24/06/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 10 de junho de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 23-06-2015 RETIFICAÇÃO - AVISO DE LICITAÇÃO REPUBLICAÇÃO(*) Recebimento das propostas: até às 10 horas do dia 06.07.2015. Início da disputa de preços: às 10 horas do dia 06.07.2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 22 de junho de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG (*)Republicado devido à alteração do Edital. ----------------------------- 25-06-2015 ESCLARECIMENTOS Foi disponibilizado abaixo, em 25/06/2015, arquivo contendo questionamento formulado por interessado nesta licitação e sua respectiva resposta, cujo teor pode interessar a todos os licitantes. ----------------------------- 17-07-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: Globalprint Editora Gráfica Ltda-EPP, CNPJ: 12.622.028/0001-40 Lote 2: Interlabel Etiquetas e Rótulos Eirelli_EPP, CNPJ: 13.036.294/0001-53 Lote 3: Maker Comunicação Visual Ltda-EPP, CNPJ: 05.650.294/0001-10 Lote 4 e 5: Vera Lúcia Francisca dos Santos-EPP, CNPJ: 14.272.952/0001-79 Lote 6: FRACASSADO Belo Horizonte, 16 de julho de 2015. Simone Maria Lima Santos</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- processo025_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2635/download;
  processo025_2015_esclarecimentos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2553/download;
  edital_processo025_2015_confeccao_pecas_graficas_REPUBLICADO_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2550/download;
+ processo025_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2635/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Descanso para copo. </t>
   </si>
   <si>
     <t xml:space="preserve">INTERLABEL ETIQUETAS E RÓTULOS EIRELI - EPP </t>
   </si>
   <si>
     <t>9.790,00</t>
   </si>
   <si>
     <t xml:space="preserve">Botton Americano. </t>
   </si>
   <si>
     <t xml:space="preserve">MAKER COMUNICAÇÃO VISUAL LTDA - ME </t>
   </si>
   <si>
     <t>1.800,00</t>
   </si>
   <si>
     <t xml:space="preserve">Sacola 'ecobag'. </t>
   </si>
   <si>
     <t xml:space="preserve">VERA LÚCIA FRANCISCA DOS SANTOS - EPP </t>
@@ -2686,52 +2686,52 @@
   </si>
   <si>
     <t>11/06/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de confecção de placas</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 22 </t>
   </si>
   <si>
     <t xml:space="preserve">PLACAS DE ALUMÍNIO FUNDIDO </t>
   </si>
   <si>
     <t xml:space="preserve">JUSTINO DAVINO PERES - ME </t>
   </si>
   <si>
     <t>3.850,00</t>
   </si>
   <si>
     <t>11-06-2015 AVISO DE LICITAÇÃO Número do processo: 024/ Ano: 2015 Unidade: 1091040 Objeto: Contratação de empresa especializada para prestação de serviços de confecção de placas. Modalidade: Pregão eletrônico. Recebimento das propostas: até às 10 horas do dia 24/06/2015. Início da disputa de preços: às 10 horas do dia 24/06/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 10 de junho de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 02-07-2015 HOMOLOGAÇÃO Número do processo: 024/ Ano: 2015 Unidade: 1091040 Objeto: Contratação de empresa especializada para prestação de serviços de confecção de placas. Modalidade: Pregão eletrônico. Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lotes 1 e 2: Justino Davino Peres - ME CNPJ: 05.588.878/0001-03 Belo Horizonte, 26 de junho de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo024_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2577/download;
  edital_processo024_2015_servicos_confeccao_placas_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2528/download;
- processo024_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2577/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">PLACAS EM AÇO ESCOVADO E PLACA EM AÇO INOX </t>
   </si>
   <si>
     <t>8.050,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 23 / 2015</t>
   </si>
   <si>
     <t>10/06/2015</t>
   </si>
   <si>
     <t>Aquisição de materiais de informática e equipamentos para filmagem</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 19 </t>
   </si>
   <si>
     <t xml:space="preserve">CARTÃO DE MEMÓRIA, PEN DRIVE, FONE DE OUVIDO E DISCO RÍGIDO PORTÁTIL. </t>
   </si>
   <si>
     <t>10-06-2015 AVISO DE LICITAÇÃO Número do processo: 023/ Ano: 2015 Unidade: 1091040 Objeto: Aquisição de materiais de informática e equipamentos para filmagem. Modalidade: Pregão eletrônico. Recebimento das propostas: até às 10 horas do dia 23/06/2015. Início da disputa de preços: às 10 horas do dia 23/06/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 9 de junho de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 03-07-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 2: Outlet Comércio de Materiais Eireli - ME CNPJ: 08.235.765/0001-12 Homologo o resultado do lote 1 deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 30 de junho de 2015. Simone Maria Lima Santos Diretora-Geral</t>
@@ -2757,53 +2757,53 @@
   </si>
   <si>
     <t>04/06/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de seguro para a frota de veículos pertencentes à PGJ - MG e ao PROCON - MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 16 </t>
   </si>
   <si>
     <t xml:space="preserve">Seguro total e parcial para a frota de veículos pertencentes da PGJ - MG. </t>
   </si>
   <si>
     <t xml:space="preserve">GENTE SEGURADORA S.A. </t>
   </si>
   <si>
     <t>48.000,00</t>
   </si>
   <si>
     <t>04-06-2015 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 18/06/2015. Início da disputa de preços: às 10 horas do dia 18/06/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 03 de junho de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 12-06-2015 ESCLARECIMENTOS ATENÇÃO-DISPONIBILIZAÇÃO DE QUESTIONAMENTOS E REPOSTAS-PL22/2015, PE16/2015. Informamos que foram disponibilizados em 12/06/2015, neste endereço eletrônico, os questionamentos apresentados por um licitante, bem como as respostas efetuadas pelos setores técnicos correspondentes. Observação: o arquivo se encontra no anexo abaixo "Questionamentos_repostas_PL022_2015_seguro_veiculos_PGJ_PROCON" ----------------------------- 23-06-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lotes 1 e 2: Gente Seguradora S.A. CNPJ 90.180.605/0001-02 Belo Horizonte, 22 de junho de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- processo022_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2547/download;
  Questionamentos_repostas_PL022_2015_seguro_veiculos_PGJ_PROCON.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/2530/download;
  pl022_2015_contratacao_seguro_veiculos_PGJ_PROCON.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2516/download;
+ processo022_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2547/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Seguro total e parcial dos veículos do PROCON. </t>
   </si>
   <si>
     <t>15.900,00</t>
   </si>
   <si>
     <t>20 / 2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para impressão de duas tiragens da Revista De Jure</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 20 </t>
   </si>
   <si>
     <t xml:space="preserve">Impressão de duas tiragens da Revista De Jure </t>
   </si>
   <si>
     <t>35.770,00</t>
   </si>
   <si>
     <t>11-06-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 24/06/2015. Início da disputa de preços: às 10 horas do dia 24/06/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Licitação no site www.compras.mg.gov.br. ----------------------------- 07-07-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): Globalprint Editora Gráfica Ltda. - EPP CNPJ: 12.622.028/0001-40 Belo Horizonte, 2 de julho de 2015. Simone Maria Lima Santos Diretora-Geral</t>
@@ -2970,113 +2970,113 @@
   </si>
   <si>
     <t xml:space="preserve"> 13 / 2015</t>
   </si>
   <si>
     <t>22/05/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de impressão de peças gráficas</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 12 </t>
   </si>
   <si>
     <t xml:space="preserve">PEÇAS GRÁFICAS DIVERSAS </t>
   </si>
   <si>
     <t>7.200,00</t>
   </si>
   <si>
     <t>22-05-2015 AVISO DE LICITAÇÃO Unidade: 1091040 Objeto: Contratação de empresa especializada para a prestação de serviços de impressão de peças gráficas. Modalidade: Pregão Eletrônico. Recebimento das propostas: até às 10 horas do dia 08/06/2015. Início da disputa de preços: às 10 horas do dia 08/06/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 21 de maio de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 19-06-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Cartonagem e Embalagens Belo Horizonte Ltda. - ME, CNPJ 10.359.576/0001-01 no lote 1 e Systema Comércio e Serviços Ltda. - EPP, CNPJ 10.346.883/0001-40 no lote 2. Belo Horizonte, 16 de junho de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo013_2015_servicos_impressao_pecas_graficas_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2506/download;
  processo013_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2540/download;
- edital_processo013_2015_servicos_impressao_pecas_graficas_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2506/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">BANNERS </t>
   </si>
   <si>
     <t xml:space="preserve">SYSTEMA COMÉRCIO E SERVIÇOS LTDA. - EPP </t>
   </si>
   <si>
     <t>1.100,00</t>
   </si>
   <si>
     <t>12 / 2015</t>
   </si>
   <si>
     <t>26/05/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços técnicos de fábrica de software para o desenvolvimento de aplicativo móvel, de forma continuada, com previsão de execução de até 300 (trezentos) pontos de função.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 11 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços técnicos de fábrica de software para o desenvolvimento de aplicativo móvel, de forma continuada, com previsão de execução de até 300 (trezentos) pontos de função. </t>
   </si>
   <si>
     <t>14-05-2015 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 26/05/2015. Início da disputa de preços: às 10 horas do dia 26/05/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 13 de maio de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 26-05-2015 REPUBLICAÇÃO - AVISO DE LICITAÇÃO REPUBLICAÇÃO(*) Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 10/06/2015. Início da disputa de preços: às 10 horas do dia 10/06/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 25 de maio de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG (*)Republicado devido à alteração da exigência de atestado de capacidade técnica (Item 4.1 ? Anexo III do Edital), houve alteração de datas. ----------------------------- 18-06-2015 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 12 de junho de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl012_2015_contratacao_desenvolvimento_aplicativo_movel_PROCON_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2508/download;
  processo012_2015_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2539/download;
  pl012_pe011_pc072_2015_contratacao_desenvolvimento_aplicativo_movel_PROCON.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/2494/download;
- pl012_2015_contratacao_desenvolvimento_aplicativo_movel_PROCON_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2508/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 10 / 2015</t>
   </si>
   <si>
     <t>07/05/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de seguro para a frota de veículos pertencentes à PGJ-MG e ao Procon-MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 9 </t>
   </si>
   <si>
     <t xml:space="preserve">SEGURO TOTAL E PARCIAL DOS VEÍCULOS DA PGJ-MG. </t>
   </si>
   <si>
     <t>07-05-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 20/05/2015. Início da disputa de preços: às 10 horas do dia 20/05/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 30-05-2015 HOMOLOGAÇÃO Homologo o resultado dos lotes 1 e 2 deste processo como 'fracassado', por não terem restado propostas classificadas para atendimento ao seu objeto. Belo Horizonte, 29 de maio de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  processo010_2015_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2526/download;
+ Decisao_Parecer AJAD _seguro veiculo_pl010_2015.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2511/download;
  edital_processo010_2015_seguro_veiculos_PGJ_Procon1.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2505/download;
- Decisao_Parecer AJAD _seguro veiculo_pl010_2015.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2511/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SEGURO TOTAL E PARCIAL DOS VEÍCULOS DO PROCON-MG. </t>
   </si>
   <si>
     <t xml:space="preserve"> 9 / 2015</t>
   </si>
   <si>
     <t>09/05/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de coleta e transporte de entulho, por meio de caçamba estacionária, em imóveis ocupados pelo Ministério Público de Minas Gerais, na cidade de Belo Horizonte, MG</t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de coleta e transporte de entulho, por meio de caçamba estacionária, em imóveis ocupados pelo Ministério Público de Minas Gerais, na cidade de Belo Horizonte, MG </t>
   </si>
   <si>
     <t xml:space="preserve">AKAI LOCADORA DE CAÇAMBAS LTDA - ME </t>
   </si>
   <si>
     <t>8.550,00</t>
   </si>
   <si>
     <t>09-05-2015 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 22/05/2015. Início da disputa de preços: às 10 horas do dia 22/05/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 8 de maio de 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 30-05-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: Akai Locadora de Caçambas Ltda ME CNPJ 02.493.473/0001-01 Belo Horizonte, 27 de maio de 2015. Simone Maria Lima Santos Diretora-Geral</t>
@@ -3090,97 +3090,97 @@
   </si>
   <si>
     <t xml:space="preserve"> 8 / 2015</t>
   </si>
   <si>
     <t>09/06/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de obra de edificação da Sede das Promotorias de Justiça de São Lourenço, com fornecimento de mão de obra e materiais.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 1 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de obra de edificação da Sede das Promotorias de Justiça de São Lourenço/MG, com fornecimento de mão de obra e materiais. </t>
   </si>
   <si>
     <t>3.882.879,00</t>
   </si>
   <si>
     <t>25-04-2015 AVISO DE LICITAÇÃO Recebimento dos envelopes: até às 12 horas do dia 28/05/2015, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 13 horas do dia 28/05/2015, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 11-05-2015 ESCLARECIMENTOS Foi disponibilizado em 11/05/2015, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, arquivo contendo questionamentos realizados por interessados nesta licitação, com as respectivas respostas, elaboradas com o auxílio da Superintendência de Engenharia e Arquitetura deste órgão, cujo teor pode interessar a todos os licitantes. ----------------------------- 13-05-2015 ESCLARECIMENTOS Foi disponibilizado em 13/05/2015, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, arquivo contendo novo(s) questionamento(s) realizado(s) por interessado(s) nesta licitação, com a(s) respectiva(s) resposta(s), cujo teor pode interessar a todos os licitantes. ----------------------------- 21-05-2015 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Recebimento dos envelopes: até às 12 horas do dia 22/06/2015, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 13 horas do dia 22/06/2015, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. (*)Republicado devido a correção da quantidade/unidade do item 1.5 do Modelo de Planilha Orçamentária de Venda e complementação do tópico 3 do Projeto Básico. ----------------------------- 21-05-2015 ESCLARECIMENTOS Foi disponibilizado em 21/05/2015, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, arquivo contendo questionamentos realizados por interessados nesta licitação, com as respectivas respostas, elaboradas com o auxílio da Superintendência de Engenharia e Arquitetura deste órgão, cujo teor pode interessar a todos os licitantes. ----------------------------- 09-06-2015 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)Recebimento dos envelopes: até às 12 horas do dia 10/07/2015, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 13 horas do dia 10/07/2015, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. (*)Motivo: alterações de preços, quantitativos e numerações de itens nas planilhas orçamentárias, além de inserção de serviços. ----------------------------- 01-07-2015 ESCLARECIMENTOS Segue esclarecimento técnico referente ao Processo Licitatório nº 008/2015, para conhecimento de todos os eventuais interessados: conforme orientação da Superintendência de Engenharia e Arquitetura deste Órgão, em relação ao item 8.2.1.3 (alvenaria em tijolos cerâmicos - espessura 25cm - acabada) da planilha orçamentária geral, a dimensão de 25 cm refere-se à espessura da alvenaria acabada. Portanto, a espessura do revestimento deve ser desconsiderada. ----------------------------- 03-07-2015 ESCLARECIMENTOS Segue errata referente ao Processo Licitatório nº 008/2015, para conhecimento de todos os eventuais interessados: considerando que o subitem 18.1 da planilha orçamentária geral encontra-se duplicado, onde se lê *18.1 INSTALAÇÃO de elevador comercial para 8 pessoas / 600 kg, conforme especificações e NBR 13994, leia-se *18.2 INSTALAÇÃO de elevador comercial para 8 pessoas / 600 kg, conforme especificações e NBR 13994. Assim, o BDI diferenciado previsto no Projeto Básico se aplica apenas ao item *18.1 FORNECIMENTO de elevador comercial para 8 pessoas / 600kg, conforme especificações e NBR 13994. ----------------------------- 07-07-2015 ESCLARECIMENTOS Foi disponibilizado em 07/07/2015, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, arquivo contendo novo(s) questionamento(s) realizado(s) por interessado(s) nesta licitação, com a(s) respectiva(s) resposta(s), cujo teor pode interessar a todos os licitantes. ----------------------------- 23-07-2015 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO Licitantes habilitados: Alcance Engenharia e Construção Ltda., CNPJ 20.501.854/0001-69; DM Construções e Comércio Ltda., CNPJ 24.669.434/0001-47; Esquadra Engenharia Ltda., CNPJ 07.291.916/0001-97; Ribeiro Alvim Engenharia Ltda., CNPJ 18.137.190/0001-59; Sengel Construções Ltda., CNPJ 17.723.933/0001-00; Tecaenge Engenharia Eireli, CNPJ 65.177.537/0001-77. Licitantes inabilitados: Eficiência Construtora Ltda., CNPJ 04.764.300/0001-06; Ribeiro Castro Construtora Ltda., CNPJ 06.987.147/0001-01. A ata de julgamento da documentação está disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Nos termos do art. 109, I, a, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento da documentação. Data prevista para abertura das propostas: às 10 horas do dia 3 de agosto de 2015, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. Belo Horizonte, 22 de julho de 2015. Matheus de Oliveira Dande Presidente da Comissão Permanente de Licitação ----------------------------- 11-08-2015 RESULTADO DO JULGAMENTO DE PROPOSTAS E ADJUDICAÇÃO Propostas classificadas: Sengel Construções Ltda., CNPJ 17.723.933/0001-00; Ribeiro Alvim Engenharia Ltda., CNPJ 18.137.190/0001-59; Alcance Engenharia e Construção Ltda., CNPJ 20.501.854/0001-69; DM Construções e Comércio Ltda., CNPJ 24.669.434/0001-47, Tecaenge Engenharia Eireli, CNPJ 65.177.537/0001-77; Esquadra Engenharia Ltda., CNPJ 07.291.916/0001-97. Fica declarado vencedor e adjudicatário o licitante: Sengel Construções Ltda., CNPJ 17.723.933/0001-00. A ata de julgamento das propostas e adjudicação está disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento das propostas e adjudicação. Belo Horizonte, 7 de agosto de 2015. Sebastião Nobre da Silva Presidente da Comissão Permanente de Licitação em Substituição ----------------------------- 22-08-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Sengel Construções Ltda. - CNPJ 17.723.933/0001-00, no lote 1 (único). Belo Horizonte, 21 de agosto de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl_008_anexos_REPUBLICADO_2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2520/download;
+ pl_008_2015_esclarecimentos_tecnicos_juridicos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2523/download;
+ edital_processo008_2015_obra_sao_lourenco_SEA_REP_2.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2519/download;
+ pl_008_2015_esclarecimentos_parte 3.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2503/download;
+ edital_processo008_2015_obra_sao_lourenco_SEA_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2501/download;
+ pl_008_anexos_REPUBLICADO.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2502/download;
  pl_008_2015_esclarecimentos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2490/download;
- pl_008_anexos_REPUBLICADO.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2502/download;
- edital_processo008_2015_obra_sao_lourenco_SEA_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2501/download;
+ edital_processo008_2015_obra_sao_lourenco_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2483/download;
  pl_008_2015_esclarecimentos_parte 2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2491/download;
- edital_processo008_2015_obra_sao_lourenco_SEA_REP_2.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2519/download;
-[...1 lines deleted...]
- edital_processo008_2015_obra_sao_lourenco_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2483/download;
  pl_008_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2484/download;
  PL008_2015_esclarecimentos_07_07_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2580/download;
- pl_008_2015_esclarecimentos_parte 3.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2503/download;
+ ata_julgamento_documentacao_22_07_2015.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2640/download;
+ ata_julgamento_propostas_adjudicacao_07_08_2015.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2668/download;
  ata_abertura_documentacao_10_07_2015.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2611/download;
- ata_julgamento_propostas_adjudicacao_07_08_2015.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2668/download;
  pl008_2015_ata_abert_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2691/download;
- pl_008_2015_esclarecimentos_tecnicos_juridicos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2523/download;
- ata_julgamento_documentacao_22_07_2015.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2640/download;
 </t>
   </si>
   <si>
     <t>7 / 2015</t>
   </si>
   <si>
     <t>14/03/2015</t>
   </si>
   <si>
     <t>Registro de Preços para aquisição de café, adoçante e açúcar (cristal e refinado).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 2 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de café em pó. </t>
   </si>
   <si>
     <t xml:space="preserve">CAFÉ PACAEMBU LTDA </t>
   </si>
   <si>
     <t>3,97</t>
   </si>
   <si>
     <t>07-03-2015 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras/MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 23.03.2015. Início da disputa de preços: às 10 horas do dia 23.03.2015. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 hs. Registro de Preços-Planejamento nº 007/2015 ----------------------------- 14-03-2015 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Registro de Preços - Planejamento nº 007/2015(*) Modalidade: Pregão eletrônico. Recebimento das propostas: até às 10 horas do dia 27/03/2015. Início da disputa de preços: às 10 horas do dia 27/03/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 16 de março de 2015. (*)Republicado devido à correção de erro formal do Edital. ----------------------------- 13-05-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1: Café Pacaembu Ltda. CNPJ 72.861.461/0001-60 Lote 2: AF Empreendimento Comercial Ltda - ME CNPJ 19.259.948/0001-94 Belo Horizonte, 12 de maio de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  planejamento_07_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2646/download;
+ pl002_pe002_sd007_rp_2015_acucar_cafe_DIMAC V. 2.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2460/download;
  pl002_pe002_sd007_rp_2015_acucar_cafe_DIMAC_ REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2461/download;
- pl002_pe002_sd007_rp_2015_acucar_cafe_DIMAC V. 2.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2460/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de açúcar (cristal e refinado) e adoçante </t>
   </si>
   <si>
     <t xml:space="preserve">AF EMPREENDIMENTO COMERCIAL LTDA - ME </t>
   </si>
   <si>
     <t>27.500,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 7 / 2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de impressão da Revista MPMG Jurídico.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 8 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviços de impressão da Revista MPMG Jurídico. </t>
   </si>
   <si>
     <t xml:space="preserve">RB GRÁFICA DIGITAL EIRELI - ME </t>
@@ -3203,83 +3203,83 @@
   </si>
   <si>
     <t>17/04/2015</t>
   </si>
   <si>
     <t>Aquisição de doses individuais de vacina antigripal, incluindo aplicação.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 7 </t>
   </si>
   <si>
     <t xml:space="preserve">VACINA ANTIGRIPAL </t>
   </si>
   <si>
     <t xml:space="preserve">CLÍNICA DE VACINAS SANTA CLARA LTDA - ME </t>
   </si>
   <si>
     <t>55.080,00</t>
   </si>
   <si>
     <t>17-04-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 04/05/2015. Início da disputa de preços: às 10 horas do dia 04/05/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 09-05-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Clinica de Vacinas Santa Clara Ltda-ME. CNPJ nº 03.599.839/0001-86 Belo Horizonte, 07 de maio de 2015. Simone Maria Lima Santos Diretora-Geral ----------------------------- 12-05-2015 HOMOLOGAÇÃO REPUBLICAÇÃO(*) Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Clinica de Vacinas Santa Clara Ltda-ME. CNPJ nº 03.599.839/0001-86 Belo Horizonte, 11 de maio de 2015. Simone Maria Lima Santos Diretora-Geral * Correção do número do Processo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo006_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2499/download;
  edital_processo006_2015_aquisicao_aplicacao_vacinas_DPMSO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2477/download;
- processo006_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2499/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 5 / 2015</t>
   </si>
   <si>
     <t>11/04/2015</t>
   </si>
   <si>
     <t>Renovação da licença de uso do software SCO 6v Enterprise for Vmare incluindo suporte e atualização.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 5 </t>
   </si>
   <si>
     <t xml:space="preserve">Licença de uso do software SCO 6v Enterprise for Vmare incluindo suporte e atualização. </t>
   </si>
   <si>
     <t xml:space="preserve">L3 INFORMÁTICA LTDA - EPP </t>
   </si>
   <si>
     <t>3.000,00</t>
   </si>
   <si>
     <t>11-04-2015 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 28/04/2015. Início da disputa de preços: às 10 horas do dia 28/04/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 01-05-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: L3 Informática Ltda. EPP CNPJ 21.270.587/0001-29 Belo Horizonte, 30 de abril de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo005_2015_renovacao_software_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2476/download;
  processo005_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2497/download;
- edital_processo005_2015_renovacao_software_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2476/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 4 / 2015</t>
   </si>
   <si>
     <t>14/04/2015</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 6 </t>
   </si>
   <si>
     <t>14-04-2015 AVISO DE LICITAÇÃO AVISO DE LICITAÇÃO Número do processo: 004 / Ano: 2015 Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 29/04/2015. Início da disputa de preços: às 10 horas do dia 29/04/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 06-05-2015 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 04 de maio de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo004_2015_biscoitos_diversos_DSGT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2474/download;
  processo004_2015_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2498/download;
 </t>
   </si>
   <si>
     <t>3 / 2015</t>
   </si>
   <si>
@@ -3309,273 +3309,273 @@
   </si>
   <si>
     <t>2 / 2015</t>
   </si>
   <si>
     <t>10/03/2015</t>
   </si>
   <si>
     <t>Contratação de seguro de vida e contra acidentes pessoais para estagiários do Ministério Público do Estado de Minas Gerais, sem intervenção de corretores.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 3 </t>
   </si>
   <si>
     <t xml:space="preserve">SEGURO DE VIDA E CONTRA ACIDENTES PESSOAIS PARA ESTAGIÁRIOS </t>
   </si>
   <si>
     <t>2.998,80</t>
   </si>
   <si>
     <t>10-03-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 24/03/2015. Início da disputa de preços: às 10 horas do dia 24/03/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 18-03-2015 ESCLARECIMENTOS ATENÇÃO - DISPONIBILIZAÇÃO DE QUESTIONAMENTOS E REPOSTAS - Foram disponibilizados em 18/03/2015, na página da Procuradoria-Geral de Justiça de Minas Gerais, no endereço http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, questionamentos realizados por interessados nesta licitação e respectivas respostas. Foi realizada retificação no Edital, porém não houve alteração de datas. ----------------------------- 28-03-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Gente Seguradora S.A. CNPJ 90.180.605/0001-02 Belo Horizonte, 27 de março de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- respostas_questionamentos_pl003_pe003_sd002_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2467/download;
- pl003_pe003_sd002_pc013_2015_contratacao_seguro_estagiarios_CEAF_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2465/download;
  pl003_pe003_sd002_pc013_2015_contratacao_seguro_estagiarios_CEAF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2457/download;
  processo002_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2485/download;
+ pl003_pe003_sd002_pc013_2015_contratacao_seguro_estagiarios_CEAF_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2465/download;
+ respostas_questionamentos_pl003_pe003_sd002_2015.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2467/download;
 </t>
   </si>
   <si>
     <t>1 / 2015</t>
   </si>
   <si>
     <t>05/02/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de manutenção preventiva do DATACENTER do Ministério Público de Minas Gerais, com fornecimento de materiais, abrangendo o sistema de ar-condicionado de precisão, sistema de ar-condicionado de conforto, sistema UPS, sistema elétrico e sistema de prevenção e combate a incêndio.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 1 </t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção preventiva do DATACENTER do Ministério Público de Minas Gerais, com fornecimento de materiais. </t>
   </si>
   <si>
     <t>342.316,81</t>
   </si>
   <si>
     <t>28-01-2015 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 11/02/2015. Início da disputa de preços: às 10 horas do dia 11/02/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 27 de janeiro 2015. Luís Armando Pereira Lima Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 04-02-2015 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Comunicamos a interposição e resposta à impugnação do presente Edital pela empresa Diamont Tecnologia de Climatização Ltda. Conhecemos da peça impugnativa interposta e, no mérito, julgamos PROCEDENTE. A íntegra da decisão administrativa se encontra nos autos do processo licitatório, na Divisão de Licitação, bem como no arquivo abaixo em pdf. Informamos aos interessados que houve alteração das datas, conforme aviso de licitação de Republicação, que ocorrerá no dia 05/02/2015: Início da sessão de disputa de preços: às 10 horas do dia 23/02/2015. Outras informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax 31-3330-8190 / 8233 / 8332 e fax 3330-8334, de 8 às 18 horas. ----------------------------- 05-02-2015 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Modalidade: Pregão eletrônico. Recebimento das propostas: até às 10 horas do dia 23/02/2015. Início da disputa de preços: às 10 horas do dia 23/02/2015. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 04 de fevereiro de 2015. (*)Republicado devido à alteração do Edital. ----------------------------- 19-02-2015 COMUNICAÇÃO COMUNICADO IMPORTANTE - Devido a um problema técnico gerado pelo sistema SIAD, houve o cadastramento do presente pregão como "EXCLUSIVIDADE ME/EPP", estando tal informação incorreta. Em sendo assim, houve a devida retificação no sistema, sendo o presente pregão "ABERTO A TODOS LICITANTES". Informamos que caso haja qualquer problema ao cadastrar a proposta, gentileza entrar em contato com esta Divisão de Licitação, conforme contatos informados no Edital. ----------------------------- 31-03-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Santana Sistemas de Segurança Ltda. CNPJ 02.435.614/0001-21 Belo Horizonte, 30 de março de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ decisao_recurso_Santana_inabilitacao_deferimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2470/download;
+ decisao_recurso_Spectrolab_objeto_social_indeferimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2454/download;
+ razoes_recurso_Spectrolab.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2449/download;
+ pl001_pe001_2015_sd001_pc499_2014_manutencao_preventiva_Datacenter_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2390/download;
  decisao_impugnacao_pl001_2015_exigencia declaracao tecnica_provimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2398/download;
- pl001_pe001_2015_sd001_pc499_2014_manutencao_preventiva_Datacenter_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2390/download;
-[...2 lines deleted...]
- decisao_recurso_Spectrolab_objeto_social_indeferimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2454/download;
  pl001_pe001_2015_sd001_pc499_2014_manutencao_preventiva_Datacenter_STI_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2402/download;
  processo001_2015_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2486/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 1 / 2015</t>
   </si>
   <si>
     <t>29/10/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de reforma de edificação, com fornecimento de mão de obra e materiais, na cidade de Belo Horizonte/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 4 </t>
   </si>
   <si>
     <t xml:space="preserve">Execução de reforma de edificação, com fornecimento de mão de obra e materiais, na cidade de Belo Horizonte/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">PHOCA ENGENHARIA E EMPREENDIMENTOS LTDA - ME </t>
   </si>
   <si>
     <t>1.314.163,50</t>
   </si>
   <si>
     <t>29-10-2015 AVISO DE LICITAÇÃO Unidade: 1481042 - Recebimento dos envelopes: até às 9 horas e 30 minutos do dia 02/12/2015, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 10 horas do dia 02/12/2015, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 29-10-2015 ESCLARECIMENTOS Apesar de constar acima o código da unidade de compra 1091040, o código correto é 1481042. ----------------------------- 23-11-2015 ESCLARECIMENTOS Unidade 1481042 ATENÇÃO-DISPONIBILIZAÇÃO DE ESCLARECIMENTOS-PL001/2015-CONCORRÊNCIA 4/2015 Informamos que foi disponibilizado, na presente data (23/11/15), o pedido de esclarecimentos realizado por empresa interessada, bem como a resposta elaborada pelo setor técnico deste órgão (Superintendência de Engenharia e Arquitetura), nos endereços eletrônicos www.compras.mg.gov.br e www.mpmg.mp.br. ----------------------------- 01-12-2015 ESCLARECIMENTOS Pergunta: Venho através deste solicitar esclarecimento quanto ao item 8.2.2 ?Composição de custos para cada item e subitem da planilha detalhada, conforme modelo fornecido pela Contratante, com discriminação de valores dos materiais, mão de obra, dos coeficientes de produtividade, de consumo e do BDI, exceto para as instalações referentes aos projetos complementares (elétricas, voz/dados, hidrossanitárias etc);?.Minha pergunta é a seguinte: De acordo com o item, a composição para os projetos complementares não precisa ser feita, porém são citados como Projetos Complementares os apenas o elétrico, voz/dados, e hidrossanitário, porém existe um etc. na frase, no que subentende que demais projetos complementares não precisam ser apresentado as suas composições de custos. Preciso saber quais são os itens que não precisam de apresentação de composição de custos. Resposta: Não há necessidade de apresentação da composição de custos dos seguintes itens da Planilha Geral: Item 06- INSTALAÇÕES ELÉTRICAS e AFINS;Item 07- AR CONDICIONADO;Item 08- HIDROSSANITÁRIO. Para os demais itens/subitens, as composições de custos de todos os itens/subitens deverão ser apresentadas, mesmo aquelas cujos valores foram obtidos via planilhas oficiais. ----------------------------- 05-12-2015 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO Licitantes habilitados: Construtora Império Ltda., CNPJ 04.565.082/0001-72; GC Engenharia EIRELI, CNPJ 03.755.066/0001-80; Phoca Engenharia e Empreendimentos Ltda. ME, CNPJ 19.752.556/0001-62; RT Ambiental Ltda. EPP, CNPJ 08.697.901/0001-96. Nos termos do art. 109, I, a, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento da documentação. Data prevista para abertura das propostas: às 10 horas do dia 17 de dezembro de 2015, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. *Observação: havendo interposição de recurso administrativo ou eventual necessidade administrativa, a data para abertura das propostas poderá ser alterada por meio de nova publicação no Diário Oficial do Ministério Público do Estado de Minas Gerais (DOMP/MG). ----------------------------- 17-12-2015 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO E COMUNICAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a interposição de recurso administrativo por parte da empresa Phoca Engenharia e Empreendimentos Ltda., CNPJ 19.752.556/0001-62, contra a decisão de habilitação das seguintes empresas: Construtora Império Ltda., CNPJ 04.565.082/0001-72; GC Engenharia EIRELI, CNPJ 03.755.066/0001-80; RT Ambiental Ltda. EPP, CNPJ 08.697.901/0001-96; As razões dos recursos administrativos estarão disponíveis para consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Nos termos do art. 109, § 3º, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para que as demais empresas licitantes interessadas apresentem impugnações aos recursos interpostos. A data prevista para realização da sessão de abertura dos envelopes contendo as propostas das empresas habilitadas será oportunamente comunicada a todos os interessados mediante publicação no Diário Oficial do Ministério Público do Estado de Minas Gerais (DOMP/MG). ----------------------------- 22-01-2016 RESULTADO DE JULGAMENTO DE RECURSO E COMUNICAÇÃO Recorrente: Phoca Engenharia e Empreendimentos Ltda. ME Recorridas: Construtora Império Ltda., GC Engenharia EIRELI, RT Ambiental Ltda. EPP Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Comissão Permanente de Licitação. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e nos endereços eletrônicos www.mpmg.mp.br e www.compras.mg.gov.br. Data prevista para abertura das propostas: às 14 horas do dia 25 de janeiro de 2016, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. ----------------------------- 05-02-2016 RESULTADO DO JULGAMENTO DAS PROPOSTAS E COMUNICAÇÃO Propostas desclassificadas: Construtora Império Ltda., CNPJ 04.565.082/0001-72; GC Engenharia EIRELI, CNPJ 03.755.066/0001-80; Phoca Engenharia e Empreendimentos Ltda. ME, CNPJ 19.752.556/0001-62; RT Ambiental Ltda. EPP, CNPJ 08.697.901/0001-96. A ata de julgamento das propostas e a íntegra da análise da Superintendência de Engenharia estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento das propostas. Nos termos do art. 48, §3º da Lei Federal nº 8.666/93, está aberto o prazo de 8 dias úteis, contados desta publicação, para que sejam apresentadas novas propostas escoimadas dos vícios inicialmente apresentados. *Observação: os prazos supracitados correrão concomitantemente, porém, caso haja a interposição de recurso, o prazo do art. 48, §3º ficará suspenso até que se decida quanto a este; caso o(s) recurso(s) seja(m) desprovido(s), o referido prazo voltará a correr, contado da publicação do resultado e julgamento da decisão denegatória. ----------------------------- 25-02-2016 RESULTADO DO JULGAMENTO DAS PROPOSTAS E COMUNICAÇÃO Propostas classificadas: 1ª colocada: Phoca Engenharia e Empreendimentos Ltda. ME, CNPJ 19.752.556/0001-62; 2ª colocada RT Ambiental Ltda. EPP, CNPJ 08.697.901/0001-96. Propostas desclassificadas: Construtora Império Ltda., CNPJ 04.565.082/0001-72; GC Engenharia EIRELI, CNPJ 03.755.066/0001-80; Fica declarada vencedora do certame a empresa Phoca Engenharia e Empreendimentos Ltda. ME, CNPJ 19.752.556/0001-62. Nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento das propostas. A ata de julgamento das novas propostas apresentadas conforme preconiza o art. 48, §3º da Lei Federal nº 8.666/93, e a análise da Superintendência de Engenharia estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Belo Horizonte, 24 de fevereiro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 05-03-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedora e adjudicatária a licitante: Phoca Engenharia e Empreendimentos Ltda. ME, CNPJ 19.752.556/0001-62, no lote único. Belo Horizonte, 04 de março de 2016. Waldemar Antônio de Arimatéia Procurador-Geral de Justiça Adjunto Administrativo em substituição</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  Processo01_2015_Anexos4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2795/download;
- Processo01_2015_Anexos3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2794/download;
+ edital_processo_1_2015_reforma_infancia_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2804/download;
  Processo01_2015_Anexos1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2792/download;
  Processo01_2015_Anexos2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2793/download;
+ Processo01_2015_Anexos3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2794/download;
+ processo01_2015_ata_sessao_de_abertura_habilitacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2877/download;
+ pl_1481042_001_2015_ata_sessao_de_julgamento_documentacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2883/download;
+ processo01_2015_esclarecimentos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2856/download;
+ pl_1481042_01_2015_recurso_Phoca_Engenharia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2908/download;
+ pl_1481042_01_2015_contrarrazoes_recurso_RT_Ambiental.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2920/download;
+ pl_1481042_01_2015_decisao_recurso_Phoca_Engenharia_indeferimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2921/download;
  processo1_2015_ata_sessao_de_abertura_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2925/download;
  processo1_2015_ata_sessao_de_julgamento_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2928/download;
  processo1_2015_ata_sessao_de_julgamento_novas_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2938/download;
- edital_processo_1_2015_reforma_infancia_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2804/download;
-[...5 lines deleted...]
- pl_1481042_01_2015_decisao_recurso_Phoca_Engenharia_indeferimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2921/download;
 </t>
   </si>
   <si>
     <t>137 / 2014</t>
   </si>
   <si>
     <t>20/12/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de mudança, incluindo os trabalhos de carga e descarga, em caminhão apropriado do tipo baú, na cidade de Uberaba, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 135 </t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviços de mudança, incluindo os trabalhos de carga e descarga, em caminhão apropriado do tipo ?baú?, na cidade de Uberaba, MG </t>
   </si>
   <si>
     <t>29.879,99</t>
   </si>
   <si>
     <t>20-12-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 15.01.2015. Início da disputa de preços: às 10 horas do dia 15.01.2015 Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 000142/2014 ----------------------------- 26-12-2014 ESCLARECIMENTOS 1) Questionamento: Qual o valor estimado para a contratação? Resposta: O valor estimado neste caso não será divulgado, porém o processo licitatório está disponível para vistas nesta Divisão de Licitação, sendo todas as informações constantes no mesmo de acesso público. 2) Questionamento: Qual o valor dos bens para seguro? Ou a empresa vencedora poderá cobrar 1% sobre o valor a ser declarado para os bens para efeito de seguro? Resposta: O edital não prevê o seguro,porém a sua Cláusula Quinta OBRIGAÇÕES DO CONTRATANTE, descreve o seguinte: t) Responsabilizar-se, ainda: t.1) Por todo e qualquer dano que venha a causar durante a execução dos serviços nos locais de origem e destino (vidros, pisos, revestimentos, paredes, aparelhos, veículos, etc.), assumindo o ônus e a execução dos respectivos reparos ou substituições, recompondo os locais eventualmente afetados com materiais similares, sempre observando o bom nível de acabamento dos serviços, submetendo-os à aprovação da Contratante; t.2) Por toda e qualquer avaria, perda ou furto, total ou parcial, que vier a ocorrer aos objetos a execução dos serviços, devendo indenizar, substituir ou efetuar o conserto em bens móveis e outros objetos, observando as características iniciais do bem, e submetendo-os à aprovação da Contratante. Assim fica a critério da contratante a formalização do seguro, e caso seja feito deverá compor preço final contrato; 3) Questionamento: Tendo em vista que a vistoria técnica é facultativa, qual a metragem cúbica da mudança? Ou caso não seja possível essa informação, tem como disponibilizar a lista dos bens que serão transportados? Resposta:Segue anexa lista com a carga patrimonial, com toda a relação de bens permanentes. Não constam na relação caixas de arquivo inativos, processos e outros materiais de escritório. ----------------------------- 07-01-2015 ESCLARECIMENTOS ATENÇÃO PL 137/2014, PE 135/2014. Srs. licitantes e interessados, Considerando a quantidade de questionamentos referentes ao valor estimado do processo licitatório em epígrafe e visando à ampla participação no certame, informamos que o preço de referência obtido por meio de cotação no mercado é de R$ 109.375,00. ----------------------------- 17-01-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Celin Transportes Ltda. EPP, CNPJ 05.591.280/0001-73, no lote 1 (único). Belo Horizonte, 16 de janeiro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl137_pe135_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2480/download;
+ pl137_pe135_2014_sd142_pc462_2014_servico_mudanca_uberaba_DSGT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2388/download;
  Lista de bens.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2389/download;
- pl137_pe135_2014_sd142_pc462_2014_servico_mudanca_uberaba_DSGT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2388/download;
- pl137_pe135_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2480/download;
 </t>
   </si>
   <si>
     <t>136 / 2014</t>
   </si>
   <si>
     <t>17/12/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviço de locação de equipamento de elevação e movimentação de carga, do tipo plataforma pantográfica elétrica.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 134 </t>
   </si>
   <si>
     <t xml:space="preserve">LOCAÇÃO DE EQUIPAMENTO DE ELEVAÇÃO E MOVIMENTAÇÃO DE CARGA, TIPO PLATAFORMA PANTOGRÁFICA ELÉTRICA. </t>
   </si>
   <si>
     <t xml:space="preserve">HERTZ RENTAL ELETRICIDADE INDUSTRIAL LTDA - ME </t>
   </si>
   <si>
     <t>26.700,00</t>
   </si>
   <si>
     <t>17-12-2014 AVISO DE LICITAÇÃO SIAD 1091040 - 000141/2014 A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 10 horas do dia 16.01.2015. Início da disputa de preços: às 10 horas do dia 16.01.2015 Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. ----------------------------- 18-12-2014 ESCLARECIMENTOS Segue pedido de esclarecimento de empresa interessada e resposta do setor técnico/demandante da PGJ: Perg: Prezado(a)devido as especificações não baterem, é possível me enviar a marca e modelo da plataforma pantográfica elétrica referente ao pregão 141/2014? Resp: As marcas cotadas foram:1) Genie GS1930; 2) JLG. ----------------------------- 30-01-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Hertz Rental Eletricidade Industrial Ltda. - ME, CNPJ 17.236.585/0001-46, no lote 1 (único). Belo Horizonte, 28 de janeiro de 2015. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
+ pl136_pe134_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2479/download;
  pl136_pe134_2014_sd141_pc468_2014_loca??o_equipamentos_eleva??o_carga_DMAP_ME_EPP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2385/download;
- pl136_pe134_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2479/download;
 </t>
   </si>
   <si>
     <t>135 / 2014</t>
   </si>
   <si>
     <t>12/12/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de serviços diversos em edificações ocupadas pelo Ministério Público em todo o Estado de Minas Gerais, com fornecimento de materiais e mão de obra.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO PRESENCIAL  Nº 133 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços diversos em edificações ocupadas pelo Ministério Público em todo o Estado de Minas Gerais, com fornecimento de materiais e mão de obra. </t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRAL CONSTRUTORA ARAÚJO LTDA </t>
   </si>
   <si>
     <t>1.100.000,00</t>
   </si>
   <si>
     <t>12-12-2014 AVISO DE LICITAÇÃO Objeto: Contratação de empresa especializada para a execução de serviços diversos em edificações ocupadas pelo Ministério Público em todo o Estado de Minas Gerais, com fornecimento de materiais e mão de obra. A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até às 13 horas do dia 15.01.2015. Início da disputa de preços: às 13 horas do dia 15.01.2015. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 0000138/2014 ----------------------------- 22-01-2015 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: CONSTRAL Construtora Araujo Ltda. - EPP, CNPJ 16.823.213/0001-53, no lote 1 (único). Belo Horizonte, 21 de janeiro de 2015. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ a-Anexos (Especif.,Proj., TR, planilha, foto e outros).zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2383/download;
  pl135_pp133_2014_sd138_pc342_2014_servicos_diversos_edificacoes_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2384/download;
- a-Anexos (Especif.,Proj., TR, planilha, foto e outros).zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2383/download;
  pl135_pp133_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2478/download;
 </t>
   </si>
   <si>
     <t>112 / 2014</t>
   </si>
   <si>
     <t>08/11/2014</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de reforma, com fornecimento de mão de obra e materiais, da sede da Promotoria Regional de Defesa da Infância e Juventude e da sede das demais Promotorias de Justiça, na cidade de Teófilo Otoni, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 110 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para execução de serviços de reforma, com fornecimento de mão de obra e materiais, da sede da Promotoria Regional de Defesa da Infância e Juventude e da sede das demais Promotorias de Justiça, na cidade de Teófilo Otoni, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUTORA COSTA ARAÚJO LTDA. - ME </t>
   </si>
   <si>
     <t>242.000,00</t>
   </si>
   <si>
     <t>08-11-2014 AVISO DE LICITAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais torna público que promoverá esta licitação no site www.compras.mg.gov.br, acessado através da página www.mpmg.mp.br / Licitações / Pregões Eletrônicos / Portal de Compras / MG, onde poderá ser obtido o edital. Recebimento das propostas: até as 10 horas do dia 21.11.2014. Início da disputa de preços: às 10 horas do dia 21.11.2014. Informações: Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG, telefax: 31-3330-8190 / 8233 / 8334, de 8 às 18 h. SIAD 1091040 - 0000105/2014 ----------------------------- 05-12-2014 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Construtora Costa Araújo Ltda. - ME, CNPJ 13.538.015/0001-50 no lote 1 (único). Belo Horizonte, 4 de dezembro de 2014. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 24-02-2015 ESCLARECIMENTOS A Divisão de Licitação da Procuradoria-Geral de Justiça informa que estão disponíveis para consulta dos interessados, nesta página (arquivo abaixo) e nos autos do Processo Licitatório em epígrafe, esclarecimentos administrativos acerca de questionamentos formulados pela empresa R2 Reforma Civil Ltda. - EPP quanto à documentação de habilitação apresentada pela empresa adjudicatária do objeto desta licitação.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl112_pe110_2014_sd105_pc335_2014_servicos_reforma_Promotorias_Teofilo_Otoni_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2329/download;
+ pl112_pe110_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2330/download;
  Esclarecimentos Administrativos - PL 112.2014 PE 110.2014.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2425/download;
- pl112_pe110_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2330/download;
- pl112_pe110_2014_sd105_pc335_2014_servicos_reforma_Promotorias_Teofilo_Otoni_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2329/download;
  pl112_pe110_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2431/download;
 </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>* Data de publicação do último aviso licitatório no Diário Oficial Eletrônico do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t>** Situação e resultado variam conforme o lote.</t>
   </si>
   <si>
     <t>*** Consulta de planilha (XLSX) apresenta nome e url (endereço web) dos arquivos sob a forma de texto. Para acessar determinado arquivo, favor copiar e colar o respectivo url no navegador. Para visualizar todos os hiperlinks de arquivos, favor consultar pesquisa HTML.</t>
   </si>
   <si>
     <t>Fonte: Sistema de Controle de Processos Licitatórios - MPMG</t>
   </si>
   <si>
-    <t>Data da última atualização: 21/11/2025</t>
+    <t>Data da última atualização: 14/12/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>