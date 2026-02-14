--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -3531,51 +3531,51 @@
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pl112_pe110_2014_sd105_pc335_2014_servicos_reforma_Promotorias_Teofilo_Otoni_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2329/download;
  pl112_pe110_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2330/download;
  Esclarecimentos Administrativos - PL 112.2014 PE 110.2014.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2425/download;
  pl112_pe110_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2431/download;
 </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>* Data de publicação do último aviso licitatório no Diário Oficial Eletrônico do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t>** Situação e resultado variam conforme o lote.</t>
   </si>
   <si>
     <t>*** Consulta de planilha (XLSX) apresenta nome e url (endereço web) dos arquivos sob a forma de texto. Para acessar determinado arquivo, favor copiar e colar o respectivo url no navegador. Para visualizar todos os hiperlinks de arquivos, favor consultar pesquisa HTML.</t>
   </si>
   <si>
     <t>Fonte: Sistema de Controle de Processos Licitatórios - MPMG</t>
   </si>
   <si>
-    <t>Data da última atualização: 14/12/2025</t>
+    <t>Data da última atualização: 14/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>