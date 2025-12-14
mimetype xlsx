--- v0 (2025-11-21)
+++ v1 (2025-12-14)
@@ -92,131 +92,131 @@
   <si>
     <t>Registro de Preços para aquisição de mobiliários diversos (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">MENOR PREÇO </t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 1 </t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRAS DIVERSAS E LONGARINAS </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Preço registrado </t>
   </si>
   <si>
     <t xml:space="preserve">Vitor Silvestre Felicio - ME </t>
   </si>
   <si>
     <t>482.000,00</t>
   </si>
   <si>
     <t>Não se aplica</t>
   </si>
   <si>
-    <t>18-03-2017 AVISO DE LICITAÇÃO Número do planejamento: 471/ Ano: 2017 Recebimento das propostas: até às 10 horas do dia 31/03/2017. Início da disputa de preços: às 10 horas do dia 31/03/2017. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 17 de março de 2017. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 22-03-2017 COMUNICAÇÃO COMUNICADO-ERRO NO ANO DO PLANEJAMENTO-NÃO HOUVE ALTERAÇÃO DE DATAS Foi publicado no Diário Oficial Eletrônico do Ministério Público de Minas Gerais - DOMP/MG do dia 18/03/2017, o aviso de licitação referente ao Registro de Preços em comento, todavia, houve um erro quanto ao ano do planejamento: "Número do Planejamento: 471/2017" (errado), lê-se "Número do Planejamento: 471/2016" (correto). ----------------------------- 24-03-2017 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Número do processo: 471/ Ano: 2016 Recebimento das propostas: até às 10 horas do dia 06/04/2017. Início da disputa de preços: às 10 horas do dia 06/04/2017. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 23 de março de 2017. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG (*) Republicado devido à correção da data do planejamento, houve alteração de datas. ----------------------------- 30-03-2017 RESULTADO DE JULGAMENTO DE IMPUGNAÇÃO E COMUNICAÇÃO Unidade: 1091040 Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, julgamos parcialmente procedente. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que esta licitação terá suas datas alteradas, devido à necessidade de Republicação do Edital. Demais informações: Av. Álvares Cabral, 1740, 5º andar, BH/MG, telefones (31) 3330-8190 / 8233 / 8332 e fax 3330-8334, de 2ª a 6ª feira, das 8 às 18 horas. Belo Horizonte, 29 de março de 2017. Carmen Lúcia Mariz de Macedo Pregoeira ----------------------------- 30-03-2017 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091040 Republicado devido à alteração no item 4.3.6 do Edital, houve alteração de datas. Recebimento das propostas: até às 10 horas do dia 17/04/2017. Início da disputa de preços: às 10 horas do dia 17/04/2017. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 30 de março de 2017. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 11-04-2017 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 02/05/2017. Início da disputa de preços: às 10 horas do dia 02/05/2017. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 10 de abril de 2017. Catarina Natalino Calixto Coordenadora em substituição da Divisão de Licitação/PGJ-MG (*)Republicado devido à alteração no item 4.3.6.1.1 do Edital, houve alteração de datas. ----------------------------- 11-04-2017 RESULTADO DO JULGAMENTO DE IMPUGNAÇÃO E COMUNICAÇÃO Unidade: 1091040 Impugnante: Safol Indústria de Móveis de Aço Ltda. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, julgamos improcedente. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que esta licitação terá suas datas alteradas, devido à necessidade de Republicação do Edital. Demais informações: Av. Álvares Cabral, 1740, 5º andar, BH/MG, telefones (31) 3330-8190 / 8233 / 8332 e fax 3330-8334, de 2ª a 6ª feira, das 8 às 18 horas. Belo Horizonte, 10 de abril de 2017. Carmen Lúcia Mariz de Macedo Pregoeira ----------------------------- 28-04-2017 COMUNICAÇÃO COMUNICADO - RP 471/2016 - ALTERAÇÃO DO PREGOEIRO Prezados Licitantes, comunicamos que houve a alteração do Pregoeiro deste Registro de Preços, alterando o Sebastião Nobre da Silva para o José Alexandre Milagres Vasconcelos. Ressaltamos que, devido a impossibilidade de alteração no presente Portal de Compras MG, o pregoeiro José Alexandre Milagres Vasconcelos irá conduzir a sessão do pregão com o nome do Sebastião Nobre da Silva, porém, assinará todos os documentos decorrentes deste processo em seu próprio nome. Agradecemos a compreensão. ----------------------------- 21-07-2017 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1: Vitor Silvestre Felicio - ME CNPJ 23.317.916/0001-75 Lote 2: Mobiletto Indústria e Comércio Ltda. - EPP CNPJ 71.313.217/0001-08 Lote 3: Comercial Morbras Eireli - ME CNPJ 05.312.963/0001-44 Belo Horizonte, 18 de julho de 2017. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
+    <t>18-03-2017 AVISO DE LICITAÇÃO Número do planejamento: 471/ Ano: 2017 Recebimento das propostas: até às 10 horas do dia 31/03/2017. Início da disputa de preços: às 10 horas do dia 31/03/2017. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 17 de março de 2017. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 22-03-2017 COMUNICAÇÃO COMUNICADO-ERRO NO ANO DO PLANEJAMENTO-NÃO HOUVE ALTERAÇÃO DE DATAS Foi publicado no Diário Oficial Eletrônico do Ministério Público de Minas Gerais - DOMP/MG do dia 18/03/2017, o aviso de licitação referente ao Registro de Preços em comento, todavia, houve um erro quanto ao ano do planejamento: "Número do Planejamento: 471/2017" (errado), lê-se "Número do Planejamento: 471/2016" (correto). ----------------------------- 24-03-2017 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Número do processo: 471/ Ano: 2016 Recebimento das propostas: até às 10 horas do dia 06/04/2017. Início da disputa de preços: às 10 horas do dia 06/04/2017. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 23 de março de 2017. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG (*) Republicado devido à correção da data do planejamento, houve alteração de datas. ----------------------------- 30-03-2017 RESULTADO DE JULGAMENTO DE IMPUGNAÇÃO E COMUNICAÇÃO Unidade: 1091040 Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, julgamos parcialmente procedente. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que esta licitação terá suas datas alteradas, devido à necessidade de Republicação do Edital. Demais informações: Av. Álvares Cabral, 1740, 5º andar, BH/MG, telefones (31) 3330-8190 / 8233 / 8332 e fax 3330-8334, de 2ª a 6ª feira, das 8 às 18 horas. Belo Horizonte, 29 de março de 2017. Carmen Lúcia Mariz de Macedo Pregoeira ----------------------------- 30-03-2017 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091040 Republicado devido à alteração no item 4.3.6 do Edital, houve alteração de datas. Recebimento das propostas: até às 10 horas do dia 17/04/2017. Início da disputa de preços: às 10 horas do dia 17/04/2017. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 30 de março de 2017. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 11-04-2017 RESULTADO DO JULGAMENTO DE IMPUGNAÇÃO E COMUNICAÇÃO Unidade: 1091040 Impugnante: Safol Indústria de Móveis de Aço Ltda. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, julgamos improcedente. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que esta licitação terá suas datas alteradas, devido à necessidade de Republicação do Edital. Demais informações: Av. Álvares Cabral, 1740, 5º andar, BH/MG, telefones (31) 3330-8190 / 8233 / 8332 e fax 3330-8334, de 2ª a 6ª feira, das 8 às 18 horas. Belo Horizonte, 10 de abril de 2017. Carmen Lúcia Mariz de Macedo Pregoeira ----------------------------- 11-04-2017 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 02/05/2017. Início da disputa de preços: às 10 horas do dia 02/05/2017. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 10 de abril de 2017. Catarina Natalino Calixto Coordenadora em substituição da Divisão de Licitação/PGJ-MG (*)Republicado devido à alteração no item 4.3.6.1.1 do Edital, houve alteração de datas. ----------------------------- 28-04-2017 COMUNICAÇÃO COMUNICADO - RP 471/2016 - ALTERAÇÃO DO PREGOEIRO Prezados Licitantes, comunicamos que houve a alteração do Pregoeiro deste Registro de Preços, alterando o Sebastião Nobre da Silva para o José Alexandre Milagres Vasconcelos. Ressaltamos que, devido a impossibilidade de alteração no presente Portal de Compras MG, o pregoeiro José Alexandre Milagres Vasconcelos irá conduzir a sessão do pregão com o nome do Sebastião Nobre da Silva, porém, assinará todos os documentos decorrentes deste processo em seu próprio nome. Agradecemos a compreensão. ----------------------------- 21-07-2017 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1: Vitor Silvestre Felicio - ME CNPJ 23.317.916/0001-75 Lote 2: Mobiletto Indústria e Comércio Ltda. - EPP CNPJ 71.313.217/0001-08 Lote 3: Comercial Morbras Eireli - ME CNPJ 05.312.963/0001-44 Belo Horizonte, 18 de julho de 2017. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- proposta_documentos_licitanteF000313_processoRP471_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/4754/download;
- proposta_documentos_licitanteF000244_processo471_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/4759/download;
+ edital_processo_471_2016_aquisicao_mobiliario_diversos_DIMPE.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3676/download;
+ edital_processo_471_2016_aquisicao_mobiliario_diversos_DIMPE_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3683/download;
  Impugnacao_Safol_Pl471_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3693/download;
  Resposta_impugnacao_Safol_Pl471_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3694/download;
  edital_processo_471_2016_aquisicao_mobiliario_diversos_DIMPE_REP2.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3700/download;
  Impugnacao2_Safol_Pl471_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3707/download;
  Resposta_Impugnacao2_Safol_Pl471_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3708/download;
  edital_processo_471_2016_aquisicao_mobiliario_diversos_DIMPE_REP3.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3709/download;
  proposta_documentos_licitante_F000291_RP471_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3725/download;
  proposta_documentos_licitante_F000195_RP471_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3728/download;
  proposta_documentos_licitante_F000319_RP471_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/4735/download;
- edital_processo_471_2016_aquisicao_mobiliario_diversos_DIMPE.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3676/download;
- edital_processo_471_2016_aquisicao_mobiliario_diversos_DIMPE_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3683/download;
+ proposta_documentos_licitanteF000313_processoRP471_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/4754/download;
+ proposta_documentos_licitanteF000244_processo471_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/4759/download;
+ proposta_documentos_licitante_F000175_RP471_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/4782/download;
+ proposta_documentos_licitante_F000173_RP471_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/4784/download;
+ 2017_pl-siad-471-2016_pe-1-2017_L-1_DECLs_Vitor.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/4847/download;
  RAZOES_RECURSO_2017_pl-siad-471-2016_pe-1-2017_L-1_F000195_MetaX.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/4939/download;
  CONTRARRAZOES_RECURSO_2017_pl-siad-471-2016_pe-1-2017_L-1_F000173_Vitor.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/4940/download;
  RESPOSTA_RECURSO_2017_pl-siad-471-2016_pe-1-2017_L-1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/4941/download;
  planejamento471_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/4948/download;
- 2017_pl-siad-471-2016_pe-1-2017_L-1_DECLs_Vitor.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/4847/download;
-[...1 lines deleted...]
- proposta_documentos_licitante_F000173_RP471_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/4784/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MESAS DE TRABALHO CINZA </t>
   </si>
   <si>
     <t xml:space="preserve">MOBILETTO INDÚSTRIA E COMÉRCIO LTDA - EPP </t>
   </si>
   <si>
     <t>218.349,00</t>
   </si>
   <si>
     <t xml:space="preserve">MÓVEIS DE AÇO </t>
   </si>
   <si>
     <t xml:space="preserve">Comercial Morbras Eireli - ME </t>
   </si>
   <si>
     <t>423.900,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 428 / 2016</t>
   </si>
   <si>
     <t>20/04/2017</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de mobiliários e carrinhos diversos, novos</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 94 </t>
   </si>
   <si>
     <t xml:space="preserve">MESAS DE MADEIRA FREIJÓ </t>
   </si>
   <si>
     <t>180.017,00</t>
   </si>
   <si>
-    <t>20-04-2017 COMUNICAÇÃO ATENÇÃO - DISPONIBILIZAÇÃO DE FOTOS (MODELOS) - Foram disponibilizadas abaixo fotos dos modelos dos mobiliários e carrinhos objetos desta licitação. ----------------------------- 20-04-2017 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 08/05/2017. Início da disputa de preços: às 10 horas do dia 08/05/2017. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 19 de abril de 2017. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 02-05-2017 COMUNICAÇÃO ALTERAÇÃO DO PREGOEIRO Prezados Licitantes, comunicamos que houve a alteração do Pregoeiro deste Registro de Preços, alterando o Sebastião Nobre da Silva para Catarina Natalino Calixto. Ressaltamos que, devido a impossibilidade de alteração no presente Portal de Compras MG, a pregoeira Catarina Natalino Calixto irá conduzir a sessão do pregão em nome do Sebastião Nobre da Silva, porém, assinará todos os documentos decorrentes deste processo em seu próprio nome. Agradecemos a compreensão. ----------------------------- 02-06-2017 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1: MOBILETTO INDÚSTRIA E COMÉRCIO LTDA. - EPP CNPJ 71.313.217/0001-08 Lote 2: SIDNEY FIUZA BORBA COMÉRCIO DE ELETRÔNICOS - ME CNPJ 11.090.831/0001-18 Lotes 3 e 4: SUPRILIDER COMÉRCIO E SERVIÇOS LTDA. - ME CNPJ 03.225.533/0001-60 Os lotes 5 e 6 resultaram 'FRACASSADOS' por não terem restado propostas classificadas para o atendimento aos seus objetos. Belo Horizonte, 25 de maio de 2017. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
+    <t>20-04-2017 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 08/05/2017. Início da disputa de preços: às 10 horas do dia 08/05/2017. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 19 de abril de 2017. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 20-04-2017 COMUNICAÇÃO ATENÇÃO - DISPONIBILIZAÇÃO DE FOTOS (MODELOS) - Foram disponibilizadas abaixo fotos dos modelos dos mobiliários e carrinhos objetos desta licitação. ----------------------------- 02-05-2017 COMUNICAÇÃO ALTERAÇÃO DO PREGOEIRO Prezados Licitantes, comunicamos que houve a alteração do Pregoeiro deste Registro de Preços, alterando o Sebastião Nobre da Silva para Catarina Natalino Calixto. Ressaltamos que, devido a impossibilidade de alteração no presente Portal de Compras MG, a pregoeira Catarina Natalino Calixto irá conduzir a sessão do pregão em nome do Sebastião Nobre da Silva, porém, assinará todos os documentos decorrentes deste processo em seu próprio nome. Agradecemos a compreensão. ----------------------------- 02-06-2017 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1: MOBILETTO INDÚSTRIA E COMÉRCIO LTDA. - EPP CNPJ 71.313.217/0001-08 Lote 2: SIDNEY FIUZA BORBA COMÉRCIO DE ELETRÔNICOS - ME CNPJ 11.090.831/0001-18 Lotes 3 e 4: SUPRILIDER COMÉRCIO E SERVIÇOS LTDA. - ME CNPJ 03.225.533/0001-60 Os lotes 5 e 6 resultaram 'FRACASSADOS' por não terem restado propostas classificadas para o atendimento aos seus objetos. Belo Horizonte, 25 de maio de 2017. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pedido_desclassificacao_licitanteF000176_processo428_2016_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/4768/download;
+ proposta_documentos_licitanteF000575_processo428_2016_lote5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/4769/download;
  2016_pl-siad-RP428_pe-94_L1_CONTR_DOCs_Mobiletto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/4780/download;
  2016_pl-siad-RP428_pe-94_L1_PROP_DOCs_Mobiletto.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/4781/download;
- pedido_desclassificacao_licitanteF000176_processo428_2016_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/4768/download;
-[...3 lines deleted...]
- proposta_documentos_licitanteF000286_processo428_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/4745/download;
+ planejamento428_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/4802/download;
+ prospecto_licitanteF000315_F000454_processo428_2016_lotes3_4.jpg : https://transparencia.mpmg.mp.br/licitacao/arquivo/4753/download;
  proposta_documentos_licitanteF000315_F000454_processo428_2016_lotes3_4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/4746/download;
  proposta_documentos_licitanteF000176_processo428_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/4747/download;
  proposta_atualizada_licitanteF000286_processo428_2016_lote2.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/4750/download;
- prospecto_licitanteF000315_F000454_processo428_2016_lotes3_4.jpg : https://transparencia.mpmg.mp.br/licitacao/arquivo/4753/download;
- planejamento428_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/4802/download;
+ proposta_documentos_licitanteF000286_processo428_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/4745/download;
+ edital_processo_428_2016_aquisicao_mobiliarios_diversos_carrinhos_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3719/download;
+ processo428_2016_fotos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3720/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MESA E CADEIRA DE REFEITÓRIO </t>
   </si>
   <si>
     <t xml:space="preserve">SIDNEY FIUZA BORBA COMÉRCIO DE ELETRÔNICOS - ME </t>
   </si>
   <si>
     <t>16.446,40</t>
   </si>
   <si>
     <t xml:space="preserve">QUADRO DE AVISO </t>
   </si>
   <si>
     <t xml:space="preserve">SUPRILIDER COMÉRCIO E SERVIÇOS LTDA - ME </t>
   </si>
   <si>
     <t>72,60</t>
   </si>
   <si>
     <t xml:space="preserve">QUADRO BRANCO PARA USO DIDÁTICO </t>
   </si>
   <si>
     <t>95,78</t>
@@ -238,61 +238,61 @@
   </si>
   <si>
     <t xml:space="preserve"> 427 / 2016</t>
   </si>
   <si>
     <t>18/02/2017</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de eletroeletrônicos e itens de ergonomia</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 95 </t>
   </si>
   <si>
     <t xml:space="preserve">APOIA PÉ </t>
   </si>
   <si>
     <t>82,83</t>
   </si>
   <si>
     <t>18-02-2017 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 08/03/2017. Início da disputa de preços: às 10 horas do dia 08/03/2017. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 05-04-2017 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1: MOBILETTO INDÚSTRIA E COMÉRCIO LTDA. - EPP CNPJ 71.313.217/0001-08 Lote 4: VITANET - COMERCIAL EIRELI - EPP CNPJ 12.185.204/0001-23 Lote 5: MARCELO EUSTÁQUIO DE OLIVEIRA 22109170697 - ME CNPJ 18.132.510/0001-88 Os lotes 2, 3 e 6 resultaram 'FRACASSADOS' por não terem restado propostas classificadas para o atendimento aos seus objetos. Belo Horizonte, 4 de abril de 2017. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ planejamento427_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3702/download;
+ processo427_2016_contrarrazoes_recurso_Vitanet_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3687/download;
+ processo427_2016_decisao_recurso_Marcelo_Eustaquio_lote4_indeferimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3688/download;
+ processo427_2016_razoes_recurso_Marcelo_Eustaquio_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3686/download;
  proposta_documentos_licitanteF000298_processo427_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3678/download;
- processo427_2016_contrarrazoes_recurso_Vitanet_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3687/download;
-[...2 lines deleted...]
- edital_processo_RP_427_2016_aquisicao _eletroeletronicos_e_itens_ergonomia_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3654/download;
  proposta_documentos_licitanteF000137_processo427_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3665/download;
  proposta_documentos_licitanteF000268_processo427_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3666/download;
+ proposta_documentos_licitanteF000476_processo427_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3669/download;
  proposta_documentos_licitanteF000376-F000576-F000686_processo427_2016_lotes3-5-6.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3667/download;
- proposta_documentos_licitanteF000476_processo427_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3669/download;
- processo427_2016_razoes_recurso_Marcelo_Eustaquio_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3686/download;
  proposta_readequada_licitanteF000576_processo427_2016_lote5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3673/download;
+ edital_processo_RP_427_2016_aquisicao _eletroeletronicos_e_itens_ergonomia_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3654/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SUPORTE PARA TEXTO </t>
   </si>
   <si>
     <t xml:space="preserve">FRAGMENTADORA </t>
   </si>
   <si>
     <t xml:space="preserve">MÁQUINA PROTOCOLADORA </t>
   </si>
   <si>
     <t xml:space="preserve">VITANET COMERCIAL EIRELI EPP </t>
   </si>
   <si>
     <t>1.950,00</t>
   </si>
   <si>
     <t xml:space="preserve">IDENTIFICADOR DE CHAMADAS </t>
   </si>
   <si>
     <t xml:space="preserve">MARCELO EUSTÁQUIO DE OLIVEIRA LTDA </t>
   </si>
   <si>
     <t>32,90</t>
@@ -302,58 +302,58 @@
   </si>
   <si>
     <t xml:space="preserve"> 426 / 2016</t>
   </si>
   <si>
     <t>03/02/2017</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de eletrodomésticos, bebedouros e purificadores de água.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 96 </t>
   </si>
   <si>
     <t xml:space="preserve">BEBEDOURO PARA GARRAFÃO </t>
   </si>
   <si>
     <t>495,00</t>
   </si>
   <si>
     <t>03-02-2017 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 16/02/2017. Início da disputa de preços: às 10 horas do dia 16/02/2017. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 02 de fevereiro de 2017. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 22-03-2017 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lotes 1, 2 e 4: VITANET COMERCIAL EIRELI EPP CNPJ 12.185.204/0001-23 Lotes 3 e 7: LEANDRO LUIZ LEAL SILVA - EPP CNPJ 08.194.579/0001-82 Lotes 5 e 8: MARCELO EUSTAQUIO DE OLIVEIRA 22109170697 - ME CNPJ 18.132.510/0001-88 Lote 6: SOMAR REPRESENTAÇÃO E COMÉRCIO LTDA. - EPP CNPJ 11.281.914/0001-94 Belo Horizonte, 21 de março de 2017. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ planejamento426_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3677/download;
+ proposta_documentos_licitantesF000558_processo426_2016_lote5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3672/download;
+ proposta_documentos_licitanteF000166_F000244_F000412_processo_426_2016_lote1,2,4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3653/download;
+ proposta_documentos_licitante_F000790_processo426_2016_lote7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3661/download;
  proposta_documentos_licitanteF000816_processo_426_2016_lote8.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3650/download;
  proposta_documentos_licitanteF000366_processo_426_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3651/download;
  proposta_documentos_licitanteF000602_processo_426_2016_lote6.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3652/download;
- proposta_documentos_licitanteF000166_F000244_F000412_processo_426_2016_lote1,2,4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3653/download;
  edital_processo_RP_426_2016_aquisicao_bebedouros_eletrodomesticos_DIMPE.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3647/download;
- proposta_documentos_licitante_F000790_processo426_2016_lote7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3661/download;
-[...1 lines deleted...]
- planejamento426_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3677/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">BEBEDOURO REFRIGERADO </t>
   </si>
   <si>
     <t>639,90</t>
   </si>
   <si>
     <t xml:space="preserve">BEBEDOURO ACESSÍVEL </t>
   </si>
   <si>
     <t xml:space="preserve">Leandro Luiz Leal Silva - EPP </t>
   </si>
   <si>
     <t>1.400,00</t>
   </si>
   <si>
     <t xml:space="preserve">PURIFICADOR DE ÁGUA </t>
   </si>
   <si>
     <t>477,00</t>
   </si>
   <si>
     <t xml:space="preserve">FOGÃO À GÁS </t>
@@ -381,58 +381,58 @@
   </si>
   <si>
     <t>657,85</t>
   </si>
   <si>
     <t xml:space="preserve"> 415 / 2016</t>
   </si>
   <si>
     <t>11/01/2017</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de materiais elétricos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 92 </t>
   </si>
   <si>
     <t xml:space="preserve">LÂMPADAS FLUORESCENTES COMPACTAS COM REATOR </t>
   </si>
   <si>
     <t>11-01-2017 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 23/01/2017. Início da disputa de preços: às 10 horas do dia 23/01/2017. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 09-03-2017 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: LOTES 2, 11 e 13: Suprema Hidroelétrica Ltda. - EPP CNPJ 42.981.902/0001-04 LOTES 4, 5, 8, 9, 14: Gama Luz Comércio de Materiais Elétricos Ltda. - EPP CNPJ 10.174.094/0001-79 LOTE 6 1º colocado: Suprema Hidroelétrica Ltda. - EPP CNPJ 42.981.902/0001-04 2º colocado: Gama Luz Comércio de Materiais Elétricos Ltda. - EPP CNPJ 10.174.094/0001-79 LOTES 7, 10, 12 e 15: Organizações MSL Eireli - EPP CNPJ 07.062.925/0001-06 Os lotes 1 e 3 resultaram 'FRACASSADOS' por não terem restado propostas classificadas para o atendimento aos seus objetos. Belo Horizonte, 06 de março de 2017. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ 2016_pl-siad-RP-415_pe-92_L-1-2-4-5-14_PROP-L-8-9_Gama-Luz.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3655/download;
  planejamento415_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3663/download;
- 2016_pl-siad-RP-415_pe-92_L-1-2-4-5-14_PROP-L-8-9_Gama-Luz.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3655/download;
+ 2016_pl-siad-RP-415_pe-92_L-6-11-13_PROP-L-2_Suprema.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3648/download;
+ 2016_pl-siad-RP-415_pe-92_L-1-2-4-5-14_PROP-L3_GamaLuz.mht : https://transparencia.mpmg.mp.br/licitacao/arquivo/3644/download;
+ 2016_pl-siad-RP-415_pe-92_L-6-11-13_PROP_DOCs_Suprema.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3641/download;
  edital_processo_415_2016_aquisicao_materiais_eletricos_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3633/download;
  2016_pl-siad-RP-415_pe-92_L-1-2-4-5-14_PROP_DOCs_Gama-Luz.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3639/download;
  2016_pl-siad-RP-415_pe-92_L-3-7-8-9-10-12-15_PROP_DOCs_M.S.L..zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3640/download;
- 2016_pl-siad-RP-415_pe-92_L-6-11-13_PROP-L-2_Suprema.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3648/download;
-[...1 lines deleted...]
- 2016_pl-siad-RP-415_pe-92_L-6-11-13_PROP_DOCs_Suprema.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3641/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LÂMPADA FLUORESCENTE COMPACTA COM REATOR (9WATTS) </t>
   </si>
   <si>
     <t xml:space="preserve">Suprema Hidroelétrica Ltda - EPP </t>
   </si>
   <si>
     <t>11,40</t>
   </si>
   <si>
     <t xml:space="preserve">LÂMPADA FLUORESCENTE TUBULAR E REATOR 16 WATTS </t>
   </si>
   <si>
     <t xml:space="preserve">LÂMPADA FLUORESCENTE COMPACTA COM REATOR (26WATTS) </t>
   </si>
   <si>
     <t xml:space="preserve">Gama Luz Comércio de Materiais Elétricos Ltda. - EPP </t>
   </si>
   <si>
     <t>10,12</t>
   </si>
   <si>
     <t xml:space="preserve">REATOR, LÂMPADA FLUORESCENTE E LUMINÁRIA 28 WATTS </t>
@@ -508,241 +508,241 @@
   </si>
   <si>
     <t>15/09/2016</t>
   </si>
   <si>
     <t>Aquisição de materiais de rede lógica e alicates amperímetros</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 59 </t>
   </si>
   <si>
     <t xml:space="preserve">CABO DE REDE TIPO UTP </t>
   </si>
   <si>
     <t xml:space="preserve">CONDUFIBRA DISTRIBUIDORA DE CABOS E CONECTIVIDADE LTDA - EPP </t>
   </si>
   <si>
     <t>1,08</t>
   </si>
   <si>
     <t>15-09-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 28/09/2016. Início da disputa de preços: às 10 horas do dia 28/09/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 14-10-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lotes 1 e 3: Condufibra Distribuidora de Cabos e Conectividade Ltda. - EPP CNPJ 05.999.532/0001-06 Lote 2: Outlet Comércio de Materiais Eireli - ME CNPJ 08.235.765/0001-12 O lote 4 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 11 de outubro de 2016. Élida de Freitas Rezende. Procuradora-Geral de Justiça Adjunta Administrativa em exercício.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_322_2016_aquisicao_materiais_de_rede_e_amperimetro_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3285/download;
- planejamento322_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3379/download;
  2016_pl-siad-RP322_pe-59_L1-3_DOCs_Condufibra.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3338/download;
  2016_pl-siad-RP322_pe-59_L2_DOCs_Outlet.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3340/download;
+ planejamento322_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3379/download;
+ edital_processo_322_2016_aquisicao_materiais_de_rede_e_amperimetro_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3285/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CABO DE REDE TIPO PATCH-CORD </t>
   </si>
   <si>
     <t xml:space="preserve">OUTLET COMÉRCIO DE MATERIAIS EIRELI - ME </t>
   </si>
   <si>
     <t>7,99</t>
   </si>
   <si>
     <t xml:space="preserve">CONECTOR RJ45 </t>
   </si>
   <si>
     <t>6,00</t>
   </si>
   <si>
     <t xml:space="preserve">ALICATE AMPERÍMETRO </t>
   </si>
   <si>
     <t xml:space="preserve"> 313 / 2016</t>
   </si>
   <si>
     <t>18/08/2016</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de aparelhos telefônicos, fones e amplificadores, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 49 </t>
   </si>
   <si>
     <t xml:space="preserve">APARELHO TELEFÔNICO 300MS </t>
   </si>
   <si>
     <t>49,99</t>
   </si>
   <si>
     <t>18-08-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 31/08/2016. Início da disputa de preços: às 10 horas do dia 31/08/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 22-09-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lotes 1 e 2: Marcelo Eustáquio de Oliveira 22109170697 - ME CNPJ 18.132.510/0001-88 Lote 3: Ricardo de Souza Campos - EPP CNPJ 26.347.849/0001-20 O lote 4 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 20 de setembro de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- proposta_documentos_licitanteF000107-230_processo313_2016_lotes1-2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3246/download;
-[...1 lines deleted...]
- proposta_documentos_licitanteF000359_processo313_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3245/download;
+ proposta_licitanteF000432_processo313_2016_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3284/download;
+ planejamento313_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3295/download;
+ proposta_documentos_licitanteF000408_processo313_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3247/download;
+ declaracoes_licitanteF000359_processo313_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3248/download;
  proposta_corrigida_licitanteF000408_processo313_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3251/download;
  proposta_declaracoes_corrigidas_licitanteF000107-230_processo313_2016_lotes1-2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3250/download;
  proposta_documentos_licitanteF000424_processo313_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3261/download;
+ proposta_documentos_licitanteF000363_processo313_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3268/download;
  proposta_corrigida_demais_documentos_licitanteF000424_processo313_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3266/download;
- proposta_documentos_licitanteF000363_processo313_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3268/download;
-[...3 lines deleted...]
- proposta_licitanteF000432_processo313_2016_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3284/download;
+ edital_processo_313_2016_aquisicao_aparelhos_telefonicos_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3224/download;
+ proposta_documentos_licitanteF000359_processo313_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3245/download;
+ proposta_documentos_licitanteF000107-230_processo313_2016_lotes1-2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3246/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">APARELHO TELEFÔNICO COM HEADSET </t>
   </si>
   <si>
     <t>144,79</t>
   </si>
   <si>
     <t xml:space="preserve">FONE HEADSET COM MICROFONE E AMPLIFICADOR </t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO DE SOUZA CAMPOS - EPP </t>
   </si>
   <si>
     <t>28.790,00</t>
   </si>
   <si>
     <t xml:space="preserve">APARELHO TELEFÔNICO 100MS </t>
   </si>
   <si>
     <t xml:space="preserve"> 310 / 2016</t>
   </si>
   <si>
     <t>13/09/2016</t>
   </si>
   <si>
     <t>Aquisição de mobiliário freijó (mesas diversas)</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 51 </t>
   </si>
   <si>
     <t xml:space="preserve">mobiliário freijó (mesas diversas) </t>
   </si>
   <si>
     <t>13-09-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 26/09/2016. Início da disputa de preços: às 10 horas do dia 26/09/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 13-09-2016 COMUNICAÇÃO Disponibilizado documento "processo_RP310_fotos" contendo fotos referenciais dos itens desse processo licitatório. ----------------------------- 04-10-2016 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote único deste processo como ?fracassado?, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 30 de setembro de 2016. Geraldo Flávio Vasques Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo_RP310_fotos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3278/download;
+ edital_processo_310_2016_aquisicao_mesas_em_freijo_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3276/download;
  processo310_2016_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3332/download;
- edital_processo_310_2016_aquisicao_mesas_em_freijo_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3276/download;
- processo_RP310_fotos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3278/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 306 / 2016</t>
   </si>
   <si>
     <t>06/09/2016</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de materiais gráficos diversos, com impressos personalizados.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 52 </t>
   </si>
   <si>
     <t xml:space="preserve">IMPRESSOS DIVERSOS </t>
   </si>
   <si>
     <t xml:space="preserve">GRÁFICA E EDITORA MAFALI LTDA. ME </t>
   </si>
   <si>
     <t>19.286,00</t>
   </si>
   <si>
-    <t>06-09-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 21/09/2016. Início da disputa de preços: às 10 horas do dia 21/09/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 05 de setembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 06-09-2016 COMUNICAÇÃO Para o LOTE 01 , ITEM 2 prevalecerá a especificação constante no edital, qual seja - bloco 100 x 1, 1x0 cor; ----------------------------- 14-10-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: Gráfica e Editora Mafali Ltda. - ME CNPJ 07.795.101/0001-45 Lotes 2 e 3: Extra Formulário Contínuo e Impressos Gráficos em Geral Ltda. - EPP CNPJ 06.248.418/0001-07 Belo Horizonte, 11 de outubro de 2016. Élida de Freitas Rezende. Procuradora-Geral de Justiça Adjunta Administrativa em exercício.</t>
+    <t>06-09-2016 COMUNICAÇÃO Para o LOTE 01 , ITEM 2 prevalecerá a especificação constante no edital, qual seja - bloco 100 x 1, 1x0 cor; ----------------------------- 06-09-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 21/09/2016. Início da disputa de preços: às 10 horas do dia 21/09/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 05 de setembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 14-10-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: Gráfica e Editora Mafali Ltda. - ME CNPJ 07.795.101/0001-45 Lotes 2 e 3: Extra Formulário Contínuo e Impressos Gráficos em Geral Ltda. - EPP CNPJ 06.248.418/0001-07 Belo Horizonte, 11 de outubro de 2016. Élida de Freitas Rezende. Procuradora-Geral de Justiça Adjunta Administrativa em exercício.</t>
   </si>
   <si>
     <t xml:space="preserve">
- 2016_pl-siad-RP306_pe-52_L1_DOCs_Mafali.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3341/download;
- planejamento306_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3380/download;
  2016_pl-siad-RP306_pe-52_L1_DOCs1_Iguacu.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3308/download;
- edital_processo_RP_306_2016__aquisicao_materiais_graficos_diversos_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3260/download;
- 2016_pl-siad-RP306_pe-52_L2-3_DOCs2_Extra.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3313/download;
+ 2016_pl-siad-RP306_pe-52_L1_DOCs2_Iguacu.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3310/download;
  2016_pl-siad-RP306_pe-52_L1_DOCs3_Iguacu.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3311/download;
  2016_pl-siad-RP306_pe-52_L2-3_DOCs1_Extra.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3312/download;
- 2016_pl-siad-RP306_pe-52_L1_DOCs2_Iguacu.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3310/download;
+ edital_processo_RP_306_2016__aquisicao_materiais_graficos_diversos_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3260/download;
+ 2016_pl-siad-RP306_pe-52_L1_DOCs_Mafali.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3341/download;
+ 2016_pl-siad-RP306_pe-52_L2-3_DOCs2_Extra.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3313/download;
+ planejamento306_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3380/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CAPAS DE PROCESSO </t>
   </si>
   <si>
     <t xml:space="preserve">EXTRA FORMULÁRIO CONTÍNUO E IMPRESSOS GRÁFICOS EM GERAL LTDA - EPP </t>
   </si>
   <si>
     <t>127.200,00</t>
   </si>
   <si>
     <t xml:space="preserve">ENVELOPES DIVERSOS </t>
   </si>
   <si>
     <t>60.760,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 145 / 2016</t>
   </si>
   <si>
     <t>02/06/2016</t>
   </si>
   <si>
     <t>Aquisição de café, açúcar e adoçante.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 29 </t>
   </si>
   <si>
     <t xml:space="preserve">Café </t>
   </si>
   <si>
     <t xml:space="preserve">COMERCIAL MAURISTELA LTDA - ME </t>
   </si>
   <si>
     <t>5,17</t>
   </si>
   <si>
     <t>01-06-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 14/06/2016. Início da disputa de preços: às 10 horas do dia 14/06/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 31 de maio de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 02-06-2016 AVISO DE LICITAÇÃO REPUBLICAÇÃO(*)- Recebimento das propostas: até às 10 horas do dia 15/06/2016. Início da disputa de preços: às 10 horas do dia 15/06/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 /8233/8334. Belo Horizonte, 01 de junho de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG (*)Houve alteração de datas ----------------------------- 25-06-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, nos quais foram vencedores e registraram seus preços os licitantes: Lote 1: COMERCIAL MAURISTELA LTDA - ME. CNPJ 19.103.290/0001-27 Lote 2: ELO DISTRIBUIDORA EIRELI - ME. CNPJ 22.165.539/0001-33 Lote 3: COMERCIAL GIRASSOL EIRELI - EPP. CNPJ: 03.847.437/0001-53 Lote 4: PEGASUS COMERCIAL EIRELI - ME CNPJ: 17.244.234/0001-87 Belo Horizonte, 24 de junho de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_145_2016_aquisicao_cafe_acucar e adocante_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3066/download;
- edital_processo_41_2016_kit escolar_PROCON.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3155/download;
  PROPOSTA E DOCUMENTACAO_ F000171.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3114/download;
+ PROPOSTA E DOCUMENTACAO_F000487.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3116/download;
  PROPOSTA E DOCUMENTACAO_F000399.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3115/download;
- PROPOSTA E DOCUMENTACAO_F000487.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3116/download;
  PROPOSTA E DOCUMENTACAO F000281.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3124/download;
  planejamento145_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3136/download;
+ edital_processo_41_2016_kit escolar_PROCON.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3155/download;
+ edital_processo_145_2016_aquisicao_cafe_acucar e adocante_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3066/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Açúcar Cristal </t>
   </si>
   <si>
     <t xml:space="preserve">ELO DISTRIBUIDORA EIRELI - ME </t>
   </si>
   <si>
     <t>10,74</t>
   </si>
   <si>
     <t xml:space="preserve">Açucar Refinado </t>
   </si>
   <si>
     <t xml:space="preserve">COMERCIAL GIRASSOL EIRELI - EPP </t>
   </si>
   <si>
     <t>3,40</t>
   </si>
   <si>
     <t xml:space="preserve">Adoçante </t>
   </si>
   <si>
     <t xml:space="preserve">PEGASUS COMERCIAL EIRELI - ME </t>
@@ -750,66 +750,66 @@
   <si>
     <t>2,20</t>
   </si>
   <si>
     <t xml:space="preserve"> 144 / 2016</t>
   </si>
   <si>
     <t>11/05/2016</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de microcomputadores, notebooks e monitores de vídeo novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 25 </t>
   </si>
   <si>
     <t xml:space="preserve">MICROCOMPUTADOR TIPO ALL-IN-ONE </t>
   </si>
   <si>
     <t xml:space="preserve">IT-ONE TECNOLOGIA DA INFORMAÇÃO LTDA. </t>
   </si>
   <si>
     <t>3.690,00</t>
   </si>
   <si>
-    <t>11-05-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 24/05/2016. Início da disputa de preços: às 10 horas do dia 24/05/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 16-05-2016 ESCLARECIMENTOS Esclarecimentos prestados pela Superintendência de Tecnologia da Informação da Procuradoria-Geral de Justiça (STI/PGJ) e Pregoeira, referentes ao Processo Licitatório SIAD 144/2016, disponibilizados no site www.mpmg.mp.br em 16/05/2016: PERGUNTA 1: "A respeito das mídias de instalação dos sistemas operacionais: Em consonância com a preocupação global de redução de resíduos, temos por padrão o envio de 10% das mídias repetidas para cada lote de fornecimento. Tal medida tem como objetivo a redução de resíduos após o uso eventual das mídias, já que todos os programas saem pré-instalados e pré-configurados de fábrica. Dentre estas mídias incluem-se as de reinstalação/recuperação do sistema operacional, aplicativos e drivers de dispositivos. Entendemos que esta instituição está de acordo com o fornecimento desta forma, assegurando que, caso seja necessário o envio de mídias complementares, o faremos sem custo adicional. Nosso entendimento está correto?" RESPOSTA (Superintendência de Tecnologia da Informação - STI/PGJ): Lote 1 - All in One: 13.1 O equipamento deve ser fornecido com licença OEM do Windows 10 PRO de fábrica ou com licença de volume ou mídia licenciada para instalação desse mesmo sistema operacional. Arquitetura 64 bits e linguagem Português do Brasil. Conforme consta no item 13.1 acima e de acordo com o que foi informado na pergunta, no seu caso não será necessário envio de mídia alguma já que seu sistema vem pré instalado de fábrica (OEM). Assim geraremos uma imagem do sistema operacional instalado para clonagem. Importante o licenciamento do sistema operacional Windows 10 PRO 64 bits para cada computador. Lote 2 - Notebooks: 16.3 Deve ser fornecida mídia com todos os drivers necessários para funcionamento do equipamento ou disponibilizar link ativo no site do fabricante, com acesso irrestrito durante a vigência da garantia; 16.4 O fabricante deve disponibilizar no seu respectivo web site, download gratuito de todos os Drivers de dispositivos, BIOS e Firmwares para o equipamento ofertado; Conforme consta acima (citação do edital no lote 2), será obrigatório disponibilizar download gratuito de todos os drivers através do site do fabricante do equipamento. PERGUNTA 2: "A respeito da documentação a ser apresentada: Entende-se que SERÃO ACEITOS documentos autenticados digitalmente, de modo a comprovar a veracidade de certidões, certificados etc. Nosso entendimento está correto?" RESPOSTA (Pregoeira): Sim, serão aceitos documentos autenticados digitalmente. ----------------------------- 16-05-2016 ESCLARECIMENTOS PERGUNTA 1: No item 4. BIOS e Segurança é solicitado que ; 4.1 A BIOS deverá ser implementada em memória ?flash?, atualizável diretamente pelo microcomputador, projetada e desenvolvida pelo mesmo fabricante do equipamento ofertado. 4.2 Deverá suportar tecnologias de integração à rede como PXE, configuração e controle remotos. 4.3 Possibilidade de habilitar/desabilitar portas USB, deverá possuir campo editável, com recurso para registro de informações como, por exemplo, o número do patrimônio do equipamento podendo o mesmo ser lido remotamente via software de gerenciamento. * Ao nosso entendimento trata-se de SOFTWARE DE GERENCIAMENTO denominado Vpró , esta correto nosso entendimento ? RESPOSTA: Não está correto, a solicitação não solicita software de gerenciamento, é solicitado apenas que a BIOS pode ser lida por um software de gerenciamento, que pode ser uma solução open source, DASH, Landesk ou iAMT (vPRO). PERGUNTA 2: No item 9. Gabinete da CPU é solicitado que ; 9.3 Fonte de alimentação bivolt interna, com eficiência de 85% (oitenta e cinco por cento) ou superior * A comprovação da exigência acima devera ser feita através do site http://www.plugloadsolutions.com/80pluspowersupplies.aspx esta correto nosso entendimento ? * A fonte exigida devera estar enquadrada em qual categoria , sendo elas GOLD , SILVER , BRONZE ou PLATINUM ? RESPOSTA: Sim, deverá ser comprovado através do http://www.plugloadsolutions.com/80pluspowersupplies.aspx, na categoria mínimo SILVER. PERGUNTA 3: No item 19. Garantia é solicitado que ; 19.3 Os atendimentos deverão ocorrer no prazo máximo de 24 (vinte e quatro) horas, a contar da notificação do defeito (por e-mail ou pelo 0800 do fabricante ou contratado) em dias úteis, das 10 às 18 horas * Para a comprovação acima devera ser solicitado aos licitantes o PARTNUMBER do serviço de atendimento denominado SLA , para atendimento pleno ao prazos solicitados de atendimento , pois os equipamentos comercializados não dispõem de atendimento 36 meses on site ( SLA ) , sendo assim solicitamos esclarecimentos sobre o prazo para atendimento . RESPOSTA: Conforme descrito nas especificações Técnicas, a Garantia do equipamento deverá ser de 3 anos ON SITE, em dias úteis, das 10:00 às 18:00 horas, com prazo de até 24 (vinte e quatro) horas para reparo/solução. Cabe aos licitantes e /ou fabricantes apresentarem o Partnumber do SLA. PERGUNTA 4: * Serão aceitos equipamentos com monitores entre 19,5?? e 23?? ? RESPOSTA: O tamanho de 19'5 é o mínimo. Não foi estipulado o tamanho máximo no edital. PERGUNTA 5: * Serão aceitos equipamentos da linha varejo , aqueles comercializados a exemplo : casas Bahia , magazine luiza etc , ou serão aceitos somente equipamentos da linha corporativa ? RESPOSTA: O equipamento deverá pertencer à linha corporativa do fabricante, não sendo aceito equipamentos destinados ao uso doméstico. Para comprovação, deverá ser apresentado documento do fabricante informando que o equipamento pertence a linha corporativa. PERGUNTA 6: Qual o valor estimado para esta contratação , informar o valor dos lotes RESPOSTA: O valor unitário dos lotes foi levantado através de pesquisa de preço de mercado com o auxílio dos melhores preços do site Compras.mg. O quantitativo se encontra no edital. PERGUNTA 7: Sugerimos a esta prezada instituição que sejam solicitados todos certificados referente aos equipamentos aqui solicitados , tais como INMETRO ISO IEC 60950 DIRETIVA ROHS HCL EMISSAO DE RUIDOS , pois tais exigências afastam a possibilidade de produtos da linha varejista , evitando futuros transtornos a administração , ocorrendo uma disputa ampla e justa. RESPOSTA: O edital pede diversos certificados, documentação técnica e comprovações de fabricantes, não permitindo assim restringir a um único equipamento. ----------------------------- 17-05-2016 ESCLARECIMENTOS Em complementação aos esclarecimentos disponibilizados no dia 16/05/2016, informamos que, de acordo com o setor técnico (Diretoria de Informática, Suporte e Manutenção), para comprovação de que a garantia será prestada da forma exigida no item 19.3 do Termo de Referência - Lote 1 (Anexo VII do Edital), também poderá ser apresentado pelos licitantes e/ou fabricantes Declaração ou documento do fabricante informando sobre o prazo de atendimento/solução. ----------------------------- 17-05-2016 ESCLARECIMENTOS Esclarecimentos prestados referentes ao Processo Licitatório 144/2016 (REGISTRO DE PREÇOS para aquisição de microcomputadores, notebooks e monitores de vídeo novos), disponibilizados no site www.mpmg.mp.br em 17/05/2016: PERGUNTA 1: No item 9. Gabinete da CPU, subitem 9.3 Fonte de alimentação bivolt interna, com eficiência de 85% (oitenta e cinco por cento) ou superior entendemos que para permitir a livre concorrência entre os fabricantes de igual para igual, sem que um fabricante tenha vantagens sobre os demais, sendo que a fonte externa ofertada não gera nenhum prejuízo ao órgão e sendo mais pratica na manutenção do equipamento, entendemos que será aceito equipamentos que possuam fonte externa com eficiência acima dos 85% solicitada e que atenda as demais exigências do edital, estaremos atendendo ao edital, permitindo a concorrência de equipamentos da mesma linha entre fabricantes distintos. Estamos corretos em nosso entendimento? Caso nosso entendimento não esteja correto ao pedi de esclarecimento anterior, solicitamos que seja informado os equipamentos que atendam a exigência anterior. RESPOSTA (Superintendência de Tecnologia da Informação - STI/PGJ): Não está correto o entendimento. Todos os fabricantes possuem equipamentos que atendem a essa exigência. A exigência de fonte interna se deve exatamente ao fato de ser mais prática na manutenção e não o contrário como mencionado. Nosso laboratório de manutenção avaliou que fontes externas (tipo as de notebooks) geram muita demanda de substituição ou de conserto e essas fontes tem um custo muito elevado no mercado. PERGUNTA 2: Caso nosso entendimento não esteja correto ao pedi de esclarecimento anterior, solicitamos que seja informado os equipamentos que atendam a exigência anterior. Resposta (Superintendência de Tecnologia da Informação - STI/PGJ): Todos os fabricantes possuem equipamentos que atendem ao edital, ainda que em categorias e mercados diferentes. Não cabe à Procuradoria informar quais computadores atendem ao edital. PERGUNTA 3: Percebemos que no edital, lote 1, item ?MICROCOMPUTADOR TIPO ALL-IN-ONE?, subitem 16 ?Apresentação de amostra?, é solicitado: ?Será exigida amostra do primeiro classificado, e em caso de desclassificação, do seguinte na ordem de classificação, sucessivamente?. Entendemos que para fins de constatações de atendimento técnico e homologação do equipamento, serão aceitos equipamento com licença OEM Windows 7 ou Windows 8 ou Windows 8.1 com Windows 10 Professional instalado através de atualização do Windows update, sendo que a oferta será de equipamentos com licença Windows 10 Professional, devido ao fato de que o nosso equipamento de homologação foi adquirido em uma data anterior a data do seu fornecimento com Windows 10. Estamos corretos em nosso entendimento? RESPOSTA (Superintendência de Tecnologia da Informação- STI/PGJ): Em partes. O computador de amostra é exigido para homologação e, em caso de aceito, é utilizado o mesmo para geração de uma imagem do sistema operacional com os softwares pré instalados pelo MPMG para clonagem no restante dos computadores. Para que esse questionamento seja aceito, é necessário termos o mesmo computador que será ofertado, considerando que podem existir muitas atualizações de drivers e de tecnologia entre o computador da amostra e os que serão ofertados já com a clonagem feita, e isso causaria muitos conflitos/erros de hardware e drivers. Se houver uma certificação que o computador de amostra é exatamente igual ao que será fornecido em volume (Partnumber, serial, modelo, drivers, chips, etc), ainda que o sistema operacional dessa máquina seja atualizado para o Windows 10 Pro, será aceita a amostra. Os computadores (exceto a amostra nesse caso) deverão estar licenciados com o Windows 10 PRO não estando sujeitos ao upgrade fornecido pela Microsoft. ----------------------------- 17-05-2016 ESCLARECIMENTOS PERGUNTA 1: No lote 1 ? Microcomputador tipo All-In-One, item 7.Disco Rígido e subitem 7.1, é mencionado ??Um (01) disco rígido, no mínimo, 500 Gigabytes, padrão SATA 3.0, velocidade de 5400 RPM e cachê de 16MB ou superior??. Salientamos que o microcomputador ofertado possui disco rígido de 500 GB, conforme solicitado, 6Gb/s de velocidade (sata 3.0), rotação de 7200 RPM e memória cache de 8 MB. Informamos não haver uma perda significativa de desempenho do disco rígido referente a diferença da quantidade de cache fornecida, pois esta memória é suficiente para fornecer um excelente armazenamento antes do mesmo ser gravado no HDD. Para participarmos do certame de forma competitiva, solicitamos que seja aceito memória cache de 8 MB. É possível atender nossa solicitação? RESPOSTA (Superintendência de Tecnologia da Informação da Procuradoria-Geral de Justiça - STI/PGJ): NÃO está correto seu entendimento, o disco rígido deverá possuir 16Mb de cache. PERGUNTA 2: No lote 1 ? Microcomputador tipo All-In-One, item 9.Gabinete da CPU e subitem 9.6, é citado ??Possuir led de atividade da placa de rede??. Informamos que o produto ofertado possui leds de atividade capazes de informar a frequencia do uso do HDD e o estado de funcionamento da máquina, com led na cor branca informando estar ligado e com led semitransparente informando estar em estado ??standby??. Informamos que o chassi ofertado possui uma proteção para os conectores, não possibilitando a visualização do led de atividade para informar o uso da placa de rede, tornando-se esta dispensável, e reforçamos também que o mesmo pode ser exibido na tela do microcomputador em forma de ícone. Sendo assim, entendemos que estamos aderentes ao certame. Estamos de acordo neste entendimento? RESPOSTA (Superintendência de Tecnologia da Informação da Procuradoria-Geral de Justiça - STI/PGJ): SIM, está correto seu entendimento caso o led esteja tampado por proteção. PERGUNTA 3: A CLÁUSULA DÉCIMA SEGUNDA ? Das Penalidades nos informa: I ? A inadimplência da Contratada, sem justificativa aceita pela Contratante, no cumprimento de qualquer cláusula ou condição prevista neste Contrato a sujeitará às sanções a seguir discriminadas, de acordo com a natureza e a gravidade da infração, mediante processo administrativo, observada a aplicação subsidiária da Lei Federal nº 8.666/93: a) Multa moratória de 0,3% (três décimos por cento) por dia de atraso injustificado na entrega/substituição do objeto, até o trigésimo dia, calculada sobre o valor do contrato, a partir do primeiro dia útil subsequente ao do vencimento do prazo estipulado para cumprimento da obrigação; b) Multa moratória de 10% (dez por cento), calculada sobre o valor do contrato, quando o atraso injustificado na entrega/substituição do objeto for superior a 30 (trinta) dias; c) Multa de 20% (vinte por cento) em razão da não entrega/substituição do objeto, calculada sobre o valor do contrato, aplicável a partir do primeiro dia útil subsequente ao do vencimento do prazo para cumprimento das obrigações, sem embargo de indenização dos prejuízos porventura causados à Contratante; d) Multa de 0,3% (três décimos por cento) por dia, pelo descumprimento de obrigação acessória prevista em qualquer cláusula deste instrumento, calculada sobre o valor do contrato e limitada a 10% (dez por cento) desse valor, contada da comunicação da Contratante (via internet, fax, correio etc.), até cessar a inadimplência; Não existe menção de nenhuma penalidade por não atendimento do SLA de garantia. Entendemos que devemos considerar as mesmas penalidades de entrega dos equipamentos para o não cumprimento de ?SLA? de serviços, ou seja, multa de 0,03% (três centésimos por cento), por atraso de SLA de serviços. Está correto nosso entendimento? RESPOSTA (Pregoeira): Por se tratar a SLA de serviços de obrigação acessória, aplica-se a penalidade constante da letra ?d?, ou seja, multa de 0,3% (três décimos por cento) por dia, pelo descumprimento de obrigação acessória prevista em qualquer cláusula deste instrumento, calculada sobre o valor do contrato e limitada a 10% (dez por cento) desse valor, contada da comunicação da Contratante (via internet, fax, correio etc.), até cessar a inadimplência. PERGUNTA 4: As especificações dos itens do Edital e da planilha de preço descrevem a aquisição de equipamentos e serviços. Entendemos que os pedidos podem ser faturados em notas fiscais distintas totalizando o valor do item, contemplando os produtos fornecidos (nota fiscal de mercadoria faturada pelo CNPJ da nossa filial de fabricação e comercialização de produtos) e outra(s) nota(s) fiscais de serviços contemplando os serviços (faturados pelo CNPJ da Matriz de comercialização de serviços), pois ambas são pertencentes à mesma raiz do CNPJ (mesma empresa). Ou seja, isso significa que seria aceito faturar os itens em notas fiscais de CNPJs distintos(porém da mesma empresa), sendo: - Nota Fiscal de Produtos: CNPJ XX.XXX.XXX/ZZZZ-ZZ (Filial de Produtos) - Nota Fiscal de Serviços: CNPJ XX.XXX.XXX/YYYY-YY (Matriz, de Serviços) Ambos CNPJs possuem a mesma raiz (XX.XXX.XXX), ou seja são filiais da mesma empresa cadastrada eletronicamente, com diferença no final do CNPJ relacionada a localidade das filiais (ZZZZ-ZZ e YYYY-YY). Entendemos que será aceito o faturamento por notas fiscais distintas(de produtos e de serviços) emitidas pelos CNPJs das suas respectivas filiais, desde que ambas tenham pertençam a mesma empresa (a mesma raiz XX.XXX.XXX do CNPJ) e que seja apresentada a documentação completa da empresa, inclusive das filiais em questão, na fase de habilitação. Está correto o nosso entendimento? RESPOSTA (Auditoria Interna da Procuradoria-Geral de Justiça - AUDI/PGJ): Conforme informado pela Auditoria Interna deste Órgão, ?quanto à nota fiscal, deverá o contratado emiti-la de acordo com a legislação fiscal. O documento tem que ser hábil para acobertar a operação. No que diz respeito à unidade da empresa (matriz ou filial) que irá emitir o documento fiscal, não vemos restrição na aceitação de uma ou de outra.? PERGUNTA 5: É nossa intenção a atendimento pleno aos prazos dispostos no edital de entrega e suporte. Entretanto, imprevistos e atrasos podem acontecer. Considerando que a finalidade da penalidade nos contratos administrativos visa coibir o descumprimento por parte da Contratada das responsabilidades pactuadas, faz-se imprescindível que sejam adotados os princípios da razoabilidade, da proporcionalidade e da adequação, na definição do montante incidente para a aplicação de tais penalidades, que devem incidir somente sobre o valor/parcela efetivamente não entregue dentro do prazo. Nesse sentido, entendemos que no caso de haver aplicação de multa, está incidirá somente sobre o valor do bem/serviço em atraso e não sobre o valor total do contrato. Está correto o nosso entendimento? RESPOSTA (Pregoeira): Conforme consta do Edital, a multa será calculada sobre o valor do contrato, sendo os princípios da razoabilidade, da proporcionalidade e da adequação levados em consideração no momento de sua aplicação. PERGUNTA 6: No lote 2 ? Microcomputador tipo Notebook, item 11.Vídeo e subitem 11.5, é mencionado ?Vídeo 3D por hardware?. Informamos que a placa de vídeo ofertada, em conjunto com o processador, possuí a tecnologia Intel® InTru? 3D Technology, que permite que você jogue games ou assista filmes 3D Blu-ray, entre outros recursos presentes nessa tecnologia, conforme links: http://ark.intel.com/products/88180/Intel-Core-i3-6100U-Processor-3M-Cache-2_30-GHz e http://www.intel.com.br/content/www/br/pt/support/graphics-drivers/000005683.html . Sendo assim, entendemos que estaremos aderentes ao certame ofertando a placa de vídeo mencionada. Está correto nosso entendimento? RESPOSTA (Superintendência de Tecnologia da Informação da Procuradoria-Geral de Justiça (STI/PGJ): SIM, está correto seu entendimento. ----------------------------- 18-05-2016 ESCLARECIMENTOS PERGUNTA 1: No quesito AMOSTRA: ?ANEXO VII ? TERMO DE REFERÊNCIA Após convocado, o licitante deverá entregar a amostra/protótipo à Divisão de Licitação da PGJ (Av. Álvares Cabral, nº 1.740, 5º andar, BH/MG), no prazo máximo de 10 (dez) dias úteis, impreterivelmente. A amostra, se aceita pelo setor técnico, deverá permanecer em posse da Contratante para que, após a contratação, seja feita uma imagem do sistema operacional com o padrão MP, a qual será enviada ao Contratado para ser replicado para o restante dos computadores (o download da imagem e verificações necessárias deverão ser feitos nas instalações do fornecedor). Ponderando que os equipamentos a serem ofertados necessitam ter a sua configuração baseada nas exigências constantes em cada procedimento licitatório, e levando-se em conta a demora no transporte destes produtos, uma vez que na maioria dos casos, a fábrica dos equipamentos não fica localizada no mesmo Estado onde as amostras devem ser entregues, entendemos que o prazo de entrega possa ser fixado em 15 (quinze) dias úteis. Nosso entendimento está correto? RESPOSTA (Superintendência de Tecnologia da Informação da Procuradoria-Geral de Justiça - STI/PGJ): NÃO, o entendimento não está correto. O prazo de 10 (dez) dias úteis será mantido. PERGUNTA 2: Visando uma maior competividade e, consequentemente, uma proposta mais vantajosa para a administração, o entendimento da Licitante é que este órgão, nos termos do disposto no art. 44 da Instrução Normativa nº 02/2010 do Ministério do Planejamento, Orçamento e Gestão (MPOG), aceitará (i) capital social mínimo ou patrimônio líquido mínimo, na forma dos §§ 2º e 3º, do art. 31 da Lei nº 8.666/93 das empresas que apresentarem resultado igual ou menor que 1 (um) em qualquer dos índices de liquidez como exigência para sua habilitação. Esta correto o nosso entendimento? RESPOSTA (Pregoeira): NÃO, o entendimento não está correto. Conforme subitens 3.2.4 e 3.2.5 do Anexo IV do Edital: ?3.2.4 ? A boa situação financeira do licitante será avaliada pelos índices de Liquidez Corrente (LC), Liquidez Geral (LG) e Solvência Geral (SG), que deverão ser iguais ou superiores a 1,0 para que o licitante seja considerado apto financeiramente; 3.2.5 ? O licitante deverá comprovar, ainda, que possui Patrimônio Líquido igual ou superior a 10% (dez por cento) do valor estimado da contratação.? ----------------------------- 04-06-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, nos quais foram vencedores e registraram seus preços os licitantes: Lote 2: Microtécnica Informática Ltda. CNPJ 01.590.728/0002-64 Lote 4: Vixbot Soluções em Informática Ltda. EPP CNPJ 21.997.155/0001-14 Belo Horizonte, 3 de junho de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 10-06-2016 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Recorrente: MICROTÉCNICA INFORMÁTICA LTDA. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Belo Horizonte, 08 de junho de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 15-06-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, nos quais foram vencedores e registraram seus preços os licitantes: Lote 1: IT-ONE TECNOLOGIA DA INFORMACAO LTDA. CNPJ 05.333.907/0001-96 Lote 3: DATEN TECNOLOGIA LTDA. CNPJ 04.602.789/0001-01 Belo Horizonte, 14 de junho de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
+    <t>11-05-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 24/05/2016. Início da disputa de preços: às 10 horas do dia 24/05/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 16-05-2016 ESCLARECIMENTOS Esclarecimentos prestados pela Superintendência de Tecnologia da Informação da Procuradoria-Geral de Justiça (STI/PGJ) e Pregoeira, referentes ao Processo Licitatório SIAD 144/2016, disponibilizados no site www.mpmg.mp.br em 16/05/2016: PERGUNTA 1: "A respeito das mídias de instalação dos sistemas operacionais: Em consonância com a preocupação global de redução de resíduos, temos por padrão o envio de 10% das mídias repetidas para cada lote de fornecimento. Tal medida tem como objetivo a redução de resíduos após o uso eventual das mídias, já que todos os programas saem pré-instalados e pré-configurados de fábrica. Dentre estas mídias incluem-se as de reinstalação/recuperação do sistema operacional, aplicativos e drivers de dispositivos. Entendemos que esta instituição está de acordo com o fornecimento desta forma, assegurando que, caso seja necessário o envio de mídias complementares, o faremos sem custo adicional. Nosso entendimento está correto?" RESPOSTA (Superintendência de Tecnologia da Informação - STI/PGJ): Lote 1 - All in One: 13.1 O equipamento deve ser fornecido com licença OEM do Windows 10 PRO de fábrica ou com licença de volume ou mídia licenciada para instalação desse mesmo sistema operacional. Arquitetura 64 bits e linguagem Português do Brasil. Conforme consta no item 13.1 acima e de acordo com o que foi informado na pergunta, no seu caso não será necessário envio de mídia alguma já que seu sistema vem pré instalado de fábrica (OEM). Assim geraremos uma imagem do sistema operacional instalado para clonagem. Importante o licenciamento do sistema operacional Windows 10 PRO 64 bits para cada computador. Lote 2 - Notebooks: 16.3 Deve ser fornecida mídia com todos os drivers necessários para funcionamento do equipamento ou disponibilizar link ativo no site do fabricante, com acesso irrestrito durante a vigência da garantia; 16.4 O fabricante deve disponibilizar no seu respectivo web site, download gratuito de todos os Drivers de dispositivos, BIOS e Firmwares para o equipamento ofertado; Conforme consta acima (citação do edital no lote 2), será obrigatório disponibilizar download gratuito de todos os drivers através do site do fabricante do equipamento. PERGUNTA 2: "A respeito da documentação a ser apresentada: Entende-se que SERÃO ACEITOS documentos autenticados digitalmente, de modo a comprovar a veracidade de certidões, certificados etc. Nosso entendimento está correto?" RESPOSTA (Pregoeira): Sim, serão aceitos documentos autenticados digitalmente. ----------------------------- 16-05-2016 ESCLARECIMENTOS PERGUNTA 1: No item 4. BIOS e Segurança é solicitado que ; 4.1 A BIOS deverá ser implementada em memória ?flash?, atualizável diretamente pelo microcomputador, projetada e desenvolvida pelo mesmo fabricante do equipamento ofertado. 4.2 Deverá suportar tecnologias de integração à rede como PXE, configuração e controle remotos. 4.3 Possibilidade de habilitar/desabilitar portas USB, deverá possuir campo editável, com recurso para registro de informações como, por exemplo, o número do patrimônio do equipamento podendo o mesmo ser lido remotamente via software de gerenciamento. * Ao nosso entendimento trata-se de SOFTWARE DE GERENCIAMENTO denominado Vpró , esta correto nosso entendimento ? RESPOSTA: Não está correto, a solicitação não solicita software de gerenciamento, é solicitado apenas que a BIOS pode ser lida por um software de gerenciamento, que pode ser uma solução open source, DASH, Landesk ou iAMT (vPRO). PERGUNTA 2: No item 9. Gabinete da CPU é solicitado que ; 9.3 Fonte de alimentação bivolt interna, com eficiência de 85% (oitenta e cinco por cento) ou superior * A comprovação da exigência acima devera ser feita através do site http://www.plugloadsolutions.com/80pluspowersupplies.aspx esta correto nosso entendimento ? * A fonte exigida devera estar enquadrada em qual categoria , sendo elas GOLD , SILVER , BRONZE ou PLATINUM ? RESPOSTA: Sim, deverá ser comprovado através do http://www.plugloadsolutions.com/80pluspowersupplies.aspx, na categoria mínimo SILVER. PERGUNTA 3: No item 19. Garantia é solicitado que ; 19.3 Os atendimentos deverão ocorrer no prazo máximo de 24 (vinte e quatro) horas, a contar da notificação do defeito (por e-mail ou pelo 0800 do fabricante ou contratado) em dias úteis, das 10 às 18 horas * Para a comprovação acima devera ser solicitado aos licitantes o PARTNUMBER do serviço de atendimento denominado SLA , para atendimento pleno ao prazos solicitados de atendimento , pois os equipamentos comercializados não dispõem de atendimento 36 meses on site ( SLA ) , sendo assim solicitamos esclarecimentos sobre o prazo para atendimento . RESPOSTA: Conforme descrito nas especificações Técnicas, a Garantia do equipamento deverá ser de 3 anos ON SITE, em dias úteis, das 10:00 às 18:00 horas, com prazo de até 24 (vinte e quatro) horas para reparo/solução. Cabe aos licitantes e /ou fabricantes apresentarem o Partnumber do SLA. PERGUNTA 4: * Serão aceitos equipamentos com monitores entre 19,5?? e 23?? ? RESPOSTA: O tamanho de 19'5 é o mínimo. Não foi estipulado o tamanho máximo no edital. PERGUNTA 5: * Serão aceitos equipamentos da linha varejo , aqueles comercializados a exemplo : casas Bahia , magazine luiza etc , ou serão aceitos somente equipamentos da linha corporativa ? RESPOSTA: O equipamento deverá pertencer à linha corporativa do fabricante, não sendo aceito equipamentos destinados ao uso doméstico. Para comprovação, deverá ser apresentado documento do fabricante informando que o equipamento pertence a linha corporativa. PERGUNTA 6: Qual o valor estimado para esta contratação , informar o valor dos lotes RESPOSTA: O valor unitário dos lotes foi levantado através de pesquisa de preço de mercado com o auxílio dos melhores preços do site Compras.mg. O quantitativo se encontra no edital. PERGUNTA 7: Sugerimos a esta prezada instituição que sejam solicitados todos certificados referente aos equipamentos aqui solicitados , tais como INMETRO ISO IEC 60950 DIRETIVA ROHS HCL EMISSAO DE RUIDOS , pois tais exigências afastam a possibilidade de produtos da linha varejista , evitando futuros transtornos a administração , ocorrendo uma disputa ampla e justa. RESPOSTA: O edital pede diversos certificados, documentação técnica e comprovações de fabricantes, não permitindo assim restringir a um único equipamento. ----------------------------- 17-05-2016 ESCLARECIMENTOS Em complementação aos esclarecimentos disponibilizados no dia 16/05/2016, informamos que, de acordo com o setor técnico (Diretoria de Informática, Suporte e Manutenção), para comprovação de que a garantia será prestada da forma exigida no item 19.3 do Termo de Referência - Lote 1 (Anexo VII do Edital), também poderá ser apresentado pelos licitantes e/ou fabricantes Declaração ou documento do fabricante informando sobre o prazo de atendimento/solução. ----------------------------- 17-05-2016 ESCLARECIMENTOS PERGUNTA 1: No lote 1 ? Microcomputador tipo All-In-One, item 7.Disco Rígido e subitem 7.1, é mencionado ??Um (01) disco rígido, no mínimo, 500 Gigabytes, padrão SATA 3.0, velocidade de 5400 RPM e cachê de 16MB ou superior??. Salientamos que o microcomputador ofertado possui disco rígido de 500 GB, conforme solicitado, 6Gb/s de velocidade (sata 3.0), rotação de 7200 RPM e memória cache de 8 MB. Informamos não haver uma perda significativa de desempenho do disco rígido referente a diferença da quantidade de cache fornecida, pois esta memória é suficiente para fornecer um excelente armazenamento antes do mesmo ser gravado no HDD. Para participarmos do certame de forma competitiva, solicitamos que seja aceito memória cache de 8 MB. É possível atender nossa solicitação? RESPOSTA (Superintendência de Tecnologia da Informação da Procuradoria-Geral de Justiça - STI/PGJ): NÃO está correto seu entendimento, o disco rígido deverá possuir 16Mb de cache. PERGUNTA 2: No lote 1 ? Microcomputador tipo All-In-One, item 9.Gabinete da CPU e subitem 9.6, é citado ??Possuir led de atividade da placa de rede??. Informamos que o produto ofertado possui leds de atividade capazes de informar a frequencia do uso do HDD e o estado de funcionamento da máquina, com led na cor branca informando estar ligado e com led semitransparente informando estar em estado ??standby??. Informamos que o chassi ofertado possui uma proteção para os conectores, não possibilitando a visualização do led de atividade para informar o uso da placa de rede, tornando-se esta dispensável, e reforçamos também que o mesmo pode ser exibido na tela do microcomputador em forma de ícone. Sendo assim, entendemos que estamos aderentes ao certame. Estamos de acordo neste entendimento? RESPOSTA (Superintendência de Tecnologia da Informação da Procuradoria-Geral de Justiça - STI/PGJ): SIM, está correto seu entendimento caso o led esteja tampado por proteção. PERGUNTA 3: A CLÁUSULA DÉCIMA SEGUNDA ? Das Penalidades nos informa: I ? A inadimplência da Contratada, sem justificativa aceita pela Contratante, no cumprimento de qualquer cláusula ou condição prevista neste Contrato a sujeitará às sanções a seguir discriminadas, de acordo com a natureza e a gravidade da infração, mediante processo administrativo, observada a aplicação subsidiária da Lei Federal nº 8.666/93: a) Multa moratória de 0,3% (três décimos por cento) por dia de atraso injustificado na entrega/substituição do objeto, até o trigésimo dia, calculada sobre o valor do contrato, a partir do primeiro dia útil subsequente ao do vencimento do prazo estipulado para cumprimento da obrigação; b) Multa moratória de 10% (dez por cento), calculada sobre o valor do contrato, quando o atraso injustificado na entrega/substituição do objeto for superior a 30 (trinta) dias; c) Multa de 20% (vinte por cento) em razão da não entrega/substituição do objeto, calculada sobre o valor do contrato, aplicável a partir do primeiro dia útil subsequente ao do vencimento do prazo para cumprimento das obrigações, sem embargo de indenização dos prejuízos porventura causados à Contratante; d) Multa de 0,3% (três décimos por cento) por dia, pelo descumprimento de obrigação acessória prevista em qualquer cláusula deste instrumento, calculada sobre o valor do contrato e limitada a 10% (dez por cento) desse valor, contada da comunicação da Contratante (via internet, fax, correio etc.), até cessar a inadimplência; Não existe menção de nenhuma penalidade por não atendimento do SLA de garantia. Entendemos que devemos considerar as mesmas penalidades de entrega dos equipamentos para o não cumprimento de ?SLA? de serviços, ou seja, multa de 0,03% (três centésimos por cento), por atraso de SLA de serviços. Está correto nosso entendimento? RESPOSTA (Pregoeira): Por se tratar a SLA de serviços de obrigação acessória, aplica-se a penalidade constante da letra ?d?, ou seja, multa de 0,3% (três décimos por cento) por dia, pelo descumprimento de obrigação acessória prevista em qualquer cláusula deste instrumento, calculada sobre o valor do contrato e limitada a 10% (dez por cento) desse valor, contada da comunicação da Contratante (via internet, fax, correio etc.), até cessar a inadimplência. PERGUNTA 4: As especificações dos itens do Edital e da planilha de preço descrevem a aquisição de equipamentos e serviços. Entendemos que os pedidos podem ser faturados em notas fiscais distintas totalizando o valor do item, contemplando os produtos fornecidos (nota fiscal de mercadoria faturada pelo CNPJ da nossa filial de fabricação e comercialização de produtos) e outra(s) nota(s) fiscais de serviços contemplando os serviços (faturados pelo CNPJ da Matriz de comercialização de serviços), pois ambas são pertencentes à mesma raiz do CNPJ (mesma empresa). Ou seja, isso significa que seria aceito faturar os itens em notas fiscais de CNPJs distintos(porém da mesma empresa), sendo: - Nota Fiscal de Produtos: CNPJ XX.XXX.XXX/ZZZZ-ZZ (Filial de Produtos) - Nota Fiscal de Serviços: CNPJ XX.XXX.XXX/YYYY-YY (Matriz, de Serviços) Ambos CNPJs possuem a mesma raiz (XX.XXX.XXX), ou seja são filiais da mesma empresa cadastrada eletronicamente, com diferença no final do CNPJ relacionada a localidade das filiais (ZZZZ-ZZ e YYYY-YY). Entendemos que será aceito o faturamento por notas fiscais distintas(de produtos e de serviços) emitidas pelos CNPJs das suas respectivas filiais, desde que ambas tenham pertençam a mesma empresa (a mesma raiz XX.XXX.XXX do CNPJ) e que seja apresentada a documentação completa da empresa, inclusive das filiais em questão, na fase de habilitação. Está correto o nosso entendimento? RESPOSTA (Auditoria Interna da Procuradoria-Geral de Justiça - AUDI/PGJ): Conforme informado pela Auditoria Interna deste Órgão, ?quanto à nota fiscal, deverá o contratado emiti-la de acordo com a legislação fiscal. O documento tem que ser hábil para acobertar a operação. No que diz respeito à unidade da empresa (matriz ou filial) que irá emitir o documento fiscal, não vemos restrição na aceitação de uma ou de outra.? PERGUNTA 5: É nossa intenção a atendimento pleno aos prazos dispostos no edital de entrega e suporte. Entretanto, imprevistos e atrasos podem acontecer. Considerando que a finalidade da penalidade nos contratos administrativos visa coibir o descumprimento por parte da Contratada das responsabilidades pactuadas, faz-se imprescindível que sejam adotados os princípios da razoabilidade, da proporcionalidade e da adequação, na definição do montante incidente para a aplicação de tais penalidades, que devem incidir somente sobre o valor/parcela efetivamente não entregue dentro do prazo. Nesse sentido, entendemos que no caso de haver aplicação de multa, está incidirá somente sobre o valor do bem/serviço em atraso e não sobre o valor total do contrato. Está correto o nosso entendimento? RESPOSTA (Pregoeira): Conforme consta do Edital, a multa será calculada sobre o valor do contrato, sendo os princípios da razoabilidade, da proporcionalidade e da adequação levados em consideração no momento de sua aplicação. PERGUNTA 6: No lote 2 ? Microcomputador tipo Notebook, item 11.Vídeo e subitem 11.5, é mencionado ?Vídeo 3D por hardware?. Informamos que a placa de vídeo ofertada, em conjunto com o processador, possuí a tecnologia Intel® InTru? 3D Technology, que permite que você jogue games ou assista filmes 3D Blu-ray, entre outros recursos presentes nessa tecnologia, conforme links: http://ark.intel.com/products/88180/Intel-Core-i3-6100U-Processor-3M-Cache-2_30-GHz e http://www.intel.com.br/content/www/br/pt/support/graphics-drivers/000005683.html . Sendo assim, entendemos que estaremos aderentes ao certame ofertando a placa de vídeo mencionada. Está correto nosso entendimento? RESPOSTA (Superintendência de Tecnologia da Informação da Procuradoria-Geral de Justiça (STI/PGJ): SIM, está correto seu entendimento. ----------------------------- 17-05-2016 ESCLARECIMENTOS Esclarecimentos prestados referentes ao Processo Licitatório 144/2016 (REGISTRO DE PREÇOS para aquisição de microcomputadores, notebooks e monitores de vídeo novos), disponibilizados no site www.mpmg.mp.br em 17/05/2016: PERGUNTA 1: No item 9. Gabinete da CPU, subitem 9.3 Fonte de alimentação bivolt interna, com eficiência de 85% (oitenta e cinco por cento) ou superior entendemos que para permitir a livre concorrência entre os fabricantes de igual para igual, sem que um fabricante tenha vantagens sobre os demais, sendo que a fonte externa ofertada não gera nenhum prejuízo ao órgão e sendo mais pratica na manutenção do equipamento, entendemos que será aceito equipamentos que possuam fonte externa com eficiência acima dos 85% solicitada e que atenda as demais exigências do edital, estaremos atendendo ao edital, permitindo a concorrência de equipamentos da mesma linha entre fabricantes distintos. Estamos corretos em nosso entendimento? Caso nosso entendimento não esteja correto ao pedi de esclarecimento anterior, solicitamos que seja informado os equipamentos que atendam a exigência anterior. RESPOSTA (Superintendência de Tecnologia da Informação - STI/PGJ): Não está correto o entendimento. Todos os fabricantes possuem equipamentos que atendem a essa exigência. A exigência de fonte interna se deve exatamente ao fato de ser mais prática na manutenção e não o contrário como mencionado. Nosso laboratório de manutenção avaliou que fontes externas (tipo as de notebooks) geram muita demanda de substituição ou de conserto e essas fontes tem um custo muito elevado no mercado. PERGUNTA 2: Caso nosso entendimento não esteja correto ao pedi de esclarecimento anterior, solicitamos que seja informado os equipamentos que atendam a exigência anterior. Resposta (Superintendência de Tecnologia da Informação - STI/PGJ): Todos os fabricantes possuem equipamentos que atendem ao edital, ainda que em categorias e mercados diferentes. Não cabe à Procuradoria informar quais computadores atendem ao edital. PERGUNTA 3: Percebemos que no edital, lote 1, item ?MICROCOMPUTADOR TIPO ALL-IN-ONE?, subitem 16 ?Apresentação de amostra?, é solicitado: ?Será exigida amostra do primeiro classificado, e em caso de desclassificação, do seguinte na ordem de classificação, sucessivamente?. Entendemos que para fins de constatações de atendimento técnico e homologação do equipamento, serão aceitos equipamento com licença OEM Windows 7 ou Windows 8 ou Windows 8.1 com Windows 10 Professional instalado através de atualização do Windows update, sendo que a oferta será de equipamentos com licença Windows 10 Professional, devido ao fato de que o nosso equipamento de homologação foi adquirido em uma data anterior a data do seu fornecimento com Windows 10. Estamos corretos em nosso entendimento? RESPOSTA (Superintendência de Tecnologia da Informação- STI/PGJ): Em partes. O computador de amostra é exigido para homologação e, em caso de aceito, é utilizado o mesmo para geração de uma imagem do sistema operacional com os softwares pré instalados pelo MPMG para clonagem no restante dos computadores. Para que esse questionamento seja aceito, é necessário termos o mesmo computador que será ofertado, considerando que podem existir muitas atualizações de drivers e de tecnologia entre o computador da amostra e os que serão ofertados já com a clonagem feita, e isso causaria muitos conflitos/erros de hardware e drivers. Se houver uma certificação que o computador de amostra é exatamente igual ao que será fornecido em volume (Partnumber, serial, modelo, drivers, chips, etc), ainda que o sistema operacional dessa máquina seja atualizado para o Windows 10 Pro, será aceita a amostra. Os computadores (exceto a amostra nesse caso) deverão estar licenciados com o Windows 10 PRO não estando sujeitos ao upgrade fornecido pela Microsoft. ----------------------------- 18-05-2016 ESCLARECIMENTOS PERGUNTA 1: No quesito AMOSTRA: ?ANEXO VII ? TERMO DE REFERÊNCIA Após convocado, o licitante deverá entregar a amostra/protótipo à Divisão de Licitação da PGJ (Av. Álvares Cabral, nº 1.740, 5º andar, BH/MG), no prazo máximo de 10 (dez) dias úteis, impreterivelmente. A amostra, se aceita pelo setor técnico, deverá permanecer em posse da Contratante para que, após a contratação, seja feita uma imagem do sistema operacional com o padrão MP, a qual será enviada ao Contratado para ser replicado para o restante dos computadores (o download da imagem e verificações necessárias deverão ser feitos nas instalações do fornecedor). Ponderando que os equipamentos a serem ofertados necessitam ter a sua configuração baseada nas exigências constantes em cada procedimento licitatório, e levando-se em conta a demora no transporte destes produtos, uma vez que na maioria dos casos, a fábrica dos equipamentos não fica localizada no mesmo Estado onde as amostras devem ser entregues, entendemos que o prazo de entrega possa ser fixado em 15 (quinze) dias úteis. Nosso entendimento está correto? RESPOSTA (Superintendência de Tecnologia da Informação da Procuradoria-Geral de Justiça - STI/PGJ): NÃO, o entendimento não está correto. O prazo de 10 (dez) dias úteis será mantido. PERGUNTA 2: Visando uma maior competividade e, consequentemente, uma proposta mais vantajosa para a administração, o entendimento da Licitante é que este órgão, nos termos do disposto no art. 44 da Instrução Normativa nº 02/2010 do Ministério do Planejamento, Orçamento e Gestão (MPOG), aceitará (i) capital social mínimo ou patrimônio líquido mínimo, na forma dos §§ 2º e 3º, do art. 31 da Lei nº 8.666/93 das empresas que apresentarem resultado igual ou menor que 1 (um) em qualquer dos índices de liquidez como exigência para sua habilitação. Esta correto o nosso entendimento? RESPOSTA (Pregoeira): NÃO, o entendimento não está correto. Conforme subitens 3.2.4 e 3.2.5 do Anexo IV do Edital: ?3.2.4 ? A boa situação financeira do licitante será avaliada pelos índices de Liquidez Corrente (LC), Liquidez Geral (LG) e Solvência Geral (SG), que deverão ser iguais ou superiores a 1,0 para que o licitante seja considerado apto financeiramente; 3.2.5 ? O licitante deverá comprovar, ainda, que possui Patrimônio Líquido igual ou superior a 10% (dez por cento) do valor estimado da contratação.? ----------------------------- 04-06-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, nos quais foram vencedores e registraram seus preços os licitantes: Lote 2: Microtécnica Informática Ltda. CNPJ 01.590.728/0002-64 Lote 4: Vixbot Soluções em Informática Ltda. EPP CNPJ 21.997.155/0001-14 Belo Horizonte, 3 de junho de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 10-06-2016 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Recorrente: MICROTÉCNICA INFORMÁTICA LTDA. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Belo Horizonte, 08 de junho de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 15-06-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, nos quais foram vencedores e registraram seus preços os licitantes: Lote 1: IT-ONE TECNOLOGIA DA INFORMACAO LTDA. CNPJ 05.333.907/0001-96 Lote 3: DATEN TECNOLOGIA LTDA. CNPJ 04.602.789/0001-01 Belo Horizonte, 14 de junho de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- ata_julgamento_propostas_processo_67_2016_empate ficto_retificado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3578/download;
-[...3 lines deleted...]
- Proposta_Documentacao_LOTE3_DATEN.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3047/download;
+ Recurso_LOTE1_MICROTECNICA.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3053/download;
  Proposta_Documentacao_LOTE4_MG777.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3048/download;
  Proposta_Documentacao_LOTE2_MICROTECNICA.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3051/download;
  Proposta_Documentacao_LOTE4_VITBOX.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3052/download;
- Recurso_LOTE1_MICROTECNICA.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3053/download;
+ Contrarrazoes_Recurso_LOTE1_IT-ONE.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3076/download;
  processo144_decisao_recurso_LOTE1_MICROTECNICA_indeferimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3084/download;
  planejamento144_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3104/download;
+ edital_processo_144_2016_aquisicao_microcomputadores_notebooks_monitores_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2996/download;
+ Proposta_Documentacao_LOTE1_ITONE.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3046/download;
+ Proposta_Documentacao_LOTE3_DATEN.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3047/download;
+ ata_julgamento_propostas_processo_67_2016_empate ficto_retificado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3578/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MICROCOMPUTADOR TIPO NOTEBOOK </t>
   </si>
   <si>
     <t xml:space="preserve">MICROTÉCNICA INFORMÁTICA LTDA </t>
   </si>
   <si>
     <t>3.390,00</t>
   </si>
   <si>
     <t xml:space="preserve">MONITOR DE VÍDEO </t>
   </si>
   <si>
     <t xml:space="preserve">DATEN TECNOLOGIA LTDA </t>
   </si>
   <si>
     <t>548,00</t>
   </si>
   <si>
     <t xml:space="preserve">Vixbot Soluções em Informática Ltda. EPP </t>
   </si>
   <si>
     <t>579,27</t>
@@ -822,122 +822,122 @@
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviço logístico de instalação, manutenção e substituição de dispensers, com fornecimento de materiais de higiene pessoal para todo o Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 93 </t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO, MANUTENÇÃO E SUBSTITUIÇÃO DE DISPENSERS, COM FORNECIMENTO DE MATERIAIS DE HIGIENE PESSOAL </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Adjudicado </t>
   </si>
   <si>
     <t xml:space="preserve">BUNZL HIGIENE E LIMPEZA LTDA </t>
   </si>
   <si>
     <t>677.826,75</t>
   </si>
   <si>
     <t>12-01-2017 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 25/01/2017. Início da disputa de preços: às 10 horas do dia 25/01/2017. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 01-02-2017 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote único: BUNZL HIGIENE E LIMPEZA LTDA. CNPJ 10.702.092/0003-77 Belo Horizonte, 30 de janeiro de 2017. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo98_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3645/download;
+ edital_processo_98_2016_servico_fornecimento_materiais_higiene_pessoal_DSGT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3635/download;
  processo98_2016_anexo.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3636/download;
  proposta_documentos_licitanteF000170_processo98_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3637/download;
  proposta_corrigida_pag3_licitanteF000170_processo98_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3638/download;
- edital_processo_98_2016_servico_fornecimento_materiais_higiene_pessoal_DSGT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3635/download;
- processo98_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3645/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 97 / 2016</t>
   </si>
   <si>
     <t>29/11/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento parcelado de botijões de gás de 13 quilos</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 91 </t>
   </si>
   <si>
     <t xml:space="preserve">BOTIJÕES DE GÁS DE COZINHA DE 13 (TREZE) QUILOS </t>
   </si>
   <si>
     <t xml:space="preserve">Gasmax Distribuição Comércio e Serviços Ltda. - EPP. </t>
   </si>
   <si>
     <t>10.280,00</t>
   </si>
   <si>
     <t>29-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 14/12/2016. Início da disputa de preços: às 10 horas do dia 14/12/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 16-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: GASMAX DISTRIBUIÇÃO COMÉRCIO E SERVIÇOS LTDA. - EPP CNPJ 71.398.697/0001-49 Belo Horizonte, 15 de dezembro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ proposta_licitanteF000110_processo97_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3611/download;
  processo97_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3618/download;
+ documentos_licitanteF000110_processo97_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3610/download;
+ proposta_corrigida_licitanteF000110_processo97_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3617/download;
  edital_processo_97_2016_aquisicao_gas_de_cozinha_DICOM.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3523/download;
- documentos_licitanteF000110_processo97_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3610/download;
-[...1 lines deleted...]
- proposta_corrigida_licitanteF000110_processo97_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3617/download;
 </t>
   </si>
   <si>
     <t>96 / 2016</t>
   </si>
   <si>
     <t>28/11/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de organização, digitalização e indexação de documentos, com fornecimento de mão de obra, equipamentos e materiais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 90 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de organização, digitalização e indexação de documentos, com fornecimento de mão de obra, materiais e equipamentos necessários para a execução dos serviços. </t>
   </si>
   <si>
     <t xml:space="preserve">Fokus Informática e Microfilmagem Ltda </t>
   </si>
   <si>
     <t>970.000,00</t>
   </si>
   <si>
     <t>28-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 13/12/2016. Início da disputa de preços: às 10 horas do dia 13/12/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 25 de novembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 04-12-2016 ESCLARECIMENTOS Segue resposta ao pedido de esclarecimento apresentado por empresa interessada em participar do processo licitatório em epígrafe: Questionamento: "Com relação ao volume documental previsto no edital 096/2016, será necessário gerar PDF Pesquisável?" Resposta (setor técnico - Diretoria de Gestão Documental da PGJ): "Os arquivos de imagem dos documentos digitalizados já convertidos pela indexação automática deverão estar obrigatoriamente no formato PDF/A (Portable Document Format), aprovado pela ISO em maio de 2005, e que fornece especificações para a criação, a visualização e a impressão de documentos digitais para uma preservação em longo prazo. O PDF/A inclui a estrutura do documento, com o objetivo de garantir que o seu conteúdo possa ser pesquisável e transformável para outros fins." ----------------------------- 21-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Fokus Informática e Microfilmagem Ltda. CNPJ 05.399.623/0001-00 Belo Horizonte, 20 de dezembro de 2016. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl96_pe90_2016_pc1292_servico_digitalizacao_documentos_DIGD.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/3522/download;
+ 2016_pl-siad-96_pe-90_CONT-ELETRONORTE_Fokus.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3598/download;
  2016_pl-siad-96_pe-90_PROP_DOCs-2_Fokus.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3599/download;
  processo96_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3629/download;
- 2016_pl-siad-96_pe-90_CONT-ELETRONORTE_Fokus.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3598/download;
+ pl96_pe90_2016_pc1292_servico_digitalizacao_documentos_DIGD.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/3522/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 95 / 2016</t>
   </si>
   <si>
     <t>25/11/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de consultoria em testes e garantia da qualidade de software (SQA), DevTest e DevOps e treinamentos</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 89 </t>
   </si>
   <si>
     <t xml:space="preserve">PRESTAÇÃO DE SERVIÇOS DE CONSULTORIA EM TESTES E GARANTIA DA QUALIDADE DE SOFTWARE (SQA), DEVTEST E DEVOPS E TREINAMENTOS </t>
   </si>
   <si>
     <t xml:space="preserve">M.I. Montreal Informática S.A. </t>
   </si>
   <si>
     <t>123.000,00</t>
   </si>
   <si>
     <t>25-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 12/12/2016. Início da disputa de preços: às 10 horas do dia 12/12/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 16-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: M.I. Montreal Informática S.A. CNPJ 42.563.692/0001-26 Belo Horizonte, 15 de dezembro de 2016. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
@@ -952,197 +952,197 @@
   </si>
   <si>
     <t xml:space="preserve"> 94 / 2016</t>
   </si>
   <si>
     <t>Aquisição de veículos aéreos não tripulados - Drones</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 88 </t>
   </si>
   <si>
     <t xml:space="preserve">Veículo aéreo não tripulado </t>
   </si>
   <si>
     <t xml:space="preserve">PERFIL DIGITAL COMÉRCIO E SERVIÇOS EIRELLI- EPP </t>
   </si>
   <si>
     <t>39.198,96</t>
   </si>
   <si>
     <t>28-11-2016 AVISO DE LICITAÇÃO Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 12/12/2016. Início da disputa de preços: às 10 horas do dia 12/12/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 25 de novembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 21-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: PERFIL DIGITAL COMÉRCIO E SERVIÇOS EIRELLI- EPP CNPJ 12.534.895/0001-23 Belo Horizonte, 20 de dezembro de 2016. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Documentos_F000101.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3597/download;
- processo94_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3628/download;
  edital_processo_94_2016_aquisicao_drones_FEPDC_GAECO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3519/download;
  Documentos_F000114.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3621/download;
+ processo94_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3628/download;
+ Documentos_F000101.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3597/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 93 / 2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento, instalação e manutenção de persianas em edificações ocupadas pelo Ministério Público de Minas Gerais</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 87 </t>
   </si>
   <si>
     <t xml:space="preserve">FORNECIMENTO, INSTALAÇÃO E MANUTENÇÃO DE PERSIANAS </t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRE CUNHA DE SOUZA - EPP </t>
   </si>
   <si>
     <t>156.849,00</t>
   </si>
   <si>
     <t>25-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 12/12/2016. Início da disputa de preços: às 10 horas do dia 12/12/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 14-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: ALEXANDRE CUNHA DE SOUZA - EPP CNPJ 11.050.849/0001-96 Belo Horizonte, 13 de dezembro de 2016. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_93_2016_aquisicao_persianas_com_instalacao_e_manutencao_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3504/download;
+ proposta_documentos_licitanteF000151_processo93_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3580/download;
  processo93_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3601/download;
  proposta_corrigida_licitanteF000151_processo93_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3589/download;
- proposta_documentos_licitanteF000151_processo93_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3580/download;
- edital_processo_93_2016_aquisicao_persianas_com_instalacao_e_manutencao_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3504/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 92 / 2016</t>
   </si>
   <si>
     <t>07/12/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviço de produção de vídeos informativos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 86 </t>
   </si>
   <si>
     <t xml:space="preserve">Vídeos de 6 (seis) minutos cada e 2 versões reduzidas de 30 minutos. </t>
   </si>
   <si>
     <t xml:space="preserve">AOCUBO FILMES LTDA - ME </t>
   </si>
   <si>
     <t>26.200,00</t>
   </si>
   <si>
     <t>23-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 07/12/2016. Início da disputa de preços: às 10 horas do dia 07/12/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 02-12-2016 ESCLARECIMENTOS Seguem respostas aos pedidos de esclarecimentos apresentados por empresa interessada em participar do processo licitatório em epígrafe: 1) Questionamento: Qual o valor de referência da licitação? Resposta: R$ 53.000,00 2) Questionamento: Em quais localidades poderão ocorrer gravações? Resposta (setor solicitante - PJ Defesa dos Direitos Humanos): as gravações deverão ser realizadas na região metropolitana de Belo Horizonte. 3) Questionamento: Quantas saídas/ diárias estão estimadas para as filmagens? Resposta (setor solicitante - PJ Defesa dos Direitos Humanos): seis locações, em ambiente público ou studio, sendo que os detalhes serão posteriormente definidos no roteiro. ----------------------------- 06-12-2016 COMUNICAÇÃO Informamos que a data da disputa desse pregão foi alterada para o dia 12/12/2016 tendo em vista incorreção da quantidade de lote no Portal de Compras de Minas Gerais. As propostas eventualmente já formuladas deverão ser relançadas no portal para adequação ao lote único do processo, conforme constou do Edital. Não houve nenhuma outra alteração do edital. ----------------------------- 07-12-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*) Recebimento das propostas: até às 10 horas do dia 12/12/2016. Início da disputa de preços: às 10 horas do dia 12/12/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 6 de dezembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG (*) Republicado para correção da quantidade de lote no Portal de Compras de Minas Gerais. As propostas eventualmente já formuladas deverão ser relançadas no portal para adequação ao lote único do processo, conforme constou do Edital. ----------------------------- 20-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: AOCUBO FILMES LTDA - ME. CNPJ 11.707.401/0001-00 Belo Horizonte, 19 de dezembro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_92_2016_servico_video_FUNEMP_CAODH_rep.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3563/download;
+ proposta_documentos_licitanteF000164_processo92_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3607/download;
+ processo_92_diligencia_atestado_cap_tecnica.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3603/download;
+ processo92_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3626/download;
  Documentacao_F167.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3586/download;
- processo_92_diligencia_atestado_cap_tecnica.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3603/download;
-[...2 lines deleted...]
- edital_processo_92_2016_servico_video_FUNEMP_CAODH_rep.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3563/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 91 / 2016</t>
   </si>
   <si>
     <t>23/11/2016</t>
   </si>
   <si>
     <t>Renovação de contrato e subscrição dos ambientes VMWARE e RED HAT, incluindo suporte e treinamento</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 85 </t>
   </si>
   <si>
     <t xml:space="preserve">RENOVAÇÃO DE CONTRATO AMBIENTE VMWARE </t>
   </si>
   <si>
     <t xml:space="preserve">3QA Tecnologia Eirelli-ME </t>
   </si>
   <si>
     <t>48.500,00</t>
   </si>
   <si>
     <t>23-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 06/12/2016. Início da disputa de preços: às 10 horas do dia 06/12/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 15-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: 3QA Tecnologia Eirelli-ME CNPJ 15.724.794/0001-03 Lote 2: IT-ONE Tecnologia da Informação Ltda CNPJ 05.333.907/0001-96 Belo Horizonte, 14 de dezembro de 2016. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_91_2016_servico_renovacao_contrato_e_subscricao_ambientes_WMWARE_e_RED_HAT_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3488/download;
  processo91_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3612/download;
  Documentos_F000108.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3559/download;
  Documentos_F000294.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3561/download;
+ edital_processo_91_2016_servico_renovacao_contrato_e_subscricao_ambientes_WMWARE_e_RED_HAT_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3488/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SUBSCRIÇÃO AMBIENTE RED HAT </t>
   </si>
   <si>
     <t>710.444,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 90 / 2016</t>
   </si>
   <si>
     <t>22/11/2016</t>
   </si>
   <si>
     <t>Serviços de impressão gráfica e materiais de divulgação</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 84 </t>
   </si>
   <si>
     <t xml:space="preserve">BOTON </t>
   </si>
   <si>
     <t xml:space="preserve">ARM COMÉRCIO E SERVIÇO LTDA. - ME </t>
   </si>
   <si>
     <t>7.200,00</t>
   </si>
   <si>
     <t>22-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 05/12/2016. Início da disputa de preços: às 10 horas do dia 05/12/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 17-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: ARM COMÉRCIO E SERVIÇO LTDA. - ME CNPJ 07.338.845/0001-30 Lote 2: CUSTOMIZE INDÚSTRIA E COMÉRCIO DE PRODUTOS PROMOCIONAIS LTDA. CNPJ 14.428.244/0001-84 Lote 3: GRÁFICA HOLLYDAY LTDA - EPP CNPJ 19.679.976/0001-60 Lote 4: VERA LUCIA FRANCISCA DOS SANTOS - EPP CNPJ 14.272.952/0001-79 Belo Horizonte, 16 de dezembro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_90_2016_servico_impressao_grafica_e_materiais_de_divulgacao_FUNEMP_CAODH.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3482/download;
+ proposta_documentos_licitanteF000496_processo90_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3596/download;
  processo90_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3622/download;
- processo90_2016_imagens.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3524/download;
- proposta_documentos_licitanteF000496_processo90_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3596/download;
+ proposta_corrigida_licitanteF000365_processo90_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3550/download;
+ CDT_licitanteF000289_processo90_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3551/download;
+ proposta_corrigida_licitanteF000410_processo90_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3552/download;
  proposta_documentos_licitanteF000410_processo90_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3543/download;
  proposta_documentos_licitanteF000191_processo90_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3547/download;
  proposta_documentos_licitanteF000289_processo90_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3548/download;
  proposta_documentos_licitanteF000365_processo90_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3549/download;
- proposta_corrigida_licitanteF000365_processo90_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3550/download;
-[...1 lines deleted...]
- proposta_corrigida_licitanteF000410_processo90_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3552/download;
+ processo90_2016_imagens.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3524/download;
+ edital_processo_90_2016_servico_impressao_grafica_e_materiais_de_divulgacao_FUNEMP_CAODH.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3482/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SACOLA ECOBAG </t>
   </si>
   <si>
     <t xml:space="preserve">CUSTOMIZE INDÚSTRIA E COMÉRCIO DE PRODUTOS PROMOCIONAIS LTDA. </t>
   </si>
   <si>
     <t>8.888,00</t>
   </si>
   <si>
     <t xml:space="preserve">IMPRESSÃO GRÁFICA </t>
   </si>
   <si>
     <t xml:space="preserve">GRÁFICA HOLLYDAY LTDA - EPP </t>
   </si>
   <si>
     <t>2.508,00</t>
   </si>
   <si>
     <t xml:space="preserve">ESTOJO </t>
   </si>
   <si>
     <t xml:space="preserve">VERA LÚCIA FRANCISCA DOS SANTOS - EPP </t>
@@ -1152,59 +1152,59 @@
   </si>
   <si>
     <t xml:space="preserve"> 89 / 2016</t>
   </si>
   <si>
     <t>18/11/2016</t>
   </si>
   <si>
     <t>Microcomputadores e acessórios de informática</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 83 </t>
   </si>
   <si>
     <t xml:space="preserve">Microcomputadores AIO </t>
   </si>
   <si>
     <t>2.029.500,00</t>
   </si>
   <si>
     <t>18-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 01/12/2016. Início da disputa de preços: às 10 horas do dia 01/12/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 17 de novembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 23-11-2016 ESCLARECIMENTOS ATENÇÃO - DISPONIBILIZAÇÃO DE QUESTIONAMENTOS E REPOSTAS - Foram disponibilizados abaixo, questionamentos realizados por interessados nesta licitação e respectivas respostas. ----------------------------- 24-11-2016 ESCLARECIMENTOS Seguem respostas aos pedidos de esclarecimentos apresentados por empresa interessada em participar do processo licitatório em epígrafe: 1) Questionamento: "A respeito das mídias de instalação dos sistemas operacionais: Em consonância com a preocupação global de redução de resíduos, temos por padrão o envio de 10% das mídias repetidas para cada lote de fornecimento. Tal medida tem como objetivo a redução de resíduos após o uso eventual das mídias, já que todos os programas saem pré-instalados e pré-configurados de fábrica. Dentre estas mídias incluem-se as de reinstalação/recuperação do sistema operacional, aplicativos e drivers de dispositivos. Entendemos que esta instituição está de acordo com o fornecimento desta forma, assegurando que, caso seja necessário o envio de mídias complementares, o faremos sem custo adicional. Nosso entendimento está correto?" 1) Resposta da Diretoria de Informática, Suporte e Manutenção: "O edital é omisso quanto à forma de fornecimento dos drivers no item 14.3: '13.1 O equipamento deve ser fornecido com licença OEM do Windows 10 PRO de fábrica. Arquitetura 64 bits e linguagem Português do Brasil.' '14.3 Deverão ser fornecidos todos os drivers dos componentes necessários para a instalação e configuração do equipamento; (...)' Como geraremos uma imagem do sistema operacional, já que o sistema operacional virá instalado de fábrica com todos os drivers, não há necessidade de envio das mídias em CD/DVD." 2) Questionamento: "A respeito da documentação a ser apresentada: Entende-se que SERÃO ACEITOS documentos autenticados digitalmente, de modo a comprovar a veracidade de certidões, certificados etc. Nosso entendimento está correto?" 2) Resposta da Pregoeira: O entendimento está correto. 3) Questionamento: "No quesito AMOSTRA: '6. AMOSTRA Prazo: Após convocado pelo pregoeiro, o licitante detentor da melhor proposta e, em caso de desclassificação/inabilitação, os subsequentes, dever(á)ão apresentar amostra/protótipo à Divisão de Licitação da PGJ (Av. Álvares Cabral, nº 1.740, 5º andar, BH/MG), no prazo máximo de 5 (cinco) dias úteis, impreterivelmente.' O enunciado acima sugere o envio de amostras, contudo, o prazo é extremamente exíguo ? 05 (cinco) dias útesi. Ponderando que os equipamentos a serem ofertados necessitam ter a sua configuração baseada nas exigências constantes em cada procedimento licitatório, e levando-se em conta a demora no transporte destes produtos, uma vez que na maioria dos casos, a fábrica dos equipamentos não fica localizada no mesmo Estado onde as amostras devem ser entregues, entendemos que o prazo de entrega possa ser fixado em 7 (sete) dias úteis. Nosso entendimento está correto?" 3) Resposta da Diretoria de Informática, Suporte e Manutenção: "No item 6 do edital pede-se amostra em um prazo máximo de 5 dias úteis. Por ser útil, considera-se como uma semana inteira para apresentar a amostra. Não será aceito o ajuste no prazo pedido pelo licitante já que uma semana parece ser razoável para apresentação da amostra. Outro detalhe, se a peça ou o computador forem conhecidos ou a descrição das características apresentadas forem satisfatórias, o MP poderá pedir dispensa de apresentação da amostra, não necessitando assim deste prazo." ----------------------------- 28-11-2016 ESCLARECIMENTOS Seguem respostas aos pedidos de esclarecimento apresentado por empresa interessada em participar do processo licitatório em epígrafe: QUESTIONAMENTO: DAS ESPECIFICAÇÕES TÉCNICAS 22- INFORMAÇÕES COMPLEMENTARES: Especificações do objeto: 9.3 Fonte de alimentação bivolt interna, com eficiência de 85% (oitenta e cinco por cento) ou superior, deverá ser comprovado através do site http://www.plugloadsolutions.com/80pluspowersupplies.aspx, na categoria SILVER ou superior. 06. Em relação ao Lote 1 (Microcomputador tipo All in One), depreende-se a partir das especificações técnicas descritas no Anexo VI - Termo de Referência - do citado instrumento convocatório, que apenas Computadores da fabricante Dell, especificamente, são capazes de atender integralmente as exigências editalícias, conforme demonstrado adiante. 07. Quando do item 9.3, nota-se que as principais fabricantes do ramo não atendem em sua totalidade as especificações técnicas requeridas para o objeto licitado. 08. O edital está solicitando certificação DMTF na categoria BOARD e EnergyStar, ou seja, apenas DELL, Lenovo e HP atendem esse requisito. 09. Dentre estes três fabricantes, Lenovo e HP não atendem a certificação 80Plus na categoria Silver. A fonte do HP Pro One 400 G1 é externa e não existe certificação 80Plus para fontes externas: http://www.hp.com/united-states/campaigns/new-style-it/assets/proone400aio_nontouch.pdf. 10. A fonte da Lenovo é interna, mas tem certificação 80Plus Bronze: https://plugloadsolutions.com/psu_reports/LENOVO(UNITED%20STATES),%20INC._APA005_ECOS%202442_150W_Report.pdf. Desta forma, apenas a Dell atende este requisito, ferindo a isonomia da disputa. 11. O Tribunal de Contas da União no Acórdão 2829/2015 se debruçando sobre o tema, decidiu: ?No planejamento de suas aquisições de equipamentos, a Administração deve identificar um conjunto representativo dos diversos modelos existentes no mercado que atendam completamente suas necessidades antes de elaborar as especificações técnicas e a cotação de preços, de modo a caracterizar a realização de ampla pesquisa de mercado e evitar o direcionamento do certame para modelo específico pela inserção no edital de características atípicas.?(Acórdão 2829/2015-Plenário, TC 019.804/2014-8, relator Ministro Bruno Dantas, 04.11.2015.) 12. Como dito, da forma como está o edital, a especificação técnica do item restringe a participação de vários fabricantes, limitando a competitividade da licitação a um único fabricante, sendo que o objetivo da licitação pode ser atingido por mais equipamentos e mais fabricantes. Elaborando uma exigência de especificação técnica que não se mostra nocivamente restritiva. Sem esquecer-se do ensinamento do TCU: ?Deve o gestor cuidar-se para que o detalhamento minucioso do objeto no ato convocatório não leve ao direcionamento da licitação.? (Licitações &amp; Contratos, Orientações e Jurisprudências do TCU, 4ªedição p. 210) 13. Na mesma linha caminha a doutrina de Marçal Justen Filho [JUSTEN FILHO, Marçal. Comentários à lei de licitações e contratos administrativos. 10ª. ed. São Paulo: Dialética, 2004. p. 273]: ?(...) as avaliações da Administração têm de ser rigorosamente objetivas. Não podem ser influenciadas por preferências subjetivas, fundadas em critérios opinativos. A Lei volta a reprovar escolhas fundadas na pura e simples preferência por marcas.? 14. Confirmado pelo Acórdão 481/2007 que determina: ?Zele para que seus editais obedeçam ao disposto no art. 7º, § 5º, da Lei nº 8.666/1993, no sentido de que não haja restrição à competitividade ou direcionamento de licitação resultante de indevida preferência por marca específica de equipamento de informática, ou pela inserção, no instrumento convocatório, de características atípicas desses equipamentos, em ambos os casos sem justificativa técnica.? 15. Face às considerações apresentadas, a impugnante requer especial consideração sobre as razões e argumentos ora apresentados, de modo que o pregoeiro modifique a especificações técnicas constantes do item 22 (INFORMAÇÕES COMPLEMENTARES), para que: - possibilite oferta de equipamento com certificação na categoria 80Plus Bronze: 16. Com estas pequenas modificações estariam asseguradas a consonância entre os princípios regedores da Administração Pública, dando oportunidade a um maior número de participantes interessados. RESPOSTA DA PGJ: 22- INFORMAÇÕES COMPLEMENTARES: Especificações do objeto: 9.3 Fonte de alimentação bivolt interna, com eficiência de 85% (oitenta e cinco por cento) ou superior, deverá ser comprovado através do site http://www.plugloadsolutions.com/80pluspowersupplies.aspx, na categoria SILVER ou superior. 1) No que se refere à fonte de alimentação ser interna não se configura como critério restritivo já que todas as empresas possuem equipamentos para atender a esta especificação. Essa opção é fundamentada em critérios técnicos internos já que é sabido pelo nosso laboratório que fontes externas (tipo as de notebooks) são frágeis e com custo muito elevado na reposição fora da garantia. 2) O edital está solicitando certificação DMTF na categoria BOARD e EnergyStar, e, conforme informado pelo próprio licitante, são atendidos pelos fabricantes DELL, Lenovo e HP, mostrando não haver restrições. 3) No quesito fonte, informo que todos os fabricantes possuem equipamentos que atendem ao edital, com eficiência de 85% e categoria Silver ou superior. Qualquer informação técnica que houver discordância de entendimentos ou que for considerada pelo MPMG como critério técnico de qualidade imprescindível, será avaliado pela equipe competente. Não cabe ao MPMG informar quais modelos atendem ao edital e sim sanar os questionamentos quanto aos critérios técnicos apresentados. ----------------------------- 07-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: IT-ONE TECNOLOGIA DA INFORMAÇÃO LTDA. CNPJ 05.333.907/0001-96 Lote 2: VIXBOT SOLUÇÕES EM INFORMÁTICA LTDA. EPP CNPJ 21.997.155/0001-14 O resultado dos lotes 3 e 4 será publicado oportunamente. Belo Horizonte, 06 de dezembro de 2016. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 20-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 3: PAMPULHA SERVIÇOS DE INFORMÁTICA EIRELI - EPP CNPJ 22.196.675/0001-90 O lote 4 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 19 de dezembro de 2016. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo89_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3625/download;
+ proposta_corrigida_declaracoes_licitanteF000461_processo89_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3539/download;
+ proposta_documentos_licitanteF000461_processo89_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3535/download;
+ proposta_documentos_licitanteF000134_processo89_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3536/download;
+ proposta_corrigida_licitanteF000341_processo89_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3537/download;
+ proposta_corrigida_licitanteF000134_processo89_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3538/download;
  proposta_documentos_licitanteF000265_processo89_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3533/download;
  proposta_documentos_licitanteF000341_processo89_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3534/download;
- proposta_documentos_licitanteF000461_processo89_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3535/download;
-[...3 lines deleted...]
- proposta_corrigida_declaracoes_licitanteF000461_processo89_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3539/download;
  processo89_2016_questionamentos_respostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3490/download;
- processo89_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3625/download;
  edital_processo_89_2016_aquisicao_microcomputador_acessorios_de_informatica_DMST.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3471/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Monitores de vídeo </t>
   </si>
   <si>
     <t xml:space="preserve">VIXBOT SOLUÇÕES EM INFORMÁTICA LTDA EPP </t>
   </si>
   <si>
     <t>590.988,00</t>
   </si>
   <si>
     <t xml:space="preserve">Acessórios de informática </t>
   </si>
   <si>
     <t xml:space="preserve">PAMPULHA SERVIÇOS DE INFORMÁTICA EIRELI - EPP </t>
   </si>
   <si>
     <t>131.790,00</t>
   </si>
   <si>
     <t xml:space="preserve">Acessórios de informática- cabos HDMI </t>
   </si>
   <si>
@@ -1241,130 +1241,130 @@
   </si>
   <si>
     <t xml:space="preserve"> 87 / 2016</t>
   </si>
   <si>
     <t>17/11/2016</t>
   </si>
   <si>
     <t>Aquisição de aparelho celular smartphone, aparelho GPS e aparelhos telefônicos, novos</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 81 </t>
   </si>
   <si>
     <t xml:space="preserve">CELULAR SMARTPHONE </t>
   </si>
   <si>
     <t>2.400,00</t>
   </si>
   <si>
     <t>17-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 30/11/2016. Início da disputa de preços: às 10 horas do dia 30/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 15-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lotes 1 e 2: Pampulha Serviços de Informática Eirelli-EPP CNPJ 22.196.675/0001-90 Lote 3: Seven Suprimentos Comércio e Serviços Eirelli- EPP CNPJ 15.012.532/0001-16 Belo Horizonte, 14 de dezembro de 2016. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo87_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3613/download;
+ Documentos_F000356.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3591/download;
+ Documentos_F000306_Lote_3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3558/download;
+ Documentos_F000116_F000214_lotes 1_2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3531/download;
  edital_processo_87_2016_aquisicao_celular_smartphone_GPS_e_aparelhos_telefonicos.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3468/download;
- Documentos_F000116_F000214_lotes 1_2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3531/download;
-[...2 lines deleted...]
- Documentos_F000306_Lote_3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3558/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">GPS </t>
   </si>
   <si>
     <t>14.744,00</t>
   </si>
   <si>
     <t xml:space="preserve">APARELHOS TELEFÔNICOS </t>
   </si>
   <si>
     <t xml:space="preserve">Seven Suprimentos Comércio e Serviços Eirelli- EPP </t>
   </si>
   <si>
     <t>12.000,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 86 / 2016</t>
   </si>
   <si>
     <t>Aquisição de binóculos profissionais, novos</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 80 </t>
   </si>
   <si>
     <t xml:space="preserve">BINÓCULO PROFISSIONAL </t>
   </si>
   <si>
     <t>19-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 02/12/2016. Início da disputa de preços: às 10 horas do dia 02/12/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 28-11-2016 ESCLARECIMENTOS Seguem respostas aos pedidos de esclarecimentos apresentados por empresa interessada em participar do processo licitatório em epígrafe: QUESTIONAMENTO: O Objeto do Processo licitatório em questão é a aquisição de 05 (cinco) binóculos de visão noturna, em conformidade com especificação técnica anexada ao Termo de Referência. O prazo de entrega previsto é de 30 dias, e para substituição, até 7 dias. Conforme estabelecido no Decreto nr 3.665 de 20 de novembro de 2000 - Que regulamenta a fiscalização de produtos controlados (R-105), cabe ao Exército Brasileiro, por intermédio do Departamento de Fiscalização de Produtos Controlados - DFPC, autorizar e controlar a aquisição de armamentos e acessórios desses, além de outros produtos que recebem o tratamento de produto controlado, entre esses, os equipamentos de visão noturna. Para comercializar produto controlado no Brasil, por determinação da DFPC, a empresa tem que possuir um cadastro junto aquela Diretoria, chamado de TR (quando é fabricante) e CR (quando é representante comercial). No edital não é feita nenhuma exigência quanto a empresa apresentar CR ou TR em nenhuma das fases do processo licitatório, o que poderá interferir negativamente no andamento do processo. O processo de autorização por parte da DFPC para fornecer equipamentos de visão noturna, demora cerca de 3 a 4 meses, sendo necessário ainda, caso o equipamento seja importado, mais 1 ou 2 meses, pois o equipamento também possui restrições e controle para exportação dos países fabricantes.(...) Nosso pedido é que o processo seja revisto e os esclarecimentos a respeito dos tópicos citados, divulgado a todos os interessados, inclusive no que diz respeito a especificação técnica do equipamento, considerando que informações importantes como FOM e nível de ruído (SNR), que são características importantes para equipamentos de visão noturna, não foram mencionados no mesmo. RESPOSTA DA PGJ: Considerando que só saberemos da necessidade da autorização do exército após a definição da marca e modelo; Considerando que a autorização deverá ser solicitada para o fornecedor vencedor do certame e determinada marca e modelo; Considerando que temos precedente: a autorização do Exército para aquisição de coletes balísticos foi solicitada após o registro do empenho; O prazo para entrega e refazimento só terá início após o recebimento da autorização do exército, caso seja necessário. Ademais, as especificações contidas no edital são suficientes para identificar o equipamento. ----------------------------- 28-12-2016 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como ?fracassado?, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 26 de dezembro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_86_2016_aquisicao_binoculos_profissionais_FUNEMP_GAECO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3475/download;
  2016_pl-siad-86_pe-80_PROP_DOCs_Ultramar.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3631/download;
  2016_pl-siad-86_pe-80_CRC_DOCs_Ultramar.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3632/download;
  processo86_2016_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3646/download;
+ edital_processo_86_2016_aquisicao_binoculos_profissionais_FUNEMP_GAECO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3475/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 85 / 2016</t>
   </si>
   <si>
     <t>Aquisição de câmeras fotográficas digitais, projetores multimídia, disco rígido e gravador e reprodutor de som.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 79 </t>
   </si>
   <si>
     <t xml:space="preserve">CÂMERA FOTOGRÁFICA DIGITAL </t>
   </si>
   <si>
     <t xml:space="preserve">K S MAX INFORMÁTICA LTDA </t>
   </si>
   <si>
     <t>179.470,00</t>
   </si>
   <si>
     <t>23-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 06/12/2016. Início da disputa de preços: às 10 horas do dia 06/12/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 22 de novembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Apoio à Licitação/PGJ-MG ----------------------------- 30-11-2016 ESCLARECIMENTOS Seguem respostas aos pedidos de esclarecimentos apresentados por empresa interessada em participar do processo licitatório em epígrafe: 1) Questionamento: Solicitamos esclarecimentos referente a esse item 02 câmera fotográfica do lote I, onde solicita um câmera com zoom de 21 a 26, ou será aceito ex: 21 ou 22 ,23,24,25,26. ?ou se tiver 21 ou 26 sera aceito? 1) Resposta: Quanto a câmera será aceito zoom entre 21 e 26. Se tiver 21, e/ou 22, e/ou 23, e/ou 24, e/ou 25, e/ou 26, será aceito. 2) Questionamento: "Referente ao item 3 Projetor multimídia, informamos que no mercado não existe mais projetor com tela de 26 a 360 e que hoje o padrão das telas devido a alta resolução dos aparelhos atuais foi padronizado tela e 30 a 300" 2) Resposta: permanecemos com a solicitação do projetor multimídia resolução de 26 a 360". 3) Questionamento: Gostaríamos de saber se será aceito com o adaptador LAN Wireless (opcional) para projetar e controlar o seu projetor através de notebooks, tablets e smartphones, sem a necessidade de cabos. Ou só será aceito se for com conexão via Wifi direto sem o uso de Adaptador Wirelees para projetar e controlar o seu projetor através de notebooks, tablets e smartphones, sem a necessidade de cabos? 3) Resposta: Se faz necessário projetores com entradas ou saídas VGA,HDMI e Ansi-Lumens. Ademais, informo-lhes que não se faz necessário recursos via wi-fi. ----------------------------- 16-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: K S MAX INFORMÁTICA LTDA. CNPJ 07.848.715/0001-48 Lote 2: SCROCCA ELETROELETRÔNICOS EIRELI ME CNPJ 21.630.814/0001-80 Lote 3: CERRADO AUDIVISUAL EIRELI ME CNPJ 20.871.746/0001-88 Lote 4: PEG INFORMÁTIKA LTDA - EPP CNPJ 01.105.481/0001-62 Belo Horizonte, 15 de dezembro de 2016. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo85_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3619/download;
  pag1_proposta_corrigida_licitanteF000404_processo85_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3592/download;
+ proposta_corrigida_licitanteF000343_processo85_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3571/download;
+ proposta_documentos_licitanteF000112_processo85_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3570/download;
  proposta_corrigida_licitanteF000404_processo85_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3574/download;
  proposta_corrigida_RG_licitanteF000258_processo85_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3577/download;
  proposta_documentos_licitanteF000404_processo85_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3564/download;
- processo85_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3619/download;
  proposta_documentos_licitanteF000343_processo85_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3565/download;
  proposta_documentos_licitanteF000115_processo85_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3566/download;
  proposta_documentos_licitanteF000258_processo85_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3569/download;
- proposta_documentos_licitanteF000112_processo85_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3570/download;
- proposta_corrigida_licitanteF000343_processo85_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3571/download;
  edital_processo_85_2016_aquisicao_cameras_projetor_disco_rigido_equip_som_FUNEMP_CIMOS_PJpatrimonio.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3489/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">GRAVADOR E REPRODUTOR DE SOM </t>
   </si>
   <si>
     <t xml:space="preserve">SCROCCA ELETROELETRÔNICOS EIRELI - ME </t>
   </si>
   <si>
     <t>2.700,00</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETORES MULTIMÍDIA </t>
   </si>
   <si>
     <t xml:space="preserve">CERRADO AUDIVISUAL EIRELI ME </t>
   </si>
   <si>
     <t>54.489,91</t>
   </si>
   <si>
     <t xml:space="preserve">DISCO RÍGIDO EXTERNO </t>
   </si>
   <si>
@@ -1376,171 +1376,171 @@
   <si>
     <t xml:space="preserve"> 84 / 2016</t>
   </si>
   <si>
     <t>24/11/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de manutenção preventiva e corretiva: em elevador para passageiros, com inclusão total de peças novas originais ou similares, na Promotorias de Justiça em Ipatinga/MG e em plataforma de elevação para pessoas com mobilidade reduzida, nas Promotorias de Justiça em Barbacena e Montes Claros/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 78 </t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção preventiva e corretiva, com cobertura total de peças novas originais ou similares, em elevador para passageiros, durante o período de 12 (doze) meses, em IPATINGA/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">Natanael Norberto Pinto-ME </t>
   </si>
   <si>
     <t>24-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 07/12/2016. Início da disputa de preços: às 10 horas do dia 07/12/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 23 de novembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 05-12-2016 ESCLARECIMENTOS Segue resposta ao pedido de esclarecimento apresentado por empresa interessada em participar do processo licitatório em epígrafe: Questionamento: "Tenho dúvidas no preenchimento da proposta no site, referente ao Pregão Eletrônico nº 84/2016. Onde tenho interesse em participar com cotação para os lotes: 2 e 3. No campo "valor unitário do item" preencho com o mesmo valor do campo "valor total do item"? O valor total do item leva em consideração o valor equivalente a 12 meses (vigência do contrato)?" Resposta do Pregoeiro: "De acordo com o edital, o valor da proposta será para 12 meses de contrato.Assim como consta também do edital, no anexo II, a quantidade do objeto é 1, desta forma, o preço proposto no campo 'valor unitário' será multiplicado por 1 para formar o preço do campo 'valor total'. Isso posto, entendo que as afirmações do licitante estão corretas." ----------------------------- 21-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lotes 01 e 02: Natanael Norberto Pinto-ME CNPJ nº 23.499.696/0001-48 Lote 03: Elevadores Schneider Ltda-ME CNPJ nº 11.206.617/0001-84 Belo Horizonte, 20 de dezembro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  2016_pl-siad-84_pe-78_L-1-2_DOCs_Natanael-UpTech.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3608/download;
- processo84_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3630/download;
  2016_pl-siad-84_pe-78_L1-2_PROP_DOCs_Natanael-Uptech.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3609/download;
  2016_pl-siad-84_pe-78_L-3_PROP_DOCs_Elevadores-Schneider.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3600/download;
+ processo84_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3630/download;
  edital_processo_84_2016_manutencao_preventiva_corretiva_elevador_Ipatinga_plataforma_Barbacena_Mts_Claros_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3492/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção preventiva e corretiva, com cobertura total de peças novas originais ou similares, em plataforma de elevação para pessoas com mobilidade reduzida, pelo período de 12 meses, na cidade de BARBACENA/MG. </t>
   </si>
   <si>
     <t>7.980,00</t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção preventiva e corretiva, com cobertura total de peças novas originais ou similares, em plataforma de elevação para pessoas com mobilidade reduzida, pelo período de 12 meses, na cidade de MONTES CLAROS/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">ELEVADORES SCHNEIDER LTDA.-ME </t>
   </si>
   <si>
     <t>8.650,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 83 / 2016</t>
   </si>
   <si>
     <t>11/11/2016</t>
   </si>
   <si>
     <t>Contratação de links de Internet, incluindo o fornecimento de equipamentos, serviços de instalação, configuração, atualização, manutenção e suporte técnico, a ser executado de forma contínua, no DATACENTER da Procuradoria-Geral de Justiça de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 77 </t>
   </si>
   <si>
     <t xml:space="preserve">LINK DE INTERNET PRIMÁRIO </t>
   </si>
   <si>
     <t xml:space="preserve">OI MÓVEL S/A </t>
   </si>
   <si>
     <t>103.000,00</t>
   </si>
   <si>
     <t>05-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 22/11/2016. Início da disputa de preços: às 10 horas do dia 22/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 4 de novembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 11-11-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 28/11/2016. Início da disputa de preços: às 10 horas do dia 28/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. (*) Republicado para alteração das exigências relativas à qualificação econômico-financeira. Houve alteração de datas. ----------------------------- 22-11-2016 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: Telefônica Brasil S/A Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que esta licitação ocorrerá às 10 horas do dia 28/11/2016. Demais informações: Av. Álvares Cabral, 1740, 5º andar, BH/MG, telefones (31) 3330-8190 / 8233 / 8332 e fax 3330-8334, de 2ª a 6ª feira, das 8 às 18 horas. Belo Horizonte, 21 de novembro de 2016. Juliana Silva Teixeira Pregoeira ----------------------------- 23-11-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por essa empresa interessada em participar deste processo licitatório: 1) DO ANEXO VI ? TERMO DE REFERÊNCIA Questionamento: Com relação ao ANEXO VI ? TERMO DE REFERÊNCIA em seu item 22 - INFORMAÇÕES COMPLEMENTARES, onde é informado que: ? ...Atualmente o Ministério Público de Minas Gerais - MPMG é um Sistema Autônomo (AS) sob o registro ASN 263406 ... ? Solicitamos esclarecimentos se o roteamento deverá ser FULL BGP ou PARTIAL BGP. Resposta: Não há exigência quanto a forma de prover o roteamento BGP podendo ser na modalidade FULL ou Parcial. 2) DO APENSO I ? ESPECIFICAÇÕES TÉCNICAS Questionamento: Com relação ao APENSO I ? ESPECIFICAÇÕES TÉCNICAS em seu item 1. DA DESCRIÇÃO DO SERVIÇO subitens (a), (b) (c), onde é definido que: ? a) A CONTRATADA deverá possuir backbone próprio no território nacional; b) A CONTRATADA deverá, obrigatoriamente, possuir backbone com ponto de presença (PoP) no Estado de Minas Gerais; c) A CONTRATADA deverá possuir no seu backbone IP, pelo menos, um ponto de troca de tráfego com provedor internacional; ? Estamos entendendo que a licitante poderá atender a estes itens através da comprovação de que a mesma pertença a um grupo, o qual provê serviços de acesso à Internet, sendo formado por empresas com atuações conforme estabelecido pela ANATEL no Plano Geral de Outorgas. Tornando-se assim apta à prestação do serviço desde que seja usado o backbone de uma das empresas do grupo. Está correto nosso entendimento? Resposta: Entendimento correto. 3) DO APENSO I ? ESPECIFICAÇÕES TÉCNICAS Questionamento: Com relação ao APENSO I ? ESPECIFICAÇÕES TÉCNICAS em seu item 1. DA DESCRIÇÃO DO SERVIÇO subitem (e), onde é definido que: ? e) A CONTRATADA se responsabilizará por eventuais adaptações nas instalações físicas nas dependências do CONTRATANTE, assim como a infraestrutura externa, para a implantação do serviço contratado (passagem de cabos, lançamento de fibras ópticas, adaptação de tomadas, etc); exceto para obras civis; Estamos entendendo que para a ativação de cada acesso, a CONTRATANTE deverá permitir acesso dos técnicos da CONTRATADA em suas dependências, prover recursos e executar serviços de infraestrutura complementares àqueles fornecidos ou executados pela CONTRATADA necessários à implantação do acesso, dentre os quais se incluem os de: a) Definir o encaminhamento e o local onde poderá ser instalada a infraestrutura do acesso (dutos, eletrodutos, fiação etc.) e o rack (CPE) na Unidade; b) Disponibilizar pelo menos 3 (três) pontos de energia elétrica por meio de quadros de distribuição de força, bem como o aterramento da rede elétrica; c) Adequar o ambiente onde será instalado o CPE quanto à iluminação, acomodação e área útil; d) Quando houver necessidade de se interligar racks distintos fornecer os cabos usados nessa interligação (da porta LAN do equipamento CPE com o equipamento (HUB ou Switch); e) Responsabilizar-se integralmente pela guarda e integridade dos equipamentos recebidos, obrigando-se a ressarcir a CONTRATADA em casos de perda, dano ou destruição, não oriundos da normal utilização destes. Está correto o nosso entendimento? Resposta: Entendimento correto. 4) DO APENSO I ? ESPECIFICAÇÕES TÉCNICAS Questionamento: Com relação ao APENSO I ? ESPECIFICAÇÕES TÉCNICAS em seu item 3. DA TECNOLOGIA subitem (c), onde é definido que: ? c) O serviço deverá suportar tecnologia de ponta com disponibilidade mínima de 99,80% (noventa e nove vírgula oitenta e cinco por cento); ? Estamos entendendo que este SLA refere-se ao SLA de disponibilidade do Serviço de Acesso à Internet. Ou seja, são 02 circuitos de 200 Mbps e caso um circuito apresente falha e o outro não, o Serviço de Acesso à Internet continua disponível. Está correto nosso entendimento? Resposta: Entendimento equivocado. A meta de 99,80% de disponibilidade mínima deverá ser suportada pela prestadora de serviço para cada um dos links de internet de forma independente. 5) DO APENSO I ? ESPECIFICAÇÕES TÉCNICAS Questionamento: Com relação ao APENSO I ? ESPECIFICAÇÕES TÉCNICAS em seu item 5. DOS NÍVEIS MÍNIMOS DE SERVIÇO subitem (g), onde são definidas as métricas doPrazo de Atendimento e Prazo de Solução Definitiva, estamos entendendo que: 1) A CONTRATADA deverá iniciar o atendimento ao chamado, para a resolução do problema, em no máximo até 02 horas. 2) Para a solução dos problemas que possam ocorrer no link de acesso, nem sempre a CONTRATADA necessita enviar um técnico às dependências daCONTRATANTE. Ou seja, o atendimento poderá se dar remotamente. Estão corretos nossos entendimentos? Resposta: Entendimento correto. CONCLUSÃO Com o esclarecimento das dúvidas aqui informadas, entendemos que o MINISTÉRIO PÚBLICO DO ESTADO DE MINAS GERAIS estará promovendo maior competitividade entre as possíveis PROPONENTES LICITANTES, garantindo com isto que a licitação terá a observância do princípio constitucional da isonomia, a seleção da proposta mais vantajosa para a administração e a promoção do desenvolvimento nacional sustentável, sendo processada e julgada em estrita conformidade com os princípios básicos da legalidade, da impessoalidade, da moralidade, da igualdade, da publicidade, da probidade administrativa, da vinculação ao instrumento convocatório, do julgamento objetivo e dos que lhes são correlatos. ----------------------------- 03-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: OI MÓVEL S/A CNPJ 05.423.963/0001-11 Lote 2: TELBRAX LTDA. CNPJ 04.513.030/0001-52 Belo Horizonte, 01 de dezembro de 2016. Geraldo Flávio Vasques Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  processo83_2016_impugnacao_Telefonica.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3483/download;
  processo83_2016_decisao_impugnacao_improvimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3484/download;
  edital_processo_83_2016_contratacao_links_internet_DRBD_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3450/download;
- proposta_documentos_licitanteF000243_processo83_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3514/download;
  processo83_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3540/download;
- proposta_documentos_licitanteF000183_processo83_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3512/download;
- proposta_corrigida_demais_documentos_licitanteF000243_processo83_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3520/download;
  nova_proposta_corrigida_licitanteF000243_processo83_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3521/download;
  decisao_judicial_declaracao_licitanteF000183_processo83_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3525/download;
+ proposta_corrigida_demais_documentos_licitanteF000243_processo83_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3520/download;
+ proposta_documentos_licitanteF000243_processo83_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3514/download;
+ proposta_documentos_licitanteF000183_processo83_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3512/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LINK DE INTERNET SECUNDÁRIO </t>
   </si>
   <si>
     <t xml:space="preserve">TELBRAX LTDA. </t>
   </si>
   <si>
     <t>97.000,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 82 / 2016</t>
   </si>
   <si>
     <t>08/11/2016</t>
   </si>
   <si>
     <t>Aquisição de botijões de gás de 13 (treze) quilos, com entrega parcelada</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 76 </t>
   </si>
   <si>
     <t xml:space="preserve">GÁS DE COZINHA DE 13 (TREZE) QUILOS </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Deserto </t>
   </si>
   <si>
     <t>08-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 23/11/2016. Início da disputa de preços: às 10 horas do dia 23/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 24-11-2016 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento do lote 1 (único) deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 23 de novembro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo82_2016_ata_deserto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3493/download;
  edital_processo_82_2016_aquisicao_gas_de_cozinha_DICOM.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3438/download;
- processo82_2016_ata_deserto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3493/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 81 / 2016</t>
   </si>
   <si>
     <t>Aquisição de materiais para treinamento de cães policiais</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 75 </t>
   </si>
   <si>
     <t xml:space="preserve">BOLAS DE BORRACHA </t>
   </si>
   <si>
     <t>14.395,20</t>
   </si>
   <si>
     <t>11-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 29/11/2016. Início da disputa de preços: às 10 horas do dia 29/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 20-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 01: SUPRILIDER COMERCIO E SERVIÇOS LTDA-ME CNPJ nº 03.225.533/0001-60 Lotes 02 e 04: COMERCIAL LICITA LTDA- EPP CNPJ nº 15.513.036/0001-46 Lote 03: IZARRON COMERCIO DE PRODUTOS AGROPECUÁRIOS LTDA- ME CNPJ nº 04.434.801/0001-16 Belo Horizonte, 19 de dezembro de 2016. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- 2016_pl-siad-81_pe-75_L1_DOCs_Suprilider.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3553/download;
+ edital_processo_81_2016_aquisicao_materiais_para_treinamento_de_caes_policiais_FUNEMP_GAECO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3458/download;
  2016_pl-siad-81_pe-75_L2-4_DOCs_Licita.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3554/download;
  2016_pl-siad-81_pe-75_L3_DOCs_Izarron.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3555/download;
- edital_processo_81_2016_aquisicao_materiais_para_treinamento_de_caes_policiais_FUNEMP_GAECO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3458/download;
+ 2016_pl-siad-81_pe-75_L1_DOCs_Suprilider.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3553/download;
  processo81_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3627/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CAIXA DE TRANSPORTE DE CÃO </t>
   </si>
   <si>
     <t xml:space="preserve">COMERCIAL LICITA LTDA- EPP </t>
   </si>
   <si>
     <t>95.000,00</t>
   </si>
   <si>
     <t xml:space="preserve">FLURALANER (COMPRIMIDO MASTIGÁVEL) </t>
   </si>
   <si>
     <t xml:space="preserve">IZARRON COMERCIO DE PRODUTOS AGROPECUÁRIOS LTDA- ME </t>
   </si>
   <si>
     <t>30.100,00</t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS DIVERSOS PARA TREINAMENTO DE CÃES </t>
   </si>
   <si>
@@ -1551,305 +1551,305 @@
   </si>
   <si>
     <t>09/11/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para o serviço de manutenção preventiva e corretiva com fornecimento e reposição de quaisquer componentes/peças novos e originais, relativamente aos equipamentos que compõem as subestações de energia elétrica instaladas em imóveis da Procuradoria Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 74 </t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO EM SUBESTAÇÕES DE ENERGIA ELÉTRICA </t>
   </si>
   <si>
     <t xml:space="preserve">LIMA SOLUÇÕES ENERGÉTICAS LTDA. - ME </t>
   </si>
   <si>
     <t>160.000,00</t>
   </si>
   <si>
     <t>09-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 25/11/2016. Início da disputa de preços: às 10 horas do dia 25/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 22-11-2016 ESCLARECIMENTOS Segue resposta da Diretoria de Engenharia, Arquitetura e Manutenção Predial da Procuradoria-Geral de Justiça ao pedido de esclarecimento apresentado por empresa interessada em participar do processo licitatório em epígrafe: 1) Questionamento: "Na situação de manutenção corretiva, têm-se R$10.000,00 para ressarcimento de peças e R$ 63.684,84 para ressarcimento de óleo mineral. Ambos somente serão utilizados se houver necessidade. Porém, gostaria de saber, em caso de queima de algum dos transformadores, por causas externas (problemas de operação por exemplo), em que o valor da compra de material seria muito superior aos 10.000,00 reservados a esse fim, a empresa vencedora da licitação arcaria com os valores? Um exemplo mais profundo: Subestação pega fogo. Quem deverá arcar com os danos?" 1)Resposta: "Conforme PL 80/2016, tem?se que: Conforme item 5.2 - Manutenção Corretiva Somente os itens abaixo serão manutenidos: 5.2.1 Cabos: ... 5.2.2 Barramentos: ... E outros equipamentos dentro dessa grandeza de valor disponibilizado para substituição de peças. A empresa vencedora não irá arcar com a substituição de transformadores no caso de queima uma vez que o valor é muito superior ao reservado para tal ressarcimento de peças. O valor do ressarcimento de peças será utilizado somente se houver necessidade." ----------------------------- 13-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: LIMA SOLUÇÕES ENERGÉTICAS LTDA - EPP CNPJ 05.995.632/0001-56 Belo Horizonte, 6 de dezembro de 2016. Heleno Rosa Fortes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_80_servico_manutencao_subestacoes_de_energia_eletrica_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3444/download;
  documentos_complentares_licitante_F000187_processo80_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3517/download;
+ documentos_F106.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3530/download;
  Documentos F000187.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3507/download;
- documentos_F106.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3530/download;
- edital_processo_80_servico_manutencao_subestacoes_de_energia_eletrica_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3444/download;
  processo80_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3595/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 79 / 2016</t>
   </si>
   <si>
     <t>26/10/2016</t>
   </si>
   <si>
     <t>Prestação de serviços de manutenção preventiva e corretiva em veículos automotores integrantes da frota da Procuradoria-Geral de Justiça PGJ, com fornecimento de peças, componentes e acessórios, incluindo serviços de socorro mecânico e transporte por guincho.</t>
   </si>
   <si>
     <t xml:space="preserve">MAIOR DESCONTO </t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 73 </t>
   </si>
   <si>
     <t xml:space="preserve">VEÍCULOS LEVES E MÉDIOS ÁLCOOL E/OU GASOLINA DA PGJ E PROCON. </t>
   </si>
   <si>
     <t xml:space="preserve">HEBERTH GOMES FRANCA -ME </t>
   </si>
   <si>
     <t>26-10-2016 AVISO DE LICITAÇÃO Modalidade: Pregão eletrônico. Recebimento das propostas: até às 10 horas do dia 11/11/2016. Início da disputa de preços: às 10 horas do dia 11/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 22-11-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lotes 1 e 2: HEBERTH GOMES FRANÇA - ME CNPJ 05.198.462/0001-89 Belo Horizonte, 18 de novembro de 2016. Geraldo Flávio Vasques Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_79_2016_manutencao_preventiva_corretiva_frota_veiculos_ DSGT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3406/download;
- processo79_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3481/download;
+ complementacao_atestado_licitanteF000183-F000215_processo79_2016_lotes1e2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3459/download;
  proposta_documentos_licitanteF000183-F000215_processo79_2016_lotes1e2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3455/download;
  comprovacao_exequibilidade_licitanteF000183-F000215_processo79_2016_lotes1e2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3456/download;
- complementacao_atestado_licitanteF000183-F000215_processo79_2016_lotes1e2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3459/download;
+ processo79_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3481/download;
+ edital_processo_79_2016_manutencao_preventiva_corretiva_frota_veiculos_ DSGT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3406/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">VEÍCULOS A DIESEL DA PGJ E PROCON </t>
   </si>
   <si>
     <t xml:space="preserve"> 78 / 2016</t>
   </si>
   <si>
     <t>28/10/2016</t>
   </si>
   <si>
     <t>Fornecimento de ar condicionado, incluída instalação, e aquisição de climatizadores de ar.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 72 </t>
   </si>
   <si>
     <t xml:space="preserve">AQUISIÇÃO DE CLIMATIZADORES DE AR </t>
   </si>
   <si>
     <t>4.500,00</t>
   </si>
   <si>
     <t>28-10-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 16/11/2016. Início da disputa de preços: às 10 horas do dia 16/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares https://www.mpmg.mp.br/atos-e-publicacoes/diario-oficial Edição de 28/10/2016 Página 16 de 17 Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 27 de outubro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 08-11-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por empresa interessada em participar do processo licitatório em epígrafe: Questionamento: Vocês podem informar quais serão os locais exatos do fornecimento e instalação dos equipamentos do Lote 02. Resposta: Não há uma previsão das localidades onde os aparelhos serão instalados. Trata-se de demanda futura a ser estabelecida. O MPMG vem num movimento de deixar os Fóruns e alugar imóveis nas mais diversas comarcas. Este contrato prevê a climatização dos imóveis que ainda serão locados. Além disso não há como se prever os aparelhos que estragam e necessitam ser substituídos. ----------------------------- 14-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: Leandro Luiz Leal Silva - EPP CNPJ 08.194.579/0001-82 Lote 2: Friominas Máquinas Representações Ltda. CNPJ 17.249.095/0001-84 Belo Horizonte, 12 de dezembro de 2016. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo78_2016Lote1_anexos.zip.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3463/download;
  processo78_2016_Lote 2_F000287_docs.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3470/download;
+ processo78_2016_Lote 1_F000191_docs.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3469/download;
+ processo78_2016Lote 2_anexos.zip.zip.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3467/download;
  processo78_2016_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3417/download;
- processo78_2016Lote1_anexos.zip.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3463/download;
-[...1 lines deleted...]
- processo78_2016_Lote 1_F000191_docs.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3469/download;
+ edital_processo_78_2016_aquisicao_climatizador e ar condicionado_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3416/download;
+ processo78_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3602/download;
+ Decisao_recurso_PL78.16_Lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3576/download;
  processo78_2016_Lote 2_F000271_docs.zip.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3487/download;
- edital_processo_78_2016_aquisicao_climatizador e ar condicionado_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3416/download;
-[...1 lines deleted...]
- processo78_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3602/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">AQUISIÇÃO E INSTALAÇÃO DE CONDICIONADORES DE AR </t>
   </si>
   <si>
     <t xml:space="preserve">FRIOMINAS MÁQUINAS REPRESENTAÇÕES LTDA. </t>
   </si>
   <si>
     <t>309.985,84</t>
   </si>
   <si>
     <t xml:space="preserve"> 77 / 2016</t>
   </si>
   <si>
     <t>27/10/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviço de impressão de cartilhas.</t>
   </si>
   <si>
     <t xml:space="preserve">MAIOR PREÇO </t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 71 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para prestação de serviço de impressão de cartilhas. </t>
   </si>
   <si>
     <t>39.450,00</t>
   </si>
   <si>
     <t>27-10-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 11/11/2016. Início da disputa de preços: às 10 horas do dia 11/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 26-11-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): Gráfica e Editora Mafali Ltda- ME CNPJ 07.795.101/0001-45 Belo Horizonte, 24 de novembro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
+ edital_processo_77_2016_confeccao_materiais_graficos_cartilhas_CAODCA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3410/download;
  processo77_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3508/download;
- edital_processo_77_2016_confeccao_materiais_graficos_cartilhas_CAODCA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3410/download;
  Proposta_documentos_processo_77_2016.zip.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3515/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 76 / 2016</t>
   </si>
   <si>
     <t>01/11/2016</t>
   </si>
   <si>
     <t>Aquisição e instalação de películas de controle solar refletiva nas Promotorias de Justiça, nas cidades de Montes Claros e Santa Luzia/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 70 </t>
   </si>
   <si>
     <t xml:space="preserve">Fornecimento e instalação de película solar na Promotoria de Justiça em Montes Claros/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">Classe A Tapetes Comércio e Representações Ltda. -ME </t>
   </si>
   <si>
     <t>6.988,80</t>
   </si>
   <si>
-    <t>01-11-2016 ESCLARECIMENTOS Para melhor visualização das fotos contidas nos anexos abaixo, sugerimos que opte por Extrair o arquivo. ----------------------------- 01-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 17/11/2016. Início da disputa de preços: às 10 horas do dia 17/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 31 de outubro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 30-11-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: Classe A Tapetes Comércio e Representações Ltda. -ME CNPJ 24.518.483/0001-89 Lote 2: Maker Comunicação Visual Ltda. - ME CNPJ 05.650.294/0001-10 Belo Horizonte, 25 de novembro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
+    <t>01-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 17/11/2016. Início da disputa de preços: às 10 horas do dia 17/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 31 de outubro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 01-11-2016 ESCLARECIMENTOS Para melhor visualização das fotos contidas nos anexos abaixo, sugerimos que opte por Extrair o arquivo. ----------------------------- 30-11-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: Classe A Tapetes Comércio e Representações Ltda. -ME CNPJ 24.518.483/0001-89 Lote 2: Maker Comunicação Visual Ltda. - ME CNPJ 05.650.294/0001-10 Belo Horizonte, 25 de novembro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_76_2016_aquisicao_instalacao_peliculas_mt_Claros_e_st_Luzia_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3418/download;
  Santa_Luzia_anexo_layout_fotos_processo_76_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3420/download;
  Montes_Claros_anexo_layout_fotos_processo_76_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3419/download;
- edital_processo_76_2016_aquisicao_instalacao_peliculas_mt_Claros_e_st_Luzia_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3418/download;
+ 2016_pl-siad-76_pe-70_L1_PROP_DOCs_Classe_A.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3479/download;
  2016_pl-siad-76_pe-70_L2_PROP_DOCs_Maker.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3480/download;
  processo76_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3526/download;
- 2016_pl-siad-76_pe-70_L1_PROP_DOCs_Classe_A.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3479/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Fornecimento e instalação de película solar na Promotoria de Justiça em Santa Luzia/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">MAKER COMUNICAÇÃO VISUAL LTDA - ME </t>
   </si>
   <si>
     <t>3.949,75</t>
   </si>
   <si>
     <t xml:space="preserve"> 75 / 2016</t>
   </si>
   <si>
     <t>Licenças de uso de software Microsoft Office</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 69 </t>
   </si>
   <si>
     <t xml:space="preserve">Licenças de uso </t>
   </si>
   <si>
     <t>23.489,82</t>
   </si>
   <si>
     <t>19-10-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 04/11/2016. Início da disputa de preços: às 10 horas do dia 04/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 18 de outubro de 2016. Juliana Silva Teixeira Coordenadora em exercício da Divisão de Licitação/PGJ-MG ----------------------------- 24-10-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por um licitante referente(s) ao processo licitatório em epígrafe: 1) Questionamento: Referente ao item 01, Home and Business 2016 (...) na modalidade Select, entendemos que o mesmo não será através de um contrato de volume e sim Licenças FPP. 1) Resposta: Sim. 2) Questionamento: Referente ao item 02, Office Professional Plus 2016 (...) na modalidade Select, entendemos que ao ofertarmos Licença de Software no modelo de contrato Open atenderemos plenamente ao edital. Está correto o nosso entendimento? 2) Resposta: Sim. ----------------------------- 26-10-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 16/11/2016. Início da disputa de preços: às 10 horas do dia 16/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 25 de outubro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG (*) Republicado devido à retificação na dotação orçamentária e alteração das especificações técnicas. ----------------------------- 24-11-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: PAMPULHA SERVIÇOS DE INFORMÁTICA EIRELI - EPP CNPJ 22.196.675/0001-90 Belo Horizonte, 22 de novembro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_75_2016_fornecimento_licencas_Microsoft_Office_CEAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3407/download;
+ 2016_pl-siad-75_pe-69_DEMAIS_DOCs_Pampulha-Informatica.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3466/download;
+ 2016_pl-siad-75_pe-69_PROPOSTA_DECLs_Pampulha-Informatica.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3465/download;
  processo75_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3623/download;
- 2016_pl-siad-75_pe-69_PROPOSTA_DECLs_Pampulha-Informatica.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3465/download;
- 2016_pl-siad-75_pe-69_DEMAIS_DOCs_Pampulha-Informatica.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3466/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 74 / 2016</t>
   </si>
   <si>
     <t>19/10/2016</t>
   </si>
   <si>
     <t>Aquisição de conectores padrão RJ45 e Patch Cords.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 68 </t>
   </si>
   <si>
     <t xml:space="preserve">CONECTORES PADRÃO RJ45 E PATCH CORDS </t>
   </si>
   <si>
     <t xml:space="preserve">SUPREMA HIDROELÉTRICA LTDA - ME </t>
   </si>
   <si>
     <t>68.190,00</t>
   </si>
   <si>
     <t>19-10-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 03/11/2016. Início da disputa de preços: às 10 horas do dia 03/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 18 de outubro de 2016. Juliana Silva Teixeira Coordenadora em exercício da Divisão de Licitação/PGJ-MG ----------------------------- 11-11-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Suprema Hidroelétrica Ltda. - ME CNPJ 42.981.902/0001-04 Belo Horizonte, 10 de novembro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_74_2016_aquisicao_conectores_RJ45_pacth cord_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3393/download;
  processo74_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3453/download;
- edital_processo_74_2016_aquisicao_conectores_RJ45_pacth cord_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3393/download;
  proposta_documentacao_F000144_processo_74_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3445/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 73 / 2016</t>
   </si>
   <si>
     <t>Aquisição de equipamentos e softwares de laboratório forense computacional.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 67 </t>
   </si>
   <si>
     <t xml:space="preserve">CONJUNTO DE SOFTWARE PARA TRIAGEM FORENSE </t>
   </si>
   <si>
     <t xml:space="preserve">TECHBIZ FORENSE DIGITAL S.A. </t>
   </si>
   <si>
     <t>136.601,50</t>
   </si>
   <si>
-    <t>19-10-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 03/11/2016. Início da disputa de preços: às 10 horas do dia 03/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 25-10-2016 ESCLARECIMENTOS Seguem respostas aos pedidos de esclarecimentos referentes ao processo licitatório 73/2016: QUESTIONAMENTO 1: "No lote 5 - ítem 1 - Licença para banco de dados ORACLE Standard Edition One - 10 usuários nomeados, na modalidade perpétua, Informamos que a Oracle descontinuou o produto Oracle standard edition one. Para atender ao edital, o produto deverá ser o Oracle Standard Edition 2, cujo valores são superiores ao produto solicitado o que pode impactar na dotação orçamentário do referido lote." RESPOSTA 1: Conforme descrito no Anexo VI (Caderno de Especificações Técnicas), o produto ofertado para o lote 5 deverá ser "LICENÇA DE BANCO DE DADOS ORACLE STANDARD EDITION ONE 11G OU VERSÃO MAIS RECENTE". Ademais, os fornecedores que participaram da cotação de preços, ofertaram em seus orçamentos o produto Oracle Standard Edition 2. QUESTIONAMENTO 2: "Não está claro se o serviços de atualização de versão e suporte técnico por 1 ano deverão ser incluídos nos valores da licença de uso. Pergunto: Qual a posição do MPMG?" RESPOSTA 2: De acordo com o setor técnico, "o lote 05 prevê tão somente o fornecimento da licença para banco de dados ORACLE, sem qualquer previsão de serviço de atualização ou suporte". ----------------------------- 01-11-2016 ESCLARECIMENTOS Seguem questionamentos formulados por empresa interessada em participar desta Licitação e respostas do setor técnico da PGJ: 1) Questionamento: "De acordo com a especificação do ANEXO VI - Lote 1 item: "2.2. O treinamento deverá ser ministrado pela empresa fornecedora do software.", entendemos que o treinamento oficial pode ser ministrado pela empresa cadastrada como representante oficial do fabricante no Brasil. Está correto nosso entendimento? Entendemos também que o certificado do treinamento deverá ser emitido diretamente pela contratada (o certificado será emitido diretamente pela empresa contratada). Está correto nosso entendimento?" 1) Resposta: Conforme informado pelo setor técnico (CAOET - LABORATÓRIO DE TECNOLOGIA CONTRA A LAVAGEM DE DINHEIRO), os entendimentos estão corretos. 2) Questionamento: "De acordo com a especificação do ANEXO VI - Lote 3 entendemos que o certame se refere a uma solução, composta de Hardware (Material), Software (Licença perpétua de uso) e Manutenção e garantia de licenças e hardware (Serviço) e devido a esta composição serão aceitas notas de material - DANFE (Hardware e Software) e Serviço para o faturamento dos itens destacados acima. Está correto nosso entendimento?" 2) Resposta: Conforme informado pelo setor técnico (CAOET - LABORATÓRIO DE TECNOLOGIA CONTRA A LAVAGEM DE DINHEIRO), o entendimento está parcialmente correto, tendo em vista que, dentre as especificações do lote 3, não está prevista a manutenção. 3) Questionamento: "De acordo com a especificação do ANEXO VI - Lote 4 item: "2.2. O treinamento deverá ser ministrado pela empresa fornecedora do software.", entendemos que o treinamento oficial pode ser ministrado pela empresa cadastrada como representante oficial do fabricante no Brasil. Está correto nosso entendimento? Entendemos também que o certificado do treinamento deverá ser emitido diretamente pela contratada (o certificado será emitido diretamente pela empresa contratada). Está correto nosso entendimento?" 3) Resposta: Conforme informado pelo setor técnico (CAOET - LABORATÓRIO DE TECNOLOGIA CONTRA A LAVAGEM DE DINHEIRO), os entendimentos estão corretos. ----------------------------- 01-11-2016 ESCLARECIMENTOS Em relação às diferenças entre os softwares dos Lotes 1 e 4 deste Edital, de acordo com informação prestada pelo setor técnico (CAOET - LABORATÓRIO DE TECNOLOGIA CONTRA A LAVAGEM DE DINHEIRO), esclarecemos que: - A ferramenta a ser ofertada para o lote 1 (Software para triagem forense) tem como característica principal a realização de triagem e processamento de evidências de diferentes fontes (celular, HD, Cartão de memória, etc.) permitindo aos usuários o compartilhamento das mesmas para que outras áreas de negócio possam colaborar no caso. Isso por meio de uma interface amigável sem demandar um profundo conhecimento técnico em tecnologia da informação para fazê-lo. - A ferramenta a ser ofertada para o lote 4 (Software para investigação em mídias digitais) tem como característica principal a análise mais detalhada e profunda das evidências (carving, esteganografia e utilização de scripts), sendo que só é possível o processamento de evidências de uma fonte, por instância. ----------------------------- 01-11-2016 ESCLARECIMENTOS ATENÇÃO: PARA O ITEM 1 DOS LOTES 1, 4 E 5 DESTE EDITAL, NA PROPOSTA A SER CADASTRADA NO PORTAL DE COMPRAS/MG DEVERÁ SER INFORMADO APENAS O PREÇO TOTAL DE CADA ITEM, SENDO A DISPUTA DE LANCES REALIZADA SOBRE O VALOR GLOBAL DO LOTE (SOMA DOS VALORES TOTAIS DOS ITENS). ----------------------------- 01-11-2016 ESCLARECIMENTOS Seguem questionamento formulado por empresa interessada em participar desta Licitação e resposta do setor técnico da PGJ: 1) Questionamento: "Temos interesse em participar deste Pregão Eletrônico. Todavia, com base no Edital apresentamos uma dúvida em relação a descrição do lote 7: No que diz respeito às dúvidas pertinentes no item 1.8 elencadas abaixo: o termo bypass (automático ou manual) é item característico a equipamento com tecnologia online (conforme norma NBR 15014 - ABNT: Conversor a semicondutor - Sistema de Alimentação de potência ininterrupta, com saída em corrente alternada (nobreak) - Terminologia); o que não representaria alto número de ofertas no mercado para esta potência. Com esta afirmação, podemos participar com equipamento senoidal?" 1) Resposta: De acordo com o informado pelo setor técnico (CAOET - LABORATÓRIO DE TECNOLOGIA CONTRA A LAVAGEM DE DINHEIRO), conforme subitem 1.19 do ANEXO VI - CADERNO DE ESPECIFICAÇÕES TÉCNICAS - lote 7, o equipamento "deve possuir forma de onda senoidal". ----------------------------- 11-11-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lotes 1, 3 e 4: TECHBIZ FORENSE DIGITAL S.A CNPJ 05.757.597/0002-18 Lote 5: FHGP SERVIÇOS LTDA. CNPJ 05.349.663/0001-30 Lote 6: BECAPE PERIFÉRICOS E MANUTENÇÃO DE COMPUTADORES EIRELI - ME CNPJ 19.119.796/0001-24 O lote 2 resultou deserto, por não ter sido apresentada proposta para atendimento ao seu objeto. O lote 7 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 10 de novembro de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
+    <t>19-10-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 03/11/2016. Início da disputa de preços: às 10 horas do dia 03/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 25-10-2016 ESCLARECIMENTOS Seguem respostas aos pedidos de esclarecimentos referentes ao processo licitatório 73/2016: QUESTIONAMENTO 1: "No lote 5 - ítem 1 - Licença para banco de dados ORACLE Standard Edition One - 10 usuários nomeados, na modalidade perpétua, Informamos que a Oracle descontinuou o produto Oracle standard edition one. Para atender ao edital, o produto deverá ser o Oracle Standard Edition 2, cujo valores são superiores ao produto solicitado o que pode impactar na dotação orçamentário do referido lote." RESPOSTA 1: Conforme descrito no Anexo VI (Caderno de Especificações Técnicas), o produto ofertado para o lote 5 deverá ser "LICENÇA DE BANCO DE DADOS ORACLE STANDARD EDITION ONE 11G OU VERSÃO MAIS RECENTE". Ademais, os fornecedores que participaram da cotação de preços, ofertaram em seus orçamentos o produto Oracle Standard Edition 2. QUESTIONAMENTO 2: "Não está claro se o serviços de atualização de versão e suporte técnico por 1 ano deverão ser incluídos nos valores da licença de uso. Pergunto: Qual a posição do MPMG?" RESPOSTA 2: De acordo com o setor técnico, "o lote 05 prevê tão somente o fornecimento da licença para banco de dados ORACLE, sem qualquer previsão de serviço de atualização ou suporte". ----------------------------- 01-11-2016 ESCLARECIMENTOS Seguem questionamentos formulados por empresa interessada em participar desta Licitação e respostas do setor técnico da PGJ: 1) Questionamento: "De acordo com a especificação do ANEXO VI - Lote 1 item: "2.2. O treinamento deverá ser ministrado pela empresa fornecedora do software.", entendemos que o treinamento oficial pode ser ministrado pela empresa cadastrada como representante oficial do fabricante no Brasil. Está correto nosso entendimento? Entendemos também que o certificado do treinamento deverá ser emitido diretamente pela contratada (o certificado será emitido diretamente pela empresa contratada). Está correto nosso entendimento?" 1) Resposta: Conforme informado pelo setor técnico (CAOET - LABORATÓRIO DE TECNOLOGIA CONTRA A LAVAGEM DE DINHEIRO), os entendimentos estão corretos. 2) Questionamento: "De acordo com a especificação do ANEXO VI - Lote 3 entendemos que o certame se refere a uma solução, composta de Hardware (Material), Software (Licença perpétua de uso) e Manutenção e garantia de licenças e hardware (Serviço) e devido a esta composição serão aceitas notas de material - DANFE (Hardware e Software) e Serviço para o faturamento dos itens destacados acima. Está correto nosso entendimento?" 2) Resposta: Conforme informado pelo setor técnico (CAOET - LABORATÓRIO DE TECNOLOGIA CONTRA A LAVAGEM DE DINHEIRO), o entendimento está parcialmente correto, tendo em vista que, dentre as especificações do lote 3, não está prevista a manutenção. 3) Questionamento: "De acordo com a especificação do ANEXO VI - Lote 4 item: "2.2. O treinamento deverá ser ministrado pela empresa fornecedora do software.", entendemos que o treinamento oficial pode ser ministrado pela empresa cadastrada como representante oficial do fabricante no Brasil. Está correto nosso entendimento? Entendemos também que o certificado do treinamento deverá ser emitido diretamente pela contratada (o certificado será emitido diretamente pela empresa contratada). Está correto nosso entendimento?" 3) Resposta: Conforme informado pelo setor técnico (CAOET - LABORATÓRIO DE TECNOLOGIA CONTRA A LAVAGEM DE DINHEIRO), os entendimentos estão corretos. ----------------------------- 01-11-2016 ESCLARECIMENTOS Em relação às diferenças entre os softwares dos Lotes 1 e 4 deste Edital, de acordo com informação prestada pelo setor técnico (CAOET - LABORATÓRIO DE TECNOLOGIA CONTRA A LAVAGEM DE DINHEIRO), esclarecemos que: - A ferramenta a ser ofertada para o lote 1 (Software para triagem forense) tem como característica principal a realização de triagem e processamento de evidências de diferentes fontes (celular, HD, Cartão de memória, etc.) permitindo aos usuários o compartilhamento das mesmas para que outras áreas de negócio possam colaborar no caso. Isso por meio de uma interface amigável sem demandar um profundo conhecimento técnico em tecnologia da informação para fazê-lo. - A ferramenta a ser ofertada para o lote 4 (Software para investigação em mídias digitais) tem como característica principal a análise mais detalhada e profunda das evidências (carving, esteganografia e utilização de scripts), sendo que só é possível o processamento de evidências de uma fonte, por instância. ----------------------------- 01-11-2016 ESCLARECIMENTOS Seguem questionamento formulado por empresa interessada em participar desta Licitação e resposta do setor técnico da PGJ: 1) Questionamento: "Temos interesse em participar deste Pregão Eletrônico. Todavia, com base no Edital apresentamos uma dúvida em relação a descrição do lote 7: No que diz respeito às dúvidas pertinentes no item 1.8 elencadas abaixo: o termo bypass (automático ou manual) é item característico a equipamento com tecnologia online (conforme norma NBR 15014 - ABNT: Conversor a semicondutor - Sistema de Alimentação de potência ininterrupta, com saída em corrente alternada (nobreak) - Terminologia); o que não representaria alto número de ofertas no mercado para esta potência. Com esta afirmação, podemos participar com equipamento senoidal?" 1) Resposta: De acordo com o informado pelo setor técnico (CAOET - LABORATÓRIO DE TECNOLOGIA CONTRA A LAVAGEM DE DINHEIRO), conforme subitem 1.19 do ANEXO VI - CADERNO DE ESPECIFICAÇÕES TÉCNICAS - lote 7, o equipamento "deve possuir forma de onda senoidal". ----------------------------- 01-11-2016 ESCLARECIMENTOS ATENÇÃO: PARA O ITEM 1 DOS LOTES 1, 4 E 5 DESTE EDITAL, NA PROPOSTA A SER CADASTRADA NO PORTAL DE COMPRAS/MG DEVERÁ SER INFORMADO APENAS O PREÇO TOTAL DE CADA ITEM, SENDO A DISPUTA DE LANCES REALIZADA SOBRE O VALOR GLOBAL DO LOTE (SOMA DOS VALORES TOTAIS DOS ITENS). ----------------------------- 11-11-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lotes 1, 3 e 4: TECHBIZ FORENSE DIGITAL S.A CNPJ 05.757.597/0002-18 Lote 5: FHGP SERVIÇOS LTDA. CNPJ 05.349.663/0001-30 Lote 6: BECAPE PERIFÉRICOS E MANUTENÇÃO DE COMPUTADORES EIRELI - ME CNPJ 19.119.796/0001-24 O lote 2 resultou deserto, por não ter sido apresentada proposta para atendimento ao seu objeto. O lote 7 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 10 de novembro de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_73_2016_aquisicao_equipamentos_softwares_laboratorio_forense_CAOET.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3394/download;
+ proposta_documentos_licitanteF000141-F000382-F000462_processo73_2016_lotes1-3-4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3421/download;
+ proposta_documentos_licitanteF000541_processo73_2016_lote5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3422/download;
+ proposta_documentos_licitanteF000717_processo73_2016_lote7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3423/download;
  proposta_corrigida_licitanteF000666_processo73_2016_lote6.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3446/download;
  processo73_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3451/download;
- proposta_documentos_licitanteF000666_processo73_2016_lote6.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3430/download;
  proposta_corrigida_licitanteF000541_processo73_2016_lote5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3427/download;
  proposta_corrigida_declaracao_CNH_licitanteF000141-F000382-F000462_processo73_2016_lotes1-3-4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3429/download;
- proposta_documentos_licitanteF000717_processo73_2016_lote7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3423/download;
-[...2 lines deleted...]
- proposta_documentos_licitanteF000141-F000382-F000462_processo73_2016_lotes1-3-4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3421/download;
+ proposta_documentos_licitanteF000666_processo73_2016_lote6.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3430/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">EQUIPAMENTO CLONADOR FORENSE DE DISCOS RÍGIDOS </t>
   </si>
   <si>
     <t xml:space="preserve">ESTAÇÃO DE PERÍCIA </t>
   </si>
   <si>
     <t>128.396,70</t>
   </si>
   <si>
     <t xml:space="preserve">LICENÇA DE USO DE SOFTWARE PARA INVESTIGAÇÃO EM MÍDIAS DIGITAIS </t>
   </si>
   <si>
     <t>106.231,96</t>
   </si>
   <si>
     <t xml:space="preserve">LICENÇA DE BANCO DE DADOS ORACLE STANDARD EDITION ONE 11G OU VERSÃO MAIS </t>
   </si>
   <si>
     <t xml:space="preserve">FHGP SERVICOS LTDA </t>
   </si>
   <si>
     <t>16.650,00</t>
@@ -1870,283 +1870,283 @@
     <t xml:space="preserve"> 72 / 2016</t>
   </si>
   <si>
     <t>03/12/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de gerenciamento de margem consignável em folha de pagamento dos servidores, membros e pensionistas do Ministério Público do Estado de Minas Gerais (MPMG) e controle das antecipações de crédito das verbas em atraso.</t>
   </si>
   <si>
     <t xml:space="preserve">MELHOR TÉCNICA </t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 6 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para prestação de serviços de gerenciamento de margem consignável em folha de pagamento dos servidores, membros e pensionistas do Ministério Público do Estado de Minas Gerais (MPMG) e controle das antecipações de crédito das verbas em atraso. </t>
   </si>
   <si>
     <t xml:space="preserve">QUANTUM WEB TECNOLOGIA DA INFORMAÇÃO LTDA </t>
   </si>
   <si>
     <t>20-10-2016 AVISO DE LICITAÇÃO Recebimento dos envelopes: até às 9 horas e 30 minutos do dia 05/12/2016, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 10 horas do dia 05/12/2016, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital está disponível para download e consulta no site www.mpmg.mp.br e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 22-11-2016 COMUNICAÇÃO Foi disponibilizado em 22.11.2016 arquivo esclarecimentos_processo72_2016 contendo respostas a questionamentos referentes a esse processo licitatório. ----------------------------- 03-12-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*) Recebimento dos envelopes: até às 9 horas do dia 07/12/2016, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 10 horas do dia 07/12/2016, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital está disponível para download e consulta no site www.mpmg.mp.br e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 02 de dezembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG (*) Republicado para a análise e resposta, em tempo hábil, da impugnação apresentada, ensejando a alteração das datas. ----------------------------- 06-12-2016 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: Zetrasoft Ltda. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que esta licitação ocorrerá às 10 horas do dia 07/12/2016. Demais informações: Av. Álvares Cabral, 1740, 5º andar, BH/MG, telefones (31) 3330-8190 / 8233 / 8332 e fax 3330-8334, de 2ª a 6ª feira, das 8 às 18 horas. Belo Horizonte, 05 de dezembro de 2016. Matheus de Oliveira Dande Presidente da Comissão Especial de Licitação ----------------------------- 08-12-2016 COMUNICAÇÃO Sessão de julgamento das propostas: às 10 horas do dia 12 de dezembro de 2016, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. Belo Horizonte, 7 de dezembro de 2016. Matheus de Oliveira Dande Presidente da Comissão Especial de Licitação ----------------------------- 19-12-2016 COMUNICAÇÃO Informamos que, apesar do recesso forense, haverá expediente normal no período de 20/12/2016 a 30/12/2016 - segunda a sexta-feira, 8 às 18 horas - na Divisão de Licitação e Protocolo-Geral da Procuradoria-Geral de Justiça de Minas Gerais. Assim, a contagem do prazo recursal ocorrerá normalmente no referido período. ----------------------------- 20-12-2016 INFORMA CLASSIFICAÇÃO DAS PROPOSTAS E RESULTADO DO TESTE DE CONFORMIDADE Proposta classificada e Teste de Conformidade aprovado: 1ª colocada: Quantum Web Tecnologia da Informação Ltda., CNPJ 10.357.398/0001-71; Proposta classificada: 2ª colocada: Zetrasoft Ltda., CNPJ 03.881.239/0001-06; Fica declarada vencedora do certame a empresa Quantum Web Tecnologia da Informação Ltda., CNPJ 10.357.398/0001-71. Fica aberto automaticamente, nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, prazo recursal contra o resultado de classificação das propostas e realização do teste de conformidade, contado do primeiro dia útil subsequente ao término do prazo acima mencionado. A ata de realização do teste de conformidade e o parecer técnico que o embasou estarão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Belo Horizonte, 19 de dezembro de 2016. Matheus de Oliveira Dande Presidente da Comissão Especial de Licitação ----------------------------- 29-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Quatum Web Tecnologia da Informação Ltda. CNPJ 10.357.398/0001-71 Belo Horizonte, 28 de dezembro de 2016. Rômulo de Carvalho Ferraz Procurador-Geral de Justiça Adjunto Administrativo em exercício ----------------------------- 30-12-2016 HOMOLOGAÇÃO - RETIFICAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Quantum Web Tecnologia da Informação Ltda. CNPJ 10.357.398/0001-71 Belo Horizonte, 28 de dezembro de 2016. Rômulo de Carvalho Ferraz Procurador-Geral de Justiça Adjunto Administrativo em exercício * Retificado o nome da empresa vencedora.</t>
   </si>
   <si>
     <t xml:space="preserve">
+ edital_processo_72_2016_administracao_margem_consignavel_SRH.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3397/download;
+ esclarecimentos_processo72_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3485/download;
  ata_realizacao_teste_confirmadade_parecer_processo_72_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3624/download;
+ processo72_2016_ata_abert_julg_doc_e_abert_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3572/download;
+ processo72_ata_julgamento_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3588/download;
  impugnacao_Zetrasoft_processo_72_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3567/download;
  resposta_impugnacao_Zetrasoft_processo_72_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3568/download;
- processo72_2016_ata_abert_julg_doc_e_abert_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3572/download;
- processo72_ata_julgamento_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3588/download;
  edital_processo_72_2016_administracao_margem_consignavel_SRH_Republicado.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3541/download;
- esclarecimentos_processo72_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3485/download;
- edital_processo_72_2016_administracao_margem_consignavel_SRH.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3397/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 71 / 2016</t>
   </si>
   <si>
     <t>18/10/2016</t>
   </si>
   <si>
     <t>Aquisição de letreiro para Promotoria de Justiça de São Sebastião do Paraíso/MG</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 66 </t>
   </si>
   <si>
     <t xml:space="preserve">LETREIRO PARA IDENTIFICAÇÃO DE PRÉDIO </t>
   </si>
   <si>
     <t xml:space="preserve">COMERCIAL BELVEDERE LTDA - ME </t>
   </si>
   <si>
     <t>5.739,95</t>
   </si>
   <si>
     <t>18-10-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 03/11/2016. Início da disputa de preços: às 10 horas do dia 03/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 11-11-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Comercial Belvedere Ltda. - ME CNPJ 20.229.406/0001-58 Belo Horizonte, 10 de novembro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo71_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3452/download;
  proposta_documentos_processo_71_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3426/download;
  fotos.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/3384/download;
  sao_sebastiao.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/3385/download;
  edital_processo_71_2016_letreiro_sao_sebastiao_paraiso_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3386/download;
- processo71_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3452/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 70 / 2016</t>
   </si>
   <si>
     <t>07/10/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de obras de restauração e reforma de imóvel destinado à Sede Própria das Promotorias de Justiça de Caeté, com fornecimento de mão de obra e materiais.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 5 </t>
   </si>
   <si>
     <t xml:space="preserve">Execução de obras de restauração e reforma de imóvel destinado à Sede Própria das Promotorias de Justiça de Caeté, com fornecimento de mão de obra e materiais. </t>
   </si>
   <si>
     <t xml:space="preserve">Restaurare Construtora Ltda. - EPP </t>
   </si>
   <si>
     <t>3.355.365,00</t>
   </si>
   <si>
     <t>07-10-2016 AVISO DE LICITAÇÃO Recebimento dos envelopes: até às 09:30 horas do dia 07/11/2016, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 10 horas do dia 07/11/2016, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 06 de outubro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 11-10-2016 COMUNICAÇÃO BAIXAR ARQUIVOS-ANEXOS-CADERNO DE DOCUMENTAÇÃO TÉCNICA Informamos que os anexos 1, 2, 3 e 4 disponíveis na presente página, devido ao tamanho do arquivo - 419 MB - possuem um procedimento específico para serem baixados. Em sendo assim, segue o passo a passo para ter acesso e baixar os arquivos: 1º - Fazer download de todos arquivos (os 4 anexos disponibilizados); 2º-Somente após o download de todos arquivos, abrir o primeiro arquivo (zip) "anexos_caderno_documentacao_tecnica_processo_70_2016.zip.001"; 3º - Após abrir o primeiro arquivo, automaticamente será aberto os demais na mesma pasta; 4º - Clicar duas vezes em cada arquivo, caso dê uma mensagem de erro, clicar duas vezes novamente e o arquivo será aberto. Os procedimentos acima são necessários devido ao tamanho do arquivo que ultrapassa a capacidade da presente Instituição, portanto, única forma de incluirmos e disponibilizarmos a todos licitantes, atendendo ao princípio da publicidade. Os referidos arquivos também estão disponíveis para serem baixados diretamente dos computadores constantes da Divisão de Licitação, para tanto, o licitante deverá comparecer munido de um CD. A Divisão de Licitação está localizada no endereço: na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. ----------------------------- 21-10-2016 ESCLARECIMENTOS Segue resposta ao pedido de esclarecimento referente ao processo licitatório 70/2016: 1) Questionamento: "1 - Existe um projeto de climatização? Na pasta onde se encontram os demais projetos não consegui localizar o mesmo. Se tiver, é possível de nos enviar por e-mail?" RESPOSTA: As informações solicitadas foram compiladas no arquivo "CAET-relacao-ar-condicionado" conforme documento abaixo e também disponibilizado no site www.comprasmg.gov.br. ----------------------------- 27-10-2016 COMUNICAÇÃO Comunicamos que foi disponibilizada abaixo - Planilhas Complementares das Composições de Custo - do processo licitatório em epígrafe para consulta dos eventuais interessados. ----------------------------- 11-11-2016 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO Licitantes habilitados: Are Engenharia Ltda., CNPJ 04.067.367/0001-83; Construtora Gomes Pimentel Ltda., CNPJ 41.699.364/0001-99; Restaurare Construtora Ltda. - EPP, CNPJ 03.120.306/0001-70; Licitantes inabilitados: Ribeiro Alvim Engenharia Ltda., CNPJ 18.137.190/0001-59; A ata de julgamento da documentação está disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Nos termos do art. 109, I, a, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento da documentação. Data para abertura das propostas: às 10 horas do dia 23 de novembro de 2016, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. Belo Horizonte, 10 de novembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 23-11-2016 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO E COMUNICAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a interposição de recurso administrativo por parte da empresa Ribeiro Alvim Engenharia Ltda., contra a decisão da Comissão Permanente de Licitação que o inabilitou. O recurso administrativo está disponível para consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Nos termos do art. 109, § 3º, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para que as demais empresas licitantes interessadas apresentem contrarrazões ao recurso interposto. Data para abertura das propostas: às 10 horas do dia 01 de dezembro de 2016, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. Belo Horizonte, 22 de novembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 30-11-2016 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Recorrente: Ribeiro Alvim Engenharia Ltda. Síntese da decisão: Conheço do recurso interposto para, no mérito, provê-lo parcialmente pelos fundamentos constantes da decisão da Comissão Permanente de Licitação. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e nos endereços eletrônicos www.mpmg.mp.br e www.compras.mg.gov.br. A sessão de abertura das propostas fica mantida para o dia 01 de dezembro de 2016, às 10 horas, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. Belo Horizonte, 29 de novembro de 2016. Geraldo Flávio Vasques Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 13-12-2016 RESULTADO DO JULGAMENTO DAS PROPOSTAS E COMUNICAÇÃO Proposta classificada: 1ª colocada: Restaurare Construtora Ltda. - EPP, CNPJ 03.120.306/0001-70; Propostas desclassificadas: Are Engenharia Ltda., CNPJ 04.067.367/0001-83; Construtora Gomes Pimentel Ltda., CNPJ 41.699.364/0001-99; O motivo de desclassificação das empresas supracitadas consta da ata de julgamento das propostas disponibilizada nos sites www.mpmg.mp.br e www.compras.mg.gov.br. Fica declarada vencedora do certame a empresa Restaurare Construtora Ltda. - EPP, CNPJ 03.120.306/0001-70. Fica aberto automaticamente, nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, prazo recursal contra o resultado do julgamento e classificação das propostas, contado do primeiro dia útil subsequente ao término do prazo acima mencionado. A ata de julgamento das propostas estará disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Belo Horizonte, 12 de dezembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 15-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Restaurare Construtora Ltda. - EPP CNPJ 03.120.306/0001-70 Belo Horizonte, 14 de dezembro de 2016. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 16-12-2016 COMUNICAÇÃO Informamos que, devido à desistência expressa de todos os licitantes habilitados no presente certame, houve a antecipação da adjudicação e homologação do objeto. A referida desistência expressa das empresas ocorreram via e-mail e estão disponíveis para eventuais consultas nos autos do processo licitatório em epígrafe - Endereço: Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">
+ ata_abertura_documentacao_pl70_co5_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3441/download;
+ ata_julgamento_documentacao_processo_70_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3464/download;
+ edital_processo_70_co5_2016_restauracao_reforma_Caete_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3349/download;
+ anexos_caderno_documentacao_tecnica_processo_70_2016.zip.001 : https://transparencia.mpmg.mp.br/licitacao/arquivo/3362/download;
  anexos_caderno_documentacao_tecnica_processo_70_2016.zip.002 : https://transparencia.mpmg.mp.br/licitacao/arquivo/3363/download;
  anexos_caderno_documentacao_tecnica_processo_70_2016.zip.003 : https://transparencia.mpmg.mp.br/licitacao/arquivo/3364/download;
  anexos_caderno_documentacao_tecnica_processo_70_2016.zip.004 : https://transparencia.mpmg.mp.br/licitacao/arquivo/3365/download;
  CAET-relacao-ar-condicionado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3398/download;
  planilhas_composicao_custo_processo_70_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3412/download;
+ resposta_anexos__recurso_Ribeiro Alvim Engenharia_processo_70_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3527/download;
  recurso_Ribeiro Alvim Engenharia_processo_70_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3511/download;
  ata_abertura_propostas_processo_70_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3532/download;
- resposta_anexos__recurso_Ribeiro Alvim Engenharia_processo_70_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3527/download;
  ata_julgamento_propostas_processo_70_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3594/download;
- ata_julgamento_documentacao_processo_70_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3464/download;
-[...2 lines deleted...]
- anexos_caderno_documentacao_tecnica_processo_70_2016.zip.001 : https://transparencia.mpmg.mp.br/licitacao/arquivo/3362/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 69 / 2016</t>
   </si>
   <si>
     <t>11/10/2016</t>
   </si>
   <si>
     <t>Aquisição de servidores de rede, nobreak e licenças de software antivírus e de software de busca e coleta de informações em fontes abertas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 65 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIDORES DE REDE </t>
   </si>
   <si>
     <t xml:space="preserve">DIGITAL INFORMÁTICA E TECNOLOGIA LTDA - ME </t>
   </si>
   <si>
     <t>31.000,00</t>
   </si>
   <si>
     <t>11-10-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 25/10/2016. Início da disputa de preços: às 10 horas do dia 25/10/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 17-10-2016 ESCLARECIMENTOS Seguem questionamentos formulados por empresa interessada em participar desse PL e respostas do setor técnico da PGJ: 1. Entendemos que a solução por ser de natureza importada e não passível de tradução será entregue em língua inglesa (comandos, menus e funcionalidades da solução), assim como seu manual de usuário / operação. Está correto nosso entendimento? Resposta: Estão corretos todos os itens. 2. Sobre o requisito ?Utilizar fontes abertas de inteligência? citado na página 42 do edital, entendemos que a utilização de fontes abertas de inteligência significa que quaisquer fontes que requeiram pagamento não serão fornecidas e nem será de responsabilidade da contratada fornecer. Está correto nosso entendimento ? Resposta: Estão corretos todos os itens. 3. Entendemos que o certame refere-se apenas à licença do software e seu direito de atualização e que não é obrigação da contratada o fornecimento do suporte on-site e em português e que o atendimento de suporte a ser fornecido será diretamente com o fabricante da solução em inglês. Está correto nosso entendimento? Resposta: Estão corretos todos os itens. 4. Entendemos que o faturamento da solução e seus 4 anos de atualização serão alvos de um único faturamento na entrega dos produtos e não prevê pagamentos a cada ano. Está correto nosso questionamento? Resposta: Estão corretos todos os itens. 5. Sobre o requisito ?Licença de software, na versão cliente mais recente existente da data da assinatura do contrato, com todos os add-ons e patchs, referente ao período de um ano de uso, ...? citado na página 41 do edital, entendemos que o item não se refere à licença de software perpétua, ou seja, o acesso a solução será concedido apenas durante o período da aquisição preconizado no edital (1 + 4 anos), caso não haja nova renovação a solução não poderá ser mais utilizada. Está correto nosso entendimento? Resposta: Estão corretos todos os itens. 6. Sobre o requisito ?Licença de software, na versão cliente mais recente existente da data da assinatura do contrato, com todos os add-ons e patchs, referente ao período de um ano de uso, ...? citado na página 41 do edital, entendemos que ao citar ?todos add-ons e patchs? a contratante diz respeito aos nativos da solução, não devendo a contratada fornecer nenhum outro complemento pago ou que requeira licença adicional. Está correto nosso entendimento? Resposta: Estão corretos todos os itens. ----------------------------- 19-10-2016 ESCLARECIMENTOS Segue questionamento de empresa interessada em participar deste processo licitatório e resposta da PGJ: Pergunta nº 1 ? Lote 01 2.2) PRAZO DE ENTREGA E INSTALAÇÃO (PARA OS LOTES 1, 2 E 3): _____ DIAS, contados do recebimento, pela Contratada, da Autorização de Fornecimento (MÁXIMO 30 dias). Em analise ao solicitado, verifica-se que os equipamentos são de comercio esporádico e custo considerável, não sendo possível sua permanência em estoque, dependendo de demanda para se fazer o pedido junto ao fabricante para que estes sejam fabricados/montados/importados, e ainda fabricantes possuem suas unidades de montagem/fabricação no sul e sudeste, dependendo assim de 2 logísticas para entrega. Desta forma e dadas as evidencias, pedimos a V.Sa. que tenha o bom senso administrativo de retificar o prazo máximo de entrega passando a admitir um prazo dentro da realidade e em igual condições para os participantes de todos o Brasil. Prazo já entendido e aplicado pela maioria dos órgãos públicos do Brasil neste tipo de equipamentos, cito alguns editais vigentes: Mec-Ines-Inst.Nac.de Educação de Surdos/RJ ? PE 06/2016? 45 dias Assembleia Legislativa de São Paulo ? PE 11/2016 ?? 45 dias Secretaria de Estado da Fazenda de MG ? PE 02/2016 ? 60 dias Desta forma acreditamos que o prazo de 45 a 60 dias corridos seriam o suficiente. Dito isto, entendemos que poderão os concorrentes considerar o prazo de entrega de até 60 dias corridos, está correto nosso entendimento? Resposta: A empresa PCM Representação Ltda. ofereceu Pedido de Esclarecimento ao presente Edital, acerca do prazo de entrega dos materiais. Insurge-se a solicitante contra cláusula do instrumento convocatório, no que se refere ao prazo de 30 (trinta) dias para a entrega do objeto. A empresa alega que o prazo estipulado é exíguo e ao final, solicita alterações no Edital, de forma a elevar o prazo de entrega para, pelo menos, 45 (sessenta) dias. A estipulação do prazo para entrega de material é uma discricionariedade da Administração, que o fará conforme sua necessidade, levando em consideração a prática do mercado, visando sempre o interesse público. Não há dispositivo legal que imponha prazo mínimo para entrega de material. O prazo de 30 (trinta) dias para entrega de material mostra-se compatível com a realidade do mercado, sendo exequível. Não parece razoável que a Administração ajuste-se à logística de entrega de uma determinada empresa, quando o mercado atual mostra-se capaz de atender ao solicitado no Edital. Diante do exposto, conclui-se que o entendimento da empresa PCM Representação Ltda. não está correto, devendo ser mantido o prazo de 30 (trinta dias) para a entrega do material. Coordenadoria de Combate aos Crimes Cibernéticos. ----------------------------- 11-11-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: DIGITAL INFORMÁTICA E TECNOLOGIA LTDA. - ME CNPJ 05.448.910/0001-55 O lote 2 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. Os lotes 3 e 4 resultaram desertos, por não terem sido apresentadas propostas para atendimento aos seus objetos. Belo Horizonte, 10 de novembro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo69_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3454/download;
+ edital_processo_69_2016_servidores_de_rede_nobreak_softwares_COECIBER.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3372/download;
  proposta_documentos_licitanteF000197-F000262_processo69_2016_lotes1e2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3401/download;
  proposta_declaracoes_corrigidas_contrato_social_licitanteF000197-F000262_processo69_2016_lotes1e2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3403/download;
  proposta_licitanteF000197_processo69_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3414/download;
- processo69_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3454/download;
- edital_processo_69_2016_servidores_de_rede_nobreak_softwares_COECIBER.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3372/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LICENÇAS DE SOFTWARE DE BUSCA E COLETA DE INFORMAÇÕES EM FONTES ABERTAS </t>
   </si>
   <si>
     <t xml:space="preserve">LICENÇAS DE SOFTWARE ANTIVÍRUS </t>
   </si>
   <si>
     <t xml:space="preserve"> 68 / 2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de limpeza de vidros, com fornecimento de mão de obra e materiais, em edificação ocupada pelo Ministério Público na cidade de Uberaba/MG</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 64 </t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA DOS VIDROS NA PARTE EXTERNA, NOS ANDARES SUPERIORES, COM FORNECIMENTO DE MÃO DE OBRA E MATERIAIS </t>
   </si>
   <si>
     <t xml:space="preserve">Carlos Donizetti Durão - ME </t>
   </si>
   <si>
     <t>7.599,98</t>
   </si>
   <si>
     <t>08-11-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 25/11/2016. Início da disputa de preços: às 10 horas do dia 25/11/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 15-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Carlos Donizetti Durão - ME CNPJ 02.270.662/0001-07 Belo Horizonte, 12 de dezembro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
+ edital_processo_68_servico_limpeza_vidros_2016_PJ_Uberaba.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3439/download;
+ processo_68_fotos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3440/download;
  2016_pl-siad-68_pe-64_PROP_CONT_RG_Carlos-Donizetti.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3528/download;
  2016_pl-siad-68_pe-64_DEMAIS_DOCs_Carlos-Donizetti.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3529/download;
- edital_processo_68_servico_limpeza_vidros_2016_PJ_Uberaba.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3439/download;
- processo_68_fotos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3440/download;
  processo68_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3615/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 67 / 2016</t>
   </si>
   <si>
     <t>08/10/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de obra de edificação da Sede das Promotorias de Justiça de Visconde do Rio Branco, com fornecimento de mão de obra e materiais.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 4 </t>
   </si>
   <si>
     <t xml:space="preserve">Execução de obra de edificação da Sede das Promotorias de Justiça de Visconde do Rio Branco, com fornecimento de mão de obra e materiais.(SEA -14.09/22.09.16) </t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUTORA COSTA MOREIRA LTDA - EPP </t>
   </si>
   <si>
     <t>3.339.611,00</t>
   </si>
   <si>
     <t>28-09-2016 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento dos envelopes: até às 09:30 horas do dia 03/11/2016, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 10 horas do dia 03/11/2016, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 27 de setembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 08-10-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento dos envelopes: até às 09:30 horas do dia 11/11/2016, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 10 horas do dia 11/11/2016, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 07 de outubro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG (*) Republicado devido à retificação na Planilha Estrutural, ensejando a alteração do valor máximo admitido. ----------------------------- 10-10-2016 COMUNICAÇÃO REPUBLICAÇÃO-ALTERAÇÃO DE DATAS E VALOR MÁXIMO ADMITIDO-RETIFICAÇÃO DA PLANILHA DE VENDA ESTRUTURAL E PLANILHA DE VENDA CIVIL Foi realizada retificação nos itens 5.4.1.4.2, 5.7.1, 5.7.3 da Planilha de Venda Estrutural, ensejando a retificação no item 1.4.3.9 da Planilha de Venda Civil e, por conseguinte, do valor máximo admitido para a contratação do objeto. Em decorrência da republicação houve alteração das datas, conforme edital retificado disponibilizado, hoje (10/10/16), nos sites: www.compras.mg.gov.br e http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, Pesquisa de Processos Licitatórios (no campo-Número do Processo-digitar o nº desse procedimento e clicar em Enviar. ----------------------------- 18-10-2016 ESCLARECIMENTOS Segue abaixo o pedido de esclarecimento realizado por um licitante, bem como a resposta disponibilizada a este: 1) Questionamento: "Gostaríamos de propor a essa CPL que solicita-se o documento do item 8.2.2 do edital - Composição de Custo, apenas da empresa vencedora do certame. Entendemos que este documento é um documento complementar e acessório do item 8.2.1 - Planilha Detalhada, o que nesta etapa da licitação seria totalmente desnecessário. Além de que a proposta ficaria muito volumosa devido a quantidade de folhas que este documento geraria. Verificamos também que o Tribunal de Justiça de Minas Gerais adota este critério em suas licitações, solicitando a Composição de Custo apenas da empresa vencedora." Resposta: Informo que o procedimento supramencionado - exigência do item 8.2.2 apenas do licitante vencedor - já se encontra em análise da Assessoria Jurídica deste Órgão. Todavia, o processo licitatório em epígrafe procederá com ambas exigências, itens 8.2.1 e 8.2.2, haja vista a ausência de um respaldo jurídico referente ao tema até o presente momento. ----------------------------- 21-10-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por um lilcitante referente(s) ao processo licitatório em epígrafe: 1) Questionamento: "Venho pela presente solicitar que nos seja enviado por e-mail as planilhas em Excel, pois as que foram postadas no site encontram-se muito pequenas para visualização da leitura." 1) Resposta:"Prezados, informamos que as planilhas em Excel já foram disponibilizadas na pasta "Modelos"; quanto à Planilha de Venda Civil em PDF é possível ampliar o arquivo para melhor visualização dos seus dados." ----------------------------- 25-10-2016 COMUNICAÇÃO Comunicamos que foram disponibilizadas abaixo -Planilhas de Composição de Custo- do processo licitatório em epígrafe para consulta dos eventuais interessados. ----------------------------- 08-11-2016 COMUNICAÇÃO ADEQUAÇÃO DO VALOR MÁXIMO ADMITIDO CONSTANTE DO EDITAL: Esclarecemos que foi realizada retificação no Edital, do valor máximo admitido para a contratação do objeto, em conformidade com as planilhas - vide edital retificado disponibilizado hoje (08/11/16), nos sites: www.compras.mg.gov.br e http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, Pesquisa de Processos Licitatórios (no campo-Número do Processo-digitar o nº desse procedimento e clicar em Enviar. ----------------------------- 09-11-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por empresa interessada em participar do processo licitatório em epígrafe: Questionamento: No item 7.1 relata que os documentos de habilitação poderão ser autenticados por servidor, diante disso pergunto: Quanto a autenticação no dia da seção, os documentos serão autenticado por servidor, antes da abertura do envelope de Habilitação ou depois da abertura do mesmo. Resposta: efetuaremos a autenticação da documentação até o primeiro dia útil que anteceder a data de abertura da referida licitação ou durante a realização da sessão, quando da abertura dos envelopes de documentação, com observância ao disposto no item 7.1 do Edital. ----------------------------- 10-11-2016 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Unidade: 1091040 Impugnante: Sengel Construções Ltda. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que esta licitação ocorrerá às 10 horas do dia 11/11/2016. Demais informações: Av. Álvares Cabral, 1740, 5º andar, BH/MG, telefones (31) 3330-8190 / 8233 / 8332 e fax 3330-8334, de 2ª a 6ª feira, das 8 às 18 horas. Belo Horizonte, 09 de novembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 19-11-2016 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO Licitantes habilitados: Alcance Engenharia e Construção LTDA., CNPJ: 20.501.854/0001-69; Are Engenharia LTDA., CNPJ: 04.067.367/0001-83; Construtora Costa Moreira LTDA. EPP, CNPJ: 02.436.888/0001-35; Construtora Gomes Pimentel LTDA., CNPJ: 41.699.364/0001-99; Construtora Sinarco LTDA., CNPJ: 03.367.118/0001-40; Construtora Única LTDA., CNPJ: 03.583.785/0001-60; EF Projetos e Engenharia LTDA., CNPJ: 42.927.327/0001-53; FM Engenharia LTDA., CNPJ: 25.320.870/0001-79; Lessa Engenharia LTDA. EPP, CNPJ: 08.736.950/0001-90; Maia Engenharia e Construções LTDA. EPP, CNPJ: 07.491.634/0001-33; Ribeiro Alvim Engenharia LTDA., CNPJ: 18.137.190/0001-59; Sengel Construções LTDA., CNPJ: 17.723.933/0001-00; Tecaenge Engenharia EIRELI, CNPJ: 65.177.537/0001-77; Terra Engenharia e Construções LTDA. EPP, CNPJ: 04.647.524/0001-20; Visual Construtora Del Rei LTDA. EPP, CNPJ: 03.649.600/0001-73. Licitantes inabilitados: Construtora Castro Rezende Ltda., CNPJ: 21.670.831/0001-40. A ata de julgamento da documentação está disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Nos termos do art. 109, I, a, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento da documentação. Data para abertura das propostas: às 10 horas do dia 29 de novembro de 2016, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. *Observação: caso haja a expressa abstenção de interposição do recurso por todas empresas participantes ou eventuais recursos sejam acatados ou havendo necessidade administrativa, poderá haver alteração da data para abertura das propostas. Nesse caso, haverá nova publicação nos mesmos moldes desta. Belo Horizonte, 18 de novembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 23-11-2016 COMUNICAÇÃO Considerando que houve a expressa desistência de todos os licitantes (16 empresas) participantes deste certame em interpor recurso quanto à fase habilitatória, visando aos princípios da celeridade e eficiência, será alterada a data de abertura das propostas-conforme previsto na publicação do "Resultado de Julgamento da Documentação e Comunicação"-Diário Oficial Eletrônico do Ministério Público de Minas Gerais no dia 19/11/2016. Assim, será publicado no DOMP/MG de amanhã (24/11/2016), a nova data de abertura das propostas que ocorrerá: "às 10 horas do dia 25 de novembro de 2016, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG." ----------------------------- 24-11-2016 COMUNICAÇÃO DE ALTERAÇÃO DA DATA DE ABERTURA DAS PROPOSTAS Consoante publicação no DOMP/MG no dia 19/11/16, após resultado do julgamento de habilitação do processo em epígrafe, houve desistência expressa de todos os licitantes participantes do certame. Dessa forma, visando aos princípios da celeridade e eficiência, houve a alteração da data de abertura das propostas. Data para abertura das propostas: às 10 horas do dia 25 de novembro de 2016, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. Belo Horizonte, 23 de novembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 07-12-2016 RESULTADO DO JULGAMENTO DAS PROPOSTAS E COMUNICAÇÃO Propostas classificadas: 1ª colocada: Ribeiro Alvim Engenharia LTDA., CNPJ: 18.137.190/0001-59; 2ª colocada: Construtora Única LTDA., CNPJ: 03.583.785/0001-60; 3ª colocada: Visual Construtora Del Rei LTDA., CNPJ: 03.649.600/0001-73. 4ª colocada: Maia Engenharia e Construções LTDA. EPP, CNPJ: 07.491.634/0001-33; 5ª colocada: Are Engenharia LTDA., CNPJ: 04.067.367/0001-83; 6ª colocada: Construtora Costa Moreira LTDA. EPP, CNPJ: 02.436.888/0001-35; 7ª colocada: Lessa Engenharia LTDA. EPP, CNPJ: 08.736.950/0001-90; 8ª colocada: Alcance Engenharia e Construção LTDA., CNPJ: 20.501.854/0001-69; 9ª colocada: EF Projetos e Engenharia LTDA., CNPJ: 42.927.327/0001-53; 10ª colocada: Terra Engenharia e Construções LTDA. EPP, CNPJ: 04.647.524/0001-20; 11ª colocada: Construtora Gomes Pimentel LTDA., CNPJ: 41.699.364/0001-99; Propostas desclassificadas: Tecaenge Engenharia EIRELI, CNPJ: 65.177.537/0001-77; FM Engenharia LTDA., CNPJ: 25.320.870/0001-79; Construtora Sinarco LTDA., CNPJ: 03.367.118/0001-40; Sengel Construções LTDA., CNPJ: 17.723.933/0001-00; Os motivos de desclassificação das empresas supracitadas constam da ata de julgamento das propostas disponibilizada nos sites www.mpmg.mp.br e www.compras.mg.gov.br. Fica declarada vencedora do certame a empresa Ribeiro Alvim Engenharia LTDA., CNPJ: 18.137.190/0001-59. Considerando que restou configurado o empate ficto previsto nos arts. 44 e 45 da Lei Complementar nº 123/06 e no art. 16 da Lei Estadual nº 20.826/13, fica aberto o prazo de 2 dias úteis, contados desta publicação, para que as empresas que obtiveram suas propostas classificadas, Maia Engenharia e Construções LTDA.-EPP, Construtora Costa Moreira Ltda.-EPP e Lessa Engenharia Ltda.?EPP, caso tenham interesse, apresentem proposta - acompanhada das planilhas (orçamentária, complementares e BDI) e composição de custos - com preço inferior àquela considerada vencedora do certame. Fica aberto automaticamente, nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, prazo recursal contra o resultado do julgamento e classificação das propostas, contado do primeiro dia útil subsequente ao término do prazo acima mencionado. A eventual fruição do benefício por parte das sobreditas empresas será comunicada a todos os interessados mediante publicação neste mesmo veículo. Nessa hipótese, o prazo recursal contra o julgamento e classificação das propostas será contado dessa nova publicação. A ata de julgamento das propostas estará disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Belo Horizonte, 06 de dezembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 15-12-2016 RESULTADO DO JULGAMENTO FINAL DAS PROPOSTAS E COMUNICAÇÃO Proposta vencedora: Construtora Costa Moreira LTDA. EPP, CNPJ: 02.436.888/0001-35; A empresa Construtora Costa Moreira LTDA. EPP se valeu do benefício previsto nos arts. 44 e 45 da Lei Complementar nº 123/06, tendo apresentado proposta com valor inferior à empresa Ribeiro Alvim Engenharia LTDA. (1ª colocada), restando, portanto, a vencedora do certame. Fica aberto automaticamente, nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, prazo recursal contra o resultado do julgamento final das propostas, contado do primeiro dia útil subsequente ao término do prazo acima mencionado. A ata de julgamento final das propostas estará disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Belo Horizonte, 14 de dezembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 19-12-2016 COMUNICAÇÃO Informamos que, apesar do recesso forense, haverá expediente normal no período de 20/12/2016 a 30/12/2016 - segunda a sexta-feira, 8 às 18 horas - na Divisão de Licitação e Protocolo-Geral da Procuradoria-Geral de Justiça de Minas Gerais. Assim, a contagem do prazo recursal ocorrerá normalmente no referido período. ----------------------------- 23-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Construtora Costa Moreira Ltda. - EPP CNPJ 02.436.888/0001-35 Belo Horizonte, 23 de dezembro de 2016. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_67_co4_2016_obra_Visconde do Rio Branco_SEA_Republicado.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3443/download;
+ impugnacao_Sengel Construcoes_processo_67_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3449/download;
+ ata_abertura_documentacao_processo_67_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3460/download;
+ ata_julgamento_documentacao_processo_67_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3476/download;
+ planilha_venda_estrutural_civil_processo_67_2016_Retificadas.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3370/download;
+ anexos_caderno_documentacao_tecnica_processo_67_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3322/download;
+ planilhas_composicao_custo_processo_67_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3402/download;
+ ata_abertura_propostas_processo_67_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3509/download;
+ resposta_impugnacao_Sengel Construcoes_processo_67_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3502/download;
  ata_julgamento_propostas_processo_67_2016_resultado_final.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3616/download;
- planilhas_composicao_custo_processo_67_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3402/download;
-[...4 lines deleted...]
- ata_julgamento_documentacao_processo_67_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3476/download;
+ ata_julgamento_propostas_processo_67_2016_empate ficto_retificada.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3579/download;
  ata_julgamento_propostas_processo_67_2016_empate ficto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3573/download;
- ata_julgamento_propostas_processo_67_2016_empate ficto_retificada.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3579/download;
-[...2 lines deleted...]
- anexos_caderno_documentacao_tecnica_processo_67_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3322/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 66 / 2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de obra de edificação da Sede das Promotorias de Justiça de Alfenas, com fornecimento de mão de obra e materiais.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 3 </t>
   </si>
   <si>
     <t xml:space="preserve">Execução de obra de edificação da Sede das Promotorias de Justiça de Alfenas. </t>
   </si>
   <si>
     <t xml:space="preserve">CLL Engenharia e Empreendimentos Ltda. EPP </t>
   </si>
   <si>
     <t>4.579.524,50</t>
   </si>
   <si>
-    <t>28-09-2016 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento dos envelopes: até às 09:30 horas do dia 31/10/2016, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 10 horas do dia 31/10/2016, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 27 de setembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 08-10-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento dos envelopes: até às 09:30 horas do dia 09/11/2016, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 10 horas do dia 09/11/2016, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 07 de outubro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG (*) Republicado devido às retificações em quantitativos da Planilha de Venda, ensejando a alteração do valor máximo admitido. ----------------------------- 10-10-2016 COMUNICAÇÃO REPUBLICAÇÃO-ALTERAÇÃO DE DATAS E VALOR MÁXIMO ADMITIDO -RETIFICAÇÃO NA PLANILHA DE VENDA CIVIL Foi realizada retificação nos itens 1.45, 8.7.1 e 8.7.2 da Planilha de Venda Civil, ensejando a alteração do valor máximo admitido para a contratação do objeto. Em decorrência da republicação houve alteração das datas, conforme edital retificado disponibilizado, hoje (10/10/16), nos sites: www.compras.mg.gov.br e http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, Pesquisa de Processos Licitatórios (no campo-Número do Processo-digitar o nº desse procedimento e clicar em Enviar. ----------------------------- 18-10-2016 ESCLARECIMENTOS Seguem abaixo os pedidos de esclarecimentos realizados por um licitante, bem como as respostas disponibilizadas a este: 1) Questionamento: "Solicitamos que seja disponibilizada a Planilha de Geral com preços de referência pois a mesma não consta nos arquivos do site;" Resposta: Segue Planilha Geral (com preços de referência) anexa, conforme solicitado. 2) Questionamento: "Gostaríamos de propor a essa CPL que solicita-se o documento do item 8.2.2 do edital - Composição de Custo, apenas da empresa vencedora do certame. Entendemos que este documento é um documento complementar e acessório do item 8.2.1 - Planilha Detalhada, o que nesta etapa da licitação seria totalmente desnecessário. Além de que a proposta ficaria muito volumosa devido a quantidade de folhas que este documento geraria. Verificamos também que o Tribunal de Justiça de Minas Gerais adota este critério em suas licitações, solicitando a Composição de Custo apenas da empresa vencedora." Resposta: Informo que o procedimento supramencionado - exigência do item 8.2.2 apenas do licitante vencedor - já se encontra em análise da Assessoria Jurídica deste Órgão. Todavia, o processo licitatório em epígrafe procederá com ambas exigências, itens 8.2.1 e 8.2.2, haja vista a ausência de um respaldo jurídico referente ao tema até o presente momento. ----------------------------- 21-10-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por um licitante referente(s) ao processo licitatório em epígrafe: 1) Questionamento: "Gostaria que nos enviasse as planilhas em excel da CONCORRÊNCIA 66/2016 E A 67/2016." 1) Resposta:"Prezados, Informamos que as planilhas em Excel já foram disponibilizadas na pasta "Modelos" dos processos em epígrafe; quanto à Planilha de Venda Civil em PDF é possível ampliar o arquivo para melhor visualização dos seus dados." ----------------------------- 24-10-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por um licitante referente(s) ao processo licitatório em epígrafe: 1) Questionamento: "O item 5.2.1 da planilha de ESTRUTURA não condiz com o item 5.2 que é estada à trado. Favor retificar." 1) Resposta: Na descrição do serviço referente ao item 5.2.1, onde se lê "estaca tipo hélice contínua", leia-se "broca trado". Ressaltamos que o código e o valor estão corretos. ----------------------------- 25-10-2016 COMUNICAÇÃO Comunicamos que foi disponibilizada abaixo - Planilha de Composição de Custo Civil - do processo licitatório em epígrafe para consulta dos eventuais interessados. ----------------------------- 27-10-2016 COMUNICAÇÃO Comunicamos que foi disponibilizada abaixo - Planilhas Complementares das Composições de Custo - do processo licitatório em epígrafe para consulta dos eventuais interessados. ----------------------------- 31-10-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por uma empresa referente(s) ao processo licitatório em epígrafe: 1) Questionamento: Em relação aos documentos de habilitação, entendemos que a comprovação relativa à qualificação técnica profissional se dará através da apresentação do Termo de Compromisso de indicação do profissional acompanhada de CAT em que conste o nome do profissional como responsável técnico dos serviços de maior relevância técnica e valor significativo. O profissional deve constar no quadro técnico da empresa junto ao CREA ou CAU e não será necessária a apresentação da Certidão de Registro e Quitação do profissional junto ao CREA, nem a comprovação de vínculo com a empresa licitante. Nosso entendimento está correto? 1) Resposta: Sim, o entendimento está correto. 2) Apesar de constar no rol de documentos o modelo do cronograma físico-financeiro, o mesmo não foi exigido para a proposta. Conforme item 9 do anexo VI - Projeto básico, entendemos que o cronograma será apresentado apenas pela licitante vencedora e que o prazo de execução é de 22 meses. Nosso entendimento está correto? 2) Resposta: Sim, o entendimento está correto. 3) Apesar de estar relacionado no rol de documentos o modelo de declaração de fato impeditivo, a mesma não é exigida em nenhum momento. Como deverá ser a apresentação deste documento? 3) Resposta: O modelo de Declaração de Fato Impeditivo (Anexo XI) do Edital, conforme preconiza o art. 32, § 2º da Lei 8.666/93, será obrigatório somente nos casos em que for apresentado apenas o CRC para comprovação da documentação de habilitação. Todavia, é recomendado a apresentação da referida declaração por todos os licitantes, ressaltando que, sua apresentação não será obrigatória desde que apresentados os documentos de habilitação à parte do CRC. 4) Em relação às composições disponibilizadas, verificamos que estão apenas aquelas que são relativas à serviços civis. Gentileza disponibilizar as composições referente aos serviços de instalações e estrutura. 4) Resposta: Informo que as Planilhas Complementares das Composições de Custo foram disponibilizadas hoje (27/10/16) no site www.mpmg.mp.br. ----------------------------- 01-11-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por um licitante referente(s) ao processo licitatório em epígrafe: 1) Questionamento: Os quantitativos dos itens 7.7.6.1.2, 7.7.6.1.1 estão incorretos, com base no projeto de piso apresentado. 1) Resposta: Considerar a descrição e o quantitativo previstos na planilha orçamentária disponibilizada. 2) Questionamento: O quantitativo do item 8.4.3.2 - Piso de concreto fck&gt; = 25 MPa, esp=10cm, nivelado a laser, armado com tela soldada Q-196, com junta serracliper, sobre solo compactado a 98% do procton normal e com lançamento, fornecimento e colocação. Acabamento: CAMURÇADO, está incorreto sendo que foi licitado o quantitativo de 134,21 m² e só na garagem a área e de 257,35 m². 2) Resposta: Considerar a descrição e o quantitativo previstos na planilha orçamentária disponibilizada. 3) Questionamento: O quantitativo do item 7.5.1 - Forro de gesso acartonado, com fornecimento e colocação, está abaixo do quantitativo indicado em projeto, sendo que a quantidade licitada é de 125,79 m² e a quantidade indicada em projeto é de 226,20 m². 3) Resposta: Considerar a descrição e o quantitativo previstos na planilha orçamentária disponibilizada. 4) Questionamento: Qual o acabamento do piso do barrilete? 4) Resposta: Acabamento do piso do barrilete: Piso cimentado esponjado, conforme item 7.7.3. ----------------------------- 07-11-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por um licitante referente(s) ao processo licitatório em epígrafe: Questionamento: Solicitamos a gentileza de verificar o custo do item 6.2.1 o qual consta o valor de R$ 17,47/m². Consideramos que o custo é insuficiente para a realizado do serviço. Resposta: Entendemos que o valor é suficiente para a realização dos serviços uma vez que foi extraído da tabela oficial de preços da SETOP (Secretaria do Estado de Transportes e Obras Públicas). ----------------------------- 07-11-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por empresa interessada em participar do processo licitatório em epígrafe: 1º Questionamento: Solicito resposta ao questionamento feito em 18/10/16 por um licitante sobre a apresentação da Composição de Custo Unitário no ato da entrega dos envelopes, visto que esta CPL informou que esta questão estava sendo analisada mas não tivemos uma posição. Resposta: informamos que, desde 18/10/2016, encontra-se disponibilizada no site MPMG www.mpmg.mp.br resposta ao questionamento supramencionado, a qual reiteramos que a empresa interessada deverá atender ao exigido no item 8.2 do Edital. 2º Questionamento: Solicito também esclarecimento à própria composição, pois a CPU fornecida pelo MPMG esta incompleta perante a planilha fornecida pelo mesmo. Caso a apresentação deste documento seja obrigatória no ato da entrega, pode-se seguir os mesmos dados das CPU's fornecidas pelo MPMG ? Resposta: As CPUs fornecidas pela SEA não estão incompletas uma vez que não apresentamos aquelas cujos preços são fornecidos por fontes oficiais como SETOP, SINAP,etc. ----------------------------- 08-11-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por empresa interessada em participar do processo licitatório em epígrafe: Pergunta:Conforme nos faculta o item 3 do edital relativo ao processo em epígrafe, favor esclarecer se o atestado técnico acompanhado da respectiva CAT que atender ao item 4.2 do ANEXO III, poderá ser o mesmo pra atendimento ao item 4.8 do mesmo anexo? Resposta: Esclarecemos que a capacidade técnico-operacional não se confunde com a capacitação técnico-profissional. O edital do Processo 66, assim como do 67/2016, nos subitens 4.2 e 4.2.1 do Anexo III, prevê o cumprimento da exigência de comprovação da experiência da empresa na execução dos serviços, que deve se dar por meio de atestados emitidos em nome da empresa Licitante. Por outro lado, o subitem 4.8 prevê o cumprimento da exigência de comprovação da experiência do profissional. Dessa forma, a certidão exigida pelo subitem 4.8, que será apresentada juntamente com o Termo de Compromisso, poderá ser a mesma apresentada para o item 4.2, desde que constem em ambas mesmo profissional. ----------------------------- 08-11-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Recebimento dos envelopes: até às 14:30 horas do dia 11/11/2016, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 15 horas do dia 11/11/2016, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 07 de novembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG (*) Republicado devido à alteração das datas. ----------------------------- 08-11-2016 COMUNICAÇÃO ADEQUAÇÃO DO VALOR MÁXIMO ADMITIDO CONSTANTE DO EDITAL: Esclarecemos que foi realizada retificação no Edital, do valor máximo admitido para a contratação do objeto, em conformidade com as planilhas - vide edital retificado disponibilizado hoje (08/11/16), nos sites: www.compras.mg.gov.br e http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, Pesquisa de Processos Licitatórios (no campo-Número do Processo-digitar o nº desse procedimento e clicar em Enviar. ----------------------------- 09-11-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por empresa interessada em participar do processo licitatório em epígrafe: Questionamento: No item 7.1 relata que os documentos de habilitação poderão ser autenticados por servidor, diante disso pergunto: Quanto a autenticação no dia da seção, os documentos serão autenticado por servidor, antes da abertura do envelope de Habilitação ou depois da abertura do mesmo. Resposta: efetuaremos a autenticação da documentação até o primeiro dia útil que anteceder a data de abertura da referida licitação ou durante a realização da sessão, quando da abertura dos envelopes de documentação, com observância ao disposto no item 7.1 do Edital. ----------------------------- 10-11-2016 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Unidade: 1091040 Impugnantes: Sengel Construções Ltda. e Terra Engenharia e Construções Ltda. Síntese das decisões: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra das decisões encontram-se disponíveis nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que esta licitação ocorrerá às 15 horas do dia 11/11/2016. Demais informações: Av. Álvares Cabral, 1740, 5º andar, BH/MG, telefones (31) 3330-8190 / 8233 / 8332 e fax 3330-8334, de 2ª a 6ª feira, das 8 às 18 horas. Belo Horizonte, 09 de novembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 19-11-2016 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO Licitantes habilitados: Alcance Engenharia e Construção LTDA., CNPJ: 20.501.854/0001-69; CLL Engenharia e Empreendimentos Ltda. EPP, CNPJ: 00.659.005/0001-20; Construtora Cinzel S/A, CNPJ: 19.733.914/0001-90; Construtora Costa Moreira LTDA. EPP, CNPJ: 02.436.888/0001-35; Construtora Gomes Pimentel LTDA., CNPJ: 41.699.364/0001-99; Construtora JRN Ltda., CNPJ: 00.501.041/0001-61; Construtora Sinarco LTDA., CNPJ: 03.367.118/0001-40; Construtora Única LTDA., CNPJ: 03.583.785/0001-60; Projeção Engenharia e Arquitetura LTDA., CNPJ: 19.834.142/0001-82; Ribeiro Alvim Engenharia LTDA., CNPJ: 18.137.190/0001-59; Sengel Construções LTDA., CNPJ: 17.723.933/0001-00; A ata de julgamento da documentação está disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Nos termos do art. 109, I, a, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento da documentação. Data para abertura das propostas: às 15 horas do dia 29 de novembro de 2016, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. *Observação: caso haja a expressa abstenção de interposição do recurso por todas empresas participantes ou eventuais recursos sejam acatados ou havendo necessidade administrativa, poderá haver alteração da data para abertura das propostas. Nesse caso, haverá nova publicação nos mesmos moldes desta. Belo Horizonte, 18 de novembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 22-11-2016 COMUNICAÇÃO Considerando que houve a expressa desistência de todos os licitantes (11 empresas) participantes deste certame em interpor recurso quanto à fase habilitatória, visando aos princípios da celeridade e eficiência, será alterada a data de abertura das propostas-conforme previsto na publicação do "Resultado de Julgamento da Documentação e Comunicação"-Diário Oficial Eletrônico do Ministério Público de Minas Gerais no dia 19/11/2016. Assim, será publicado no DOMP/MG de amanhã (23/11/2016), a nova data de abertura das propostas que ocorrerá: "às 10 horas do dia 24 de novembro de 2016, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG." ----------------------------- 23-11-2016 COMUNICAÇÃO DE ALTERAÇÃO DA DATA DE ABERTURA DAS PROPOSTAS Consoante publicação no DOMP/MG no dia 19/11/16, após resultado do julgamento de habilitação do processo em epígrafe, houve desistência expressa de todos os licitantes participantes do certame. Dessa forma, visando aos princípios da celeridade e eficiência, houve a alteração da data de abertura das propostas. Data para abertura das propostas: às 10 horas do dia 24 de novembro de 2016, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. Belo Horizonte, 22 de novembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 06-12-2016 RESULTADO DO JULGAMENTO DAS PROPOSTAS E COMUNICAÇÃO Propostas classificadas: 1ª colocada: CLL Engenharia e Empreendimentos LTDA. - EPP, CNPJ: 00.659.005/0001-20; 2ª colocada: Ribeiro Alvim Engenharia LTDA., CNPJ: 18.137.190/0001-59; 3ª colocada: Construtora Única Ltda., CNPJ: 03.583.785/0001-60; 4ª colocada: Construtora Costa Moreira LTDA. EPP, CNPJ: 02.436.888/0001-35; 5ª colocada: Alcance Engenharia e Construção Ltda., CNPJ: 20.501.854/0001-69; 6ª colocada: Construtora Gomes Pimentel LTDA., CNPJ: 41.699.364/0001-99; 7ª colocada: Projeção Engenharia e Arquitetura Ltda., CNPJ: 19.834.142/0001-82; 8ª colocada: Construtora Sinarco LTDA., CNPJ: 03.367.118/0001-40; 9ª colocada: Construtora JRN LTDA., CNPJ: 00.501.041/0001-61; 10ª colocada: Construtora Cinzel S/A, CNPJ: 19.733.914/0001-90; Proposta desclassificada: Sengel Construções LTDA., CNPJ: 17.723.933/0001-00; O motivo de desclassificação da empresa supracitada consta da ata de julgamento das propostas disponibilizada nos sites www.mpmg.mp.br e www.compras.mg.gov.br. Fica declarada vencedora do certame a empresa CLL Engenharia e Empreendimentos LTDA. - EPP, CNPJ: 00.659.005/0001-20. Fica aberto automaticamente, nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, prazo recursal contra o resultado do julgamento e classificação das propostas, contado do primeiro dia útil subsequente ao término do prazo acima mencionado. A ata de julgamento das propostas estará disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Belo Horizonte, 05 de dezembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 14-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: CLL Engenharia e Empreendimentos Ltda. EPP CNPJ 00.659.005/0001-20 Belo Horizonte, 7 de dezembro de 2016. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 16-12-2016 COMUNICAÇÃO Informamos que, devido à desistência expressa de todos os licitantes habilitados no presente certame, houve a antecipação da adjudicação e homologação do objeto. A referida desistência expressa das empresas ocorreram via e-mail e estão disponíveis para eventuais consultas nos autos do processo licitatório em epígrafe - Endereço: Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG.</t>
+    <t>28-09-2016 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento dos envelopes: até às 09:30 horas do dia 31/10/2016, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 10 horas do dia 31/10/2016, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 27 de setembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 08-10-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento dos envelopes: até às 09:30 horas do dia 09/11/2016, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 10 horas do dia 09/11/2016, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 07 de outubro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG (*) Republicado devido às retificações em quantitativos da Planilha de Venda, ensejando a alteração do valor máximo admitido. ----------------------------- 10-10-2016 COMUNICAÇÃO REPUBLICAÇÃO-ALTERAÇÃO DE DATAS E VALOR MÁXIMO ADMITIDO -RETIFICAÇÃO NA PLANILHA DE VENDA CIVIL Foi realizada retificação nos itens 1.45, 8.7.1 e 8.7.2 da Planilha de Venda Civil, ensejando a alteração do valor máximo admitido para a contratação do objeto. Em decorrência da republicação houve alteração das datas, conforme edital retificado disponibilizado, hoje (10/10/16), nos sites: www.compras.mg.gov.br e http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, Pesquisa de Processos Licitatórios (no campo-Número do Processo-digitar o nº desse procedimento e clicar em Enviar. ----------------------------- 18-10-2016 ESCLARECIMENTOS Seguem abaixo os pedidos de esclarecimentos realizados por um licitante, bem como as respostas disponibilizadas a este: 1) Questionamento: "Solicitamos que seja disponibilizada a Planilha de Geral com preços de referência pois a mesma não consta nos arquivos do site;" Resposta: Segue Planilha Geral (com preços de referência) anexa, conforme solicitado. 2) Questionamento: "Gostaríamos de propor a essa CPL que solicita-se o documento do item 8.2.2 do edital - Composição de Custo, apenas da empresa vencedora do certame. Entendemos que este documento é um documento complementar e acessório do item 8.2.1 - Planilha Detalhada, o que nesta etapa da licitação seria totalmente desnecessário. Além de que a proposta ficaria muito volumosa devido a quantidade de folhas que este documento geraria. Verificamos também que o Tribunal de Justiça de Minas Gerais adota este critério em suas licitações, solicitando a Composição de Custo apenas da empresa vencedora." Resposta: Informo que o procedimento supramencionado - exigência do item 8.2.2 apenas do licitante vencedor - já se encontra em análise da Assessoria Jurídica deste Órgão. Todavia, o processo licitatório em epígrafe procederá com ambas exigências, itens 8.2.1 e 8.2.2, haja vista a ausência de um respaldo jurídico referente ao tema até o presente momento. ----------------------------- 21-10-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por um licitante referente(s) ao processo licitatório em epígrafe: 1) Questionamento: "Gostaria que nos enviasse as planilhas em excel da CONCORRÊNCIA 66/2016 E A 67/2016." 1) Resposta:"Prezados, Informamos que as planilhas em Excel já foram disponibilizadas na pasta "Modelos" dos processos em epígrafe; quanto à Planilha de Venda Civil em PDF é possível ampliar o arquivo para melhor visualização dos seus dados." ----------------------------- 24-10-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por um licitante referente(s) ao processo licitatório em epígrafe: 1) Questionamento: "O item 5.2.1 da planilha de ESTRUTURA não condiz com o item 5.2 que é estada à trado. Favor retificar." 1) Resposta: Na descrição do serviço referente ao item 5.2.1, onde se lê "estaca tipo hélice contínua", leia-se "broca trado". Ressaltamos que o código e o valor estão corretos. ----------------------------- 25-10-2016 COMUNICAÇÃO Comunicamos que foi disponibilizada abaixo - Planilha de Composição de Custo Civil - do processo licitatório em epígrafe para consulta dos eventuais interessados. ----------------------------- 27-10-2016 COMUNICAÇÃO Comunicamos que foi disponibilizada abaixo - Planilhas Complementares das Composições de Custo - do processo licitatório em epígrafe para consulta dos eventuais interessados. ----------------------------- 31-10-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por uma empresa referente(s) ao processo licitatório em epígrafe: 1) Questionamento: Em relação aos documentos de habilitação, entendemos que a comprovação relativa à qualificação técnica profissional se dará através da apresentação do Termo de Compromisso de indicação do profissional acompanhada de CAT em que conste o nome do profissional como responsável técnico dos serviços de maior relevância técnica e valor significativo. O profissional deve constar no quadro técnico da empresa junto ao CREA ou CAU e não será necessária a apresentação da Certidão de Registro e Quitação do profissional junto ao CREA, nem a comprovação de vínculo com a empresa licitante. Nosso entendimento está correto? 1) Resposta: Sim, o entendimento está correto. 2) Apesar de constar no rol de documentos o modelo do cronograma físico-financeiro, o mesmo não foi exigido para a proposta. Conforme item 9 do anexo VI - Projeto básico, entendemos que o cronograma será apresentado apenas pela licitante vencedora e que o prazo de execução é de 22 meses. Nosso entendimento está correto? 2) Resposta: Sim, o entendimento está correto. 3) Apesar de estar relacionado no rol de documentos o modelo de declaração de fato impeditivo, a mesma não é exigida em nenhum momento. Como deverá ser a apresentação deste documento? 3) Resposta: O modelo de Declaração de Fato Impeditivo (Anexo XI) do Edital, conforme preconiza o art. 32, § 2º da Lei 8.666/93, será obrigatório somente nos casos em que for apresentado apenas o CRC para comprovação da documentação de habilitação. Todavia, é recomendado a apresentação da referida declaração por todos os licitantes, ressaltando que, sua apresentação não será obrigatória desde que apresentados os documentos de habilitação à parte do CRC. 4) Em relação às composições disponibilizadas, verificamos que estão apenas aquelas que são relativas à serviços civis. Gentileza disponibilizar as composições referente aos serviços de instalações e estrutura. 4) Resposta: Informo que as Planilhas Complementares das Composições de Custo foram disponibilizadas hoje (27/10/16) no site www.mpmg.mp.br. ----------------------------- 01-11-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por um licitante referente(s) ao processo licitatório em epígrafe: 1) Questionamento: Os quantitativos dos itens 7.7.6.1.2, 7.7.6.1.1 estão incorretos, com base no projeto de piso apresentado. 1) Resposta: Considerar a descrição e o quantitativo previstos na planilha orçamentária disponibilizada. 2) Questionamento: O quantitativo do item 8.4.3.2 - Piso de concreto fck&gt; = 25 MPa, esp=10cm, nivelado a laser, armado com tela soldada Q-196, com junta serracliper, sobre solo compactado a 98% do procton normal e com lançamento, fornecimento e colocação. Acabamento: CAMURÇADO, está incorreto sendo que foi licitado o quantitativo de 134,21 m² e só na garagem a área e de 257,35 m². 2) Resposta: Considerar a descrição e o quantitativo previstos na planilha orçamentária disponibilizada. 3) Questionamento: O quantitativo do item 7.5.1 - Forro de gesso acartonado, com fornecimento e colocação, está abaixo do quantitativo indicado em projeto, sendo que a quantidade licitada é de 125,79 m² e a quantidade indicada em projeto é de 226,20 m². 3) Resposta: Considerar a descrição e o quantitativo previstos na planilha orçamentária disponibilizada. 4) Questionamento: Qual o acabamento do piso do barrilete? 4) Resposta: Acabamento do piso do barrilete: Piso cimentado esponjado, conforme item 7.7.3. ----------------------------- 07-11-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por um licitante referente(s) ao processo licitatório em epígrafe: Questionamento: Solicitamos a gentileza de verificar o custo do item 6.2.1 o qual consta o valor de R$ 17,47/m². Consideramos que o custo é insuficiente para a realizado do serviço. Resposta: Entendemos que o valor é suficiente para a realização dos serviços uma vez que foi extraído da tabela oficial de preços da SETOP (Secretaria do Estado de Transportes e Obras Públicas). ----------------------------- 07-11-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por empresa interessada em participar do processo licitatório em epígrafe: 1º Questionamento: Solicito resposta ao questionamento feito em 18/10/16 por um licitante sobre a apresentação da Composição de Custo Unitário no ato da entrega dos envelopes, visto que esta CPL informou que esta questão estava sendo analisada mas não tivemos uma posição. Resposta: informamos que, desde 18/10/2016, encontra-se disponibilizada no site MPMG www.mpmg.mp.br resposta ao questionamento supramencionado, a qual reiteramos que a empresa interessada deverá atender ao exigido no item 8.2 do Edital. 2º Questionamento: Solicito também esclarecimento à própria composição, pois a CPU fornecida pelo MPMG esta incompleta perante a planilha fornecida pelo mesmo. Caso a apresentação deste documento seja obrigatória no ato da entrega, pode-se seguir os mesmos dados das CPU's fornecidas pelo MPMG ? Resposta: As CPUs fornecidas pela SEA não estão incompletas uma vez que não apresentamos aquelas cujos preços são fornecidos por fontes oficiais como SETOP, SINAP,etc. ----------------------------- 08-11-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Recebimento dos envelopes: até às 14:30 horas do dia 11/11/2016, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 15 horas do dia 11/11/2016, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 07 de novembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG (*) Republicado devido à alteração das datas. ----------------------------- 08-11-2016 COMUNICAÇÃO ADEQUAÇÃO DO VALOR MÁXIMO ADMITIDO CONSTANTE DO EDITAL: Esclarecemos que foi realizada retificação no Edital, do valor máximo admitido para a contratação do objeto, em conformidade com as planilhas - vide edital retificado disponibilizado hoje (08/11/16), nos sites: www.compras.mg.gov.br e http://www.mpmg.mp.br/acesso-a-informacao/licitacoes/, Pesquisa de Processos Licitatórios (no campo-Número do Processo-digitar o nº desse procedimento e clicar em Enviar. ----------------------------- 08-11-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por empresa interessada em participar do processo licitatório em epígrafe: Pergunta:Conforme nos faculta o item 3 do edital relativo ao processo em epígrafe, favor esclarecer se o atestado técnico acompanhado da respectiva CAT que atender ao item 4.2 do ANEXO III, poderá ser o mesmo pra atendimento ao item 4.8 do mesmo anexo? Resposta: Esclarecemos que a capacidade técnico-operacional não se confunde com a capacitação técnico-profissional. O edital do Processo 66, assim como do 67/2016, nos subitens 4.2 e 4.2.1 do Anexo III, prevê o cumprimento da exigência de comprovação da experiência da empresa na execução dos serviços, que deve se dar por meio de atestados emitidos em nome da empresa Licitante. Por outro lado, o subitem 4.8 prevê o cumprimento da exigência de comprovação da experiência do profissional. Dessa forma, a certidão exigida pelo subitem 4.8, que será apresentada juntamente com o Termo de Compromisso, poderá ser a mesma apresentada para o item 4.2, desde que constem em ambas mesmo profissional. ----------------------------- 09-11-2016 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por empresa interessada em participar do processo licitatório em epígrafe: Questionamento: No item 7.1 relata que os documentos de habilitação poderão ser autenticados por servidor, diante disso pergunto: Quanto a autenticação no dia da seção, os documentos serão autenticado por servidor, antes da abertura do envelope de Habilitação ou depois da abertura do mesmo. Resposta: efetuaremos a autenticação da documentação até o primeiro dia útil que anteceder a data de abertura da referida licitação ou durante a realização da sessão, quando da abertura dos envelopes de documentação, com observância ao disposto no item 7.1 do Edital. ----------------------------- 10-11-2016 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Unidade: 1091040 Impugnantes: Sengel Construções Ltda. e Terra Engenharia e Construções Ltda. Síntese das decisões: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra das decisões encontram-se disponíveis nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que esta licitação ocorrerá às 15 horas do dia 11/11/2016. Demais informações: Av. Álvares Cabral, 1740, 5º andar, BH/MG, telefones (31) 3330-8190 / 8233 / 8332 e fax 3330-8334, de 2ª a 6ª feira, das 8 às 18 horas. Belo Horizonte, 09 de novembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 19-11-2016 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO Licitantes habilitados: Alcance Engenharia e Construção LTDA., CNPJ: 20.501.854/0001-69; CLL Engenharia e Empreendimentos Ltda. EPP, CNPJ: 00.659.005/0001-20; Construtora Cinzel S/A, CNPJ: 19.733.914/0001-90; Construtora Costa Moreira LTDA. EPP, CNPJ: 02.436.888/0001-35; Construtora Gomes Pimentel LTDA., CNPJ: 41.699.364/0001-99; Construtora JRN Ltda., CNPJ: 00.501.041/0001-61; Construtora Sinarco LTDA., CNPJ: 03.367.118/0001-40; Construtora Única LTDA., CNPJ: 03.583.785/0001-60; Projeção Engenharia e Arquitetura LTDA., CNPJ: 19.834.142/0001-82; Ribeiro Alvim Engenharia LTDA., CNPJ: 18.137.190/0001-59; Sengel Construções LTDA., CNPJ: 17.723.933/0001-00; A ata de julgamento da documentação está disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Nos termos do art. 109, I, a, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento da documentação. Data para abertura das propostas: às 15 horas do dia 29 de novembro de 2016, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. *Observação: caso haja a expressa abstenção de interposição do recurso por todas empresas participantes ou eventuais recursos sejam acatados ou havendo necessidade administrativa, poderá haver alteração da data para abertura das propostas. Nesse caso, haverá nova publicação nos mesmos moldes desta. Belo Horizonte, 18 de novembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 22-11-2016 COMUNICAÇÃO Considerando que houve a expressa desistência de todos os licitantes (11 empresas) participantes deste certame em interpor recurso quanto à fase habilitatória, visando aos princípios da celeridade e eficiência, será alterada a data de abertura das propostas-conforme previsto na publicação do "Resultado de Julgamento da Documentação e Comunicação"-Diário Oficial Eletrônico do Ministério Público de Minas Gerais no dia 19/11/2016. Assim, será publicado no DOMP/MG de amanhã (23/11/2016), a nova data de abertura das propostas que ocorrerá: "às 10 horas do dia 24 de novembro de 2016, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG." ----------------------------- 23-11-2016 COMUNICAÇÃO DE ALTERAÇÃO DA DATA DE ABERTURA DAS PROPOSTAS Consoante publicação no DOMP/MG no dia 19/11/16, após resultado do julgamento de habilitação do processo em epígrafe, houve desistência expressa de todos os licitantes participantes do certame. Dessa forma, visando aos princípios da celeridade e eficiência, houve a alteração da data de abertura das propostas. Data para abertura das propostas: às 10 horas do dia 24 de novembro de 2016, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. Belo Horizonte, 22 de novembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 06-12-2016 RESULTADO DO JULGAMENTO DAS PROPOSTAS E COMUNICAÇÃO Propostas classificadas: 1ª colocada: CLL Engenharia e Empreendimentos LTDA. - EPP, CNPJ: 00.659.005/0001-20; 2ª colocada: Ribeiro Alvim Engenharia LTDA., CNPJ: 18.137.190/0001-59; 3ª colocada: Construtora Única Ltda., CNPJ: 03.583.785/0001-60; 4ª colocada: Construtora Costa Moreira LTDA. EPP, CNPJ: 02.436.888/0001-35; 5ª colocada: Alcance Engenharia e Construção Ltda., CNPJ: 20.501.854/0001-69; 6ª colocada: Construtora Gomes Pimentel LTDA., CNPJ: 41.699.364/0001-99; 7ª colocada: Projeção Engenharia e Arquitetura Ltda., CNPJ: 19.834.142/0001-82; 8ª colocada: Construtora Sinarco LTDA., CNPJ: 03.367.118/0001-40; 9ª colocada: Construtora JRN LTDA., CNPJ: 00.501.041/0001-61; 10ª colocada: Construtora Cinzel S/A, CNPJ: 19.733.914/0001-90; Proposta desclassificada: Sengel Construções LTDA., CNPJ: 17.723.933/0001-00; O motivo de desclassificação da empresa supracitada consta da ata de julgamento das propostas disponibilizada nos sites www.mpmg.mp.br e www.compras.mg.gov.br. Fica declarada vencedora do certame a empresa CLL Engenharia e Empreendimentos LTDA. - EPP, CNPJ: 00.659.005/0001-20. Fica aberto automaticamente, nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, prazo recursal contra o resultado do julgamento e classificação das propostas, contado do primeiro dia útil subsequente ao término do prazo acima mencionado. A ata de julgamento das propostas estará disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Belo Horizonte, 05 de dezembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 14-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: CLL Engenharia e Empreendimentos Ltda. EPP CNPJ 00.659.005/0001-20 Belo Horizonte, 7 de dezembro de 2016. Heleno Rosa Portes Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 16-12-2016 COMUNICAÇÃO Informamos que, devido à desistência expressa de todos os licitantes habilitados no presente certame, houve a antecipação da adjudicação e homologação do objeto. A referida desistência expressa das empresas ocorreram via e-mail e estão disponíveis para eventuais consultas nos autos do processo licitatório em epígrafe - Endereço: Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_66_co3_2016_obra_Alfenas_SEA_Republicado_2.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3442/download;
+ Planilhas_ Complementares_das Composicoes_de Custo_processo_66_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3437/download;
+ ata_abertura_documentacao_processo_66_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3462/download;
+ ata_julgamento_documentacao_processo_66_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3477/download;
+ ata_abertura_proposta_processo_66_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3494/download;
+ planilha_venda_civil_processo_66_2016_Retificada.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3368/download;
+ anexos_caderno_documentacao_tecnica_processo_66_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3320/download;
+ planilha_composicao_custo_processo_66_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3400/download;
+ resposta_impugnacao_Sengel Construcoes_processo_66_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3501/download;
+ impugnacao_Terra Engenharia_processo_66_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3495/download;
+ resposta_impugnacao_Terra Engenharia_processo_66_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3497/download;
  impugnacao_Sengel Construcoes_processo_66_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3498/download;
- resposta_impugnacao_Sengel Construcoes_processo_66_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3501/download;
-[...4 lines deleted...]
- impugnacao_Terra Engenharia_processo_66_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3495/download;
  ata_julgamento_propostas_processo_66_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3562/download;
- planilha_venda_civil_processo_66_2016_Retificada.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3368/download;
-[...3 lines deleted...]
- Planilhas_ Complementares_das Composicoes_de Custo_processo_66_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3437/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 65 / 2016</t>
   </si>
   <si>
     <t>20/09/2016</t>
   </si>
   <si>
     <t>Aquisição de veículo novo</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 62 </t>
   </si>
   <si>
     <t xml:space="preserve">VEÍCULO NOVO </t>
   </si>
   <si>
     <t>20-09-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 04/10/2016. Início da disputa de preços: às 10 horas do dia 04/10/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Republicado para a alteração do número do processo publicado no DOMP de 16/09/2016 (Processo 62/2016), tendo em vista necessidade de adequação da dotação orçamentária. ----------------------------- 05-10-2016 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento do lote 1 (único) deste processo como 'deserto' por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 4 de outubro de 2016 Geraldo Flávio Vasques Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  processo65_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3352/download;
  edital_processo_65_2016_aquisicao_veiculo_novo_DSGT_CIMOS.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3294/download;
@@ -2154,349 +2154,349 @@
   </si>
   <si>
     <t xml:space="preserve"> 63 / 2016</t>
   </si>
   <si>
     <t>Aquisição de boroscópios novos</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 63 </t>
   </si>
   <si>
     <t xml:space="preserve">BOROSCÓPIO </t>
   </si>
   <si>
     <t xml:space="preserve">VORTEX EQUIPAMENTOS LTDA - EPP </t>
   </si>
   <si>
     <t>20.100,00</t>
   </si>
   <si>
     <t>20-09-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 04/10/2016. Início da disputa de preços: às 10 horas do dia 04/10/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 14-10-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote Único: Vortex Equipamentos Ltda. - EPP CNPJ 64.262.876/0001-99 Belo Horizonte, 11 de outubro de 2016. Élida de Freitas Rezende. Procuradora-Geral de Justiça Adjunta Administrativa em exercício.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_63_2016_aquisicao_boroscopios_FUNEMP_GAECO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3293/download;
+ processo63_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3378/download;
  2016_pl-siad-63_pe-63_DOCs1_Vortex.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3343/download;
  2016_pl-siad-63_pe-63_DOCs2_Vortex.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3344/download;
- processo63_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3378/download;
+ edital_processo_63_2016_aquisicao_boroscopios_FUNEMP_GAECO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3293/download;
 </t>
   </si>
   <si>
     <t>62 / 2016</t>
   </si>
   <si>
     <t>16/09/2016</t>
   </si>
   <si>
     <t xml:space="preserve">Cancelado </t>
   </si>
   <si>
     <t>16-09-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 29/09/2016. Início da disputa de preços: às 10 horas do dia 29/09/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 19-09-2016 COMUNICAÇÃO Informamos que o Processo Licitatório nº 62/2016 teve sua dotação orçamentária alterada após a publicação do aviso de licitação do dia 16/09/2016. Diante dessa ocorrência, por questões operacionais afetas ao Portal de Compras de Minas Gerais, o número do processo em questão foi modificado para 65/2016, sendo mantidos inalterados o seu objeto e todos os atos administrativos nele praticados até o momento. Frente ao exposto, o aviso de licitação do processo em questão será republicado em 20/09/2016, com alteração de sua numeração e da data da sessão de pregão. Por fim, informamos que os eventuais interessados deverão, a partir desta data, acompanhar o andamento desta licitação por meio do Processo Licitatório nº 65/2016.</t>
   </si>
   <si>
     <t xml:space="preserve">Compras MG - SIAD : http://www.compras.mg.gov.br/;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 61 / 2016</t>
   </si>
   <si>
     <t>23/09/2016</t>
   </si>
   <si>
     <t>Fornecimento de licenças de uso de vozes sintetizadas para o software de leitor de telas NVDA.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 61 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para o fornecimento de licenças de uso de vozes sintetizadas para o software de leitor de telas NVDA. </t>
   </si>
   <si>
     <t xml:space="preserve">Lam Ti Tecnologia Ltda. </t>
   </si>
   <si>
     <t>4.800,00</t>
   </si>
   <si>
-    <t>23-09-2016 COMUNICAÇÃO Ao cadastrar a proposta no Portal de Compras-MG o licitante deverá levar em consideração a quantidade de licenças constantes do Edital para o lote único (12 licenças). ----------------------------- 23-09-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 07/10/2016. Início da disputa de preços: às 10 horas do dia 07/10/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 18-10-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Lam Ti Tecnologia Ltda. CNPJ 15.142.889/0001-19 Belo Horizonte, 17 de outubro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
+    <t>23-09-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 07/10/2016. Início da disputa de preços: às 10 horas do dia 07/10/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 23-09-2016 COMUNICAÇÃO Ao cadastrar a proposta no Portal de Compras-MG o licitante deverá levar em consideração a quantidade de licenças constantes do Edital para o lote único (12 licenças). ----------------------------- 18-10-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Lam Ti Tecnologia Ltda. CNPJ 15.142.889/0001-19 Belo Horizonte, 17 de outubro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Nova Proposta Comercial.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3356/download;
  proposta_documentos_licitanteF000174_processo61_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3359/download;
- Nova Proposta Comercial.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3356/download;
+ processo61_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3391/download;
  edital_processo_61_aquisicao_softwares_leitor_ telas_DSMT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3298/download;
- processo61_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3391/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 60 / 2016</t>
   </si>
   <si>
     <t>22/09/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços gráficos (impressão das Revistas ?MPMG Jurídico? e De Jure e confecção de folder).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 60 </t>
   </si>
   <si>
     <t xml:space="preserve">IMPRESSÃO DE REVISTA PERIÓDICA </t>
   </si>
   <si>
     <t xml:space="preserve">RB GRÁFICA DIGITAL EIRELI - ME </t>
   </si>
   <si>
     <t>121.800,00</t>
   </si>
   <si>
     <t>22-09-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 07/10/2016. Início da disputa de preços: às 10 horas do dia 07/10/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 22 de setembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 22-10-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lotes 1 e 2: RB GRÁFICA DIGITAL EIRELI ? ME CNPJ 16.951.665/0001-10 Belo Horizonte, 21 de outubro de 2016. Geraldo Flávio Vasques Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ proposta_corrigida_licitanteF000267_processo60_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3366/download;
+ declaracoes_licitanteF000267_processo60_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3354/download;
+ proposta_documentos_licitanteF000267_processo60_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3351/download;
+ proposta_documentos_licitanteF000159_processo60_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3350/download;
+ proposta_documentos_licitanteF000196_processo60_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3387/download;
+ proposta_corrigida_DIRPJ_licitanteF000159_processo60_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3371/download;
+ proposta_corrigida_licitanteF000196_processo60_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3388/download;
  processo60_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3399/download;
- proposta_documentos_licitanteF000196_processo60_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3387/download;
- proposta_corrigida_licitanteF000196_processo60_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3388/download;
  edital_processo_60_2016_servico_graficos_revista_folder_CEAF_SCI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3296/download;
- declaracoes_licitanteF000267_processo60_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3354/download;
-[...3 lines deleted...]
- proposta_documentos_licitanteF000267_processo60_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3351/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">FOLDER </t>
   </si>
   <si>
     <t>3.399,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 59 / 2016</t>
   </si>
   <si>
     <t>29/09/2016</t>
   </si>
   <si>
     <t>Analisador digital portátil de energia elétrica</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 58 </t>
   </si>
   <si>
     <t xml:space="preserve">Analisador digital portátil de energia elétrica </t>
   </si>
   <si>
     <t xml:space="preserve">EMBRAFLEX INDUSTRIA ELETRÔNICA LTDA-ME. </t>
   </si>
   <si>
     <t>17.419,00</t>
   </si>
   <si>
     <t>29-09-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 11/10/2016. Início da disputa de preços: às 10 horas do dia 11/10/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 28 de setembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Apoio à Licitação/PGJ-MG ----------------------------- 18-10-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: EMBRAFLEX INDUSTRIA ELETRÔNICA LTDA-ME. CNPJ 07.089.430/0001-70 Belo Horizonte, 17 de outubro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Declaracoes_licitanteF000198_PL59_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3376/download;
+ proposta_documentos_licitanteF000198_processo59_2016.zip.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3374/download;
+ edital_processo_59_2016_aquisicao_analisador de energia_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3323/download;
  processo59_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3389/download;
- edital_processo_59_2016_aquisicao_analisador de energia_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3323/download;
-[...1 lines deleted...]
- Declaracoes_licitanteF000198_PL59_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3376/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 58 / 2016</t>
   </si>
   <si>
     <t>17/09/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para o desenvolvimento e manutenção de plataforma virtual de educação à distância (EAD), incluindo serviços de captação de imagens, áudios e vídeos oriundos de ações educacionais, com a respectiva edição e tratamento básico</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 57 </t>
   </si>
   <si>
     <t xml:space="preserve">DESENVOLVIMENTO E MANUTENÇÃO DE PLATAFORMA VIRTUAL DE EDUCAÇÃO À DISTÂNCIA (EAD), INCLUINDO A CAPTAÇÃO DE IMAGENS, ÁUDIOS E VÍDEOS ORIUNDOS DE AÇÕES EDUCACIONAIS </t>
   </si>
   <si>
     <t xml:space="preserve">JMV Technology Eireli - ME </t>
   </si>
   <si>
     <t>266.897,19</t>
   </si>
   <si>
     <t>17-09-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 03/10/2016. Início da disputa de preços: às 10 horas do dia 03/10/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 28-09-2016 ESCLARECIMENTOS PERGUNTA 1: Em quantos dias de antecedência a contratada será notificada para o acionamento para a captação e gravação dos vídeos? RESPOSTA: Conforme Termo de Referência, a contratada será comunicada por mensagem eletrônica acerca da realização dos eventos, com antecedência mínima de 5 (cinco) dias. PERGUNTA 2: Em quantos dias de antecedência a contratada será notificada para o acompanhamento in loco das 3 primeiras transmissão ao vivo? RESPOSTA: Conforme especificado no Termo de Referência, 5 dias, comunicação feita via mensagem eletrônica. PERGUNTA 3: Quanto a transmissão ao vivo, no local onde ela será realizada possui internet, qual o upload desta internet? RESPOSTA: Sim. A instituição é detentora de dois Links Dedicados, operadoras distintas, na velocidade de 100Mbps cada - upload/download. PERGUNTA 4: Para transmissão ao vivo a contratada terá de fornecer algum equipamento ou terá de fornecer somente para a captação e gravação? RESPOSTA: Conforme Termo de Referência, a contratada deve oferecer a possibilidade de captura e entrega dos conteúdos de áudio e vídeo para transmissão ao vivo por dispositivo integrado ao próprio computador do professor/palestrante/colaborador (por exemplo, webcam) ou por meio de dispositivo externo (por exemplo, câmera ou filmadora) interligado ao computador/plataforma. PERGUNTA 5: Qual será a qualidade em Kbps da transmissão ao vivo? RESPOSTA: A qualidade é diretamente proporcional ao consumo da banda de Internet devendo ser tratada com cautela pelo produtor/operador de vídeo, em comum acordo com a contratante, de forma a proporcionar ao espectador streaming ao vivo, áudio e vídeo, que possa ser visualizado em smartphones, tablets e computadores. PERGUNTA 6: Para a captação (gravação) do conteúdo a contratada precisará fornecer somente uma ou duas câmeras de acordo com o acionamento e o software para transmissão? RESPOSTA: Depende do tipo de acionamento e da ação educacional pretendida, podendo ocorrer conforme tabela contida no Termo de Referência (Caderno de Especificações Técnicas). PERGUNTA 7: O restante da infraestrutura, outros dispositivos de captação de vídeo, dispositivo de captura de áudio, cabos e etc serão fornecidos pela Procuradoria Geral (MPMG)? RESPOSTA: Conforme especificado no Termo de Referência, caberá à contratada fornecer todo o material necessário (câmeras, mídias de DVD, fitas, cabos, conectores, microfones, monitores, entre outros) a ser utilizado nos trabalhos de filmagem, monitoramento e produção, conforme solicitação do contratante. PERGUNTA 8: Quanto de Storage será necessário para armazenar vídeos que já possuem gravados que desejam também enviar para a plataforma? RESPOSTA: Não temos a intenção de inserir nenhum vídeo já gravado. ----------------------------- 19-10-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: JMV Technology Eireli - ME CNPJ 05.487.918/0001-20 Belo Horizonte, 18 de outubro de 2016. Geraldo Flávio Vasques Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ proposta_documentacao_ Midianele_processo_58_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3327/download;
+ proposta_documentacao_ Midianele_processo_58_2016_parte2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3328/download;
+ proposta_documentacao_ JMV TECHNOLOGY_processo_58_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3331/download;
+ atestado_capacidade_tecnica_JMV TECHNOLOGY_processo_58_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3342/download;
  processo58_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3392/download;
- atestado_capacidade_tecnica_JMV TECHNOLOGY_processo_58_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3342/download;
  edital_processo_58_2016_servico_plataforma_virtual_ead_PROCON.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3291/download;
- proposta_documentacao_ Midianele_processo_58_2016_parte2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3328/download;
-[...1 lines deleted...]
- proposta_documentacao_ JMV TECHNOLOGY_processo_58_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3331/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 57 / 2016</t>
   </si>
   <si>
     <t>02/09/2016</t>
   </si>
   <si>
     <t>Aquisição de malotes</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 56 </t>
   </si>
   <si>
     <t xml:space="preserve">MALOTES </t>
   </si>
   <si>
     <t xml:space="preserve">SEVEN SUPRIMENTOS COM. E SERV. EIRELI ME </t>
   </si>
   <si>
     <t>34.000,00</t>
   </si>
   <si>
     <t>COMUNICAÇÃO Disponibilizado documento fotos.zip contendo fotos referenciais dos itens 1 e 2 desse processo licitatório. ----------------------------- 02-09-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 26/09/2016. Início da disputa de preços: às 10 horas do dia 26/09/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 14-10-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Seven Suprimentos Comércio e Serviços Eireli - EPP CNPJ 15.012.532/0001-16 Belo Horizonte, 07 de outubro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_57_2016_aquisicao_malotes_SUJ_CAOCRIMO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3259/download;
+ fotos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3258/download;
+ 2016_pl-siad-57_pe-56_DOCs_Seven.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3337/download;
  processo57_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3377/download;
- fotos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3258/download;
-[...1 lines deleted...]
- 2016_pl-siad-57_pe-56_DOCs_Seven.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3337/download;
 </t>
   </si>
   <si>
     <t>56 / 2016</t>
   </si>
   <si>
     <t>Prestação de serviços de dedetização (desinsetização, desratização e descorpinização) em imóveis ocupados pela Procuradoria-Geral de Justiça em Belo Horizonte, Contagem, Nova Lima, Ribeirão das Neves e Sabará.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 55 </t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviços de dedetização (desinsetização, desratização e descorpinização) em imóveis ocupados pela Procuradoria-Geral de Justiça em Belo Horizonte, Contagem, Nova Lima, Ribeirão das Neves e Sabará. </t>
   </si>
   <si>
     <t xml:space="preserve">SAVASSI CONTROLE DE PRAGAS E SERVIÇOS LTDA-ME </t>
   </si>
   <si>
     <t>22.050,00</t>
   </si>
   <si>
     <t>02-09-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 16/09/2016. Início da disputa de preços: às 10 horas do dia 16/09/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 1º de setembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 09-09-2016 ESCLARECIMENTOS Seguem respostas aos pedidos de esclarecimentos apresentados por empresa interessada em participar deste processo licitatório: Pergunta 1: FOLHA 32 DO EDITAL 2) DESRATIZAÇÃO: Iscas parafinadas e peletizadas de pronto uso e pó de contato. Esta aplicação deverá ser efetuada em todas as áreas da Procuradoria-Geral de Justiça de Minas Gerais, em pontos necessários que constituem foco de roedores, não acessíveis ao contato humano. O material a ser utilizado na isca deverá ser eficaz, possuir um poder fulminante, com características de matar roedores, não permitindo, assim, a circulação de ratos envenenados, bem como não permitir que os ratos, depois de mortos, vão à putrefação, exalando mau cheiro e venham a causar entupimentos nas tubulações. 1 - NÃO HÁ COMO PREVÊR A REAÇÃO DE UM ANIMAL QUE APÓS A INGESTÃO DO PRODUTO SENTE FORTES DORES ABDOMINAIS E HEMORRAGIA INTERNA. OBS.: NÃO HÁ PRODUTO NO MERCADO BRASILEIRO DEVIDAMENTE REGISTRADO NA ANVISA COM ESTAS CARACTERÍSTICAS RESPOSTA da PGJ: Conforme é praticado nas melhores licitações públicas do país, o produto utilizado na desratização deve ser eficaz no combate aos ratos e ser o mais avançado (tecnologia moderna) e eficiente no mercado nacional. ************************************************************************* Pergunta 2: Das Características e Toxidade dos Produtos DESINSETIZAÇÃO: Deverão ser utilizados somente produtos de tecnologia moderna, domissanitário, com registro no GGSAN (Gerência Geral de Saneantes do Ministério da Saúde), fotoestável, não corrosivo,. 2 - OBS.; TODOS OS PRODUTOS SÃO FOTOLÁBEIS, DEGRADANDO-SE COM LUZ DIRETA E INDIRETA. Em ambos os casos preciso que seja-nos informados como deveremos proceder. RESPOSTA da PGJ: Conforme praticado nas melhores licitações públicas do país, os produtos utilizados na desinsetização devem ser de alta qualidade, todos registrados e aprovados pelo Ministério da Saúde, que apresentem como características: ser fotoestável e biodegradável. **************************************************************************** Pergunta 3: Quanto ao valor por M², no valor total para registro de preços no site de propostas, deve-se aplicar o valor total das 4 aplicações/ ano x quantidade de m² no campo valor total da proposta ou o valor somente referente ao M²? EX.; R$6,00 M² X 55.302,56 RESPOSTA da PGJ: Nesta licitação é para considerar a unidade para cálculo dos serviços de dedetização, que englobará as 04 aplicações no ano, em todos os endereços informados no Termo de Referência. Dessa maneira, o valor total será auferido a partir do valor das 4 aplicações x quantidade total de m2. **************************************************************************** Esclarecemos que o Edital foi republicado de modo que afaste qualquer dúvida quanto à composição do valor total da proposta, em conformidade com a resposta dada na questão 3 pela Diretoria de Serviços Gerais e Transportes (DSGT) da PGJ, com a adequação no modelo de proposta. ----------------------------- 09-09-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 22/09/2016. Início da disputa de preços: às 10 horas do dia 22/09/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 8 de setembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG (*) Republicado: retificação no modelo de proposta, houve alteração de datas. ----------------------------- 16-09-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 30/09/2016. Início da disputa de preços: às 10 horas do dia 30/09/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 15 de setembro de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG (*) Republicado para inclusão de exigências de habilitação. ----------------------------- 05-10-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: SAVASSI CONTROLE DE PRAGAS E SERVIÇOS LTDA. ? ME CNPJ 10.730.127/0001-10 Belo Horizonte, 4 de outubro de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pl56_pe55_2016_pc1140_2016_servicos_de_dedetizacao_DSGT_REP2.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/3289/download;
  proposta_documentos_licitanteF000122_processo56_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3324/download;
  demais_documentos_licitanteF000122_processo56_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3325/download;
  proposta_corrigida_CTRT_licitanteF000122_processo56_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3326/download;
  processo56_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3408/download;
+ pl56_pe55_2016_pc1140_2016_servicos_de_dedetizacao_DSGT_REP2.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/3289/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 55 / 2016</t>
   </si>
   <si>
     <t>31/08/2016</t>
   </si>
   <si>
     <t>Aquisição de câmeras filmadoras de ação.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 54 </t>
   </si>
   <si>
     <t xml:space="preserve">CÂMERA FILMADORA DE AÇÃO </t>
   </si>
   <si>
     <t>13.560,00</t>
   </si>
   <si>
     <t>31-08-2016 AVISO DE LICITAÇÃO (*)Recebimento das propostas: até às 10 horas do dia 14/09/2016. Início da disputa de preços: às 10 horas do dia 14/09/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 30 de agosto de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Apoio à Licitação/PGJ-MG (*) Finalidade: atividade investigativa, no combate ao crime organizado. ----------------------------- 27-09-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Scrocca Eletroeletrônicos Eireli ME CNPJ 21.630.814/0001-80 Belo Horizonte, 26 de setembro de 2016. Geraldo Flávio Vasques Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_55_2016_aquisicao_camera_filmadora_de_acao_FUNEMP_GAECO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3244/download;
  processo55_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3316/download;
  proposta_documentacao_ SCROCCA_Lote_unico.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3283/download;
+ edital_processo_55_2016_aquisicao_camera_filmadora_de_acao_FUNEMP_GAECO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3244/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 53 / 2016</t>
   </si>
   <si>
     <t>27/08/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para o fornecimento de materiais de consumo diversos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 53 </t>
   </si>
   <si>
     <t xml:space="preserve">PAPELARIA, ARTIGOS PARA ESCRITÓRIO E CONSERVAÇÃO. </t>
   </si>
   <si>
     <t xml:space="preserve">MARCOS AURÉLIO COLLAÇO - EPP </t>
   </si>
   <si>
     <t>47.700,00</t>
   </si>
   <si>
     <t>27-08-2016 AVISO DE LICITAÇÃO Unidade: 1091040 Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 12/09/2016. Início da disputa de preços: às 10 horas do dia 12/09/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 26 de agosto de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 01-10-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: MARCOS AURÉLIO COLLAÇO - EPP CNPJ 81.431.777/0001-02 Lote 2: RS BRASIL COMERCIAL LTDA. - EPP CNPJ 01.005.844/0001-98 Lote 3: SIDNEI DOS SANTOS TEIXEIRA - ME CNPJ 08.694.209/0001-04 Lote 4: SMA IDEIA DISTRIBUIDORA DE SUPRIMENTOS DE INFORMÁTICA EIRELI - ME CNPJ 07.708.872/0001-58 Lote 5: MAQNETE COMÉRCIO E SERVIÇOS EIRELI - ME CNPJ 18.152.404/0001-66 Belo Horizonte, 30 de setembro de 2016. Geraldo Flávio Vasques Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  processo53_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3330/download;
- edital_processo_53_2016_ aquisicao_materiais_diversos_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3242/download;
-[...1 lines deleted...]
- proposta_documentos_licitanteF000173_processo53_2016_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3297/download;
+ proposta_corrigida_demais_documentos_licitanteF000101_processo53_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3275/download;
+ proposta_corrigida_assinada_licitanteF000101_processo53_2016_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3279/download;
+ proposta_documentos_licitanteF000346_processo53_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3271/download;
  proposta_documentos_licitanteF000101_processo53_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3272/download;
  proposta_documentos_licitanteF000421_processo53_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3273/download;
  proposta_completa_demais_documentos_licitanteF000346_processo53_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3274/download;
- proposta_corrigida_assinada_licitanteF000101_processo53_2016_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3279/download;
- proposta_corrigida_demais_documentos_licitanteF000101_processo53_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3275/download;
+ proposta_documentos_licitanteF000173_processo53_2016_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3297/download;
  proposta_documentos_licitanteF000548_processo53_2016_lote5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3269/download;
- proposta_documentos_licitanteF000346_processo53_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3271/download;
  proposta_documentos_licitanteF000204_processo53_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3270/download;
+ edital_processo_53_2016_ aquisicao_materiais_diversos_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3242/download;
+ criterio_analise_amostra_processo_53_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3243/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">ETIQUETAS. </t>
   </si>
   <si>
     <t xml:space="preserve">RS BRASIL COMERCIAL LTDA - EPP </t>
   </si>
   <si>
     <t>22.995,10</t>
   </si>
   <si>
     <t xml:space="preserve">CAIXAS E ENGRADADOS. </t>
   </si>
   <si>
     <t xml:space="preserve">SIDNEI DOS SANTOS TEIXEIRA ME </t>
   </si>
   <si>
     <t>5.850,00</t>
   </si>
   <si>
     <t xml:space="preserve">GUARDANAPOS. </t>
   </si>
   <si>
     <t xml:space="preserve">SMA Ideia Distribuidora De Suprimentos de Informática Eireli - ME </t>
@@ -2515,60 +2515,60 @@
   </si>
   <si>
     <t xml:space="preserve"> 52 / 2016</t>
   </si>
   <si>
     <t>Aquisição de materiais de informática (novos).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 50 </t>
   </si>
   <si>
     <t xml:space="preserve">DISCO RÍGIDO </t>
   </si>
   <si>
     <t xml:space="preserve">INFODATAS COM. DE PROD. ELETROEL. E SERV. LTDA. - ME </t>
   </si>
   <si>
     <t>204.800,00</t>
   </si>
   <si>
     <t>18-08-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 31/08/2016. Início da disputa de preços: às 10 horas do dia 31/08/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 28-09-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: Infodatas Comércio de Produtos Eletroeletrônicos e Serviços Ltda. - ME CNPJ 68.514.900/0001-90 Lote 2: Arquimedes Automação e Informática Ltda. CNPJ 05.374.975/0001-01 Lote 3: Set Computadores e Serviços Ltda. - EPP CNPJ 65.147.399/0001-83 Lote 6: Tecno Seg Informática e segurança de dados Ltda. - EPP CNPJ 13.345.633/0001-83 Os lotes 4 e 5 resultaram fracassados, por não terem restadas propostas classificadas para atendimento aos seus respectivos objetos. Belo Horizonte, 27 de setembro de 2016. Geraldo Flávio Vasques Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ proposta_final_valor corrigido_ARQUIMEDES_Lote_02.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3317/download;
+ proposta_final_ARQUIMEDES_Lote_02.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3315/download;
+ proposta_incial_documentacao_ ARQUIMEDES_Lote_2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3314/download;
+ processo52_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3318/download;
+ proposta_documentacao_ INFODATAS_Lote_1_colocado3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3263/download;
+ proposta_documentacao_ SET COMPUTADORES_Lote_3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3262/download;
+ proposta_documentacao_ TECNO SEG_Lote_6.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3256/download;
+ proposta_documentacao_ BECAPE PERIFERICOS_Lotes_2_4_5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3254/download;
+ proposta_documentacao_ MG 777_Lote_1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3253/download;
  edital_processo_52_2016_aquisicao_materiais_informatica_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3227/download;
- proposta_documentacao_ MG 777_Lote_1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3253/download;
-[...7 lines deleted...]
- processo52_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3318/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">ACESSÓRIOS DE INFORMÁTICA </t>
   </si>
   <si>
     <t xml:space="preserve">ARQUIMEDES AUTOMAÇÃO E INFORMÁTICA LTDA </t>
   </si>
   <si>
     <t>96.290,20</t>
   </si>
   <si>
     <t xml:space="preserve">MONITORES DE VÍDEO </t>
   </si>
   <si>
     <t xml:space="preserve">SET COMPUTADORES E SERVIÇOS LTDA - ME </t>
   </si>
   <si>
     <t>148.999,98</t>
   </si>
   <si>
     <t xml:space="preserve">CONECTORES E PATCH CORD </t>
   </si>
   <si>
     <t xml:space="preserve">ADAPTADORES/CONVERSORES DE VÍDEO </t>
@@ -2584,656 +2584,656 @@
   </si>
   <si>
     <t xml:space="preserve"> 51 / 2016</t>
   </si>
   <si>
     <t>Execução de reforma e ampliação da sede das Promotorias de Justiça, com fornecimento de mão de obra e materiais, na cidade de Três Pontas, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 2 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de reforma e ampliação da sede das Promotorias de Justiça, com fornecimento de mão de obra e materiais, na cidade de Três Pontas, MG. </t>
   </si>
   <si>
     <t xml:space="preserve">Construtora Sinarco Ltda </t>
   </si>
   <si>
     <t>132.110,92</t>
   </si>
   <si>
     <t>13-09-2016 AVISO DE LICITAÇÃO Recebimento dos envelopes: até às 9 horas e 30 minutos do dia 13/10/2016, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 10 horas do dia 13/10/2016, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 28-09-2016 ESCLARECIMENTOS Segue questionamento de empresa interessada em participar desta licitação e resposta da Procuradoria-Geral de Justiça: PERGUNTA: Gostaria que fosse reanalisado os itens 4.2 e 4.2.1 da Concorrência Pública nº 51/2016, pois, é solicitado Atestado de Capacitação Técnico-Operacional emitidos em nome da empresa licitante. Tendo em vista que tal documento é um documento individual do PROFISSIONAL não seria possível apresentar o Atestado solicitado da licitante e sim do Responsável Técnico.Para conferência de tal informação sugiro a leitura da Resolução 1025 do CONFEA - Art. 48 - Paragrafo único. RESPOSTA DA PGJ: Esclarecemos que a capacidade técnico-operacional não se confunde com a capacitação técnico-profissional. O edital do PL 51/2016, nos subitens 4.2 e 4.2.1 do Anexo III, prevê o cumprimento da exigência de comprovação da experiência da empresa na execução dos serviços, que deve se dar por meio de atestados emitidos em nome da empresa Licitante, dessa forma, não há incorreção no edital. No entanto, ao se registrar o referido atestado de capacidade técnico-profissional (pessoa jurídica) junto ao Conselho da Classe Competente, emite-se a Certidão de Acervo Técnico (CAT) em nome do responsável técnico (pessoa física). Assim, conforme expressa o edital, os atestados de capacidade técnica exigidos nos subitens supramencionados devem se referir à empresa/pessoa jurídica e devem estar registrados no Conselho da Classe Competente. ----------------------------- 13-10-2016 COMUNICAÇÃO O conteúdo da ata de reunião de abertura de documentação encontra-se disponível para consulta e download em arquivo abaixo, desse site e no portal de Compras/MG - www.compras.mg.gov.br. ----------------------------- 20-10-2016 RESULTADO DO JULGAMENTO DE DOCUMENTAÇÃO Unidade: 1091040 Modalidade: Concorrência Licitantes habilitados: Construtora e Incorporadora Mosaico Eireli - EPP, CNPJ 04.587.542/0001-63; Construtora Sinarco Ltda., CNPJ 03.367.118/0001-40. Abertura das propostas: às 10 horas do dia 31 de outubro de 2016, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. Belo Horizonte, 19 de outubro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 25-11-2016 RESULTADO DO JULGAMENTO DAS PROPOSTAS E COMUNICAÇÃO Proposta classificada: Construtora Sinarco Ltda., CNPJ 03.367.118/0001-40; Proposta desclassificada: Construtora e Incorporadora Mosaico Eireli - EPP, CNPJ 04.587.542/0001-63; Fica declarada vencedora do certame a empresa: Construtora Sinarco Ltda., CNPJ 03.367.118/0001-40. Nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento das propostas. A ata de julgamento das propostas estará disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Belo Horizonte, 24 de novembro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 06-12-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Construtora Sinarco Ltda. CNPJ 03.367.118/0001-40 Belo Horizonte, 05 de dezembro de 2016. Geraldo Flávio Vasques Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- ata_julgamento_propostas_processo_51_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3510/download;
-[...1 lines deleted...]
- pl_51_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3282/download;
+ ata_abertura_documentacao_pl51_co2_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3390/download;
  ata_julgamento_documentacao_pl51_co2_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3396/download;
  ata_abertura_proposta_pl51_co2_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3415/download;
- ata_abertura_documentacao_pl51_co2_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3390/download;
+ ata_julgamento_propostas_processo_51_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3510/download;
+ pl_51_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3282/download;
+ edital_processo_51_2016_execucao_reforma_tres pontas_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3280/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 50 / 2016</t>
   </si>
   <si>
     <t>09/08/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para aquisição, montagem e instalação de estrutura de armazenagem Porta pallet</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 48 </t>
   </si>
   <si>
     <t xml:space="preserve">AQUISIÇÃO DE PORTA PALETES COM INSTALAÇÃO </t>
   </si>
   <si>
     <t xml:space="preserve">EXPRESSA NOVECENTOS LTDA. - EPP </t>
   </si>
   <si>
     <t>82.298,00</t>
   </si>
   <si>
     <t>09-08-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 25/08/2016. Início da disputa de preços: às 10 horas do dia 25/08/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 09-09-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): Expressa Novecentos Ltda. - EPP CNPJ 05.359.424/0001-60 Belo Horizonte, 2 de setembro de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo50_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3265/download;
  2016_pl-siad-50_pe-48_PROP_BAL_AUT_CAFIMP_CNJ_Expressa.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3239/download;
+ edital_processo_50_2016_aquisicao_porta_palete_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3219/download;
+ projeto_porta_paletes.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3205/download;
  2016_pl-siad-50_pe-48_CNDf_CRF_ICMS_DEMAIS_DOCs_Expressa.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3240/download;
- edital_processo_50_2016_aquisicao_porta_palete_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3219/download;
-[...1 lines deleted...]
- projeto_porta_paletes.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3205/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 49 / 2016</t>
   </si>
   <si>
     <t>06/08/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para elaboração de laudo de Avaliação da Conformidade do Projeto Estrutural de obras de edificação nas cidades de Alfenas/MG, Patos de Minas/MG e Visconde do Rio Branco/MG, e de obra de reforma/restauração da sede das Promotorias de Justiça de Caeté/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 47 </t>
   </si>
   <si>
     <t xml:space="preserve">Avaliação da conformidade de Projetos Estruturais de obra de reforma/restauração da sede das Promotorias de Justiça em Caeté/MG </t>
   </si>
   <si>
     <t xml:space="preserve">PRIMEIRA ENGENHARIA LTDA - EPP </t>
   </si>
   <si>
     <t>1.762,99</t>
   </si>
   <si>
     <t>06-08-2016 PUBLICAÇÃO DE AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 19/08/2016. Início da disputa de preços: às 10 horas do dia 19/08/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 05 de julho de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 27-08-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1, 2 e 4: Primeira Engenharia Ltda. - EPP CNPJ 14.920.928/0001-07 Lote 3: Elo Arquitetura e Engenharia Ltda. - ME CNPJ 23.219.028/0001-10 Belo Horizonte, 26 de agosto de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Caderno de Documentacao Tecnica-Lote 2-Alfenas.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3214/download;
+ Caderno de Documentacao Tecnica-Lote 3-Patos de Minas.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3215/download;
+ proposta_documentacao_processo_49_2016__LOTES_2_4_Primeira_Engenharia.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3229/download;
+ Caderno Documentacao Tecnica- Lote 4-Visconde do Rio Branco.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3217/download;
  edital_processo_49_2016_avaliacao_projetos_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3212/download;
  Caderno de Documentacao Tecnica-Lote 1-Caete.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3213/download;
- Caderno de Documentacao Tecnica-Lote 2-Alfenas.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3214/download;
-[...1 lines deleted...]
- Caderno Documentacao Tecnica- Lote 4-Visconde do Rio Branco.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3217/download;
  processo49_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3241/download;
- proposta_documentacao_processo_49_2016__LOTES_2_4_Primeira_Engenharia.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3229/download;
  proposta_documentacao_processo_49_2016__LOTES_1_Primeira_Engenharia.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3230/download;
  proposta_documentacao_processo_49_2016__LOTES_3_Elo_Arquitetura.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3232/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para elaboração de laudo de Avaliação da Conformidade do Projeto Estrutural de obra de edificação em terreno localizado em Alfenas/MG </t>
   </si>
   <si>
     <t>9.799,00</t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para elaboração de laudo de Avaliação da Conformidade do Projeto Estrutural de obra de edificação em terreno localizado em Patos de Minas/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">ELO ARQUITETURA E ENGENHARIA LTDA </t>
   </si>
   <si>
     <t>16.700,00</t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para elaboração de laudo de Avaliação da Conformidade do Projeto Estrutural de obra de edificação em terreno localizado em Visconde do Rio Branco/MG. </t>
   </si>
   <si>
     <t>9.123,59</t>
   </si>
   <si>
     <t xml:space="preserve"> 48 / 2016</t>
   </si>
   <si>
     <t>21/07/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para confecção de material gráfico elaborado pelo Programa Estadual de Proteção e Defesa do Consumidor (Procon-MG).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 46 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS GRÁFICOS (Cartilha e Código do CDC) </t>
   </si>
   <si>
     <t>4.810,00</t>
   </si>
   <si>
     <t>21-07-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 02/08/2016. Início da disputa de preços: às 10 horas do dia 02/08/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 09-08-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: RB Gráfica Digital Eireli - ME CNPJ 16.951.665/0001-10 Belo Horizonte, 8 de agosto de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  processo48_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3218/download;
+ processo48_2016_Proposta Corrigida_Documentacao_RB Grafica.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3207/download;
+ processo48_2016_Proposta_Documentacao_RB Grafica.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3206/download;
  processo48_2016_Documentacao_RB Grafica.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3208/download;
- processo48_2016_Proposta Corrigida_Documentacao_RB Grafica.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3207/download;
  edital_processo_48_2016_servicos_graficos_PROCON.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3170/download;
- processo48_2016_Proposta_Documentacao_RB Grafica.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3206/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 47 / 2016</t>
   </si>
   <si>
     <t>26/07/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para o fornecimento de livros impressos, nacionais e importados, de forma parcelada.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 45 </t>
   </si>
   <si>
     <t xml:space="preserve">FORNECIMENTO DE LIVROS IMPRESSOS NACIONAIS E IMPORTADOS, COM ENTREGA PARCELADA </t>
   </si>
   <si>
     <t xml:space="preserve">Dias Distribuidora de Livros Ltda. </t>
   </si>
   <si>
     <t>26-07-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 08/08/2016. Início da disputa de preços: às 10 horas do dia 08/08/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 12-08-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): Dias Distribuidora de Livros Ltda. CNPJ: 07.341.940/0001-93 Belo Horizonte, 11 de agosto de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_47_2016_fornecimento_livros_impressos_PROCON.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3182/download;
  proposta_documentos_licitanteF000175_processo47_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3210/download;
  proposta_corrigida_licitanteF000175_processo47_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3211/download;
  balanco_atualizado_licitanteF000175_processo47_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3220/download;
  processo47_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3223/download;
+ edital_processo_47_2016_fornecimento_livros_impressos_PROCON.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3182/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 46 / 2016</t>
   </si>
   <si>
     <t>18/07/2016</t>
   </si>
   <si>
     <t>Aquisição de licenças de uso de software de Business Intelligence com garantia de atualização tecnológica e suporte técnico, relativa ao software Tableau.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 44 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de licenças de uso de software, com garantia de atualização tecnológica, suporte técnico e manutenção. </t>
   </si>
   <si>
     <t xml:space="preserve">BHS Kriptos Soluções de Negócios Ltda </t>
   </si>
   <si>
     <t>118.000,00</t>
   </si>
   <si>
     <t>18-07-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 29/07/2016. Início da disputa de preços: às 10 horas do dia 29/07/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 06-08-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: BHS Kriptos Soluções de Negócios Ltda. CNPJ 24.259.739/0001-80 Belo Horizonte, 5 de agosto de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  processo46_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3209/download;
+ edital_processo_46_2016_aquisicao_licencas_suporte_tecnico_Tableau_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3166/download;
+ processo46_2016_Documentacao_BHS.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3193/download;
  processo46_2016_Proposta_BHS.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3194/download;
- processo46_2016_Documentacao_BHS.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3193/download;
- edital_processo_46_2016_aquisicao_licencas_suporte_tecnico_Tableau_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3166/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 45 / 2016</t>
   </si>
   <si>
     <t>Prestação de serviços de manutenção preventiva e corretiva em plataforma de elevação para pessoas com mobilidade reduzida, com cobertura total de peças originais ou similares, instalada na Promotoria de Justiça de João Pinheiro ? MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 43 </t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO PREVENTIVA E CORRETIVA EM PLATAFORMA DE ELEVAÇÃO. </t>
   </si>
   <si>
     <t>21-07-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 04/08/2016. Início da disputa de preços: às 10 horas do dia 04/08/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 12-08-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Elevadores Schneider Ltda. CNPJ 11.206.617/0001-84 Belo Horizonte, 9 de agosto de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  processo45_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3222/download;
  edital_processo_45_2016_servico_manutencao_plataforma_elev_joao_pinheiro_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3169/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 44 / 2016</t>
   </si>
   <si>
     <t>20/07/2016</t>
   </si>
   <si>
     <t>EQUIPAMENTOS DE INFORMÁTICA (Switches e Cartuchos de fitas magneticas)</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 42 </t>
   </si>
   <si>
     <t xml:space="preserve">SWITCHS </t>
   </si>
   <si>
     <t xml:space="preserve">CÉU TELECOM E SOLUÇÕES LTDA </t>
   </si>
   <si>
     <t>150.000,00</t>
   </si>
   <si>
-    <t>16-07-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 29/07/2016. Início da disputa de preços: às 10 horas do dia 29/07/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 15 de julho de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 20-07-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 02/08/2016. Início da disputa de preços: às 10 horas do dia 02/08/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 19 de julho de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG (*) Houve alteração no Edital. ----------------------------- 26-07-2016 ESCLARECIMENTOS 1) Questionamento: "O item 2 (Switch de Acesso Gigabit Ethernet de 8 portas), especificamente em seu subitem B3 do Termo de Referência, menciona que: "Deverá possuir, no mínimo, 8 (oito) portas padrão RJ-45 10/100/1000 Mbps, auto-sensing, padronização IEEE 802.3 10BASE-T, IEEE 802.3u 100BASE-TX, IEEE 802.3ab 1000BASE-T e IEEE 802.3x FlowControl". Para este item, entendemos que poderá ser fornecido um equipamento com 6 portas 10/100/1000 BaseTX e 2 portas 100/1000 BaseTX. Está correto o nosso entendimento?" 1) Resposta: "Entendimento correto." 2) Questionamento: "Ainda sobre Switch de Acesso Gigabit Ethernet de 8 portas, o subitem B4 do Termo de Referência cita que o switch deverá possuir "16 portas 10/100/1000 Mbps", informação essa divergente e incompatível com a solicitação de um switch de 8 portas. Entendemos, portanto, que o exigido para este item é um total de 8 portas Gigabit Ethernet. Está correto nosso entendimento?" 2) Resposta: "Entendimento correto." 3) Questionamento: "Já para o Item 3 (Switch Gerenciável de Acesso FastEthernet de 24 Portas), no subitem C5 onde lê-se: "Deverá possuir, no mínimo, 2 (duas) portas padrão RJ-45 10/100/1000 Mbps, auto-sensing, padronização IEEE 802.3ab 1000Base-T". Entendemos que ao fornecer um switch 24 portas 10/100/1000 Mbps (o que excede ao exigido pelo edital), estamos atendendo, simultaneamente, os subitens C4 e C5. Está correto nosso entendimento?" 3) Resposta: "Entendimento correto." ----------------------------- 26-07-2016 ESCLARECIMENTOS ERRATA: Na página 33 do Edital, no item B, subitem B.4, onde se lê "16 portas 10/100/1000 Mbps", leia-se "8 portas 10/100/1000 Mbps". ----------------------------- 26-07-2016 ESCLARECIMENTOS 1) Questionamento: "Em relação ao item C Switch Gerenciável de Acesso FastEthernet de 24 Portas no subitem C.3 e C4 (Deverá possuir, no mínimo, 2 (duas) portas padrão RJ-45 10/100/1000 Mbps, auto-sensing, padronização IEEE 802.3ab 1000Base-T). entendemos que as duas portas RJ45 auto-sense não poderão ser combo com as 24 portas solicitadas no item C.3. Desta forma, o fornecedor que ofertar equipamento com portas as portas combos serão automaticamente desclassificado do processo. Uma vez que utilizando as portas combo, o dispositivos terá somente 22 portas livres para acesso aos clientes finais. O nosso entendimento está correto?" 1) Resposta: "Entendimento parcialmente equivocado. Não há exigência editalícia de presença de portas combo, porém na existência das mesma não poderá ocorrer a supressão do quantitativo mínimo de 24 portas 10/100 RJ-45." 2) Questionamento: "Em relação ao item C.22, os todos os fabricantes de mercado tem homologado a compatibilidade com versão somente Microsoft Internet Explorer. Desta forma, entendemos ofertando web browser compatível com Microsoft internet Explorer estaremos atende ao edital. O nosso entendimento está correto?" 2) Resposta: "Estão aptos equipamentos gerenciáveis via web browser Mozilla Firefox ou Microsoft Internet Explorer". ----------------------------- 27-07-2016 ESCLARECIMENTOS 1) Questionamento: "Em relação as especificações técnicas ITEM A - (Switch de Acesso FastEthernet de 16 Portas) no subitem A.1 (Deverá suportar o protocolo CSMA/CD). Informamos que tencnlogia CSMA/CD é inerente ao protocolo ethernet e está disponível em qualquer modelo de switch ethernet do mercado. Por esse motivo, os participantes fabricante não declaram essa informação em seus datashseet e documentos. Outro ponto onde prova que a tecnologia CSMA/CD inerente ao protocolo ethernet pode ser comprovada atendendo ao subitem A.3 (padronização IEEE 802.3 10BASE-T, IEEE 802.3u 100BASE-TX e IEEE 802.3x FlowControl) desta forma, estaremos automaticamente atendendo a solicitação quanto ao protocolo CSAM/CD. Está correto o nosso entendimento? Observamos também que essa mesma funcionalidade não é solicitada no ITEM-C." 1) Resposta: "Entendimento Correto." 2) Questionamento: "Em relação as especificações técnicas ITEM B (Switch de Acesso GigabitEthernet de 08 Portas) no subitem B.1 (Deverá suportar o protocolo CSMA/CD). Informamos que tencnlogia CSMA/CD é inerente ao protocolo ethernet e está disponível em qualquer modelo de switch ethernet do mercado. Por esse motivo, os participantes fabricante não declaram essa informação em seus datashseet e documentos. Outro ponto onde prova que a tecnologia CSMA/CD inerente ao protocolo ethernet pode ser comprovada atendendo ao subitem A.3 (padronização IEEE 802.3 10BASE-T, IEEE 802.3u 100BASE-TX e IEEE 802.3x FlowControl) desta forma, estaremos automaticamente atendendo a solicitação quanto ao protocolo CSAM/CD. Está correto o nosso entendimento? Observamos também que essa mesma funcionalidade não é solicitada no ITEM-C." 2) Resposta: "Entendimento Correto." 3) Questionamento: "Em relação as especificações técnicas ITEM B (Switch de Acesso GigabitEthernet de 08 Portas) no subitem B.2 (Deverá possuir método de transferência StoreandForward). Informamos que este método é o padrão para todos os switches de mercado. Tal funcionalidade é inerente ao produtos e serviços que se dispõe. Antigamente, alguns fabricantes escreviam esse método em seus datasheet, mas por ser o método de funcionamento padrão, esse termo (Store and forward) entrou em desuso. Nessa lógica, podemos observar que essa mesma funcionalidade não é solicitada no switch ITEM-C. sendo assim, entendemos que essa comprovação não faz necessária. Está correto o nosso entendimento?" 3) Respota: "Entendimento Correto." ----------------------------- 27-07-2016 ESCLARECIMENTOS 1) Questionamento: "Referente ao "Item C" subitem "C.5 - Deverá possuir, no mínimo, 2 (duas) portas padrão RJ-45 10/100/1000 Mbps, auto-sensing, padronização IEEE 802.3ab 1000Base-T" relativo ao "APENSO ÚNICO TERMO DE REFERÊNCIA, DAS ESPECIFICAÇÕES DO OBJETO - LOTE 1" Entendemos que se o equipamento ofertado pela licitante já vier munido de 24 portas padrão RJ-45 10/100/1000 Mbps (Full Gigabit Ethernet) não será obrigatório o fornecimento de 2 portas padrão RJ-45 10/100/1000 Mbps. Nosso Entendimento está correto?" 1) Resposta: "Entendimento Correto." ----------------------------- 24-08-2016 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Recorrente: TELEFÔNICA DATA S/A Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Belo Horizonte, 23 de agosto de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 26-08-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: CEU TELECOM E SOLUÇÕES LTDA. CNPJ 07.779.608/0003-77 Lote 2: DINÂMICA COMPUTER IMPORTAÇÃO E EXPORTAÇÃO LTDA. - EPP CNPJ 07.364.652/0001-54 Belo Horizonte, 25 de agosto de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
+    <t>16-07-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 29/07/2016. Início da disputa de preços: às 10 horas do dia 29/07/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 15 de julho de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 20-07-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 02/08/2016. Início da disputa de preços: às 10 horas do dia 02/08/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 19 de julho de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG (*) Houve alteração no Edital. ----------------------------- 26-07-2016 ESCLARECIMENTOS 1) Questionamento: "O item 2 (Switch de Acesso Gigabit Ethernet de 8 portas), especificamente em seu subitem B3 do Termo de Referência, menciona que: "Deverá possuir, no mínimo, 8 (oito) portas padrão RJ-45 10/100/1000 Mbps, auto-sensing, padronização IEEE 802.3 10BASE-T, IEEE 802.3u 100BASE-TX, IEEE 802.3ab 1000BASE-T e IEEE 802.3x FlowControl". Para este item, entendemos que poderá ser fornecido um equipamento com 6 portas 10/100/1000 BaseTX e 2 portas 100/1000 BaseTX. Está correto o nosso entendimento?" 1) Resposta: "Entendimento correto." 2) Questionamento: "Ainda sobre Switch de Acesso Gigabit Ethernet de 8 portas, o subitem B4 do Termo de Referência cita que o switch deverá possuir "16 portas 10/100/1000 Mbps", informação essa divergente e incompatível com a solicitação de um switch de 8 portas. Entendemos, portanto, que o exigido para este item é um total de 8 portas Gigabit Ethernet. Está correto nosso entendimento?" 2) Resposta: "Entendimento correto." 3) Questionamento: "Já para o Item 3 (Switch Gerenciável de Acesso FastEthernet de 24 Portas), no subitem C5 onde lê-se: "Deverá possuir, no mínimo, 2 (duas) portas padrão RJ-45 10/100/1000 Mbps, auto-sensing, padronização IEEE 802.3ab 1000Base-T". Entendemos que ao fornecer um switch 24 portas 10/100/1000 Mbps (o que excede ao exigido pelo edital), estamos atendendo, simultaneamente, os subitens C4 e C5. Está correto nosso entendimento?" 3) Resposta: "Entendimento correto." ----------------------------- 26-07-2016 ESCLARECIMENTOS 1) Questionamento: "Em relação ao item C Switch Gerenciável de Acesso FastEthernet de 24 Portas no subitem C.3 e C4 (Deverá possuir, no mínimo, 2 (duas) portas padrão RJ-45 10/100/1000 Mbps, auto-sensing, padronização IEEE 802.3ab 1000Base-T). entendemos que as duas portas RJ45 auto-sense não poderão ser combo com as 24 portas solicitadas no item C.3. Desta forma, o fornecedor que ofertar equipamento com portas as portas combos serão automaticamente desclassificado do processo. Uma vez que utilizando as portas combo, o dispositivos terá somente 22 portas livres para acesso aos clientes finais. O nosso entendimento está correto?" 1) Resposta: "Entendimento parcialmente equivocado. Não há exigência editalícia de presença de portas combo, porém na existência das mesma não poderá ocorrer a supressão do quantitativo mínimo de 24 portas 10/100 RJ-45." 2) Questionamento: "Em relação ao item C.22, os todos os fabricantes de mercado tem homologado a compatibilidade com versão somente Microsoft Internet Explorer. Desta forma, entendemos ofertando web browser compatível com Microsoft internet Explorer estaremos atende ao edital. O nosso entendimento está correto?" 2) Resposta: "Estão aptos equipamentos gerenciáveis via web browser Mozilla Firefox ou Microsoft Internet Explorer". ----------------------------- 26-07-2016 ESCLARECIMENTOS ERRATA: Na página 33 do Edital, no item B, subitem B.4, onde se lê "16 portas 10/100/1000 Mbps", leia-se "8 portas 10/100/1000 Mbps". ----------------------------- 27-07-2016 ESCLARECIMENTOS 1) Questionamento: "Em relação as especificações técnicas ITEM A - (Switch de Acesso FastEthernet de 16 Portas) no subitem A.1 (Deverá suportar o protocolo CSMA/CD). Informamos que tencnlogia CSMA/CD é inerente ao protocolo ethernet e está disponível em qualquer modelo de switch ethernet do mercado. Por esse motivo, os participantes fabricante não declaram essa informação em seus datashseet e documentos. Outro ponto onde prova que a tecnologia CSMA/CD inerente ao protocolo ethernet pode ser comprovada atendendo ao subitem A.3 (padronização IEEE 802.3 10BASE-T, IEEE 802.3u 100BASE-TX e IEEE 802.3x FlowControl) desta forma, estaremos automaticamente atendendo a solicitação quanto ao protocolo CSAM/CD. Está correto o nosso entendimento? Observamos também que essa mesma funcionalidade não é solicitada no ITEM-C." 1) Resposta: "Entendimento Correto." 2) Questionamento: "Em relação as especificações técnicas ITEM B (Switch de Acesso GigabitEthernet de 08 Portas) no subitem B.1 (Deverá suportar o protocolo CSMA/CD). Informamos que tencnlogia CSMA/CD é inerente ao protocolo ethernet e está disponível em qualquer modelo de switch ethernet do mercado. Por esse motivo, os participantes fabricante não declaram essa informação em seus datashseet e documentos. Outro ponto onde prova que a tecnologia CSMA/CD inerente ao protocolo ethernet pode ser comprovada atendendo ao subitem A.3 (padronização IEEE 802.3 10BASE-T, IEEE 802.3u 100BASE-TX e IEEE 802.3x FlowControl) desta forma, estaremos automaticamente atendendo a solicitação quanto ao protocolo CSAM/CD. Está correto o nosso entendimento? Observamos também que essa mesma funcionalidade não é solicitada no ITEM-C." 2) Resposta: "Entendimento Correto." 3) Questionamento: "Em relação as especificações técnicas ITEM B (Switch de Acesso GigabitEthernet de 08 Portas) no subitem B.2 (Deverá possuir método de transferência StoreandForward). Informamos que este método é o padrão para todos os switches de mercado. Tal funcionalidade é inerente ao produtos e serviços que se dispõe. Antigamente, alguns fabricantes escreviam esse método em seus datasheet, mas por ser o método de funcionamento padrão, esse termo (Store and forward) entrou em desuso. Nessa lógica, podemos observar que essa mesma funcionalidade não é solicitada no switch ITEM-C. sendo assim, entendemos que essa comprovação não faz necessária. Está correto o nosso entendimento?" 3) Respota: "Entendimento Correto." ----------------------------- 27-07-2016 ESCLARECIMENTOS 1) Questionamento: "Referente ao "Item C" subitem "C.5 - Deverá possuir, no mínimo, 2 (duas) portas padrão RJ-45 10/100/1000 Mbps, auto-sensing, padronização IEEE 802.3ab 1000Base-T" relativo ao "APENSO ÚNICO TERMO DE REFERÊNCIA, DAS ESPECIFICAÇÕES DO OBJETO - LOTE 1" Entendemos que se o equipamento ofertado pela licitante já vier munido de 24 portas padrão RJ-45 10/100/1000 Mbps (Full Gigabit Ethernet) não será obrigatório o fornecimento de 2 portas padrão RJ-45 10/100/1000 Mbps. Nosso Entendimento está correto?" 1) Resposta: "Entendimento Correto." ----------------------------- 24-08-2016 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Recorrente: TELEFÔNICA DATA S/A Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Belo Horizonte, 23 de agosto de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 26-08-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: CEU TELECOM E SOLUÇÕES LTDA. CNPJ 07.779.608/0003-77 Lote 2: DINÂMICA COMPUTER IMPORTAÇÃO E EXPORTAÇÃO LTDA. - EPP CNPJ 07.364.652/0001-54 Belo Horizonte, 25 de agosto de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ proposta_corrigida_licitanteF000113_processo44_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3200/download;
+ proposta_final_corrigida_licitanteF000267_processo44_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3202/download;
+ processo44_2016_razoes_recurso_Telefonica_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3233/download;
+ processo44_2016_contrarrazoes_recurso_Ceu_Telecom_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3234/download;
  processo44_2016_decisao_recurso_Telefonica_lote1_indeferimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3235/download;
- processo44_2016_contrarrazoes_recurso_Ceu_Telecom_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3234/download;
+ processo44_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3237/download;
  edital_processo_44_2016_aquisicao_equipamentos de informatica_STI_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3174/download;
  proposta_documentos_licitanteF000267_processo44_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3197/download;
  proposta_documentos_licitanteF000113_processo44_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3198/download;
  proposta_corrigida_documento_identificacao_licitanteF000267_processo44_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3199/download;
- proposta_corrigida_licitanteF000113_processo44_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3200/download;
-[...2 lines deleted...]
- processo44_2016_razoes_recurso_Telefonica_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3233/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Cartuchos de fitas magnéticas </t>
   </si>
   <si>
     <t xml:space="preserve">DINÂMICA COMPUTER IMPORTAÇÃO E EXPORTAÇÃO LTDA - EPP </t>
   </si>
   <si>
     <t>9.760,80</t>
   </si>
   <si>
     <t xml:space="preserve"> 43 / 2016</t>
   </si>
   <si>
     <t>07/06/2016</t>
   </si>
   <si>
     <t>Prestação de serviços de locação de Centro de Treinamento, com fornecimento de equipamentos e materiais, para realização de treinamento e reciclagem da Brigada de Incêndio da Procuradoria-Geral de Justiça de Minas Gerais</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 40 </t>
   </si>
   <si>
     <t xml:space="preserve">CENTRO DE TREINAMENTO PARA BRIGADA DE INCÊNCIO </t>
   </si>
   <si>
     <t xml:space="preserve">FAÇA PRODUÇÕES LTDA - EPP </t>
   </si>
   <si>
     <t>28.746,83</t>
   </si>
   <si>
     <t>07-06-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 20/07/2016. Início da disputa de preços: às 10 horas do dia 20/07/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 30-07-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Faça Produções Ltda EPP CNPJ 00.862.596/0001-39 Belo Horizonte, 27 de julho de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo43_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3196/download;
  edital_processo_43_2016_contratacao_centro_treinamento_brigada_SEA_NSP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3150/download;
- processo43_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3196/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 42 / 2016</t>
   </si>
   <si>
     <t>08/07/2016</t>
   </si>
   <si>
     <t>Prestação de serviços de fornecimento de lanches diversos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 41 </t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviços de fornecimento de lanches diversos. </t>
   </si>
   <si>
     <t xml:space="preserve">BUFFET REQUINTE RECEPÇÕES LTDA </t>
   </si>
   <si>
     <t>106.999,00</t>
   </si>
   <si>
     <t>08-07-2016 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 21/07/2016. Início da disputa de preços: às 10 horas do dia 21/07/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 07 de julho de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 30-07-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: BUFFET REQUINTE RECEPÇÕES LTDA. CNPJ 23.126.915/0001-43 Belo Horizonte, 29 de julho de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo42_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3195/download;
+ documentos_licitanteF000151_processo42_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3175/download;
  proposta_licitanteF000151_processo42_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3177/download;
+ balanco_patrimonial_licitanteF000167_processo42_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3173/download;
+ proposta_documentos_licitanteF000167_processo42_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3171/download;
+ planilha_corrigida_DIRPJ_licitanteF000151_processo42_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3179/download;
  edital_processo_42_2016_servicos_lanches_DSGT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3151/download;
  planilha_composicao_preco_processo_42_2016.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/3154/download;
- proposta_documentos_licitanteF000167_processo42_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3171/download;
-[...3 lines deleted...]
- planilha_corrigida_DIRPJ_licitanteF000151_processo42_2016.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3179/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 41 / 2016</t>
   </si>
   <si>
     <t>09/07/2016</t>
   </si>
   <si>
     <t>Kits escolares</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 39 </t>
   </si>
   <si>
     <t xml:space="preserve">kit escolar </t>
   </si>
   <si>
     <t>43.530,00</t>
   </si>
   <si>
     <t>09-07-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 22/07/2016. Início da disputa de preços: às 10 horas do dia 22/07/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 08 de julho de 2016. Matheus de Oliveira Dande ----------------------------- 26-08-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Gráfica e Editora Mafali Ltda-ME CNPJ 07.795.101/0001-45 Belo Horizonte, 24 de agosto de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  Proposta_documentacao_Mafali_parte1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3184/download;
+ Proposta_documentacao_Mafali_parte2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3186/download;
  edital_processo_41_2016_kit escolar_PROCON.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3161/download;
  processo41_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3236/download;
- Proposta_documentacao_Mafali_parte2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3186/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 40 / 2016</t>
   </si>
   <si>
     <t>23/07/2016</t>
   </si>
   <si>
     <t>Aquisição de materiais hidráulicos, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de materiais hidráulicos, novos. </t>
   </si>
   <si>
     <t>11.570,00</t>
   </si>
   <si>
     <t>23-07-2016 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 05/08/2016. Início da disputa de preços: às 10 horas do dia 05/08/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 22 de julho de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 26-08-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Sidnei dos Santos Teixeira - ME CNPJ 08.694.209/0001-04 Belo Horizonte,24 de agosto de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_40_2016_aquisicao_materiais hidraulicos_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3181/download;
+ 2016_pl-siad-40_pe-40_DEMAIS_DOCS_Sidnei.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3226/download;
+ 2016_pl-siad-40_pe-40_PROP_CORRIG_Sidnei.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3225/download;
  processo40_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3238/download;
- 2016_pl-siad-40_pe-40_PROP_CORRIG_Sidnei.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3225/download;
-[...1 lines deleted...]
- edital_processo_40_2016_aquisicao_materiais hidraulicos_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3181/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 39 / 2016</t>
   </si>
   <si>
     <t>30/06/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviço de seguro para veículos da frota da Procuradoria-Geral de Justiça e do Procon-MG, sem interveniência de corretagem.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 37 </t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviço de seguro para veículos da frota da Procuradoria-Geral de Justiça e do Procon-MG, sem interveniência de corretagem. </t>
   </si>
   <si>
     <t xml:space="preserve">GENTE SEGURADORA S.A. </t>
   </si>
   <si>
     <t>55.000,00</t>
   </si>
   <si>
     <t>30-06-2016 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 12/07/2016. Início da disputa de preços: às 10 horas do dia 12/07/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 29 de junho de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 07-07-2016 ESCLARECIMENTOS QUESTIONAMENTO 1: Gentileza informar se os caminhões itens 36, 37, 38, 59, 60 possuem algum tipo de implemento (caçamba / carroceria / baú / compactador de lixo / entre outros). Caso positivo, pedimos informar a sua descrição e valor para efeito de cobertura de seguro, caso haja o desejo dessa contratação. Adiantamos que o valor de mercado divulgado pela FIPE contempla apenas o chassi do caminhão sem nenhum tipo de implemento. RESPOSTA: Todos os caminhões itens 36, 37, 38, 59, 60, inclusive o Iveco/ Dayle possuem carroceria fechada, denominada Baú. QUESTIONAMENTO 2: Gentileza informar os valores de prêmio pago e sinistros dos últimos dois anos. RESPOSTA: Segue anexo o último contrato de seguro (030/2015), o qual tivemos acesso, contento todos os prêmios de seguro pagos em sua vigência. Com relação aos sinistros ocorridos tivemos, conforme nossos registros: - ano 2016 = 01 (sinistro) perda total com veículo do Procon ocasionado pela inundação de uma garagem; 02 (sinistros) por abalroamento; e 01 (sinistro) em um veículo com seguro parcial. - ano 2015 = 01 (sinistro) por abalroamento em veículo com seguro parcial. ----------------------------- 11-07-2016 ESCLARECIMENTOS QUESTIONAMENTO 1: Solicitamos saber se os veículos a serem segurados possuem seguro atualmente. Em caso positivo pedimos informar a seguradora atual e o bônus de cada veículo. RESPOSTA: Sim, os veículos possuem seguro atualmente. A Seguradora atual é a empresa Gente Seguradora S.A e o bônus de cada veículo consta no anexo II, item 3 do edital. QUESTIONAMENTO 2: Solicitamos saber para qual fim destina-se os veículos a serem segurados. Por exemplo: se são usados para fiscalização ou para carga e descarga, entre outros. RESPOSTA:Os veículos considerado da linha leve (álcool, gasolina ou bicombustívels) são classificados em de reoresentação ou de serviços, destinados ao transporte de Membros e Servidores do MP. Os veículos denominados Caminhões, carroceria fechada/ bau, movidos a diesel, são destinados ao transporte de cargas, como por exemplo, mobiliários e equipamentos etc. QUESTIONAMENTO 3: Solicitamos saber se, após transcorrido o certame para registro, a seguradora vencedora poderá vistoriar os veículos sem que haja alteração no valor acordado? RESPOSTA: Conforme edital. QUESTIONAMENTO 4: Com relação aos veículos a serem segurados, questionamos se existe algum deles que se encontra parado em oficina, por algum dos motivos abaixo: a) Sinistro b) Reparos ou manutenção Em caso afirmativo, pedimos especificarem qual o veículo e o motivo. RESPOSTA: Existem veículos em manutenção atualmente na oficina para serviços de caráter preventivo e cotidiano para troca de óleos, filtros, pastilhas etc. Com relação aos sinistros ocorridos tivemos, conforme nossos registros: - ano 2016 = 01 (sinistro) perda total com veículo do Procon ocasionado pela inundação de uma garagem; 02 (sinistros) por abalroamento; e 01 (sinistro) em um veículo com seguro parcial. - ano 2015 = 01 (sinistro) por abalroamento em veículo com seguro parcial. QUESTIONAMENTO 5: Pedimos informar se entre os veículos a serem segurados, existem algum veículo blindado? Se sim, o mesmo já possui no DUT a informação da Blindagem? Se não, no momento da vistoria, a ser feita pela Seguradora vencedora, é possível a apresentação da declaração do Exército, onde consta a autorização da blindagem? De acordo com o decreto federal 3665/2000 e portaria 003/2001. RESPOSTA: Sim, existe o veículo Hyundai Elantra GLS 2.0, Automático, Blindagem nível 3 devidamente vistoriado. QUESTIONAMENTO 6: Pedimos informar se entre os veículos a serem segurados, existe algum veículo de uso policial. RESPOSTA: Existem veículos que podem ser utilizados por policiais cedidos e a serviço da PGJ. QUESTIONAMENTO 7: Pedimos informar se, entre os veículos a serem segurados existe algum veículo transformado? Se sim, a transformação já está constando no CRLV (Certificado de Registro e Licenciamento de Veículo). RESPOSTA: Sim, existem vans tipo laboratório, com documento CRLV descrito tipo (Motor Home) QUESTIONAMENTO 8: ? Conforme item 22 - Informações gerais, subitem II, nº2 diz que: ?Não poderá existir limitação do serviço de reboques, dentro do Estado de Minas Gerais.? Nosso produto oferece o limite de 1.600 km, entendemos que e um limite considerável em relação ao dimensões do Estado de Minas Gerais, este limite seria aceitável? RESPOSTA: A descrição "Não poderá existir limitação do serviço de reboques, dentro do Estado de Minas Gerais" objetiva-se assegurar que qualquer veículo da PGJ que necessite ser removido seja, em princípio, trazido de volta a sede da PGJ em BH, e/ou ao seu local de lotação e origem, em 99,99% dos casos, dentro do Estado de MG. QUESTIONAMENTO 9: Conforme item 22 - Informações gerais, subitem II, nº. 3 diz que: ?O fornecedor deverá contar com rede credenciada de assistência no Estado de Minas Gerais, suficiente ao efetivo atendimento de todos os serviços inclusos na assistência 24 horas no prazo máximo de 3h após a solicitação, via telefone ou meio informático. Caso não seja respeitado este prazo, a Contratante poderá fazer uso de táxi ou outros meios de transportes, sendo posteriormente ressarcida pela Contratada?, nosso produto oferece esta possibilidade com limite de ressarcimento de R$ 100,00, este limite seria aceitável? RESPOSTA: Não. tendo em vista ser o território de MG muito extenso com diversas Comarcas e Promotorias de Justiças. ----------------------------- 29-07-2016 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Recorrente: PORTO SEGURO COMPANHIA DE SEGUROS GERAIS Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Belo Horizonte, 28 de abril de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 03-08-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Gente Seguradora S.A. CNPJ 90.180.605/0001-02 Belo Horizonte, 02 de agosto de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  processo_39_2016_razoes_contrarrazoes_recurso.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3187/download;
  processo39_decisao_recurso_PORTO SEGURO_indeferimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3188/download;
- processo39_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3203/download;
  Proposta_Documentacao_Gente Seguradora_Lote ?nico_1?colocado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3157/download;
  edital_processo_39_2016_contratacao_seguro_veiculos_PGJ_PROCON.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3144/download;
+ processo39_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3203/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 38 / 2016</t>
   </si>
   <si>
     <t>22/06/2016</t>
   </si>
   <si>
     <t>Prestação de serviços técnicos de fábrica de software para o desenvolvimento de aplicativo móvel.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 36 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços técnicos de fábrica de software para o desenvolvimento de aplicativo móvel. </t>
   </si>
   <si>
     <t xml:space="preserve">QUICK MOBILE DESENVOLVIMENTO E SERVIÇOS LTDA </t>
   </si>
   <si>
     <t>131.000,00</t>
   </si>
   <si>
     <t>22-06-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 06/07/2016. Início da disputa de preços: às 10 horas do dia 06/07/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 22-06-2016 COMUNICAÇÃO No item 3, do Anexo II do Edital, onde se lê 600(trezentos) leia-se 600 (seiscentos). ----------------------------- 15-07-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Quick Mobile Desenvolvimento e Serviços Ltda. CNPJ 17.697.845/0001-80 Belo Horizonte, 14 de julho de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Proposta_Documentacao_Quick Mobile_F000136.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3149/download;
+ processo38_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3165/download;
  edital_processo_38_2016_contratacao_desenvolvimento_aplicativo_movel_PROCON_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3131/download;
- processo38_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3165/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 37 / 2016</t>
   </si>
   <si>
     <t>21/06/2016</t>
   </si>
   <si>
     <t>Aquisição de peças para manutenção em mobiliário</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 35 </t>
   </si>
   <si>
     <t xml:space="preserve">PEÇAS PARA MANUTENÇÃO DE MOBILIÁRIO </t>
   </si>
   <si>
     <t xml:space="preserve">ROCAM MÓVEIS LTDA.-ME </t>
   </si>
   <si>
     <t>46.480,00</t>
   </si>
   <si>
     <t>21-06-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 04/07/2016. Início da disputa de preços: às 10 horas do dia 04/07/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 21-06-2016 ESCLARECIMENTOS A unidade correta para o item 5 "Braço para mobiliário..." é PAR. Portanto, as propostas serão apresentadas para 200 pares, conforme consta do Edital. ----------------------------- 29-07-2016 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Recorrente: FORMATECH LTDA. - EPP Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão do Pregoeiro. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Belo Horizonte, 28 de abril de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 29-07-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Rocam Móveis Ltda. - ME CNPJ 17.331.237/0001-58 Belo Horizonte, 28 de julho de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ demais_documentos_licitante_rocam_lote_unico.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3153/download;
+ proposta_documentos_licitante_rocam_lote_unico.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3152/download;
  proposta_pl37_lote1_rocam.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/3158/download;
+ processo37_decisao_recurso_FORMATECH_indeferimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3190/download;
  processo37_2016_razoes_contrarrazoes_recurso.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3189/download;
- processo37_decisao_recurso_FORMATECH_indeferimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3190/download;
  processo37_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3192/download;
- proposta_documentos_licitante_rocam_lote_unico.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3152/download;
- demais_documentos_licitante_rocam_lote_unico.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3153/download;
  edital_processo_37_2016_aquisicao_pecas_mobiliario_DMAP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3129/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 35 / 2016</t>
   </si>
   <si>
     <t>10/06/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de reforma/restauração do telhado de imóvel tombado pelo Patrimônio Histórico, com fornecimento de mão de obra e materiais, na cidade de Caeté, MG</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº 1 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de reforma/restauração do telhado de imóvel tombado pelo Patrimônio Histórico, com fornecimento de mão de obra e materiais, na cidade de Caeté, MG </t>
   </si>
   <si>
     <t>209.614,59</t>
   </si>
   <si>
     <t>10-06-2016 AVISO DE LICITAÇÃO Recebimento dos envelopes: até às 9 horas e 30 minutos do dia 13/07/2016, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 10 horas do dia 13/07/2016, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 13-06-2016 ESCLARECIMENTOS ATENÇÃO: o telefone correto para agendar visita (facultativa) ao local onde a obra será executada junto à Promotoria de Justiça de Caeté, é (31) 3651-2433/8461. ----------------------------- 28-06-2016 ESCLARECIMENTOS 1) Ao analisarmos a Planilha de Composição do BDI adotado para a obra, verificamos que o item 3.02.04 - CPRB (Contribuição Previdenciária sobre a Receita Bruta) está considerada com alíquota de 2,00%, que era determinada pela LEI 12.546 de 14/12/11. No nosso entendimento esta alíquota foi alterada para 4,5% conforme estabelecido pela LEI 13.161 de 31/08/15 que veio a substituir a Lei anterior. Solicitamos a avaliação desta CPL, se é procedente o que foi exposto, e se assim o for, que seja recalculado o valor do BDI, que passaria a ser de 33,29%. Resposta (setor técnico): Segue planilha anexa - abaixo com a expressão "retificada" ? constando nova composição de BDI na qual foram modificados os itens 2.01.01, 3.2.4 e 3.03, sendo mantida a taxa de 29,64%. Assim, não houve alteração do valor total da planilha orçamentária. Optamos por efetuar essa adequação sem alteração do percentual, uma vez que a referida taxa, de 29,64%, encontra-se em patamar razoável. Vale ressaltar que os itens 2.01.01 e 3.03 são de livre mensuração pelos licitantes. ----------------------------- 15-07-2016 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO Licitantes habilitados: Impacto Construtora Empreendimentos e Serviços Eireli EPP, CNPJ 11.183.121/0001-32; Restaurare Construtora Ltda. - EPP, CNPJ 03.120.306/0001-70; Licitantes inabilitados: A &amp; R Comércio e Serviços Ltda., CNPJ 13.050.599/0001-10; A ata de julgamento da documentação está disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Nos termos do art. 109, I, a, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento da documentação. Data para abertura das propostas: às 10 horas do dia 25 de julho de 2016, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. ----------------------------- 04-08-2016 RESULTADO DO JULGAMENTO DAS PROPOSTAS E COMUNICAÇÃO Propostas classificadas: 1ª colocada: Restaurare Construtora Ltda. - EPP, CNPJ 03.120.306/0001-70; 2ª colocada: Impacto Construtora Empreendimentos e Serviços Eireli EPP, CNPJ 11.183.121/0001-32; Fica declarada vencedora do certame a empresa Restaurare Construtora Ltda. - EPP, CNPJ 03.120.306/0001-70. Nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento das propostas. A ata de julgamento das propostas estará disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Belo Horizonte, 03 de agosto de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 13-08-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Restaurare Construtora Ltda. - EPP CNPJ 03.120.306/0001-70 Belo Horizonte, 12 de agosto de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- processo_35_2016_reuniao_abertura_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3183/download;
-[...1 lines deleted...]
- Planilha_BDI_Retificada.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/3140/download;
  processo35_2016_ata_reuniao_abertura_documentacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3163/download;
  processo35_2016_ata_reuniao_julgamento_documentacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3164/download;
+ Planilha_BDI_Retificada.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/3140/download;
+ processo_35_2016_reuniao_abertura_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3183/download;
+ processo35_2016_ata_reuniao_julgamento_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3204/download;
+ processo35_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3094/download;
  edital_processo_35_2016_servico_execucao_reforma_caete_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3093/download;
- processo35_2016_ata_reuniao_julgamento_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3204/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 34 / 2016</t>
   </si>
   <si>
     <t>Aquisição de equipamentos e acessórios de áudio e vídeo</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 33 </t>
   </si>
   <si>
     <t xml:space="preserve">PROJETOR MULTIMÍDIA </t>
   </si>
   <si>
     <t>10-06-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 23/06/2016. Início da disputa de preços: às 10 horas do dia 23/06/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 29-07-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lotes 2 e 3: SCROCCA ELETROELETRÔNICOS Eireli - ME CNPJ 21.630.814/0001-80 Lote 4:MY COMÉRCIO DE ÁUDIO LTDA - EPP CNPJ 14.656.085/0001-75 O resultado do lote 1 será publicado oportunamente. Belo Horizonte, 28 de julho de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 12-08-2016 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (projetor multimídia) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. O resultado dos lotes 2, 3 e 4 foi publicado no 'DOMP/MG' de 29.07.2016. Belo Horizonte, 02 de agosto de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- processo34_2016_ata_homolog_28_07_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3191/download;
- processo34_2016_ata_homolog_02_08_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3221/download;
  Documentacao_MY_Comercio_Lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3141/download;
  Documentacao_MY_Comercio_Lote2_3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3142/download;
  Documentacao_MY_Comercio_Lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3143/download;
+ processo34_2016_ata_homolog_28_07_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3191/download;
+ processo34_2016_ata_homolog_02_08_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3221/download;
  edital_processo_34_2016_aquisicao_equip_acessorios_audio_e_video_FUNEMP_CEAF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3092/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">GRAVADOR DIGITAL </t>
   </si>
   <si>
     <t>10.099,98</t>
   </si>
   <si>
     <t>28.650,00</t>
   </si>
   <si>
     <t xml:space="preserve">EQUIPAMENTOS DE AUDIO E ACESSÓRIOS DE VIDEO </t>
   </si>
   <si>
     <t xml:space="preserve">MY COMÉRCIO DE ÁUDIO LTDA - EPP </t>
   </si>
   <si>
     <t>4.804,99</t>
   </si>
   <si>
     <t xml:space="preserve"> 33 / 2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a elaboração de projetos executivos e orçamentos para a execução de obras de edificação nas comarcas de Caeté e Patos de Minas, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 32 </t>
   </si>
   <si>
     <t xml:space="preserve">ELABORAÇÃO DE PROJETO EXECUTIVO E ORÇAMENTO DE ESTRUTURA DE CONCRETO ARMADO PARA A EXECUÇÃO DE OBRAS DE EDIFICAÇÃO NA COMARCA DE CAETÉ, MG </t>
   </si>
   <si>
     <t>3.470,00</t>
   </si>
   <si>
     <t>02-06-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 15/06/2016. Início da disputa de preços: às 10 horas do dia 15/06/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 06-06-2016 ESCLARECIMENTOS PERGUNTA:O item 4.2, versa sobre a apresentação de atestados. Reza o edital que os mesmos deverão ser acervados junto ao CREA. Com o advento da Lei Federal n° 12.378/2010, foi instituído CAU (Conselho de Arquitetura e Urbanismo), regulamentando assim, exercício da Arquitetura e Urbanismo. Assim, questionamos: Será aceito atestado acervado junto ao CAU (Conselho de Arquitetura e Urbanismo)? RESPOSTA: Sim, será aceito atestado acervado junto ao CAU (Conselho de Arquitetura e Urbanismo). ----------------------------- 24-06-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: ELO ARQUITETURA E ENGENHARIA LTDA. CNPJ 23.219.028/0001-10 Lote 2: FERNANDA CURI ARQUITETURA E ENGENHARIA LTDA. - EPP CNPJ 10.893.775/0001-97 Lote 3: RONCATO PAISAGISMO COMÉRCIO DE PLANTAS LTDA. - ME CNPJ 11.925.841/0001-26 O resultado do lote 4 será publicado oportunamente. Belo Horizonte, 23 de junho de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 01-07-2016 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Recorrente: RONCATO PAISAGISMO COMÉRCIO DE PLANTAS LTDA. - ME. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão do Pregoeiro. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e nos sites www.mpmg.mp.br e www.compras.mg.gov.br. Belo Horizonte, 29 de junho de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 05-07-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 4: VIABILE PLANEJAMENTO E PROJETOS LTDA - EPP. CNPJ 06.321.471/0001-88 Belo Horizonte, 04 de julho de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- proposta_corrigida_declaracao_ME-EPP_licitanteF000292_processo33_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3119/download;
+ processo33_2016_contrarrazoes_recurso_Viabile_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3138/download;
+ Decisao Recurso_ Processo 33_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3146/download;
+ processo33_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3147/download;
+ proposta_assinada_licitanteF000220_processo33_2016_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3130/download;
+ proposta_documentos_licitanteF000220_processo33_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3126/download;
+ processo33_2016_razoes_recurso_Roncato_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3135/download;
+ proposta_documentacao_tecnica_F000255_processo33_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3125/download;
+ proposta_documentos_licitanteF000436_processo33_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3123/download;
  proposta_corrigida_demonstrativo_de_debito_licitanteF000344_processo33_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3121/download;
  proposta_documentos_licitanteF000226_processo33_2016_lote2.7z : https://transparencia.mpmg.mp.br/licitacao/arquivo/3122/download;
- proposta_documentos_licitanteF000436_processo33_2016_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3123/download;
-[...7 lines deleted...]
- proposta_documentos_licitanteF000292_processo33_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3117/download;
  proposta_documentos_licitanteF000344-F000404_processo33_2016_lotes3_e_4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3111/download;
  proposta_documentos_licitanteF000141_processo33_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3112/download;
+ proposta_corrigida_declaracao_ME-EPP_licitanteF000292_processo33_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3119/download;
+ proposta_documentos_licitanteF000292_processo33_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3117/download;
+ edital_processo_33_2016_projeto_orcamento_obra_Caete_Patos_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3057/download;
  processo33_2016_anexos_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3062/download;
- edital_processo_33_2016_projeto_orcamento_obra_Caete_Patos_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3057/download;
  processo33_2016_anexos_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3065/download;
  processo33_2016_anexos_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3063/download;
  processo33_2016_anexos_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3064/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">ELABORAÇÃO DE PROJETO EXECUTIVO E ORÇAMENTOS DE PREVENÇÃO E COMBATE A INCÊNDIO E PÂNICO PARA A EXECUÇÃO DE OBRAS DE EDIFICAÇÃO NA COMARCA DE CAETÉ, MG </t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDA CURI ARQUITETURA E ENGENHARIA LTDA - EPP </t>
   </si>
   <si>
     <t>9.400,00</t>
   </si>
   <si>
     <t xml:space="preserve">ELABORAÇÃO DE PROJETO EXECUTIVO E ORÇAMENTOS DE INSTALAÇÕES HIDROSSANITÁRIAS PARA A EXECUÇÃO DE OBRAS DE EDIFICAÇÃO NA COMARCA DE PATOS DE MINAS, MG </t>
   </si>
   <si>
     <t xml:space="preserve">RONCATO PAISAGISMO COMÉRCIO DE PLANTAS LTDA - ME </t>
   </si>
   <si>
     <t>13.200,00</t>
   </si>
   <si>
     <t xml:space="preserve">ELABORAÇÃO DE PROJETOS EXECUTIVOS E ORÇAMENTOS DE INSTALAÇÕES ELÉTRICAS, DE ENTRADA DE ENERGIA, DE CABEAMENTO ESTRUTURADO, DE INFRAESTRUTURA PARA ALARME E CFTV, DE ATERRAMENTO E SPDA, E DE INFRAESTRUTURA PARA DETECÇÃO E ALARME DE INCÊNDIO, PARA A EXECUÇÃO DE OBRAS DE EDIFICAÇÃO NA COMARCA DE PATOS DE MINAS, MG </t>
@@ -3243,53 +3243,53 @@
   </si>
   <si>
     <t>46.499,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 32 / 2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para o fornecimento de livros impressos, nacionais e importados, de forma parcelada, pelo período de 12(doze) meses.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 31 </t>
   </si>
   <si>
     <t xml:space="preserve">FORNECIMENTO DE LIVROS IMPRESSOS NACIONAIS E IMPORTADOS, COM ENTREGA PARCELADA. </t>
   </si>
   <si>
     <t xml:space="preserve">INTERBOOK LTDA - EPP </t>
   </si>
   <si>
     <t>02-06-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 16/06/2016. Início da disputa de preços: às 10 horas do dia 16/06/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 21-06-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote único: Interbook Ltda. EPP - CNPJ 01.918.078/0001-52 - Belo Horizonte, 20 de junho de 2016.Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo32_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3127/download;
+ PROPOSTA E DOCUMENTACAO _ F000158.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3120/download;
  edital_processo_32_2016_fornecimento_livros_impressos_DINC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3055/download;
- PROPOSTA E DOCUMENTACAO _ F000158.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3120/download;
- processo32_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3127/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 31 / 2016</t>
   </si>
   <si>
     <t>26/05/2016</t>
   </si>
   <si>
     <t>Aquisição de licenças de uso corporativo do pacote de escritório Microsoft Office Home and Business (Word, Excel, Power Point, One Note e Outlook).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 30 </t>
   </si>
   <si>
     <t xml:space="preserve">ÚNICO - LICENÇAS DE SOFTWARE </t>
   </si>
   <si>
     <t xml:space="preserve">PISONTEC LICENCIAMENTO DE SOFTWARE EIRELI - EPP </t>
   </si>
   <si>
     <t>10.353,96</t>
   </si>
   <si>
     <t>26-05-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 13/06/2016. Início da disputa de preços: às 10 horas do dia 13/06/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 21-06-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote único: PISONTEC LICENCIAMENTO DE SOFTWARE EIRELI - EPP CNPJ 12.007.998/0001-35 Belo Horizonte, 20 de junho de 2016. Simone Maria Lima Santos Diretora-Geral</t>
@@ -3307,189 +3307,189 @@
   </si>
   <si>
     <t>20/05/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para serviços de execução de muro divisório, com fornecimento de mão de obra e materiais, em terrenos do Ministério Público de Minas Gerais, nas cidades de Ipatinga e Divinópolis, MG</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 27 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE EXECUÇÃO DE MURO DIVISÓRIO E ACESSO AO ESTACIONAMENTO, NA CIDADE DE IPATINGA, MG </t>
   </si>
   <si>
     <t xml:space="preserve">DHD PRESTAÇÃO DE SERVIÇOS DE CONSTRUÇÃO CIVIL LTDA - EPP </t>
   </si>
   <si>
     <t>29.030,00</t>
   </si>
   <si>
     <t>20-05-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 07/06/2016. Início da disputa de preços: às 10 horas do dia 07/06/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 11-06-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: DHD Prestação de Serviços de Construção Civil Ltda.-EPP CNPJ 08.334.857/0001-50 Lote 2: Construtora Campos &amp; Filhos Ltda.-ME CNPJ 15.862.332/0001-52 Belo Horizonte, 10 de junho de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo30_2016_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3056/download;
  processo30_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3095/download;
  proposta_declaracoes_assinadas_licitanteF000269_processo30_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3083/download;
+ proposta_documentos_licitanteF000153_processo30_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3077/download;
  proposta_documentos_licitanteF000269_processo30_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3078/download;
  IRPJ_licitanteF000269_processo30_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3082/download;
  edital_processo_30_2016_servico_execucao_muro_Ipatinga_Divinopolis_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3040/download;
- processo30_2016_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3056/download;
- proposta_documentos_licitanteF000153_processo30_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3077/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE EXECUÇÃO DE MURO DIVISÓRIO, NA CIDADE DE DIVINÓPOLIS, MG </t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUTORA CAMPOS &amp; FILHOS LTDA - ME </t>
   </si>
   <si>
     <t>71.130,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 29 / 2016</t>
   </si>
   <si>
     <t>18/05/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a elaboração de projetos e orçamentos para a execução de obras de edificação nas comarcas de Alfenas, Patos de Minas e Visconde do Rio Branco/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 28 </t>
   </si>
   <si>
     <t xml:space="preserve">Elaboração de projetos, orçamentos e especificações técnicas/memoriais descritivos para a execução de obras de edificação nas comarcas de Alfenas/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">GRUPO ARQUITETOS E URBANISTAS LTDA - ME </t>
   </si>
   <si>
     <t>63.529,88</t>
   </si>
   <si>
     <t>18-05-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 03/06/2016. Início da disputa de preços: às 10 horas do dia 03/06/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 20-05-2016 ESCLARECIMENTOS PERGUNTA: "Os Projetos de Instalações não estão no escopo do trabalho deste edital. eles serão fornecidos? , ou serão parte de outro edital? pois podem afetar a compatibilização." RESPOSTA (Superintendência de Engenharia e Arquitetura ? SEA/PGJ): "Para Alfenas e Visconde do Rio Branco: os projetos das instalações estão sendo elaborados pelo setor de engenharia do Ministério Público. Para Patos de Minas: os projetos das instalações serão contratados. De posse da forma do projeto estrutural e do ante projeto da prevenção e combate a incêndio, o MP os compatibilizará com o arquitetônico. Os demais projetos, tanto os contratados quanto aqueles elaborados pelo MP, serão compatibilizados com o resultado acima." ----------------------------- 01-06-2016 ESCLARECIMENTOS Perguntas 1 e 2 seguem: 1) Lote 2 - Patos de Minas, faz referência a construções de 1400m² na arquitetura mas, no incêndio é apenas para 750m². Acredito que está errado, deveria ser também 1400m², não?! 2) Lote 3 - Visconde do Rio Branco, faz referência a construções de 500m² na arquitetura e o incêndio 750m². Neste caso não faz diferença para o projeto de incêndio mas, acho que cabe questionar também para não ficar dúvidas. Respostas do setor técnico da PGJ aos questionamentos 1 e 2: Quanto ao projeto estrutural: Para a elaboração do projeto estrutural considerou-se, dentre outras, a exigência de comprovação de metade da área bruta do projeto arquitetônico. Quanto ao projeto de incêndio: Conforme Instrução Técnica - 01 do Corpo de Bombeiros Militar de Minas Gerais que tem como objetivo atender o Regulamento de Segurança Contra Incêndio e Pânico do Estado de Minas Gerais, estabelecendo as medidas de segurança contra incêndio e pânico nas edificações e áreas de risco, critérios e procedimentos para apresentação de processo de segurança contra incêndio e pânico no Corpo de Bombeiros Militar de Minas Gerais (CBMMG). As edificações e áreas de risco com área total acima de 750 m² deverão apresentar as medidas protetivas através do Projeto técnico (forma mais completa de apresentação). Desta forma, as empresas que já elaboraram projetos para edificações acima de 750 m² possuem capacidade técnica para elaboração dos projetos da obra contratada ----------------------------- 01-06-2016 ESCLARECIMENTOS Pergunta 4 - Não vi menção aos projetos de sondagem, vistoria cautelar, topografia e projetos legais de licenciamento. Eles são bases para avaliar a complexidade dos projetos e realizar os projetos estruturais. Eles já existem? Podem nos mandar cópias eletrônicas? Resposta do setor técnico da PGJ: Sondagem: Disponíveis nos anexos do Edital, exceto a de Visconde do Rio Branco que será fornecida quando do início dos serviços. Topografia:Disponíveis nos anexos do Edital; Vistoria Cautelar será contemplada na obra, quando necessário Projeto legal de licenciamento: não há. ----------------------------- 01-06-2016 ESCLARECIMENTOS Pergunta 3: Não vi referência aos projetos elétricos e hidrossanitários. Eles não estão inclusos? Haverá outra etapa de licitação com eles? Resposta do setor técnico da PGJ: Projetos elétricos e hidrossanitários: Alfenas e Visconde do Rio Branco estão sendo elaborados pelo setor de engenharia do Ministério Público, Patos de Minas:serão licitados. ----------------------------- 15-06-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: GRUPO ARQUITETOS E URBANISTAS LTDA. CNPJ 09.492.173/0001-49 Lote 2: PRIMEIRA ENGENHARIA LTDA - EPP CNPJ 14.920.928/0001-07 Lote 3: CARLA ROBERTA DE CASTRO MATOS - EPP CNPJ 16.568.650/0001-78 Belo Horizonte, 14 de junho de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ proposta_documentos_licitanteF000110_processo29_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3091/download;
+ proposta_documentos_tecnicos_licitanteF000130_processo29_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3086/download;
+ proposta_documentos_licitanteF000326_processo29_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3089/download;
+ proposta_documentos_licitanteF000165_processo29_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3090/download;
+ proposta_documentos_licitanteF000161_processo29_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3080/download;
+ proposta_documentos_licitanteF000317_processo29_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3081/download;
+ balanco_completo_licitanteF000164-F000394_processo29_2016_lotes1_e_3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3074/download;
+ proposta_documentos_licitanteF000164-F000394_processo29_2016_lotes1_e_3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3068/download;
  proposta_documentos_licitanteF000237_processo29_2016_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3069/download;
- balanco_completo_licitanteF000164-F000394_processo29_2016_lotes1_e_3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3074/download;
- proposta_documentos_licitanteF000161_processo29_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3080/download;
  processo29_anexos_lote_2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3030/download;
  processo29_anexos_lote_3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3031/download;
- proposta_documentos_licitanteF000164-F000394_processo29_2016_lotes1_e_3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3068/download;
-[...1 lines deleted...]
- processo29_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3118/download;
  edital_processo_29_2016_projeto_orcamento_obra_Alfenas_Patos_Visconde_do_Rio_Branco_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3025/download;
  processo29_anexos_lote_1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3029/download;
- proposta_documentos_licitanteF000165_processo29_2016_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3090/download;
-[...2 lines deleted...]
- proposta_documentos_licitanteF000326_processo29_2016_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3089/download;
+ processo29_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3118/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Elaboração de projetos, orçamentos e especificações técnicas/memoriais descritivos para a execução de obras de edificação nas comarcas de Patos de Minas/MG. </t>
   </si>
   <si>
     <t>62.999,00</t>
   </si>
   <si>
     <t xml:space="preserve">Elaboração de projetos, orçamentos e especificações técnicas/memoriais descritivos para a execução de obras de edificação nas comarcas de Visconde do Rio Branco/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">CARLA ROBERTA DE CASTRO MATOS - EPP </t>
   </si>
   <si>
     <t>45.436,92</t>
   </si>
   <si>
     <t xml:space="preserve"> 28 / 2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de sondagem de simples reconhecimento do subsolo por percussão (STP) em terreno localizado na cidade de Caeté/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 26 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de sondagem de simples reconhecimento do subsolo por percussão (STP) na cidade de Caeté/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">Geothra Geologia e Geotecnia LTDA </t>
   </si>
   <si>
     <t>4.059,99</t>
   </si>
   <si>
     <t>18-05-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 03/06/2016. Início da disputa de preços: às 10 horas do dia 03/06/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 14-06-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote único: Geothra Geologia e Geotécnica Ltda. EPP CNPJ 23.768.603/0001-33 Belo Horizonte, 13 de junho de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_28_2016_servico_sondagem_STP_Caete_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3026/download;
-[...2 lines deleted...]
- Proposta e Documentos_Georthra.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3067/download;
  DECLARACAO EPP_DECL NAO EMPREGA MENOR_ PROPOSTA FINAL_GEOTHRA.7z : https://transparencia.mpmg.mp.br/licitacao/arquivo/3070/download;
  Balan?o Patrimonial_Abertura_GEOTHRA.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3071/download;
+ Proposta e Documentos_Georthra.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3067/download;
+ processo28_anexos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3027/download;
+ edital_processo_28_2016_servico_sondagem_STP_Caete_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3026/download;
+ processo28_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3103/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 27 / 2016</t>
   </si>
   <si>
     <t>24/05/2016</t>
   </si>
   <si>
     <t>Aquisição de licenças de uso de softwares, incluindo suporte e atualizações.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 24 </t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de licenças de uso de softwares, incluindo suporte e atualizações. </t>
   </si>
   <si>
     <t xml:space="preserve">SX TECNOLOGIA E SERVICOS CORPORATIVOS EIRELI </t>
   </si>
   <si>
     <t>2.100,00</t>
   </si>
   <si>
     <t>14-05-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 31/05/2016. Início da disputa de preços: às 10 horas do dia 31/05/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 21-05-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)Recebimento das propostas: até às 10 horas do dia 07/06/2016. Início da disputa de preços: às 10 horas do dia 07/06/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. (*) Republicado devido à readequação da especificação técnica, houve alteração de datas. ----------------------------- 24-05-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)Recebimento das propostas: até às 10 horas do dia 08/06/2016. Início da disputa de preços: às 10 horas do dia 08/06/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. (*)Houve alteração de datas. ----------------------------- 14-06-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): SX Tecnologia e Serviços Corporativos Eireli. CNPJ: 14.278.276/0001-40 Belo Horizonte, 13 de junho de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_27_2016_aquisicao_lincencas_software_CEAT_contrato_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3045/download;
- Documentacao_complementar_licitante_F000141.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3088/download;
  processo27_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3102/download;
  Proposta_documentacao_licitante_F000141.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3087/download;
+ Documentacao_complementar_licitante_F000141.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3088/download;
+ edital_processo_27_2016_aquisicao_lincencas_software_CEAT_contrato_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3045/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 26 / 2016</t>
   </si>
   <si>
     <t>06/05/2016</t>
   </si>
   <si>
     <t>Aquisição de detectores de metais de rastreamento no solo.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 23 </t>
   </si>
   <si>
     <t xml:space="preserve">Detectores de metais de rastreamento no solo. </t>
   </si>
   <si>
     <t>48.330,00</t>
   </si>
   <si>
     <t>06-05-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 20/05/2016. Início da disputa de preços: às 10 horas do dia 20/05/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. *Finalidade: atividade investigativa, no combate ao crime organizado. ----------------------------- 06-05-2016 ESCLARECIMENTOS Esclarecemos que prevalecerá a especificação técnica do Edital no que concerne a 3 sinais sonoros diferentes e que por problemas técnicos não foi possível adequar essa especificação no Compras/MG. ----------------------------- 02-06-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Sidney Fiuza Borba Comércio de Eletrônicos - ME CNPJ 11.090.831/0001-18 Belo Horizonte, 01 de junho de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -3497,173 +3497,173 @@
  processo26_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3054/download;
  edital_processo_26_2016_aquisicao_detectores de metais_GAECO_FUNEMP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2985/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 25 / 2016</t>
   </si>
   <si>
     <t>05/05/2016</t>
   </si>
   <si>
     <t>Aquisição de binóculo profissional</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 22 </t>
   </si>
   <si>
     <t xml:space="preserve">(ÚNICO)BINÓCULO PROFISSIONAL </t>
   </si>
   <si>
     <t>05-05-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 19/05/2016. Início da disputa de preços: às 10 horas do dia 19/05/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 21-05-2016 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 20 de maio de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_25_2016_binoculo_profissional_GAECO_FUNEMP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2979/download;
  processo25_2016_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3041/download;
- edital_processo_25_2016_binoculo_profissional_GAECO_FUNEMP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2979/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 24 / 2016</t>
   </si>
   <si>
     <t>04/05/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de conectividade de acesso à Internet, incluindo o fornecimento de equipamentos, serviços de instalação, configuração, atualização, manutenção e suporte técnico.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 20 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviço de links de acesso à Internet - macrorregiões do Alto Parnaíba, Centro-Oeste, Triângulo Mineiro e na cidade de Brasília/DF. </t>
   </si>
   <si>
     <t xml:space="preserve">ALGAR MULTIMIDIA S/A </t>
   </si>
   <si>
     <t>826.745,50</t>
   </si>
   <si>
     <t>04-05-2016 AVISO DE LICITAÇÃO Unidade: 1091040 Recebimento das propostas: até às 10 horas do dia 17/05/2016. Início da disputa de preços: às 10 horas do dia 17/05/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 03 de maio de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG ----------------------------- 05-05-2016 ESCLARECIMENTOS DISPONIBILIZAÇÃO-QUESTIONAMENTOS (LICITANTE)-RESPOSTAS (SUPERINTENDÊNCIA DE TECNOLOGIA E INFORMAÇÃO) Informamos que foi disponibilizado no link abaixo, o documento (PDF) constando os questionamentos apresentados por um Licitante e as respostas apresentadas pelo setor técnico-Superintendência de Tecnologia e Informação. ----------------------------- 10-05-2016 ESCLARECIMENTOS DISPONIBILIZAÇÃO- 2º QUESTIONAMENTOS (LICITANTE)-RESPOSTAS (SUPERINTENDÊNCIA DE TECNOLOGIA E INFORMAÇÃO) Informamos que foi disponibilizado no link abaixo, o documento (PDF) constando os questionamentos apresentados por um Licitante e as respostas apresentadas pelo setor técnico-Superintendência de Tecnologia e Informação. ----------------------------- 21-05-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: Algar Multimídia S/A CNPJ 04.622.116/0001-13 Lote 2: Oi Móvel S/A CNPJ 05.423.963/0001-11 Belo Horizonte, 20 de maio de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ questionamento(2)_resposta_processo_24_2016_servicos_conectividade_links_STI.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2990/download;
+ edital_processo_24_2016_servicos_conectividade_links_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2976/download;
+ questionamentos_respostas_processo_24_2016_servicos_conectividade_links_STI.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2981/download;
+ Documentacao_Algar Multimidia S.A._LOTE 1_parte 1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3036/download;
+ Documentacao_Algar Multimidia S.A._LOTE 1_parte 2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3037/download;
+ Documentacao_Algar Multimidia S.A._LOTE 1_parte 3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3038/download;
  processo24_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3039/download;
- Documentacao_Algar Multimidia S.A._LOTE 1_parte 3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3038/download;
+ Documentacao_OI Movel S.A._LOTE 2_parte 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3018/download;
+ Documentacao_OI Movel S.A._LOTE 2_parte 5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3019/download;
  Documentacao_OI Movel S.A._LOTE 2_parte 6.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3022/download;
- Documentacao_OI Movel S.A._LOTE 2_parte 5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3019/download;
-[...1 lines deleted...]
- Documentacao_Algar Multimidia S.A._LOTE 1_parte 2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3037/download;
  Documentacao_OI Movel S.A._LOTE 2_parte 7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3023/download;
- Documentacao_Algar Multimidia S.A._LOTE 1_parte 1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3036/download;
- questionamento(2)_resposta_processo_24_2016_servicos_conectividade_links_STI.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2990/download;
  planilha_calculo_proposta_processo_24_2016_servicos_conectividade_links_STI.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/3002/download;
- Documentacao_OI Movel S.A._LOTE 2_parte 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3018/download;
  Documentacao_OI Movel S.A._LOTE 2_parte 1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3015/download;
  Documentacao_OI Movel S.A._LOTE 2_parte 2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3016/download;
- edital_processo_24_2016_servicos_conectividade_links_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2976/download;
- questionamentos_respostas_processo_24_2016_servicos_conectividade_links_STI.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2981/download;
+ Documentacao_OI Movel S.A._LOTE 2_parte 3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3017/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Serviço de links de acesso à Internet - macrorregiões Central, Vale do Jequitinhonha e Mucuri, Zona da Mata, Noroeste, Norte, Rio Doce e Sul. </t>
   </si>
   <si>
     <t>4.779.158,50</t>
   </si>
   <si>
     <t xml:space="preserve"> 23 / 2016</t>
   </si>
   <si>
     <t>03/05/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços gráficos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 21 </t>
   </si>
   <si>
     <t xml:space="preserve">BANNER </t>
   </si>
   <si>
     <t xml:space="preserve">INFORGRAF LTDA - ME </t>
   </si>
   <si>
     <t>949,96</t>
   </si>
   <si>
     <t>03-05-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 16/05/2016. Início da disputa de preços: às 10 horas do dia 16/05/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 24-05-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: Inforgraf Ltda. - ME CNPJ 22.056.515/0001-46 Lote 2: RB Gráfica Digital Eireili ? ME CNPJ 16.951.665/0001-10 Belo Horizonte, 23 de maio de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_23_2016_servicos_graficos_DPBI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2975/download;
  processo23_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3044/download;
+ Proposta e documentacao_RB grafica digital_LOTE_2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3000/download;
  Proposta e documentacao_Inforgraf Ltda_LOTE_1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2999/download;
- Proposta e documentacao_RB grafica digital_LOTE_2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/3000/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAL GRÁFICO DIVERSO </t>
   </si>
   <si>
     <t>23.395,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 22 / 2016</t>
   </si>
   <si>
     <t>26/04/2016</t>
   </si>
   <si>
     <t>Capachos personalizados</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 19 </t>
   </si>
   <si>
     <t xml:space="preserve">Capachos personalizados </t>
   </si>
   <si>
     <t xml:space="preserve">MASTER COMÉRCIO DE TAPETES LTDA - ME </t>
   </si>
   <si>
     <t>17.780,20</t>
   </si>
   <si>
     <t>26-04-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 09/05/2016. Início da disputa de preços: às 10 horas do dia 09/05/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 25 de abril de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Apoio à Licitação/PGJ-MG ----------------------------- 04-05-2016 ESCLARECIMENTOS Tendo em vista reiterados pedidos de disponibilização do valor do Termo de Referência, segue para conhecimento de todos: R$17.780,20. ----------------------------- 13-05-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Master Comércio de Tapetes Ltda. - ME CNPJ 15.807.911/0001-00 Belo Horizonte, 12 de maio de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_22_2016_aquisi??o_capachos_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2973/download;
+ processo22_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2995/download;
  proposta_documentos_licitanteF000101_processo22_2016.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2987/download;
- processo22_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2995/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 21 / 2016</t>
   </si>
   <si>
     <t>15/04/2016</t>
   </si>
   <si>
     <t>Aquisição de materiais e equipamentos de informática e terminais telefônicos Voip, novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 18 </t>
   </si>
   <si>
     <t xml:space="preserve">Discos Rígidos e afins </t>
   </si>
   <si>
     <t>39.149,71</t>
   </si>
   <si>
     <t>15-04-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 02/05/2016. Início da disputa de preços: às 10 horas do dia 02/05/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 11-05-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: Dinâmica Computer Importação e Exportação Ltda. -EPP CNPJ 07.364.652/0001-54 Lote 2: Techminas Tecnologia e Informática Eireli - EPP CNPJ 07.099.398/0001-04 Lote 5: MG777 Computadores e Informática Ltda. - ME CNPJ 11.389.858/0001-06 Lote 6: R &amp; A Comércio de Equipamentos Telefônicos Ltda. CNPJ 54.561.071/0001-92 Os lotes 3 e 4 resultaram fracassados, por não ter restado proposta classificada para atendimento aos seus objetos. Belo Horizonte, 09 de maio de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -3710,52 +3710,52 @@
   </si>
   <si>
     <t>09/04/2016</t>
   </si>
   <si>
     <t>Kit de arrombamento tático</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 17 </t>
   </si>
   <si>
     <t xml:space="preserve">kit de arrombamento tático </t>
   </si>
   <si>
     <t xml:space="preserve">SOSSUL DEFENDER COMÉRCIO DE EQUIPAMENTOS TÁTICOS LTDA - EPP </t>
   </si>
   <si>
     <t>16.900,00</t>
   </si>
   <si>
     <t>09-04-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 26/04/2016. Início da disputa de preços: às 10 horas do dia 26/04/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Matheus de Oliveira Dande ----------------------------- 18-04-2016 ESCLARECIMENTOS Esclarecimento PL020/2016 - Pergunta: Primeiramente gostaria de confirmar a quantidade de alças, que o Ariete deve conter. Trabalho com dois modelos de Ariete, um com uma única alça e 10kg, e outro com duas alças e 15 kg. O menor modelo citado, pode ser acondicionado na mochila, já o de 15 kg não. Resposta: O modelo de Ariete, o de uma alça (10Kg) atende e é similar ao que recebemos. ----------------------------- 11-05-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): Sossul Defender Comércio de Equipamentos Táticos Ltda-EPP CNPJ 19.422.463/0001-70 Belo Horizonte, 10 de maio de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo20_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2992/download;
  edital_processo_20_2016_kit arrombamento_FUNEMP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2965/download;
- processo20_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2992/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 19 / 2016</t>
   </si>
   <si>
     <t>30/03/2016</t>
   </si>
   <si>
     <t>Aquisição de doses individuais de vacina antigripal, incluindo aplicação.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 16 </t>
   </si>
   <si>
     <t xml:space="preserve">VACINA ANTIGRIPAL </t>
   </si>
   <si>
     <t>30-03-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 12/04/2016. Início da disputa de preços: às 10 horas do dia 12/04/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 15-04-2016 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como "fracassado", por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 14 de abril de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_19_2016_aquisicao_aplicacao_vacinas_DPMSO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2962/download;
  processo19_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2968/download;
@@ -3798,238 +3798,238 @@
   </si>
   <si>
     <t>23/03/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de sondagem de simples reconhecimento do subsolo por percussão (SPT) em terreno localizado na cidade de Visconde do Rio Branco MG</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 12 </t>
   </si>
   <si>
     <t xml:space="preserve">SONDAGEM DO SUBSOLO </t>
   </si>
   <si>
     <t xml:space="preserve">MILIONE ENGENHARIA E CONSTRUCOES LTDA </t>
   </si>
   <si>
     <t>12.350,00</t>
   </si>
   <si>
     <t>23-03-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 08/04/2016. Início da disputa de preços: às 10 horas do dia 08/04/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 20-04-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único):Milione Engenharia e Construções Ltda. - EPP CNPJ 01.490.353/0001-80 Belo Horizonte, 19 de abril de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- processo15_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2972/download;
  edital_processo_15_2016_servicos_sondagem_visconde_do_rio_branco_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2952/download;
  processo15_anexos_lote1_unico.exe : https://transparencia.mpmg.mp.br/licitacao/arquivo/2954/download;
+ processo15_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2972/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 14 / 2016</t>
   </si>
   <si>
     <t>Aquisição de mobiliário de escritório sob medida.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 14 </t>
   </si>
   <si>
     <t xml:space="preserve">Mesa e armário </t>
   </si>
   <si>
     <t>3.371,00</t>
   </si>
   <si>
     <t>29-03-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 11/04/2016. Início da disputa de preços: às 10 horas do dia 11/04/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 30-03-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Objeto: Aquisição de mobiliário de escritório sob medida. Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 13/04/2016. Início da disputa de preços: às 10 horas do dia 13/04/2016. Matheus de Oliveira Dande Coordenador da Divisão de Apoio à Licitação/PGJ-MG (*)Houve alteração de datas ----------------------------- 04-04-2016 ESCLARECIMENTOS Foi disponibilizado na presente data, na página da Procuradoria-Geral de Justiça de Minas Gerais (www.mpmg.mp.br), anexo complementar ao projeto do item 1 - mesa de reunião. ----------------------------- 20-04-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): Rocam Móveis Ltda. - ME CNPJ 17.331.237/0001-58 Belo Horizonte, 18 de abril de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_14_2016_aquisicao_mobiliario_sob_medida_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2960/download;
  processo14_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2969/download;
  processo14_2016_anexo.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2963/download;
- edital_processo_14_2016_aquisicao_mobiliario_sob_medida_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2960/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 13 / 2016</t>
   </si>
   <si>
     <t>28/03/2016</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 13 </t>
   </si>
   <si>
     <t>28-03-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 08/04/2016. Início da disputa de preços: às 10 horas do dia 08/04/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 14-04-2016 HOMOLOGAÇÃO - DESERTO Homologo o resultado do julgamento do lote 1 (único) deste processo como "deserto" por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 8 de abril de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo13_ata_deserto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2966/download;
  edital_processo_13_2016_fornecimento_livros_impressos_DINC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2957/download;
- processo13_ata_deserto.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2966/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 12 / 2016</t>
   </si>
   <si>
     <t>17/03/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada em serviço de estenotipia.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 10 </t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE ESTENOTIPIA </t>
   </si>
   <si>
     <t>17-03-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 04/04/2016. Início da disputa de preços: às 10 horas do dia 04/04/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 05-05-2016 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Recorrente: INFRA LAB. TECNOLOGIA E COMÉRCIO LTDA - ME. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e nos sites www.mpmg.mp.br e www.compras.mg.gov.br. Belo Horizonte, 04 de maio de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 06-05-2016 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote único deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 05 de maio de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_12_2016_servicos_estenotipia_Org_colegiados.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2948/download;
+ processo12_2016_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2983/download;
  processo12_2016_decis?o_recurso.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/3159/download;
- processo12_2016_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2983/download;
- edital_processo_12_2016_servicos_estenotipia_Org_colegiados.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2948/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 11 / 2016</t>
   </si>
   <si>
     <t>09/03/2016</t>
   </si>
   <si>
     <t>Aquisição de drone ( veículo aéreo não tripulado).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 9 </t>
   </si>
   <si>
     <t xml:space="preserve">DRONE - VEÍCULO AÉREO NÃO TRIPULADO </t>
   </si>
   <si>
     <t>23.650,00</t>
   </si>
   <si>
     <t>09-03-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 22/03/2016. Início da disputa de preços: às 10 horas do dia 22/03/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 21-04-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): SEVEN- Suprimentos Comércio e Serviços Eireli-EPP CNPJ 15.012.532/0001-16 Belo Horizonte, 13 de abril de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo11_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2971/download;
  edital_processo_11_2016_aquisicao_drone_FUNEMP_GAECO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2942/download;
- processo11_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2971/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 10 / 2016</t>
   </si>
   <si>
     <t>Aquisição de mochila tática</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 8 </t>
   </si>
   <si>
     <t xml:space="preserve">MOCHILA TÁTICA </t>
   </si>
   <si>
     <t>11.492,00</t>
   </si>
   <si>
     <t>03-03-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 16/03/2016. Início da disputa de preços: às 10 horas do dia 16/03/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 15-03-2016 COMUNICAÇÃO Informamos que esse processo será republicado para complementação do objeto. Dessa forma, a sessão de disputa desse pregão não ocorrerá em 16/03/2016 às 10h. Nova data para a realização do certame será divulgada em 16/03/2016, por meio de divulgação no Diário Oficial do Ministério Público (DOMP/MG). ----------------------------- 16-03-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO *Republicado devido à complementação do objeto no Edital. Recebimento das propostas: até às 10 horas do dia 1º/04/2016. Início da disputa de preços: às 10 horas do dia 1º/04/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 15 de março de 2016. Matheus de Oliveira Dande Coordenador da Divisão de Licitação/PGJ-MG *Republicado devido à complementação do objeto no Edital. ----------------------------- 30-03-2016 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*)Republicado devido à nova complementação do objeto no Edital. Recebimento das propostas: até às 10 horas do dia 12/04/2016. Início da disputa de preços: às 10 horas do dia 12/04/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. (*)Republicado devido à nova complementação do objeto no Edital. ----------------------------- 06-05-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): Outlet Comércio de Materiais Eireli - ME CNPJ 08.235.765/0001-12 Belo Horizonte, 4 de maio de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo10_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2980/download;
  edital_processo_10_2016_mochila_tatica_FUNEMP_GAECO_REP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2945/download;
  edital_processo_10_2016_mochila_tatica_FUNEMP_GAECO_REP2.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2959/download;
- processo10_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2980/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 9 / 2016</t>
   </si>
   <si>
     <t>23/02/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para o fornecimento de licenças dos softwares do pacote Microsoft Office para o sistema operacional MAC OS.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 7 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para o fornecimento de licenças dos softwares do pacote Microsoft Office para o sistema operacional MAC OS. </t>
   </si>
   <si>
     <t>5.130,00</t>
   </si>
   <si>
     <t>23-02-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 07/03/2016. Início da disputa de preços: às 10 horas do dia 07/03/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 12-03-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: Digital Informática e Tecnologia Ltda. - ME CNPJ 05.448.910/0001-55 Belo Horizonte, 10 de março de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo9_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2943/download;
  edital_processo_9_2016_fornecimento_licencas_Microsoft_Office_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2936/download;
- processo9_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2943/download;
 </t>
   </si>
   <si>
     <t>8 / 2016</t>
   </si>
   <si>
     <t>20/02/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento e instalação de plataformas de elevação, incluindo mão de obra e materiais, e manutenção preventiva e corretiva pelo período de 12 (doze) meses, na cidade de Belo Horizonte/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 6 </t>
   </si>
   <si>
     <t xml:space="preserve">Fornecimento e instalação de plataforma de elevação vertical (externa), com 3 paradas, inclusive enclausuramento em estrutura metálica/vidro e serviço de manutenção preventiva e corretiva. </t>
   </si>
   <si>
     <t xml:space="preserve">INTERFACE AUTOMACAO INDUSTRIAL LTDA - EPP </t>
   </si>
   <si>
     <t>80.000,00</t>
   </si>
   <si>
     <t>20-02-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 04/03/2016. Início da disputa de preços: às 10 horas do dia 04/03/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 01-03-2016 ESCLARECIMENTOS Foi disponibilizado na presente data, na página da Procuradoria-Geral de Justiça de Minas Gerais (www.mpmg.mp.br) e no Portal de Compras de Minas Gerais (www.compras.mg.gov.br), arquivo contendo questionamentos realizados por empresa interessada nesta licitação, com as respectivas respostas, elaboradas com o auxílio da Superintendência de Engenharia e Arquitetura deste Órgão, cujo teor pode interessar a todos os licitantes. ----------------------------- 22-03-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lotes 1 e 2: Interface Automação Industrial Ltda. - EPP CNPJ 01.221.364/0001-64 Belo Horizonte, 17 de março de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  processo8_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2951/download;
+ pl8_pe6_2016_pc373_2015_fornecimento_instalacao_manutencao_plataforma_elevatoria_SEA.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/2935/download;
  processo8_2016_esclarecimentos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2939/download;
- pl8_pe6_2016_pc373_2015_fornecimento_instalacao_manutencao_plataforma_elevatoria_SEA.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/2935/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Fornecimento e instalação de plataforma de elevação vertical (interna), com 2 paradas, inclusive enclausuramento em estrutura metálica/vidro e serviço de manutenção preventiva e corretiva. </t>
   </si>
   <si>
     <t xml:space="preserve"> 6 / 2016</t>
   </si>
   <si>
     <t>19/03/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada na prestação de serviços de reserva de hospedagem e de salas e infraestrutura para eventos ou treinamentos, sob demanda, pelo período de 12 meses.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 11 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada na prestação de serviços de reserva de hospedagem e de salas e infraestrutura para eventos ou treinamentos, sob demanda, pelo período de 12 meses. </t>
   </si>
   <si>
     <t xml:space="preserve">Kepler Viagens, Eventos e Turismo Eireli-ME </t>
   </si>
   <si>
     <t>245.120,50</t>
@@ -4074,201 +4074,201 @@
   </si>
   <si>
     <t>06/02/2016</t>
   </si>
   <si>
     <t>Aquisição de mesas e cadeiras para o auditório do PROCON-MG</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 4 </t>
   </si>
   <si>
     <t xml:space="preserve">MESAS </t>
   </si>
   <si>
     <t xml:space="preserve">CCP INDÚSTRIA E COMÉRCIO DE MÓVEIS LTDA - ME </t>
   </si>
   <si>
     <t>4.327,00</t>
   </si>
   <si>
     <t>06-02-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 24/02/2016. Início da disputa de preços: às 10 horas do dia 24/02/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 28-04-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lotes 1 e 2: CCP Indústria e Comércio de Móveis Ltda. - ME CNPJ 01.221.364/0001-64. Belo Horizonte, 13 de abril de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo4_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2974/download;
  edital_processo_4_2016_mesas_e_cadeira_auditorio_PROCON_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2931/download;
- processo4_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2974/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRA </t>
   </si>
   <si>
     <t>11.025,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 3 / 2016</t>
   </si>
   <si>
     <t>30/01/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviço de impressão de Cartilha e do Código de Defesa do Consumidor</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 3 </t>
   </si>
   <si>
     <t xml:space="preserve">Globalprint Editora Gráfica Ltda - EPP </t>
   </si>
   <si>
     <t>11.380,00</t>
   </si>
   <si>
     <t>30-01-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 17/02/2016. Início da disputa de preços: às 10 horas do dia 17/02/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 16-03-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: GlobalPrint Editora Gráfica Ltda. - EPP. CNPJ 12.622.028/0001-40 Belo Horizonte, 09 de março de 2016. Simone Maria Lima Santos Diretora-Geral</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo3_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2946/download;
  edital_processo_3_2016_servicos_graficos_PROCON_FEPDC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2927/download;
- processo3_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2946/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 2 / 2016</t>
   </si>
   <si>
     <t>16/01/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de Serviço Telefônico Fixo Comutado - STFC, na modalidade local, incluindo Plano Alternativo de Serviços tipo PABX Virtual, visando à comunicação entre pontos fixos determinados, por meio de voz e outros sinais em endereços da Procuradoria-Geral de Justiça do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 1 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de Serviço Telefônico Fixo Comutado - STFC, na modalidade local, incluindo Plano Alternativo de Serviços tipo PABX Virtual, visando à comunicação entre pontos fixos determinados, por meio de voz e outros sinais em endereços da Procuradoria-Geral de Justiça do Estado de Minas Gerais. </t>
   </si>
   <si>
     <t xml:space="preserve">ALGAR TELECOM S/A </t>
   </si>
   <si>
     <t>118.197,26</t>
   </si>
   <si>
     <t>16-01-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 29/01/2016. Início da disputa de preços: às 10 horas do dia 29/01/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 05-02-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: Algar Telecom S/A CNPJ 71.208.516/0001-74 Belo Horizonte, 3 de fevereiro de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo2_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2929/download;
  edital_processo_2_2016_servicos_telefonia_STFC_DSMT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2915/download;
- processo2_2016_ata_homolog.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2929/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 1 / 2016</t>
   </si>
   <si>
     <t>23/01/2016</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de suporte técnico e manutenção de licenças de uso de software de Business Intelligence com garantia de atualização tecnológica, relativos ao software Tableau, pelo período de 12 (doze) meses.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 2 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a prestação de serviços de suporte técnico e manutenção de licenças de uso de software de Business Intelligence com garantia de atualização tecnológica, relativos ao software Tableau, pelo período de 12 (doze) meses. </t>
   </si>
   <si>
     <t>23-01-2016 AVISO DE LICITAÇÃO Recebimento das propostas: até às 10 horas do dia 12/02/2016. Início da disputa de preços: às 10 horas do dia 12/02/2016. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 5º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 13-02-2016 HOMOLOGAÇÃO - FRACASSADO Homologo o resultado do lote 1 (único) deste processo como 'fracassado', por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 12 de fevereiro de 2016. Mauro Flávio Ferreira Brandão Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ processo1_2016_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2932/download;
  edital_processo_1_2016_servicos_licencas_software_tableau_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2922/download;
- processo1_2016_ata_fracassado.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2932/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 1 / 2015</t>
   </si>
   <si>
     <t>29/10/2015</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de reforma de edificação, com fornecimento de mão de obra e materiais, na cidade de Belo Horizonte/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">Execução de reforma de edificação, com fornecimento de mão de obra e materiais, na cidade de Belo Horizonte/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">PHOCA ENGENHARIA E EMPREENDIMENTOS LTDA - ME </t>
   </si>
   <si>
     <t>1.314.163,50</t>
   </si>
   <si>
     <t>29-10-2015 AVISO DE LICITAÇÃO Unidade: 1481042 - Recebimento dos envelopes: até às 9 horas e 30 minutos do dia 02/12/2015, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 10 horas do dia 02/12/2015, na Sala de Reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG. Disposições Gerais: O edital e seus anexos estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e no endereço acima, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. ----------------------------- 29-10-2015 ESCLARECIMENTOS Apesar de constar acima o código da unidade de compra 1091040, o código correto é 1481042. ----------------------------- 23-11-2015 ESCLARECIMENTOS Unidade 1481042 ATENÇÃO-DISPONIBILIZAÇÃO DE ESCLARECIMENTOS-PL001/2015-CONCORRÊNCIA 4/2015 Informamos que foi disponibilizado, na presente data (23/11/15), o pedido de esclarecimentos realizado por empresa interessada, bem como a resposta elaborada pelo setor técnico deste órgão (Superintendência de Engenharia e Arquitetura), nos endereços eletrônicos www.compras.mg.gov.br e www.mpmg.mp.br. ----------------------------- 01-12-2015 ESCLARECIMENTOS Pergunta: Venho através deste solicitar esclarecimento quanto ao item 8.2.2 ?Composição de custos para cada item e subitem da planilha detalhada, conforme modelo fornecido pela Contratante, com discriminação de valores dos materiais, mão de obra, dos coeficientes de produtividade, de consumo e do BDI, exceto para as instalações referentes aos projetos complementares (elétricas, voz/dados, hidrossanitárias etc);?.Minha pergunta é a seguinte: De acordo com o item, a composição para os projetos complementares não precisa ser feita, porém são citados como Projetos Complementares os apenas o elétrico, voz/dados, e hidrossanitário, porém existe um etc. na frase, no que subentende que demais projetos complementares não precisam ser apresentado as suas composições de custos. Preciso saber quais são os itens que não precisam de apresentação de composição de custos. Resposta: Não há necessidade de apresentação da composição de custos dos seguintes itens da Planilha Geral: Item 06- INSTALAÇÕES ELÉTRICAS e AFINS;Item 07- AR CONDICIONADO;Item 08- HIDROSSANITÁRIO. Para os demais itens/subitens, as composições de custos de todos os itens/subitens deverão ser apresentadas, mesmo aquelas cujos valores foram obtidos via planilhas oficiais. ----------------------------- 05-12-2015 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO Licitantes habilitados: Construtora Império Ltda., CNPJ 04.565.082/0001-72; GC Engenharia EIRELI, CNPJ 03.755.066/0001-80; Phoca Engenharia e Empreendimentos Ltda. ME, CNPJ 19.752.556/0001-62; RT Ambiental Ltda. EPP, CNPJ 08.697.901/0001-96. Nos termos do art. 109, I, a, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento da documentação. Data prevista para abertura das propostas: às 10 horas do dia 17 de dezembro de 2015, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. *Observação: havendo interposição de recurso administrativo ou eventual necessidade administrativa, a data para abertura das propostas poderá ser alterada por meio de nova publicação no Diário Oficial do Ministério Público do Estado de Minas Gerais (DOMP/MG). ----------------------------- 17-12-2015 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO E COMUNICAÇÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a interposição de recurso administrativo por parte da empresa Phoca Engenharia e Empreendimentos Ltda., CNPJ 19.752.556/0001-62, contra a decisão de habilitação das seguintes empresas: Construtora Império Ltda., CNPJ 04.565.082/0001-72; GC Engenharia EIRELI, CNPJ 03.755.066/0001-80; RT Ambiental Ltda. EPP, CNPJ 08.697.901/0001-96; As razões dos recursos administrativos estarão disponíveis para consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Nos termos do art. 109, § 3º, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para que as demais empresas licitantes interessadas apresentem impugnações aos recursos interpostos. A data prevista para realização da sessão de abertura dos envelopes contendo as propostas das empresas habilitadas será oportunamente comunicada a todos os interessados mediante publicação no Diário Oficial do Ministério Público do Estado de Minas Gerais (DOMP/MG). ----------------------------- 22-01-2016 RESULTADO DE JULGAMENTO DE RECURSO E COMUNICAÇÃO Recorrente: Phoca Engenharia e Empreendimentos Ltda. ME Recorridas: Construtora Império Ltda., GC Engenharia EIRELI, RT Ambiental Ltda. EPP Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Comissão Permanente de Licitação. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e nos endereços eletrônicos www.mpmg.mp.br e www.compras.mg.gov.br. Data prevista para abertura das propostas: às 14 horas do dia 25 de janeiro de 2016, na sala de reuniões da Divisão de Licitação, na Av. Álvares Cabral, 1740, 5º andar, BH/MG. ----------------------------- 05-02-2016 RESULTADO DO JULGAMENTO DAS PROPOSTAS E COMUNICAÇÃO Propostas desclassificadas: Construtora Império Ltda., CNPJ 04.565.082/0001-72; GC Engenharia EIRELI, CNPJ 03.755.066/0001-80; Phoca Engenharia e Empreendimentos Ltda. ME, CNPJ 19.752.556/0001-62; RT Ambiental Ltda. EPP, CNPJ 08.697.901/0001-96. A ata de julgamento das propostas e a íntegra da análise da Superintendência de Engenharia estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento das propostas. Nos termos do art. 48, §3º da Lei Federal nº 8.666/93, está aberto o prazo de 8 dias úteis, contados desta publicação, para que sejam apresentadas novas propostas escoimadas dos vícios inicialmente apresentados. *Observação: os prazos supracitados correrão concomitantemente, porém, caso haja a interposição de recurso, o prazo do art. 48, §3º ficará suspenso até que se decida quanto a este; caso o(s) recurso(s) seja(m) desprovido(s), o referido prazo voltará a correr, contado da publicação do resultado e julgamento da decisão denegatória. ----------------------------- 25-02-2016 RESULTADO DO JULGAMENTO DAS PROPOSTAS E COMUNICAÇÃO Propostas classificadas: 1ª colocada: Phoca Engenharia e Empreendimentos Ltda. ME, CNPJ 19.752.556/0001-62; 2ª colocada RT Ambiental Ltda. EPP, CNPJ 08.697.901/0001-96. Propostas desclassificadas: Construtora Império Ltda., CNPJ 04.565.082/0001-72; GC Engenharia EIRELI, CNPJ 03.755.066/0001-80; Fica declarada vencedora do certame a empresa Phoca Engenharia e Empreendimentos Ltda. ME, CNPJ 19.752.556/0001-62. Nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento das propostas. A ata de julgamento das novas propostas apresentadas conforme preconiza o art. 48, §3º da Lei Federal nº 8.666/93, e a análise da Superintendência de Engenharia estão disponíveis para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório, na Divisão de Licitação (Av. Álvares Cabral, 1740, 5º andar, Santo Agostinho, BH/MG), de 2ª a 6ª feira, das 8 às 18 h. Belo Horizonte, 24 de fevereiro de 2016. Catarina Natalino Calixto Presidente da Comissão Permanente de Licitação ----------------------------- 05-03-2016 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi vencedora e adjudicatária a licitante: Phoca Engenharia e Empreendimentos Ltda. ME, CNPJ 19.752.556/0001-62, no lote único. Belo Horizonte, 04 de março de 2016. Waldemar Antônio de Arimatéia Procurador-Geral de Justiça Adjunto Administrativo em substituição</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Processo01_2015_Anexos4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2795/download;
+ processo1_2015_ata_sessao_de_julgamento_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2928/download;
+ processo1_2015_ata_sessao_de_julgamento_novas_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2938/download;
+ processo1_2015_ata_sessao_de_abertura_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2925/download;
+ pl_1481042_01_2015_decisao_recurso_Phoca_Engenharia_indeferimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2921/download;
+ pl_1481042_01_2015_contrarrazoes_recurso_RT_Ambiental.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2920/download;
+ pl_1481042_01_2015_recurso_Phoca_Engenharia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2908/download;
+ Processo01_2015_Anexos1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2792/download;
  Processo01_2015_Anexos2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2793/download;
  Processo01_2015_Anexos3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2794/download;
- Processo01_2015_Anexos1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2792/download;
- processo1_2015_ata_sessao_de_julgamento_novas_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2938/download;
+ Processo01_2015_Anexos4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2795/download;
  edital_processo_1_2015_reforma_infancia_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2804/download;
- processo1_2015_ata_sessao_de_julgamento_propostas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2928/download;
-[...2 lines deleted...]
- pl_1481042_01_2015_contrarrazoes_recurso_RT_Ambiental.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2920/download;
+ processo01_2015_esclarecimentos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2856/download;
+ processo01_2015_ata_sessao_de_abertura_habilitacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2877/download;
  pl_1481042_001_2015_ata_sessao_de_julgamento_documentacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2883/download;
- processo01_2015_ata_sessao_de_abertura_habilitacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2877/download;
-[...1 lines deleted...]
- processo01_2015_esclarecimentos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2856/download;
 </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>* Data de publicação do último aviso licitatório no Diário Oficial Eletrônico do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t>** Situação e resultado variam conforme o lote.</t>
   </si>
   <si>
     <t>*** Consulta de planilha (XLSX) apresenta nome e url (endereço web) dos arquivos sob a forma de texto. Para acessar determinado arquivo, favor copiar e colar o respectivo url no navegador. Para visualizar todos os hiperlinks de arquivos, favor consultar pesquisa HTML.</t>
   </si>
   <si>
     <t>Fonte: Sistema de Controle de Processos Licitatórios - MPMG</t>
   </si>
   <si>
-    <t>Data da última atualização: 21/11/2025</t>
+    <t>Data da última atualização: 14/12/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4646,51 +4646,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3683/download" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3719/download" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3654/download" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3647/download" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3633/download" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3285/download" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3224/download" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3276/download" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3260/download" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3155/download" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2996/download" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3635/download" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3523/download" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3503/download" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3519/download" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3504/download" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3563/download" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3488/download" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3482/download" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3471/download" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3478/download" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3468/download" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3475/download" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3489/download" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3492/download" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3450/download" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3438/download" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3458/download" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3444/download" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3406/download" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3416/download" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3410/download" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3418/download" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3407/download" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3393/download" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3394/download" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3397/download" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3386/download" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3349/download" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3372/download" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3439/download" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3443/download" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3442/download" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3294/download" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3293/download" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3298/download" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3296/download" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3323/download" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3291/download" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3259/download" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3244/download" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3242/download" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3227/download" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3280/download" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3219/download" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3212/download" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3170/download" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3182/download" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3166/download" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3169/download" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3174/download" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3150/download" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3151/download" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3161/download" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3181/download" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3144/download" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3131/download" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3129/download" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3093/download" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3092/download" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3057/download" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3055/download" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3049/download" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3040/download" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3025/download" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3026/download" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3045/download" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2985/download" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2979/download" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2976/download" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2975/download" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2973/download" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2967/download" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2965/download" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2962/download" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2958/download" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2952/download" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2960/download" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2957/download" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2948/download" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2942/download" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2959/download" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2936/download" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2950/download" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2934/download" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2931/download" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2927/download" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2915/download" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2922/download" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2804/download" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3709/download" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3719/download" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3654/download" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3647/download" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3633/download" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3285/download" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3224/download" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3276/download" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3260/download" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3066/download" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2996/download" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3635/download" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3523/download" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3503/download" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3519/download" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3504/download" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3563/download" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3488/download" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3482/download" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3471/download" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3478/download" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3468/download" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3475/download" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3489/download" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3492/download" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3450/download" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3438/download" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3458/download" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3444/download" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3406/download" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3416/download" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3410/download" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3418/download" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3407/download" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3393/download" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3394/download" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3541/download" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3386/download" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3349/download" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3372/download" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3439/download" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3443/download" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3442/download" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3294/download" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3293/download" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3298/download" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3296/download" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3323/download" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3291/download" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3259/download" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3244/download" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3242/download" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3227/download" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3280/download" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3219/download" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3212/download" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3170/download" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3182/download" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3166/download" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3169/download" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3174/download" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3150/download" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3151/download" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3161/download" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3181/download" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3144/download" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3131/download" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3129/download" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3093/download" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3092/download" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3057/download" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3055/download" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3049/download" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3040/download" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3025/download" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3026/download" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/3045/download" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2985/download" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2979/download" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2976/download" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2975/download" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2973/download" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2967/download" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2965/download" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2962/download" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2958/download" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2952/download" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2960/download" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2957/download" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2948/download" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2942/download" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2959/download" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2936/download" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2950/download" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2934/download" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2931/download" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2927/download" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2915/download" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2922/download" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/2804/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z227"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="60" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="100" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="60" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>