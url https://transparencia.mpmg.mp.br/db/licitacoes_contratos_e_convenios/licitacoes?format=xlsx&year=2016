--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -4224,51 +4224,51 @@
  Processo01_2015_Anexos2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2793/download;
  Processo01_2015_Anexos3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2794/download;
  Processo01_2015_Anexos4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/2795/download;
  edital_processo_1_2015_reforma_infancia_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2804/download;
  processo01_2015_esclarecimentos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2856/download;
  processo01_2015_ata_sessao_de_abertura_habilitacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2877/download;
  pl_1481042_001_2015_ata_sessao_de_julgamento_documentacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/2883/download;
 </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>* Data de publicação do último aviso licitatório no Diário Oficial Eletrônico do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t>** Situação e resultado variam conforme o lote.</t>
   </si>
   <si>
     <t>*** Consulta de planilha (XLSX) apresenta nome e url (endereço web) dos arquivos sob a forma de texto. Para acessar determinado arquivo, favor copiar e colar o respectivo url no navegador. Para visualizar todos os hiperlinks de arquivos, favor consultar pesquisa HTML.</t>
   </si>
   <si>
     <t>Fonte: Sistema de Controle de Processos Licitatórios - MPMG</t>
   </si>
   <si>
-    <t>Data da última atualização: 14/12/2025</t>
+    <t>Data da última atualização: 14/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>