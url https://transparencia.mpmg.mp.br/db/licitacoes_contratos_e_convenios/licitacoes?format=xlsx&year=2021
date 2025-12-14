--- v0 (2025-11-21)
+++ v1 (2025-12-14)
@@ -158,61 +158,61 @@
   </si>
   <si>
     <t>03/12/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de cadeiras operacionais destinadas a suprir as necessidades do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">Cadeira operacional anatômica, concha dupla, sem visual monobloco </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Preço registrado </t>
   </si>
   <si>
     <t xml:space="preserve">TECNO 2000 INDÚSTRIA E COMÉRCIO LTDA. </t>
   </si>
   <si>
     <t>5.809.000,00</t>
   </si>
   <si>
     <t>03-12-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações SEI: 19.16.3900.0104583/2021-08 Recebimento das propostas: até às 10 horas do dia 16/12/2021 Início da disputa de preços: às 10 horas do dia 16/12/2021 Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 03 de dezembro de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 10-12-2021 ESCLARECIMENTOS Questionamento: É possível ser enviado apenas a amostra do Item 1, caso a mesma empresa arremate os dois itens? Resposta: essa possibilidade existe, mas dependerá de análise prévia das propostas por parte do setor técnico, o qual poderá ou não dispensar a amostra. Questionamento: No intuito de ampliar a concorrência e permitir que empresas fora do MG participem, poderia o prazo de entrega dos protótipos ser ampliado para 10 dias úteis? Resposta: será mantido o prazo do edital. Questionamento: Tendo em vista o atual cenário mundial venho através desta solicitar alteração do prazo de entrega das cadeiras para 90 dias. Resposta: Durante a preparação do processo, foi feito uma pesquisa de mercado e nos foi informado, pela maioria dos fornecedores, que o prazo de entrega seria de 30 dias, por este motivo, este foi o prazo estipulado no Edital. Para que a Administração Publica não sofra prejuízos, a área técnica considera prudente o andamento do certame. Esses prazos podem ser revistos posteriormente, desde que justificado os motivos da dilação do prazo de entrega, considerando a conjuntura econômica mundial. ----------------------------- 19-03-2022 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0104583/2021-08 Homologo o resultado do julgamento deste processo, no qual foi vencedor o licitante: Lote Único: Tecno 2000 Indústria e Comércio Ltda. CNPJ 21.306.287/0001-52 Valor (total) registrado: R$ 5.809.000,00 Belo Horizonte, 18 de março de 2022. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ recurso_razoes_F000140.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10960/download;
+ recurso_decisao_administrativa.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10962/download;
+ recurso_contrarrazoes_F000117.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10961/download;
+ ata_homologacao_planejamento373_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10984/download;
  pl373_pe_rp_pc_177_2021_aquisicao_cadeiras_giratorias__DIMAN_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10655/download;
- ata_homologacao_planejamento373_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10984/download;
+ decisao_impugnacao_processo_373_2021_IMPROCEDENTE.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10716/download;
  proposta_documentos_tecnicos_F000140.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10763/download;
+ documentos_habilitatorios_F000140_parte2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10765/download;
  documentos_habilitatorios_F000140_parte1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10764/download;
- documentos_habilitatorios_F000140_parte2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10765/download;
-[...2 lines deleted...]
- recurso_decisao_administrativa.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10962/download;
+ proposta_documentacao_F000117_parte2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10829/download;
  proposta_documentacao_F000117_parte1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10828/download;
- proposta_documentacao_F000117_parte2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10829/download;
- decisao_impugnacao_processo_373_2021_IMPROCEDENTE.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10716/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 368 / 2021</t>
   </si>
   <si>
     <t>18/05/2022</t>
   </si>
   <si>
     <t>Registro de Preços para aquisição de materiais diversificados de consumo destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais, conforme quantidades, especificações técnicas e exigências estabelecidas no Termo de Referência e seus Apensos.</t>
   </si>
   <si>
     <t xml:space="preserve">UTENSÍLIOS PARA COPA, REFEITÓRIO E COZINHA </t>
   </si>
   <si>
     <t xml:space="preserve">EM ANDAMENTO </t>
   </si>
   <si>
     <t xml:space="preserve">Aguardando </t>
   </si>
   <si>
     <t>COMUNICAÇÃO Senhores licitantes, tendo em vista a necessidade de retificação de dados lançados no SIRP, o processo licitatório será oportunamente republicado, sendo que haverá alteração de datas. Belo Horizonte, 24 de maio de 2022. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 18-05-2022 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0051054/2021-88 Recebimento das propostas: até às 10 horas do dia 03/06/2022. Início da disputa de preços: às 10 horas do dia 03/06/222. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 17 de maio de 2022. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 28-05-2022 COMUNICAÇÃO Em virtude da necessidade de retificações de dados lançados no SIRP, o processo 368/2021 foi recadastrado, tendo sido transformado no processo 157/2022. Assim, para informações acerca do certame em questão, deverá ser consultado o processo licitatório de número 157/2022, e não mais o de número 368/2021. Consequentemente, as propostas dos licitantes interessados deverão ser cadastradas no processo 157/2022.</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -245,53 +245,53 @@
   </si>
   <si>
     <t>367 / 2021</t>
   </si>
   <si>
     <t>01/12/2021</t>
   </si>
   <si>
     <t>Registro de preço para aquisição de materiais diversos de construção.</t>
   </si>
   <si>
     <t xml:space="preserve">Fita Dupla Face </t>
   </si>
   <si>
     <t xml:space="preserve">FX COMÉRCIO E DISTRIBUIDORA EIRELI - EPP </t>
   </si>
   <si>
     <t>10.990,00</t>
   </si>
   <si>
     <t>01-12-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0050356/2021-19 Recebimento das propostas: até às 10 horas do dia 14/12/2021. Início da disputa de preços: às 10 horas do dia 14/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 30 de novembro de 2021. Juliana Silva Teixeira Coordenadora Em Substituição da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 13-12-2021 ESCLARECIMENTOS Segue(m) resposta(s) do setor técnico a Divisão de Manutenção (DIMAN) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por essa empresa referente ao processo licitatório em epígrafe: QUESTIONAMENTO: REFERENTE AO LOTE 8, PRODUTO OLEO SPRAY,TEM ALGUMA MARCA EM USO PARA REFERENCIA? RESPOSTA: AS MARCAS DE REFERENCIA DO OLEO SPRAY - LOTE 8 DO PROCESSO SUPRACITADO SÃO: - GARRA; - TEKBOND.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- proposta_documentacao_F525F697F870_processo_367_2021_lotes_5_6_8.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10751/download;
  proposta_documentacao_F485_processo_367_2021_lote_4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10753/download;
  proposta_documentacao_F146_processo_367_2021_lote_1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10760/download;
+ proposta_documentacao_F525F697F870_processo_367_2021_lotes_5_6_8.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10751/download;
  pl367_pe_rp_2021_pc54_2021_materiais_de_construcao_DIMAN.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10644/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Fita Adesiva para embalagem e construção </t>
   </si>
   <si>
     <t xml:space="preserve">Cone de Sinalização </t>
   </si>
   <si>
     <t xml:space="preserve">Buchas, Cadeados, Parafusos e assemelhados </t>
   </si>
   <si>
     <t>30.918,94</t>
   </si>
   <si>
     <t xml:space="preserve">Prendedor para porta </t>
   </si>
   <si>
     <t xml:space="preserve">Suprema Hidroelétrica Ltda - EPP </t>
   </si>
   <si>
     <t>1.100,00</t>
   </si>
   <si>
@@ -300,69 +300,69 @@
   <si>
     <t>240,00</t>
   </si>
   <si>
     <t xml:space="preserve">Resina e Catalisador </t>
   </si>
   <si>
     <t xml:space="preserve">Óleo em spray </t>
   </si>
   <si>
     <t>360,00</t>
   </si>
   <si>
     <t>351 / 2021</t>
   </si>
   <si>
     <t>28/01/2022</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para Aquisição de bens permanentes diversificados (mobiliários, eletroeletrônicos, dentre outros bens), destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais</t>
   </si>
   <si>
     <t xml:space="preserve">APARELHOS ELETRÔNICOS </t>
   </si>
   <si>
-    <t>17-01-2022 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0057783/2021-86 Recebimento das propostas: até às 10 horas do dia 28/01/2022. Início da disputa de preços: às 10 horas do dia 28/01/2022. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 14 de janeiro de 2022. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 19-01-2022 ESCLARECIMENTOS Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0057783/2021-86 ERRATA ao Edital: Onde se lê: ?RECEBIMENTO DAS PROPOSTAS: Até às 10 horas do dia 28/01/2021. INÍCIO DA SESSÃO DE LANCES: Às 10 horas do dia 28/01/2021. REFERÊNCIA DE TEMPO: Será observado o horário de Brasília (DF). ESCLARECIMENTOS E IMPUGNAÇÕES: Na forma prevista no item 3 deste Edital, até às 18 horas do dia 25/01/2021.?; leia-se: ?RECEBIMENTO DAS PROPOSTAS: Até às 10 horas do dia 28/01/2022. INÍCIO DA SESSÃO DE LANCES: Às 10 horas do dia 28/01/2022. REFERÊNCIA DE TEMPO: Será observado o horário de Brasília (DF). ESCLARECIMENTOS E IMPUGNAÇÕES: Na forma prevista no item 3 deste Edital, até às 18 horas do dia 25/01/2022.? O Edital retificado foi disponibilizado no Portal de Compras/MG e no site www.mpmg.mp.br. Belo Horizonte, 18 de janeiro de 2022. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 28-01-2022 ESCLARECIMENTOS Segue(m) resposta(s) da Diretoria de Compras e Licitações e do setor técnico (Divisão de Materiais - DIMAT) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por essa empresa referente ao processo licitatório em epígrafe: 1) Questionamento: ?No Anexo VII - Termo de Referência lote 08 item 08, menciona suporte de teto para TV de até 75", com o avanço da tecnologia, sendo os aparelhos mais recentes com tamanho de 75" tem peso médio de 30Kg como pode ser comprovado nos sites dos principais fabricantes, sendo assim, entendemos que ao ofertarmos suporte com carga de 30Kg estaremos atendendo as especificações uma vez que o mesmo se mostra totalmente compatível com os modelos de TV´s atuais. Nosso entendimento está correto?? 1) Resposta: ?O item 08 do Lote 08 ? Suporte para Televisor ? Estabelece a especificação mínima querida para o material em questão. O peso suportado em até 48 quilos está com a pesquisa de marcas e modelos de televisores que poderão ser adquiridos bem como os já existentes no parque de equipamentos do MPMG. A exemplo cito o televisor Samsung TU8000, que mesmo sem nenhum acessório tem peso superior ao informado no seu pedido de esclarecimento. Assim, respondendo a sua indagação, informo que o entendimento expressado no seu pedido está equivocado.? 1) Questionamento: ?A) DAS EXIGÊNCIAS EDITALÍCIAS O edital cita: 19.1.10 Responsabilizar-se pela montagem dos itens de mobiliário, sempre que solicitado pela Contratante, no prazo máximo 05 (cinco) dias úteis a contar da data de comunicação, devendo acordar com a Contratante a data e o horário para tanto. O presente processo licitatório é composto de diversos itens, sendo alguns, de instalação complexa. Ocorre que, no que tange o Lote 11 - QUADRO BRANCO E QUADRO DE AVISO, salientamos que o mesmo será entregue montado e acompanhando kit instalação, bastando apenas ser fixado na parede. Por tal razão, entendemos que não será exigida instalação para Lote 11 - QUADRO BRANCO E QUADRO DE AVISO. Está correto nosso entendimento?? 1) Resposta: ?Resposta: A DIMAT informa que não será exigida instalação para Lote 11 - QUADRO BRANCO E QUADRO DE AVISO.? 2) Questionamento: ?B) DA GARANTIA No que tange à Garantia, o edital dispõe: 10.11 A Contratada e/ou fabricante deverá apresentar declaração indicando endereço e nome do representante, que prestará Garantia Técnica na Cidade de Belo Horizonte/MG, durante o período mínimo de garantia. Caso a Caso a Garantia Técnica (representante autorizado) local seja terceirizada, é obrigatório declaração da empresa que prestará o serviço, com nome, endereço e telefone, informando que a mesma ficará responsável pelo cumprimento da garantia técnica dos produtos. 10.12 O início de atendimento e da resolução da garantia será o dia seguinte ao da notificação de inconformidade feita pelo contratante à contratada. A garantia técnica deverá ser prestada pela contratada ou empresa indicada por ela no prazo máximo de 10 (dez) dias úteis. É sabido que a licitação visa atingir o maior número de empresas interessadas pelo objeto, porém, com a exigência supracitada, que não encontra justificativa legal, apenas restringindo a região geográfica ou acabando por impor a terceirização do serviço de assistência técnica. R. JOSÉ MERHY 1266 ? 82560-440 | CURITIBA ? PR | +55 41 3019-7434| JURIDICO@SIEG-AD.COM.BR | WWW.SIEG-AD.COM.BR 3/5 Ademais, é cediço que o Edital deve estabelecer critérios de análise das propostas e qualificação técnica, de maneira objetiva, concreta e vantajosa para o interesse público, devendo ajustar-se sempre as condições impostas por Lei e princípios que regem os atos da Administração Pública. Contudo, no caso em tela, é visível que o edital, no ponto mencionado, restringiu a competitividade do certame, por fazer exigências que não terão interferência no objeto do edital. Tal exigência não assegura que a Administração, adquirindo equipamento de empresas que disponibilizem assistência técnica nas proximidades do órgão licitante, esteja completamente segura de que a assistência técnica seja eficaz e adequada. Por oportuno, preleciona Marçal Justen Filho, in verbis: Em todos os casos, será vedada a adoção de exigências de estabelecimento em local determinado como requisito de participação, por força do art. 30, §6º, da Lei (...) isso significa a necessidade de evidenciar a pertinência não apenas teórica da questão geográfica. É indispensável verificar a solução prática adotada em cada caso concreto. Somente será válido o edital que estabelecer critério de cunho geográfico compatível com o princípio da proporcionalidade. Isso significa a necessidade de evidenciar que a fixação de um critério geográfico determinado era (a) indispensável à satisfação da necessidade objeto da contratação, (b) foi realizada de modo a assegurar a mais ampla participação de potenciais interessados e (c) não infringiu outros princípios constitucionais pertinentes. (Comentários à Lei de Licitações e Contratos Administrativos?, 15. Ed. ? São Paulo: Dialética, 2012, p.p. 84 a 85). A exigência, no ato convocatório, de que as empresas licitantes possuam assistência técnica na região da contratante, restringe o caráter competitivo da licitação e contraria o Art. 3º, § 1º, inciso I, e 30 da Lei n. 8.666/1993. R. JOSÉ MERHY 1266 ? 82560-440 | CURITIBA ? PR | +55 41 3019-7434| JURIDICO@SIEG-AD.COM.BR | WWW.SIEG-AD.COM.BR 4/5 Diante do exposto, entendemos que a assistência técnica poderá, em primeiro momento, ser prestada de forma remota e, apenas em caso de necessidade, o licitante deslocará pessoal para realizar a assistência técnica no local. Entendemos ainda, que o órgão aceitará assistência técnica estabelecida em qualquer local, desde que a licitante seja capaz de prestá-la em prazo razoável. Está correto nosso entendimento?? 2) Resposta: ?Resposta: A DIMAT informa que a assistência técnica, em regra, tem de ser presencial, em razão das especificidades dos itens (eletrodomésticos, bebedouros, máquina de protocolo e outros) presentes nesse edital. Contudo, dentro do prazo estabelecido para a assistência técnica, o contratado poderá, remotamente, diligenciar junto à contratante para saber maiores detalhes do defeito para, somente então, encaminhar equipe técnica para fins de prestar a devida assistência. Logo, não há óbice para que a assistência técnica seja inicialmente prestada de maneira remota e, constatada a necessidade presencial de técnico e, dentro do prazo estabelecido, haja esse efetivo deslocamento. Isso porque, a solução para eventuais defeitos ou problema técnicos dos referidos itens poderá exigir a presença de técnico/especialista para garantir agilidade do conserto e qualidade no serviço prestado e atendimento ao interesse público. Assim, entendemos que, no caso concreto, a assistência técnica híbrida - inicialmente remota e, em caso de necessidade, presencial - é medida que vai ao encontro do binômio custo-benefício, que, por sua vez, se coaduna com o princípio da economicidade. Portanto, concluiu-se que a empresa deve prestar a assistência técnica eficiente e efetiva em relação aos itens dos lotes dentro do prazo estabelecido e, caso haja necessidade de envio/recolhimento/devolução do bem para a assistência técnica em outra localidade ou cidade, os custos serão suportados pela contratada. Permite-se que a assistência técnica seja estabelecida em qualquer local, desde que os custos decorrentes do envio/devolução/entrega do bem sejam suportados pela contratada.? 1) Questionamento: ?O Certificado do Inmetro para o item 02 ( bebedouro PNE) deve ser apresentado no ato da licitação junto com os documentos técnicos ou apenas no ato da entrega dos equipamentos, após o recebimento da autorização de fornecimento ?? 1) Resposta: ?A DIMAT informa que o Certificado do Inmetro para o item 02 (bebedouro PNE) deve ser apresentado no ato da licitação junto com os documentos técnicos.? 2 ? Questionamento: ?Sabemos que nos últimos 12 meses esses equipamentos sofrerão reajustes consideráveis, próximo de 30%. Seria possível informar o valor estimado para os 04 itens desse lote ?? 2 ? Resposta: ?O valor de referência para todos os lotes e itens do pregão é sigiloso e somente será informado após o final da etapa de lances, conforme previsão do art. 15, caput e §§ 1º e 2º, do Decreto Estadual n. 48.012/2020: ?Art. 15 ? O valor estimado ou o valor máximo aceitável para a contratação, se não constar expressamente do edital, possuirá caráter sigiloso e será disponibilizado permanentemente aos órgãos de controle externo e interno. § 1º ? O caráter sigiloso do valor estimado ou do valor máximo aceitável para a contratação será fundamentado no § 3º do art. 7º da Lei Federal nº 12.527, de 18 de novembro de 2011. § 2º ? O valor estimado ou o valor máximo aceitável para a contratação será tornado público apenas e imediatamente após o encerramento do envio de lances, sem prejuízo da divulgação do detalhamento dos quantitativos e das demais informações necessárias à elaboração das propostas.? 1) Questionamento: ?A potência do micro-ondas, item 03, pode ser inferior a 1.200 w ?? 1) Resposta: ?A DIMAT informa que a potência exigida é máxima de 1.200w, ou seja, pode ser menor que 1200 w.? 2 ? Questionamento: ?No item 07 - TV 75´´, fala-se na função3D. Há tempos essa função foi descontinuada nos equipamentos de televisões modernos. Favor verificar a possibilidade de se excluir essa exigência da função 3D para o item 07 do lote 08.? 2 ? Resposta: A necessidade de tecnologia 3D foi inserida de forma indevida na especificação deste item. Desta forma está correto o entendimento do licitante. Essa exigência não será obrigatória no momento da avaliação das propostas. Observação: ?Por se tratar de uma supressão irrelevante, que não causa prejuízos a concorrência, que não interfere nos valores dos produtos ofertados e que não causa uma restrição na participação de possíveis interessados em participar do presente processo licitatório, opino que tal fato seja informado aos demais licitantes no momento do pregão eletrônico e que o processo prossiga normalmente.? ----------------------------- 28-01-2022 PUBLICAÇÃO DE AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0057783/2021-86 Recebimento das propostas: até às 10 horas do dia 31/01/2022. Início da disputa de preços: às 10 horas do dia 31/01/2022. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 27 de janeiro de 2022. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*)Republicado para análise de pedidos de esclarecimentos. Não houve alteração das datas para esclarecimentos/impugnações. ----------------------------- 29-01-2022 RETIFICAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0057783/2021-86 ERRATA ao Edital: nas páginas 53 e 77 do Edital desconsiderar a indicação ?3D? na especificação do respectivo item. O Edital retificado foi disponibilizado no Portal de Compras/MG e no site www.mpmg.mp.br. Belo Horizonte, 28 de janeiro de 2021. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 26-02-2022 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0057783/2021-86 Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 2: COMERCIO SILVEIRA ATACADISTA DE MOVEIS MOGI MIRIM LTDA CNPJ 10.205.116/0001-10 Valor (total) registrado: R$ 2.650.886,50. Lote 4: KADOSHI COMERCIO E REPRESENTACOES EIRELI CNPJ 14.193.613/0001-05 Valor (total) registrado: R$ 350.000,00. Lote 13: Prestobat Ltda CNPJ 65.313.538.0001-00 Valor (total) registrado: R$ 14.998,00. Os lotes 3, 8 e 12 resultaram fracassados, por não terem restado propostas classificadas para atendimento aos seus objetos. Os lotes 1, 5, 6, 7, 9, 10 e 11 resultaram desertos, por não terem sido apresentadas propostas para atendimento aos seus objetos. Belo Horizonte, 25 de fevereiro de 2022. MÁRCIO GOMES DE SOUZA</t>
+    <t>17-01-2022 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0057783/2021-86 Recebimento das propostas: até às 10 horas do dia 28/01/2022. Início da disputa de preços: às 10 horas do dia 28/01/2022. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 14 de janeiro de 2022. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 19-01-2022 ESCLARECIMENTOS Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0057783/2021-86 ERRATA ao Edital: Onde se lê: ?RECEBIMENTO DAS PROPOSTAS: Até às 10 horas do dia 28/01/2021. INÍCIO DA SESSÃO DE LANCES: Às 10 horas do dia 28/01/2021. REFERÊNCIA DE TEMPO: Será observado o horário de Brasília (DF). ESCLARECIMENTOS E IMPUGNAÇÕES: Na forma prevista no item 3 deste Edital, até às 18 horas do dia 25/01/2021.?; leia-se: ?RECEBIMENTO DAS PROPOSTAS: Até às 10 horas do dia 28/01/2022. INÍCIO DA SESSÃO DE LANCES: Às 10 horas do dia 28/01/2022. REFERÊNCIA DE TEMPO: Será observado o horário de Brasília (DF). ESCLARECIMENTOS E IMPUGNAÇÕES: Na forma prevista no item 3 deste Edital, até às 18 horas do dia 25/01/2022.? O Edital retificado foi disponibilizado no Portal de Compras/MG e no site www.mpmg.mp.br. Belo Horizonte, 18 de janeiro de 2022. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 28-01-2022 PUBLICAÇÃO DE AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0057783/2021-86 Recebimento das propostas: até às 10 horas do dia 31/01/2022. Início da disputa de preços: às 10 horas do dia 31/01/2022. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 27 de janeiro de 2022. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*)Republicado para análise de pedidos de esclarecimentos. Não houve alteração das datas para esclarecimentos/impugnações. ----------------------------- 28-01-2022 ESCLARECIMENTOS Segue(m) resposta(s) da Diretoria de Compras e Licitações e do setor técnico (Divisão de Materiais - DIMAT) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por essa empresa referente ao processo licitatório em epígrafe: 1) Questionamento: ?No Anexo VII - Termo de Referência lote 08 item 08, menciona suporte de teto para TV de até 75", com o avanço da tecnologia, sendo os aparelhos mais recentes com tamanho de 75" tem peso médio de 30Kg como pode ser comprovado nos sites dos principais fabricantes, sendo assim, entendemos que ao ofertarmos suporte com carga de 30Kg estaremos atendendo as especificações uma vez que o mesmo se mostra totalmente compatível com os modelos de TV´s atuais. Nosso entendimento está correto?? 1) Resposta: ?O item 08 do Lote 08 ? Suporte para Televisor ? Estabelece a especificação mínima querida para o material em questão. O peso suportado em até 48 quilos está com a pesquisa de marcas e modelos de televisores que poderão ser adquiridos bem como os já existentes no parque de equipamentos do MPMG. A exemplo cito o televisor Samsung TU8000, que mesmo sem nenhum acessório tem peso superior ao informado no seu pedido de esclarecimento. Assim, respondendo a sua indagação, informo que o entendimento expressado no seu pedido está equivocado.? 1) Questionamento: ?A) DAS EXIGÊNCIAS EDITALÍCIAS O edital cita: 19.1.10 Responsabilizar-se pela montagem dos itens de mobiliário, sempre que solicitado pela Contratante, no prazo máximo 05 (cinco) dias úteis a contar da data de comunicação, devendo acordar com a Contratante a data e o horário para tanto. O presente processo licitatório é composto de diversos itens, sendo alguns, de instalação complexa. Ocorre que, no que tange o Lote 11 - QUADRO BRANCO E QUADRO DE AVISO, salientamos que o mesmo será entregue montado e acompanhando kit instalação, bastando apenas ser fixado na parede. Por tal razão, entendemos que não será exigida instalação para Lote 11 - QUADRO BRANCO E QUADRO DE AVISO. Está correto nosso entendimento?? 1) Resposta: ?Resposta: A DIMAT informa que não será exigida instalação para Lote 11 - QUADRO BRANCO E QUADRO DE AVISO.? 2) Questionamento: ?B) DA GARANTIA No que tange à Garantia, o edital dispõe: 10.11 A Contratada e/ou fabricante deverá apresentar declaração indicando endereço e nome do representante, que prestará Garantia Técnica na Cidade de Belo Horizonte/MG, durante o período mínimo de garantia. Caso a Caso a Garantia Técnica (representante autorizado) local seja terceirizada, é obrigatório declaração da empresa que prestará o serviço, com nome, endereço e telefone, informando que a mesma ficará responsável pelo cumprimento da garantia técnica dos produtos. 10.12 O início de atendimento e da resolução da garantia será o dia seguinte ao da notificação de inconformidade feita pelo contratante à contratada. A garantia técnica deverá ser prestada pela contratada ou empresa indicada por ela no prazo máximo de 10 (dez) dias úteis. É sabido que a licitação visa atingir o maior número de empresas interessadas pelo objeto, porém, com a exigência supracitada, que não encontra justificativa legal, apenas restringindo a região geográfica ou acabando por impor a terceirização do serviço de assistência técnica. R. JOSÉ MERHY 1266 ? 82560-440 | CURITIBA ? PR | +55 41 3019-7434| JURIDICO@SIEG-AD.COM.BR | WWW.SIEG-AD.COM.BR 3/5 Ademais, é cediço que o Edital deve estabelecer critérios de análise das propostas e qualificação técnica, de maneira objetiva, concreta e vantajosa para o interesse público, devendo ajustar-se sempre as condições impostas por Lei e princípios que regem os atos da Administração Pública. Contudo, no caso em tela, é visível que o edital, no ponto mencionado, restringiu a competitividade do certame, por fazer exigências que não terão interferência no objeto do edital. Tal exigência não assegura que a Administração, adquirindo equipamento de empresas que disponibilizem assistência técnica nas proximidades do órgão licitante, esteja completamente segura de que a assistência técnica seja eficaz e adequada. Por oportuno, preleciona Marçal Justen Filho, in verbis: Em todos os casos, será vedada a adoção de exigências de estabelecimento em local determinado como requisito de participação, por força do art. 30, §6º, da Lei (...) isso significa a necessidade de evidenciar a pertinência não apenas teórica da questão geográfica. É indispensável verificar a solução prática adotada em cada caso concreto. Somente será válido o edital que estabelecer critério de cunho geográfico compatível com o princípio da proporcionalidade. Isso significa a necessidade de evidenciar que a fixação de um critério geográfico determinado era (a) indispensável à satisfação da necessidade objeto da contratação, (b) foi realizada de modo a assegurar a mais ampla participação de potenciais interessados e (c) não infringiu outros princípios constitucionais pertinentes. (Comentários à Lei de Licitações e Contratos Administrativos?, 15. Ed. ? São Paulo: Dialética, 2012, p.p. 84 a 85). A exigência, no ato convocatório, de que as empresas licitantes possuam assistência técnica na região da contratante, restringe o caráter competitivo da licitação e contraria o Art. 3º, § 1º, inciso I, e 30 da Lei n. 8.666/1993. R. JOSÉ MERHY 1266 ? 82560-440 | CURITIBA ? PR | +55 41 3019-7434| JURIDICO@SIEG-AD.COM.BR | WWW.SIEG-AD.COM.BR 4/5 Diante do exposto, entendemos que a assistência técnica poderá, em primeiro momento, ser prestada de forma remota e, apenas em caso de necessidade, o licitante deslocará pessoal para realizar a assistência técnica no local. Entendemos ainda, que o órgão aceitará assistência técnica estabelecida em qualquer local, desde que a licitante seja capaz de prestá-la em prazo razoável. Está correto nosso entendimento?? 2) Resposta: ?Resposta: A DIMAT informa que a assistência técnica, em regra, tem de ser presencial, em razão das especificidades dos itens (eletrodomésticos, bebedouros, máquina de protocolo e outros) presentes nesse edital. Contudo, dentro do prazo estabelecido para a assistência técnica, o contratado poderá, remotamente, diligenciar junto à contratante para saber maiores detalhes do defeito para, somente então, encaminhar equipe técnica para fins de prestar a devida assistência. Logo, não há óbice para que a assistência técnica seja inicialmente prestada de maneira remota e, constatada a necessidade presencial de técnico e, dentro do prazo estabelecido, haja esse efetivo deslocamento. Isso porque, a solução para eventuais defeitos ou problema técnicos dos referidos itens poderá exigir a presença de técnico/especialista para garantir agilidade do conserto e qualidade no serviço prestado e atendimento ao interesse público. Assim, entendemos que, no caso concreto, a assistência técnica híbrida - inicialmente remota e, em caso de necessidade, presencial - é medida que vai ao encontro do binômio custo-benefício, que, por sua vez, se coaduna com o princípio da economicidade. Portanto, concluiu-se que a empresa deve prestar a assistência técnica eficiente e efetiva em relação aos itens dos lotes dentro do prazo estabelecido e, caso haja necessidade de envio/recolhimento/devolução do bem para a assistência técnica em outra localidade ou cidade, os custos serão suportados pela contratada. Permite-se que a assistência técnica seja estabelecida em qualquer local, desde que os custos decorrentes do envio/devolução/entrega do bem sejam suportados pela contratada.? 1) Questionamento: ?O Certificado do Inmetro para o item 02 ( bebedouro PNE) deve ser apresentado no ato da licitação junto com os documentos técnicos ou apenas no ato da entrega dos equipamentos, após o recebimento da autorização de fornecimento ?? 1) Resposta: ?A DIMAT informa que o Certificado do Inmetro para o item 02 (bebedouro PNE) deve ser apresentado no ato da licitação junto com os documentos técnicos.? 2 ? Questionamento: ?Sabemos que nos últimos 12 meses esses equipamentos sofrerão reajustes consideráveis, próximo de 30%. Seria possível informar o valor estimado para os 04 itens desse lote ?? 2 ? Resposta: ?O valor de referência para todos os lotes e itens do pregão é sigiloso e somente será informado após o final da etapa de lances, conforme previsão do art. 15, caput e §§ 1º e 2º, do Decreto Estadual n. 48.012/2020: ?Art. 15 ? O valor estimado ou o valor máximo aceitável para a contratação, se não constar expressamente do edital, possuirá caráter sigiloso e será disponibilizado permanentemente aos órgãos de controle externo e interno. § 1º ? O caráter sigiloso do valor estimado ou do valor máximo aceitável para a contratação será fundamentado no § 3º do art. 7º da Lei Federal nº 12.527, de 18 de novembro de 2011. § 2º ? O valor estimado ou o valor máximo aceitável para a contratação será tornado público apenas e imediatamente após o encerramento do envio de lances, sem prejuízo da divulgação do detalhamento dos quantitativos e das demais informações necessárias à elaboração das propostas.? 1) Questionamento: ?A potência do micro-ondas, item 03, pode ser inferior a 1.200 w ?? 1) Resposta: ?A DIMAT informa que a potência exigida é máxima de 1.200w, ou seja, pode ser menor que 1200 w.? 2 ? Questionamento: ?No item 07 - TV 75´´, fala-se na função3D. Há tempos essa função foi descontinuada nos equipamentos de televisões modernos. Favor verificar a possibilidade de se excluir essa exigência da função 3D para o item 07 do lote 08.? 2 ? Resposta: A necessidade de tecnologia 3D foi inserida de forma indevida na especificação deste item. Desta forma está correto o entendimento do licitante. Essa exigência não será obrigatória no momento da avaliação das propostas. Observação: ?Por se tratar de uma supressão irrelevante, que não causa prejuízos a concorrência, que não interfere nos valores dos produtos ofertados e que não causa uma restrição na participação de possíveis interessados em participar do presente processo licitatório, opino que tal fato seja informado aos demais licitantes no momento do pregão eletrônico e que o processo prossiga normalmente.? ----------------------------- 29-01-2022 RETIFICAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0057783/2021-86 ERRATA ao Edital: nas páginas 53 e 77 do Edital desconsiderar a indicação ?3D? na especificação do respectivo item. O Edital retificado foi disponibilizado no Portal de Compras/MG e no site www.mpmg.mp.br. Belo Horizonte, 28 de janeiro de 2021. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 26-02-2022 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0057783/2021-86 Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 2: COMERCIO SILVEIRA ATACADISTA DE MOVEIS MOGI MIRIM LTDA CNPJ 10.205.116/0001-10 Valor (total) registrado: R$ 2.650.886,50. Lote 4: KADOSHI COMERCIO E REPRESENTACOES EIRELI CNPJ 14.193.613/0001-05 Valor (total) registrado: R$ 350.000,00. Lote 13: Prestobat Ltda CNPJ 65.313.538.0001-00 Valor (total) registrado: R$ 14.998,00. Os lotes 3, 8 e 12 resultaram fracassados, por não terem restado propostas classificadas para atendimento aos seus objetos. Os lotes 1, 5, 6, 7, 9, 10 e 11 resultaram desertos, por não terem sido apresentadas propostas para atendimento aos seus objetos. Belo Horizonte, 25 de fevereiro de 2022. MÁRCIO GOMES DE SOUZA</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ plrp351_pe_2022_pc97_2021_bens_permanentes_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10883/download;
+ plrp351_pe_2022_pc97_2021_bens_permanentes_DIMAT.REP.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10898/download;
+ plrp351_pe_2022_pc97_2021_bens_permanentes_DIMAT.REP.RET.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10899/download;
+ proposta_1_licitanteF000289_processo351_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10913/download;
+ proposta_2_licitanteF000289_processo351_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10914/download;
+ proposta_1_licitanteF000472_processo351_2021_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10915/download;
+ proposta_2_licitanteF000472_processo351_2021_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10916/download;
+ proposta_licitanteF001324_processo351_2021_lote13.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10917/download;
  docs_hab_F000289_pe_pl351_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10921/download;
  docs_hab_F000472_pe_pl_351_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10922/download;
  crc_transp_F000289_pe_pl351_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10923/download;
  crc_transp_F000472_pe_pl351_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10924/download;
  proposta_corrigida_licitanteF001324_processo351_2021_lote13.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10925/download;
  docs_hab_F001324_pe_pl351_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10926/download;
- proposta_1_licitanteF000289_processo351_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10913/download;
-[...6 lines deleted...]
- plrp351_pe_2022_pc97_2021_bens_permanentes_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10883/download;
  ata_homologacao_planejamento351_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10983/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MOBILIÁRIO DE AÇO </t>
   </si>
   <si>
     <t xml:space="preserve">COMÉRCIO SILVEIRA ATACADISTA DE MÓVEIS MOGI MIRIM EIRELI </t>
   </si>
   <si>
     <t>2.650.886,50</t>
   </si>
   <si>
     <t xml:space="preserve">BEBEDOUROS E PURIFICADOR DE ÁGUA </t>
   </si>
   <si>
     <t xml:space="preserve">LONGARINAS E CADEIRAS FIXAS </t>
   </si>
   <si>
     <t xml:space="preserve">KADOSHI COMÉRCIO E REPRESENTAÇÕES EIRELI </t>
   </si>
   <si>
     <t>350.000,00</t>
   </si>
   <si>
@@ -397,86 +397,86 @@
   </si>
   <si>
     <t>14.998,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 336 / 2021</t>
   </si>
   <si>
     <t>22/12/2021</t>
   </si>
   <si>
     <t>Prestação de serviços de conectividade de acesso à Internet na modalidade banda larga, incluindo o fornecimento de equipamentos em comodato, instalação, configuração, atualização, manutenção e suporte técnico, a serem executados de forma contínua, nas unidades do MPMG compreendidas na regional Sul/Sudoeste de Minas.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº </t>
   </si>
   <si>
     <t xml:space="preserve">MESOREGIÃO: Sul/Sudoeste de Minas - BORDA DA MATA </t>
   </si>
   <si>
     <t>ABERT. E JULG. DE NOVA DOC. E ABERT. DE PROPOSTAS Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI):19.16.1216.0089324/2021-47 Homologo o resultado dos lotes 1 a 5 deste processo como ?fracassados?, por não terem restado propostas classificadas para atendimento ao seu objeto. Belo Horizonte, 12 de janeiro de 2022. ELIANE MARIA GONÇALVES FALCÃO Procuradora-Geral de Justiça Adjunta Administrativa em exercício ----------------------------- 22-12-2021 AVISO DE LICITAÇÃO Unidade 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0089324/2021-47 Recebimento das propostas: até às 10 horas do dia 11/01/2022. Início da disputa de preços: às 10 horas do dia 11/01/2022. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte/MG, 21 de dezembro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG * Republicação dos lotes 9, 30, 35, 56 e 57 do processo 309/2021, os quais resultaram fracassados.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_processo336_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10869/download;
  edital_processo_336_2021_servico_internet_regional_7_sul_sudeste_de_minas_DRBD.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10797/download;
- ata_homologacao_processo336_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10869/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MESOREGIÃO: Sul/Sudoeste de Minas - EXTREMA </t>
   </si>
   <si>
     <t xml:space="preserve">MESOREGIÃO: Sul/Sudoeste de Minas - ITAJUBA </t>
   </si>
   <si>
     <t xml:space="preserve">MESOREGIÃO: Sul/Sudoeste de Minas - POCOS DE CALDAS </t>
   </si>
   <si>
     <t xml:space="preserve">MESOREGIÃO: Sul/Sudoeste de Minas - POUSO ALEGRE </t>
   </si>
   <si>
     <t xml:space="preserve"> 327 / 2021</t>
   </si>
   <si>
     <t>11/12/2021</t>
   </si>
   <si>
     <t>Prestação de serviços de conectividade de acesso à Internet na modalidade banda larga, incluindo o fornecimento de equipamentos em comodato, instalação, configuração, atualização, manutenção e suporte técnico, a serem executados de forma contínua, nas unidades do MPMG compreendidas nas regionais Norte e Noroeste de Minas e Distrito Federal.</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 1 ? MESOREGIÃO: NOROESTE DE MINAS - ARINOS </t>
   </si>
   <si>
     <t>11-12-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0089312/2021-80 Recebimento das propostas: até às 10 horas do dia 27/12/2021. Início da disputa de preços: às 10 horas do dia 27/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte/MG, 10 de dezembro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 28-12-2021 HOMOLOGAÇÃO - FRACASSADO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0089312/2021-80 Homologo o resultado da integralidade dos lotes deste processo (1 a 31) como ?fracassados?, por não terem restado propostas classificadas para atendimento aos seus objetos. Belo Horizonte, 27 de dezembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 28-12-2021 HOMOLOGAÇÃO - FRACASSADO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0089312/2021-80 Homologo o resultado da integralidade dos lotes deste processo (1 a 31) como ?fracassados?, por não terem restado propostas classificadas para atendimento aos seus objetos. Belo Horizonte, 27 de dezembro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Ata_homologa??o_pl327_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10843/download;
  edital_processo_327_2021_servico_conectividade_regionais_4_5_e_13_Norte_Noroeste_DF_DRBD (1).rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10720/download;
- Ata_homologa??o_pl327_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10843/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 2 MESOREGIÃO: NOROESTE DE MINAS BONFINOPOLIS DE MINAS </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 3 MESOREGIÃO: NOROESTE DE MINAS BURITIS </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 4 MESOREGIÃO: NOROESTE DE MINAS JOAO PINHEIRO </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 5 MESOREGIÃO: NOROESTE DE MINAS PARACATU </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 6 MESOREGIÃO: NOROESTE DE MINAS PRESIDENTE OLEGARIO </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 7 MESOREGIÃO: NOROESTE DE MINAS UNAI </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 8 MESOREGIÃO: NOROESTE DE MINAS VAZANTE </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 9 MESOREGIÃO: NORTE DE MINAS BOCAIUVA </t>
@@ -549,163 +549,163 @@
   </si>
   <si>
     <t xml:space="preserve"> 323 / 2021</t>
   </si>
   <si>
     <t>25/11/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para expansão da solução Commvault de armazenamento e backup dos dados institucionais do MPMG, conforme especificações técnicas contidas no Termo de Referência e seu Apenso Único.</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 1 ? HYPERSCALE COMMVAULT: LICENÇA, INSTALAÇÃO, CONFIGURAÇÃO E SUPORTE TÉCNICO </t>
   </si>
   <si>
     <t xml:space="preserve">DECISION SERVICOS DE TECNOLOGIA DA INFORMACAO LTDA </t>
   </si>
   <si>
     <t>6.950.000,00</t>
   </si>
   <si>
     <t>25-11-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0097912/2021-93 Recebimento das propostas: até às 10 horas do dia 07/12/2021. Início da disputa de preços: às 10 horas do dia 07/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 24 de novembro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretora de Gestão de Compras e Licitações/PGJ-MG ----------------------------- 28-12-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0097912/2021-93 Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lotes 1, 2 e 3: DECISION SERVIÇOS DE TECNOLOGIA DA INFORMAÇÃO LTDA. CNPJ 03.535.902/0004-63 Valor (total) registrado (respectivamente): R$ 6.950.000,00, R$ 3.649.800,00 e R$ 380.000,00. Belo Horizonte, 23 de dezembro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 29-12-2021 RETIFICAÇÃO DA HOMOLOGAÇÃO HOMOLOGAÇÃO - ERRATA Número do planejamento: 323 / Ano: 2021 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0097912/2021-93 Objeto: Registro de Preços para expansão da solução Commvault de armazenamento e backup dos dados institucionais do MPMG, conforme especificações técnicas contidas no Termo de Referência e seu Apenso Único. Modalidade: Pregão eletrônico Na publicação na edição do DOMP/MG de 28/12/2021, página 5, onde se lê: ?Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lotes 1, 2 e 3: DECISION SERVIÇOS DE TECNOLOGIA DA INFORMAÇÃO LTDA. CNPJ 03.535.902/0004-63 Valor (total) registrado (respectivamente): R$ 6.950.000,00, R$ 3.649.800,00 e R$ 380.000,00.?; leia-se ?Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1: DECISION SERVIÇOS DE TECNOLOGIA DA INFORMAÇÃO LTDA. (1º colocado) CNPJ 03.535.902/0004-63 Valor (total) registrado: R$ 6.950.000,00 Lote 1: SERVIX INFORMÁTICA LTDA. (2º Colocado) CNPJ 01.134.191/0003-09 Valor (total) registrado: R$ 6.950.000,00 Lotes 2 e 3: DECISION SERVIÇOS DE TECNOLOGIA DA INFORMAÇÃO LTDA. CNPJ 03.535.902/0004-63 Valor (total) registrado (respectivamente): R$ 3.649.800,00 e R$ 380.000,00." Belo Horizonte, 28 de dezembro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- propostas_corrigidas_docs_pl_323_2021_lotes1_2_3_decision_corrigidas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10715/download;
-[...3 lines deleted...]
- proposta_corrigida_1_licitante_F000126_pl323_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10810/download;
  Proposta_corrigida_2_licitante_F000126_pl323.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10830/download;
  ata_homologacao_planejamento323_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10831/download;
+ docs_hab_F000126_pl323_2021_Servix.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10795/download;
+ Propostas_F000126_pl323_2021_Servix_RP_ad.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10794/download;
+ proposta_corrigida_1_licitante_F000126_pl323_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10810/download;
+ propostas_corrigidas_docs_pl_323_2021_lotes1_2_3_decision_corrigidas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10715/download;
  propostas_originais_docs_pl_323_2021_lotes1_2_3_decision.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10714/download;
  docs_hab_lotes_1_2_3_pl_323_Decision.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10762/download;
+ edital_processo_323_2021_rp_Expansao_da_solu?ao_Commvault_DRBD.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10618/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 2 ? SERVIDOR DE REDE E SUPORTE TÉCNICO </t>
   </si>
   <si>
     <t>3.649.800,00</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 3 ? SWITCH E SUPORTE TÉCNICO </t>
   </si>
   <si>
     <t>380.000,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 314 / 2021</t>
   </si>
   <si>
     <t>07/12/2021</t>
   </si>
   <si>
     <t>Serviços de infraestrutura de rede wireless contemplando equipamentos em comodato, instalação, configuração, manutenção, atualização, monitoramento, gerenciamento centralizado e suporte técnico, na forma presencial e não presencial, a ser executado de maneira contínua, nas diversas unidades do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE ÚNICO </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Adjudicado </t>
   </si>
   <si>
     <t xml:space="preserve">CLARO S.A. </t>
   </si>
   <si>
     <t>6.395.000,00</t>
   </si>
   <si>
     <t>07-12-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0081668/2021-47 Recebimento das propostas: até às 10 horas do dia 20/12/2021. Início da disputa de preços: às 10 horas do dia 20/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 06 de dezembro de 2021. Juliana Silva Teixeira Coordenadora da Diretoria de Compras e Licitações em Exercício/PGJ-MG ----------------------------- 15-12-2021 ESCLARECIMENTOS Seguem, no arquivo resposta_ao_pedido_de_esclarecimento_0001_processo_314_2021, abaixo, respostas da Diretoria de Gestão de Compras e Licitações e do Setor Técnico (Diretoria de Redes e Bancos de Dados) ao Pedido de Esclarecimento n.º 0001, apresentado por empresa interessada em participar desta licitação ----------------------------- 15-12-2021 ESCLARECIMENTOS Seguem, no arquivo resposta_ao_pedido_de_esclarecimento_processo_314_2021, abaixo, respostas da Diretoria de Gestão de Compras e Licitações e do Setor Técnico (Diretoria de Redes e Bancos de Dados) ao Pedido de Esclarecimento, apresentado por empresa interessada em participar desta licitação. ----------------------------- 17-12-2021 ESCLARECIMENTOS Seguem, no arquivo resposta_ao_pedido_de_esclarecimento_solicitacao_0002_processo_314_2021, abaixo, respostas da Diretoria de Gestão de Compras e Licitações e do Setor Técnico (Diretoria de Redes e Bancos de Dados) ao Pedido de Esclarecimento apresentado por empresa interessada em participar desta licitação. ----------------------------- 17-12-2021 ESCLARECIMENTOS Seguem, no arquivo resposta_impugnacao_recebida_como_pedido_de_esclarecimento_solicitacao_0003_processo_314_2021, abaixo, respostas da Diretoria de Gestão de Compras e Licitações e do Setor Técnico (Diretoria de Redes e Bancos de Dados) à Impugnação (processada como Pedido de Esclarecimentos) apresentado por empresa interessada em participar desta licitação. ----------------------------- 17-12-2021 ESCLARECIMENTOS Seguem, no arquivo resposta_ao_pedido_de_esclarecimento_solicitacao_0005_processo_314_2021, abaixo, respostas da Diretoria de Gestão de Compras e Licitações e do Setor Técnico (Diretoria de Redes e Bancos de Dados) ao Pedido de Esclarecimento apresentado por empresa interessada em participar desta licitação. ----------------------------- 17-12-2021 ESCLARECIMENTOS Seguem, no arquivo resposta_ao_pedido_de_esclarecimento_solicitacao_0004_processo_314_2021, abaixo, respostas da Diretoria de Gestão de Compras e Licitações, do Setor Técnico (Diretoria de Redes e Bancos de Dados), da Comissão de Assessoria Contábil e Financeira à Licitação e do Escritório de Proteção de Dados Pessoais (EPDP) ao Pedido de Esclarecimento apresentado por empresa interessada em participar desta licitação. ----------------------------- 17-12-2021 ESCLARECIMENTOS Em que pese ter sido apresentado o Pedido de Esclarecimento, INTEMPESTIVAMENTE, seguem, no arquivo resposta_ao_pedido_de_esclarecimento_solicitacao_0006_processo_314_2021, abaixo, respostas da Diretoria de Gestão de Compras e Licitações e do Setor Técnico (Diretoria de Redes e Bancos de Dados) ao Pedido de Esclarecimento apresentado por empresa interessada em participar desta licitação. ----------------------------- 28-12-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI):19.16.3900.0081668/2021-47 Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: CLARO S.A. CNPJ: 40.432.544/0112-62 Valor total adjudicado: R$ 6.395.000,00 Belo Horizonte, 28 de dezembro de 2021 MARCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Edital_wireless_pl_314_2021_DRBD.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10678/download;
+ resposta_ao_pedido_de_esclarecimento_processo_314_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10758/download;
  resposta_ao_pedido_de_esclarecimento_0001_processo_314_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10757/download;
- documento_licitante F000132_contrato social_RG_CPF_processo 314_2021_lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10787/download;
+ resposta_ao_pedido_de_ esclarecimento_solicitacao_0002_processo_314_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10769/download;
  documento_licitante F000132_balanco patrimonial_processo 314_2021_lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10785/download;
  documento_tecnico_licitante F000132_atestado_de_capacidade_tecnica_processo 314_2021_lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10786/download;
+ documento_licitante F000132_contrato social_RG_CPF_processo 314_2021_lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10787/download;
+ proposta_inicial_proposta_atualizada_declaracoes_ato_de_concessao_licitanteF000132_pl_314_2021_lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10781/download;
+ documentos_licitante F000132_contrato_social_relatorio_CRC_certidoes - F000132.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10782/download;
+ resposta_ao_pedido_de_ esclarecimento_solicitacao_0005_processo_314_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10772/download;
+ resposta_impugnacao_recebida_ como_ pedido_de_esclarecimento_solicitacao_0003_processo_314_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10771/download;
+ resposta_ao_pedido_de_ esclarecimento_solicitacao_0006_processo_314_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10777/download;
+ impugnacao_recebida_esclarecimento_OI S.A._solicitacao_0003_processo_314_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10775/download;
+ resposta_ao_pedido_de_ esclarecimento_solicitacao_0004_processo_314_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10776/download;
+ Edital_wireless_pl_314_2021_DRBD.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10678/download;
  documento_licitante F000170_proposta_tecnica_adequada_processo 314_2021_lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10808/download;
  documento_licitante F000170_proposta_comercial_tecnica_adequadas_processo 314_2014_lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10809/download;
+ documento_licitante F000170_ato_de_concessao_autorizacao_processo 314_2021_lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10801/download;
+ documento_licitante F000170_atestado_de_capacidade_tecnica_processo_ 314_2021_lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10802/download;
  documento_licitante F000170_proposta_inicial_processo 314_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10798/download;
  documento_licitante F000170_Contrato Social - CRC - CERTID?ES - CONSULTA SIMPLES NACIONAL_processo 314_2021_lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10799/download;
  documento_licitante F000170_declaracao_de_regularidade_processo 314_2021_lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10800/download;
- documento_licitante F000170_ato_de_concessao_autorizacao_processo 314_2021_lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10801/download;
-[...9 lines deleted...]
- documentos_licitante F000132_contrato_social_relatorio_CRC_certidoes - F000132.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10782/download;
  ata_homologacao_processo314_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10824/download;
  documento_licitante F000170_proposta_tecnica_readequada_processo 314_2021_lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10817/download;
  documentos_habilitatorios_licitante_F000170_processo314_2021_lote 1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10818/download;
  documentos_licitanteF000170_proposta_final_corrigida_ato_de_concessao_autorizacao_declaracao_de_regularidade_processo314_2021_lote 1.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10819/download;
  documento_licitante F000170_Relatorio_CRC_CNDT_atualizados_processo 314_2014_lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10822/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 313 / 2021</t>
   </si>
   <si>
     <t>Aquisição de peças, materiais, dispositivos, periféricos de informática e softwares de perícia digital.</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 1 SERVIDOR DE ARQUIVOS STORAGE </t>
   </si>
   <si>
     <t xml:space="preserve">MICROSUPPLY LTDA </t>
   </si>
   <si>
     <t>4.500,00</t>
   </si>
   <si>
     <t>03-12-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2147.0064926/2021-69 Recebimento das propostas: até às 10 horas do dia 16/12/2021. Início da disputa de preços: às 10 horas do dia 16/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 02 de dezembro de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 14-12-2021 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e do Setor Técnico (Central de Apoio Técnico) ao Pedido de Esclarecimentos nº 0001. ----------------------------- 29-12-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2147.0064926/2021-69 Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: MICROSUPPLY LTDA CNPJ: 03.048.100/0001-86 Valor (total) adjudicado: R$14.500,00 Lote 4: PRIMETECH INFORMÁTICA EIRELI CNPJ: 03.812.745/0002-24 Valor (total) adjudicado: R$320.000,00 Lote 5: ALAN EMANUEL LOBO DE SOUSA 71767363672 CNPJ: 36.996.487/0001-51 Valor (total) adjudicado: R$7.600,00 Lote 8: GAMA LUZ COMÉRCIO DE MATERIAIS ELÉTRICOS LTDA -EPP CNPJ: 10.174.094/0001-79 Valor (total) adjudicado: R$1.342.999,68 O Lote 6 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. https://www.mpmg.mp.br/atos-e-publicacoes/diario-oficial Edição de 29/12/2021 Página 3 de 7 Os Lotes 3 e 9 restaram desertos, por não ter sido apresentada proposta para atendimento ao seu objeto. O resultado dos Lotes 2 e 7 será divulgado oportunamente. Belo Horizonte, 28 de dezembro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 18-01-2022 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2147.0064926/2021-69 Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 7: SUPREMA HIDROELÉTRICA LTDA. - EPP CNPJ: 42.981.902/0001-04 Valor (total) adjudicado: R$13.177,90 O Lote 2 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. O resultado dos demais lotes já foi divulgado anteriormente, conforme publicação havida em 29/12/21. Belo Horizonte, 17 de janeiro de 2022. ELIANE MARIA GONÇALVES FALCÃO Procuradora-Geral de Justiça Adjunta Administrativa em Exercício</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- proposta_docs_iniciais_licitante_Primetech_F000487_pl313_2021_lote 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10784/download;
  proposta_docs_iniciais_licitante_Gama_Luz_F000893_pl313_2021_lote 8.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10789/download;
  proposta_docs_iniciais_licitante_Alan_F000523_pl313_2021_lote 5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10790/download;
+ proposta_docs_iniciais_licitante_Primetech_F000487_pl313_2021_lote 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10784/download;
+ resposta_ao_pedido_de_esclarecimentos_0001_processo_313_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10734/download;
+ edital_pl313_pe_2021_aquisicao_servico__perifericos_informatica_CEAT_INF_ATUALIZADO__1_ (1).rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10659/download;
+ docs_habilitatorios_licitante_Microsupply_F000107_pl313_2021_lote 1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10811/download;
+ CRC_atual_e_Certidao_Negativa_Falencia_licitante_Primetech_F000487_pl313_2021_lote 4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10804/download;
  proposta_docs_iniciais_licitante_Microsupply_F000107_F000231_F000788_pl313_2021_lotes 1, 2, 7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10791/download;
  docs_habilitatorios_licitante_Primetech_F000487_pl313_2021_lote 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10793/download;
- CRC_atual_e_Certidao_Negativa_Falencia_licitante_Primetech_F000487_pl313_2021_lote 4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10804/download;
- docs_habilitatorios_licitante_Microsupply_F000107_pl313_2021_lote 1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10811/download;
+ docs_habilitatorios_licitante_Gama_Luz__F000893_pl313_2021_lote 8.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10823/download;
+ docs_habilitatorios_licitante_Alan_F000523_pl313_2021_lote 5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10812/download;
+ prop_docs_iniciais_licitante_Suprema_F000705_pl313_2021_lote 7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10867/download;
  docs_habilitatorios_licitante_Suprema_F000705_pl313_2021_lote 7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10876/download;
  ata_homologacao_processo313_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10889/download;
- docs_habilitatorios_licitante_Alan_F000523_pl313_2021_lote 5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10812/download;
-[...3 lines deleted...]
- prop_docs_iniciais_licitante_Suprema_F000705_pl313_2021_lote 7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10867/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 2 DISCO RÍGIDO (HD) INTERNO 3,5 POLEGADAS </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 3 Itens de laboratório forense digital </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 4 SERVIDOR STORAGE 432TB </t>
   </si>
   <si>
     <t xml:space="preserve">PRIMETECH INFORMÁTICA EIRELI </t>
   </si>
   <si>
     <t>320.000,00</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 5 PLACA/ADAPTADOR DE REDE </t>
   </si>
   <si>
     <t xml:space="preserve">ALAN EMANUEL LOBO DE SOUSA 71767363672 </t>
   </si>
   <si>
     <t>7.600,00</t>
@@ -872,53 +872,53 @@
   </si>
   <si>
     <t xml:space="preserve">LOTE 40 MESOREGIÃO: ZONA DA MATA UBÁ </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 41 MESOREGIÃO: ZONA DA MATA VIÇOSA </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 42 MESOREGIÃO: ZONA DA MATA VISCONDE DO RIO BRANCO </t>
   </si>
   <si>
     <t xml:space="preserve"> 311 / 2021</t>
   </si>
   <si>
     <t>Prestação de serviços de conectividade de acesso à Internet na modalidade banda larga, incluindo o fornecimento de equipamentos em comodato, instalação, configuração, atualização, manutenção e suporte técnico, a serem executados de forma contínua, nas unidades do MPMG compreendidas na regional Triângulo Mineiro/Alto Paranaíba.</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 1 - MESOREGIÃO: Triângulo Mineiro/Alto Paranaíba - Araguari </t>
   </si>
   <si>
     <t>26-11-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0089326/2021-90 Recebimento das propostas: até às 10 horas do dia 09/12/2021. Início da disputa de preços: às 10 horas do dia 09/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 25 de novembro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 15-12-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0089326/2021-90 Homologo o resultado do julgamento de todos os 31 (trinta e um) lotes deste processo como ?desertos? por não terem sido apresentadas propostas para atendimento aos seus objetos. Belo Horizonte, 14 de dezembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_311_2021_conectividade_acesso_internet_drbd_rtf.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10620/download;
  ata_pl_311_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10773/download;
  decisao_impugnacao_processo_311_2021 - exclusividade ME - IMPROCEDENTE (1).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10675/download;
+ edital_processo_311_2021_conectividade_acesso_internet_drbd_rtf.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10620/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 2 - MESOREGIÃO: Triângulo Mineiro/Alto Paranaíba - Araxá </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 3 - MESOREGIÃO: Triângulo Mineiro/Alto Paranaíba - Campina Verde </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 4 - MESOREGIÃO: Triângulo Mineiro/Alto Paranaíba - Campos Altos </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 5 - MESOREGIÃO: Triângulo Mineiro/Alto Paranaíba - CANÁPOLIS </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 6 - MESOREGIÃO: Triângulo Mineiro/Alto Paranaíba - Capinópolis </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 7 - MESOREGIÃO: Triângulo Mineiro/Alto Paranaíba - Carmo do Paranaíba </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 8 - MESOREGIÃO: Triângulo Mineiro/Alto Paranaíba - Conceição das Alagoas </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 9 - MESOREGIÃO: Triângulo Mineiro/Alto Paranaíba - Conquista </t>
@@ -982,53 +982,53 @@
   </si>
   <si>
     <t xml:space="preserve">LOTE 29 - MESOREGIÃO: Triângulo Mineiro/Alto Paranaíba - Tupaciguara </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 30 - MESOREGIÃO: Triângulo Mineiro/Alto Paranaíba - Uberaba </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 31 - MESOREGIÃO: Triângulo Mineiro/Alto Paranaíba - Uberlândia </t>
   </si>
   <si>
     <t xml:space="preserve"> 310 / 2021</t>
   </si>
   <si>
     <t>Prestação de serviços de conectividade de acesso à Internet na modalidade banda larga, incluindo o fornecimento de equipamentos em comodato, instalação, configuração, atualização, manutenção e suporte técnico, a serem executados de forma contínua, nas unidades do MPMG compreendidas na regional Metropolitana de Belo Horizonte.</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 1 - MESOREGIÃO: Metropolitana de Belo Horizonte - ALVINOPOLIS </t>
   </si>
   <si>
     <t>26-11-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0089297/2021-97 Recebimento das propostas: até às 10 horas do dia 10/12/2021. Início da disputa de preços: às 10 horas do dia 10/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 25 de novembro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_310_2021_Regional_3_Metropolitana_de_BH_servico_internet_DRBD.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10624/download;
  prop_docs_F000722_pl_310_2021_Nexo.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10835/download;
  Ata_Preg?o_pl310_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10836/download;
+ edital_processo_310_2021_Regional_3_Metropolitana_de_BH_servico_internet_DRBD.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10624/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 2 - MESOREGIÃO: Metropolitana de Belo Horizonte - BARAO DE COCAIS </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 3 - MESOREGIÃO: Metropolitana de Belo Horizonte - BELO HORIZONTE </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 4 - MESOREGIÃO: Metropolitana de Belo Horizonte - BELO VALE </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 5 - MESOREGIÃO: Metropolitana de Belo Horizonte - BETIM </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 6 - MESOREGIÃO: Metropolitana de Belo Horizonte - BONFIM </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 7 - MESOREGIÃO: Metropolitana de Belo Horizonte - BRUMADINHO </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 8 - MESOREGIÃO: Metropolitana de Belo Horizonte - CAETE </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 9 - MESOREGIÃO: Metropolitana de Belo Horizonte - CONCEICAO DO MATO DENTRO </t>
@@ -1128,53 +1128,53 @@
   </si>
   <si>
     <t xml:space="preserve">LOTE 42 - MESOREGIÃO: Metropolitana de Belo Horizonte - SERRO </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 43 - MESOREGIÃO: Metropolitana de Belo Horizonte - SETE LAGOAS </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 44 - MESOREGIÃO: Metropolitana de Belo Horizonte - VESPASIANO </t>
   </si>
   <si>
     <t xml:space="preserve"> 309 / 2021</t>
   </si>
   <si>
     <t>30/11/2021</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 1 MESOREGIÃO: Sul/Sudoeste de Minas AIURUOCA </t>
   </si>
   <si>
     <t>30-11-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0089324/2021-47 Recebimento das propostas: até às 10 horas do dia 13/12/2021. Início da disputa de preços: às 10 horas do dia 13/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 29 de novembro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 10-12-2021 ESCLARECIMENTOS Segue, anexada ao campo Arquivo abaixo, resposta da Diretoria de Gestão de Compras e Licitações e do Setor Técnico (Diretoria de Redes e Bancos de Dados) às Impugnações 0001 e 0002, processadas como Pedidos de Esclarecimentos. ----------------------------- 16-12-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0089324/2021-47 Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, adiante descrito: Os lotes 9, 30, 35, 56 e 57 resultaram fracassados, por não ter restado proposta classificada para atendimento ao seu objeto. Os demais lotes (62, dentre um total de 67) restaram desertos, por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 14 de dezembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_processo309_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10768/download;
  edital_pl309_pe_pc_Regional_7_Sul_Sudeste_de_Minas_servico_internet_DRBD_versao_final__8___4___1___1_ (1).rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10642/download;
  Resposta_as_Impugnacoes_0001_e_0002_processadas_como_Pedidos_de_Esclarecimentos_pl_309_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10712/download;
- ata_homologacao_processo309_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10768/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 2 MESOREGIÃO: Sul/Sudoeste de Minas ALFENAS </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 3 MESOREGIÃO: Sul/Sudoeste de Minas ALPINOPOLIS </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 4 MESOREGIÃO: Sul/Sudoeste de Minas ANDRADAS </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 5 MESOREGIÃO: Sul/Sudoeste de Minas ANDRELANDIA </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 6 MESOREGIÃO: Sul/Sudoeste de Minas AREADO </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 7 MESOREGIÃO: Sul/Sudoeste de Minas BAEPENDI </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 8 MESOREGIÃO: Sul/Sudoeste de Minas BOA ESPERANCA </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 9 MESOREGIÃO: Sul/Sudoeste de Minas BORDA DA MATA </t>
@@ -1628,358 +1628,358 @@
   </si>
   <si>
     <t xml:space="preserve">LOTE 51 ? MESOREGIÃO: VALE DO RIO DOCE ? TARUMIRIM </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 52 ? MESOREGIÃO: VALE DO RIO DOCE ? TIMÓTEO </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 53 ? MESOREGIÃO: VALE DO RIO DOCE ? VIRGINÓPOLIS </t>
   </si>
   <si>
     <t xml:space="preserve"> 305 / 2021</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 1 MESOREGIÃO: NOROESTE DE MINAS - ARINOS </t>
   </si>
   <si>
     <t xml:space="preserve">Fracassado </t>
   </si>
   <si>
     <t>25-11-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0089312/2021-80. Recebimento das propostas: até às 10 horas do dia 07/12/2021. Início da disputa de preços: às 10 horas do dia 07/12/2021. O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br Belo Horizonte, 25 de novembro de 2021. Juliana Silva Teixeira Coordenadora da Diretoria de Compras e Licitações em Exercício/PGJ-MG ----------------------------- 10-12-2021 HOMOLOGAÇÃO - FRACASSADO Número do processo: 305 / Ano: 2021 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0089312/2021-80 Objeto: Prestação de serviços de conectividade de acesso à Internet na modalidade banda larga, incluindo o fornecimento de equipamentos em comodato, instalação, configuração, atualização, manutenção e suporte técnico, a serem executados de forma contínua, nas unidades do MPMG compreendidas nas regionais Norte e Noroeste de Minas e Distrito Federal. - Modalidade: Pregão eletrônico - Homologo o resultado dos lotes 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30 e 31 deste processo como ?fracassados?, por não terem restado propostas classificadas para atendimento aos seus objetos. - Belo Horizonte, 9 de dezembro de 2021 - MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_fracassado_processo_305_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10732/download;
  edital_processo_305_2021_servico_conectividade_regionais_4_5_e_13_Norte_Noroeste_DF_DRBD (1).rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10615/download;
- ata_homologacao_fracassado_processo_305_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10732/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 2 MESOREGIÃO: NOROESTE DE MINAS ? BONFINOPOLIS DE MINAS </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 3 ? MESOREGIÃO: NOROESTE DE MINAS ? BURITIS </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 4 MESOREGIÃO: NOROESTE DE MINAS ? JOAO PINHEIRO </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 5 MESOREGIÃO: NOROESTE DE MINAS ? PARACATU </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 15 ? MESOREGIÃO: NORTE DE MINAS ? JAIBA </t>
   </si>
   <si>
     <t xml:space="preserve"> 303 / 2021</t>
   </si>
   <si>
     <t>27/11/2021</t>
   </si>
   <si>
     <t>MATERIAIS HIDRÁULICOS E MATERIAIS PARA PURIFICADORES</t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS HIDRÁULICOS </t>
   </si>
   <si>
     <t>78.280,00</t>
   </si>
   <si>
     <t>27-11-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0041289/2021-97 Recebimento das propostas: até às 10 horas do dia 13/12/2021. Início da disputa de preços: às 10 horas do dia 13/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 26 de novembro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretora de Gestão de Compras e Licitações/PGJ-MG ----------------------------- 17-12-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0041289/2021-97 Homologo o resultado do julgamento deste processo, no qual foi vencedor e registrou seus preços o licitante: Lote 1, 2 e 3: FX Comércio e Distribuidora Eireli - EPP CNPJ 13.857.945/0001-76 Valores (totais) registrados: R$78.280,00 (Lote 1), R$ 142.828,00 (Lote 2) e R$ 74.280,00 (Lote 3), respectivamente. Belo Horizonte, 16 de novembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ proposta_documentos_licitanteF000263_processo303_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10755/download;
  proposta_documentos_licitanteF000313_processo303_2021_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10756/download;
+ proposta_documentos_licitanteF000133_processo303_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10754/download;
  ata_homologacao_planejamento303_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10774/download;
- proposta_documentos_licitanteF000133_processo303_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10754/download;
  edital_processo_303_2021_materiais_hidraulicos_e_materiais_para_purificadores - rtf.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10626/download;
- proposta_documentos_licitanteF000263_processo303_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10755/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS PARA PURIFICADORES </t>
   </si>
   <si>
     <t>142.828,00</t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS HIDRÁULICOS E MATERIAIS PARA PURIFICADORES </t>
   </si>
   <si>
     <t>74.280,00</t>
   </si>
   <si>
     <t>299 / 2021</t>
   </si>
   <si>
     <t>Fornecimento, implantação e integração, em regime ?turnkey?, de solução de DATA CENTER PRÉ-FABRICADO OUTDOOR ? DCPFO.</t>
   </si>
   <si>
     <t xml:space="preserve">Data Center Pré-Fabricado Outdoor (DCPFO) </t>
   </si>
   <si>
     <t xml:space="preserve">GEMELO DO BRASIL DATA CENTERS, COMERCIO E SERVICOS LTDA. </t>
   </si>
   <si>
     <t>4.711.940,50</t>
   </si>
   <si>
     <t>01-12-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0100798/2021-67 Recebimento das propostas: até às 10 horas do dia 14/12/2021. Início da disputa de preços: às 10 horas do dia 14/12/2021. Disposições gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 horas, pelos telefones (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 01 de dezembro de 2021. Juliana Silva Teixeira - Coordenadora em Exercício da Diretora de Gestão de Compras e Licitações/PGJ-MG ----------------------------- 13-12-2021 COMUNICAÇÃO Seguem, no arquivo resposta_impugnacao_0001_processo_299_2021.pdf abaixo, respostas da Diretoria de Gestão de Compras e Licitações, do Setor Técnico (Diretoria de Redes e Bancos de Dados - DRBD) e da Auditoria Interna - AUDI à Impugnação (processada como Pedido de Esclarecimentos) apresentada por empresa interessada em participar desta licitação. ----------------------------- 13-12-2021 COMUNICAÇÃO Seguem, no arquivo resposta_pedido_esclarecimentos_0003_processo_299_2021.pdf abaixo, respostas da Diretoria de Gestão de Compras e Licitações, do Setor Técnico (Diretoria de Redes e Bancos de Dados - DRBD) e da Superintendência de Finanças - SUF) ao Pedido de esclarecimentos apresentado por empresa interessada em participar desta licitação. ----------------------------- 13-12-2021 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESPOSTA E COMUNICAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0100798/2021-67 Objeto: Contratação de empresa especializada para fornecimento, implantação e integração, em regime ?turnkey?, de solução de DATA CENTER PRÉ-FABRICADO OUTDOOR ? DCPFO. Síntese da decisão: esta Pregoeira posiciona-se pelo recebimento e processamento do instrumento interposto como ?Pedido de Esclarecimentos?. Prestadas as devidas elucidações, e diante da existência de fundamentação fática e técnico-operacional e jurídica a fundamentar os termos editalícios, julgo improcedentes os questionamentos da requerente, mantendo-se in totum as previsões do instrumento convocatório. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br, Acesso à Informação, Licitações e Contratos. Informamos aos interessados que esta licitação ocorrerá dia 14/12/2021 às 10 horas, não houve alteração de datas. Demais informações: de 2ª a 6ª feira, das 9h às 18h, pelos telefones (31) 3330-8128 e 3330-8129, e-mail dgcl@mpmg.mp.br. Belo Horizonte, 02 de dezembro de 2021. Carmen Lúcia Mariz de Macedo - Pregoeira. Obs.: Informamos que a peça aviada pela GREEN4T SOLUÇÕES TI LTDA. e a decisão da Pregoeira encontram-se disponíveis nesta página para consulta aos interessados. ----------------------------- 23-12-2021 COMUNICAÇÃO Comunicamos a apresentação de Recurso Administrativo por parte da licitante GEMELO DO BRASIL DATA CENTERS, COMERCIO E SERVICOS LTDA., contra a decisão da pregoeira que declarou vencedora a licitante FLASHX CONSTRUTORA E INCORPORADORA LTDA. O arquivo contendo a peça aviada encontra-se disponível nesta página. ----------------------------- 27-12-2021 COMUNICAÇÃO Comunicamos a apresentação de Contrarrazões por parte da licitante Flashx Construtora e Incorporadora LTDA em face do Recurso Administrativo apresentado pela licitante GEMELO DO BRASIL DATA CENTERS, COMERCIO E SERVICOS LTDA. O arquivo contendo a peça contraditória aviada encontra-se disponibilizado nesta página. ----------------------------- 29-12-2021 COMUNICAÇÃO Comunicamos o parcial provimento, por parte da Pregoeira e da Autoridade Competente, do Recurso Administrativo apresentado pela licitante GEMELO DO BRASIL DATA CENTERS, COMERCIO E SERVIÇOS LTDA. O arquivo contendo a íntegra da decisão encontra-se disponibilizado nesta página. ----------------------------- 14-01-2022 COMUNICAÇÃO Comunicamos a apresentação de Recurso Administrativo por parte da licitante FLASHX CONSTRUTORA E INCORPORADORA LTDA. contra a decisão da pregoeira que declarou vencedora a licitante GEMELO DO BRASIL DATA CENTERS,COMERCIO E SERVICOS LTDA. O arquivo contendo a peça aviada encontra-se disponível nesta página. ----------------------------- 18-01-2022 COMUNICAÇÃO Comunicamos a apresentação de Contrarrazões por parte da licitante GEMELO DO BRASIL DATA CENTERS, COMERCIO E SERVICOS LTDA em face do Recurso Administrativo apresentado pela licitante FLASHX CONSTRUTORA E INCORPORADORA LTDA. O arquivo contendo a peça contraditória aviada encontra-se disponibilizado nesta página. ----------------------------- 25-01-2022 COMUNICAÇÃO Comunicamos o desprovimento, por parte da Pregoeira e da Autoridade Competente, do Recurso Administrativo apresentado pela licitante FLASHX CONSTRUTORA E INCORPORADORA LTDA. O arquivo contendo a íntegra da decisão encontra-se disponibilizado nesta página.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Impugnacao_PL 299_2021_GREEN4T.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10724/download;
-[...6 lines deleted...]
- Decisao_assinada_PL 299_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10827/download;
  doumentos_Arquivo 1_cabeamento-PL 299_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10738/download;
  doumentos_Arquivo 2_PL 299_2021_blindagem.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10740/download;
  documentos_Aruivo 3_Catalogo_Produtos_PL299_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10741/download;
  documentos_Arquivo 4_nobreak_sistemas_PL299_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10743/download;
  documentos_Arquivo 5_da_proposta_inicial_PL 299_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10744/download;
  Documentos_habilitatorios_licitanteF000119_processo299_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10745/download;
  Documentos_tecnicos_licitanteF000119_processo299_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10746/download;
+ Documentos_licitanteF000119_processo299_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10747/download;
+ proposta_atualizada_PL299_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10748/download;
+ documentos_crc_certidoes_Pl299_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10749/download;
+ decisao_impugnacao_002_processo__299_2021 - IMPROCEDENTE_Final.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10723/download;
+ Impugnacao_PL 299_2021_GREEN4T.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10724/download;
  resposta_impugnacao_0001_processo_299_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10718/download;
  resposta_pedido_esclarecimentos_0003_processo_299_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10719/download;
- decisao_impugnacao_002_processo__299_2021 - IMPROCEDENTE_Final.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10723/download;
-[...1 lines deleted...]
- documentos_crc_certidoes_Pl299_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10749/download;
+ pl299_pe_2021_aquisicao_servico_Data_Center_DRBD.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10648/download;
  Arquvo 1_Proposta comercial.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10837/download;
  Arquivo 2_Controle de acesso e Cftv.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10838/download;
  Arquivo 3 - Infra El?trica.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10839/download;
  Arquivo 4_ Aterramento_SPDA.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10840/download;
  Arquivo5_ Cabeamento Estruturado.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10841/download;
  Proposta readequada_contrato_Social.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10842/download;
  Proposta_Final_Gemelo_F000169_ PL299_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10847/download;
  Arquivo_complementar_1_habilitacao_PL299_2021_F000169.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10848/download;
  Arquivo_complementar_2_habilitacao_PL299_2021_F000169.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10849/download;
+ CDT_MG_PL299_2021_F000169_Gemelo.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10851/download;
  Arquivo_complementar_3_habilitacao_PL299_2021_F000169.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10850/download;
- CDT_MG_PL299_2021_F000169_Gemelo.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10851/download;
  Recurso _flashx_ PL 299_ 2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10872/download;
+ Decisao_assinada_PL 299_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10827/download;
+ contrarazoes _flashx _Construtora_Incorporadora_PL 299_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10815/download;
+ razoes_Gemelo_PL299_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10806/download;
  Contrarraz?es_Gemelo_ PL 299_ 2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10884/download;
+ Decisao_PL 299_2021_Flashx.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10894/download;
+ ata_Pregao_PL 299_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10900/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 298 / 2021</t>
   </si>
   <si>
     <t>04/12/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para Aquisição de luminárias comerciais e decorativas para atender à demanda de reforma e novas instalações luminotécnicas em imóveis ocupados pelas unidades administrativas pelo Ministério Público.</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 1 LUMINÁRIA DE EMBUTIR 18W BIVOLT </t>
   </si>
   <si>
     <t xml:space="preserve">SUPREMA HIDROELETRICA LTDA - EPP </t>
   </si>
   <si>
     <t>21.500,00</t>
   </si>
   <si>
     <t>04-12-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0082739/2021-36. Recebimento das propostas: até às 10 horas do dia 10/01/2022. Início da disputa de preços: às 10 horas do dia 10/01/2022. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 3 de dezembro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 22-12-2021 COMUNICAÇÃO Considerando que, conforme AVISO PGJAA/DG Nº 16/2021, publicado no DOMP/MG de 15/12/2021, o último dia do plantão dos membros e servidores do Ministério Público do Estado de Minas Gerais será prorrogado para o dia 07/01/2022, os prazos para ESCLARECIMENTOS E IMPUGNAÇÕES ficam dilatados para, na forma prevista no item 3 deste Edital, até às 18 horas do dia 05/01/2022. ----------------------------- 13-01-2022 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0082739/2021-36 Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lotes 1, 2, 4 e 5: Suprema Hidroelétrica Ltda - EPP CNPJ 42.981.902/0001-04 Valores (totais) registrados: R$ 21.500,00 (Lote1); R$ 8.423,75 (Lote 2); R$ 2.449,50 (Lote 4) e R$ 16.350,00 (Lote 5), respectivamente; Lote 3: Outlet Comércio de Materiais Eireli - ME CNPJ 08.235.765/0001-12 Valor (total) registrado: R$ 6.825,00 Belo Horizonte, 12 de janeiro de 2022. ELIANE MARIA GONÇALVES FALCÃO Procuradora-Geral de Justiça Adjunta Administrativa em exercício</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_pl_298_RP_manutencao_predial__1_.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10684/download;
  proposta_documentos_licitanteF000346_processo298_2021_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10852/download;
  proposta_documentos_licitanteF000174_processo298_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10853/download;
  proposta_documentos_licitanteF000236_processo298_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10854/download;
  proposta_documentos_licitanteF000488_processo298_2021_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10855/download;
  proposta_documentos_licitanteF000541_processo298_2021_lote5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10856/download;
  ata_homologacao_planejamento298_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10868/download;
- edital_pl_298_RP_manutencao_predial__1_.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10684/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 2 LUMINÁRIA DE EMBUTIR 9W BIVOLT </t>
   </si>
   <si>
     <t>8.423,75</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 3 LUMINÁRIA TETO/EMBUTIR LED COMPATÍVEL COM SOQUETE GU10 BIVOLT </t>
   </si>
   <si>
     <t xml:space="preserve">OUTLET COMÉRCIO DE MATERIAIS EIRELI - ME </t>
   </si>
   <si>
     <t>6.825,00</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 4 LUMINÁRIA DE PAREDE TIPO TARTARUGA LED BIVOLT </t>
   </si>
   <si>
     <t>2.449,50</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 5 LUMINÁRIA DE EMBUTIR LED EQUIVANTE A 60W/E27 BIVOLT </t>
   </si>
   <si>
     <t>16.350,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 295 / 2021</t>
   </si>
   <si>
     <t>23/11/2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de serviços de manutenção preventiva e corretiva de grupos motogeradores instalados nos imóveis da Procuradoria Geral de Justiça</t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção preventiva e corretiva de grupos motogeradores instalados nos imóveis da Procuradoria Geral de Justiça </t>
   </si>
   <si>
     <t>19-11-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0055783/2021-57 Recebimento das propostas: até às 10 horas do dia 01/12/2021. Início da disputa de preços: às 10 horas do dia 01/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 18 de novembro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 23-11-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0089476/2021-12 Recebimento das propostas: até às 10 horas do dia 03/12/2021. Início da disputa de preços: às 10 horas do dia 03/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 22 de novembro de 2021. Juliana Silva Teixeira Coordenadora Em Substituição da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 25-11-2021 COMUNICAÇÃO Srs. Informamos que na proposta a ser cadastrada no Portal de Compras/MG deverá ser informado o valor global do lote que será o somatório do item 1 + 2 + 3 + 4+ 5+ 6 + 7 (R$ 12.000,00) Dessa forma, considerar o valor fixo de R$12.000,00 para compor o valor total do lote da proposta. O valor estimado anual R$ 12.000,00 (VALOR FIXO) para o ressarcimento de peças, NÃO SERÁ OBJETO DE DISPUTA, apesar de compor o preço total deste lote. A disputa de lances será realizada sobre o valor total do lote. ----------------------------- 03-12-2021 REVOGAÇÃO REVOGAÇÃO DE LICITAÇÃO - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0055783/2021-57 - Objeto: Contratação de empresa especializada para execução de serviços de manutenção preventiva e corretiva de grupos motogeradores instalados nos imóveis da Procuradoria Geral de Justiça. - Modalidade: Pregão eletrônico - A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do lote 1 (único). Motivo: por conveniência e oportunidade, tendo em vista a necessidade de revisão dos itens 6 e 7 deste lote. Prazo para manifestação: 5 (cinco) dias úteis, nos termos do art.49, § 3º c/c art. 109, I, 'c', ambos da Lei n.º 8.666/93. Oportunamente, será publicada nova licitação para este objeto. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 02 de dezembro de 2021 MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 03-12-2021 COMUNICAÇÃO Informamos que o inteiro teor da decisão de REVOGAÇÃO da autoridade competente encontra-se disponível nesta página para consulta dos interessados.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_295_2021_manutencao_preventiva_corretiva_motogeradores_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10590/download;
- ata_homologacao_processo_295_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10696/download;
  Publicacao_DOMP_REVOGACAO_PL_295_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10658/download;
  Parecer_decisao_REVOGACAO_processo_295_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10657/download;
+ ata_homologacao_processo_295_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10696/download;
+ edital_processo_295_2021_manutencao_preventiva_corretiva_motogeradores_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10590/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Revogado EM ANDAMENTO </t>
   </si>
   <si>
     <t xml:space="preserve"> 294 / 2021</t>
   </si>
   <si>
     <t>10/12/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de eletrodutos, eletrocalhas, perfilados e acessórios de ferragens para realização de infraestruturas em instalações de redes elétricas e lógicas nos imóveis ocupados pelas unidades administrativas do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 1 ELETRODUTOS GALVANIZADOS DE 3/4? </t>
   </si>
   <si>
     <t>5.139,60</t>
   </si>
   <si>
     <t>10-12-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0023821/2021-22 Objeto: REGISTRO DE PREÇOS para aquisição de eletrodutos, eletrocalhas, perfilados e acessórios de ferragens para realização deinfraestruturas em instalações de redes elétricas e lógicas nos imóveis ocupados pelas unidades administrativas do Ministério Público de Minas Gerais. Recebimento das propostas: até às 10 horas do dia 11/01/2022. Início da disputa de preços: às 10 horas do dia 11/01/2022. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 9 de dezembro de 2021. Juliana Silva Teixeira Coordenadora da Diretoria de Gestão de Compras e Licitações em Exercício/PGJ-MG ----------------------------- 22-12-2021 COMUNICAÇÃO Considerando que, conforme AVISO PGJAA/DG Nº 16/2021, publicado no DOMP/MG de 15/12/2021, o último dia do plantão dos membros e servidores do Ministério Público do Estado de Minas Gerais será prorrogado para o dia 07/01/2022, os prazos para ESCLARECIMENTOS E IMPUGNAÇÕES ficam dilatados para, na forma prevista no item 3 deste Edital, até às 18 horas do dia 06/01/2022. ----------------------------- 25-01-2022 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0023821/2021-22 Homologo o resultado do julgamento deste processo, no qual foi vencedor e registrou seus preços o licitante: Lotes 1 e 2: FX COMÉRCIO E DISTRIBUIDORA EIRELI - EPP CNPJ: 13.857.945/0001-76 Valores (totais) registrados: R$5.139,60 (Lote1); R$11.740,80 (Lote 2). Os lotes 3, 4, 5 e 6 resultaram fracassados, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 21 de janeiro de 2022. ELIANE MARIA GONÇALVES FALCÃO Procuradora-Geral de Justiça Adjunta Administrativa em Exercício</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_pl_294_2021_RP_eletrodutos_e_outros_diman.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10708/download;
  Mapa_de_Precos_para_readequacao_de_valores_da_proposta_pelo_licitante FX_F000119_LOTE 1.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/10870/download;
+ proposta_docs_iniciais_licitante_FX_F000119_F000282_pl294_2021_lotes 1 e 2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10875/download;
  Mapa_de_Precos_para_readequacao_de_valores_da_proposta_pelo_licitante FX_F000282_LOTE 2.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/10871/download;
- proposta_docs_iniciais_licitante_FX_F000119_F000282_pl294_2021_lotes 1 e 2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10875/download;
  propostas_complementadas_e_catalogos_tecnicos_licitante_FX_F000119_F000282_pl294_2021_lotes 1 e 2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10879/download;
+ docs_habilitatorios_licitante_FX_F000119_F000282_pl294_2021_lotes 1 e 2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10890/download;
  ata_homologacao_planejamento294_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10892/download;
- docs_habilitatorios_licitante_FX_F000119_F000282_pl294_2021_lotes 1 e 2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10890/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 2 ELETRODUTOS GALVANIZADOS DE 1? </t>
   </si>
   <si>
     <t>11.740,80</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 3 ELETRODUTOS GALVANIZADOS DE 2? </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 4 ELETROCALHAS METÁLICAS GALVANIZADAS 100X50 mm </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 5 PERFILADOS METÁLICOS 38X38 mm </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 6 CAIXAS DE PASSAGEM METÁLICAS </t>
   </si>
   <si>
     <t>293 / 2021</t>
   </si>
   <si>
     <t>27/10/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de mobiliário novo sob medida.</t>
   </si>
   <si>
     <t xml:space="preserve">MAIOR PREÇO </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE ÚNICO MOBILIÁRIO </t>
   </si>
   <si>
     <t>27-10-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0053612/2021-86 Recebimento das propostas: até às 10 horas do dia 11/11/2021. Início da disputa de preços: às 10 horas do dia 11/11/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Juliana Silva Teixeira Coordenadora da Diretoria de Compras e Licitações em Exercício/PGJ-MG ----------------------------- 16-12-2021 HOMOLOGAÇÃO Número do planejamento: 293 / Ano: 2021 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0053612/2021-86 - Objeto: REGISTRO DE PREÇOS para aquisição de mobiliário novo sob medida.- Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1 (único): FORMESPAÇO MÓVEIS E INSTALAÇÕES LTDA EPP. CNPJ 20.549.945/0001-74 Valor (total) registrado: R$ 959.000,00. Belo Horizonte, 15 de dezembro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
+ ata_homologacao_PL_293_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10759/download;
+ _edital_processo_293_2021_rp_aquisicao_de_mobiliario_DIMAT_DIMAN (1).rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10524/download;
  proposta_documentacao_licitanteF000199_processo293_2021_lote_unico.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10556/download;
- _edital_processo_293_2021_rp_aquisicao_de_mobiliario_DIMAT_DIMAN (1).rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10524/download;
- ata_homologacao_PL_293_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10759/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 292 / 2021</t>
   </si>
   <si>
     <t>29/10/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de cabos elétricos flexíveis monopolares, paralelos e multipolares.</t>
   </si>
   <si>
     <t xml:space="preserve">CABOS ELÉTRICOS / CÓDIGOS-SIAD 639397 E 1038524 </t>
   </si>
   <si>
     <t>2.738,00</t>
   </si>
   <si>
     <t>29-10-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0045083/2021-91. Recebimento das propostas: até às 10 horas do dia 16/11/2021. Início da disputa de preços: às 10 horas do dia 16/11/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 28 de outubro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações / PGJ-MG ----------------------------- 03-12-2021 HOMOLOGAÇÃO Número do planejamento: -292 / Ano: 2021 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0045083/2021-91 Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lotes 1, 5 e 6: Gama Luz Comércio de Materiais Elétricos Ltda CNPJ: 10.174.094/0001-79 Valor (total) registrado (respectivamente): R$ 2.738,00; R$ 37.369,80) e R$ 36.308,88 Lotes 2, 3 e 4: Universo Elétrico Ltda. CNPJ: 02.697.297/0001-11 Valor (total) registrado (respectivamente): R$ 120.960,00; R$ 142.560,00 e R$ 177.900,00. Lote 8 e 10 a 15: Suprema Hidroelétrica Ltda. - ME CNPJ: 42.981.902/0001-04 Valor (total) registrado (respectivamente): R$ 1.870,62; R$ 14.500,00; R$ 15.300,00; R$ 21.480,00; R$ 10.380,00; R$ 17.940,00 e R$ 35.640. Os lotes 7 e 9 resultaram fracassados, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 02 de dezembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- proposta_Licitantes_F000140_F000582_F000613_processo_292_2021_lotes_1_5_6_Gama.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10583/download;
-[...4 lines deleted...]
- CRC_proposta_lote8_Suprema.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10589/download;
+ ata_homologacao_planejamento292_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10704/download;
  docs_habilitacao_lotes_8_10_a_15_Suprema.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10646/download;
  docs_habilitacao_Lote_1_5_6_Gama_Luz.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10647/download;
  Lista_de_produtos_referenciais.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10536/download;
  edital_processo_292_2021_rp_aquisicao_cabos_eletricos_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10538/download;
+ crc_certidoes_lotes_2_3_4_Universo.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10588/download;
+ CRC_proposta_lote8_Suprema.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10589/download;
+ propostas_processo_292_2021_lotes_10_a_15_Gama_Luz.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10586/download;
+ propostas_lotes_2_3_4_universo.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10587/download;
  crc_certidoes_licitantes_F000140_582_613_processo_292_2021_lotes_1_5_6_gama_luz.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10582/download;
- ata_homologacao_planejamento292_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10704/download;
+ proposta_Licitantes_F000140_F000582_F000613_processo_292_2021_lotes_1_5_6_Gama.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10583/download;
+ docs_habilitacao_pl-292_2021_lotes_2_3_4_universo.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10612/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CABOS ELÉTRICOS / CÓDIGOS-SIAD 1038516, 436640 E 114227 </t>
   </si>
   <si>
     <t xml:space="preserve">UNIVERSO ELÉTRICO LTDA. </t>
   </si>
   <si>
     <t>120.960,00</t>
   </si>
   <si>
     <t xml:space="preserve">CABOS ELÉTRICOS / CÓDIGOS-SIAD 201049, 202355 E 452955 </t>
   </si>
   <si>
     <t>142.560,00</t>
   </si>
   <si>
     <t xml:space="preserve">CABOS ELÉTRICOS / CÓDIGOS-SIAD 81744, 202479 E 201057 </t>
   </si>
   <si>
     <t>177.900,00</t>
   </si>
   <si>
     <t xml:space="preserve">CABOS ELÉTRICOS / CÓDIGOS-SIAD 1804707, 1804715, 1804723, 1804804 E 1804731 </t>
@@ -2046,223 +2046,223 @@
   </si>
   <si>
     <t>35.640,00</t>
   </si>
   <si>
     <t>20/11/2021</t>
   </si>
   <si>
     <t>Prestação do serviço de digitalização de processos, procedimentos e documentos de interesse institucional do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 01: SERVIÇO DE DIGITALIZAÇÃO: TRIÂNGULO, ALTO PARANAÍBA, CENTRO OESTE </t>
   </si>
   <si>
     <t xml:space="preserve">IRON MOUNTAIN DO BRASIL LTDA </t>
   </si>
   <si>
     <t>529.292,38</t>
   </si>
   <si>
     <t>20-11-2021 AVISO DE LICITAÇÃO Unidade: 1091012. Processo no Sistema Eletrônico de Informações (SEI): 19.16.3710.0089966/2021-11. Recebimento das propostas: até às 10 horas do dia 02/12/2021. Início da disputa de preços: às 10 horas do dia 02/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 19 de novembro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 25-11-2021 ESCLARECIMENTOS Seguem, em arquivo abaixo, respostas da Diretoria de Gestão de Compras e Licitações e do Setor Técnico (DIRETORIA DE GESTÃO DOCUMENTAL / DIGD) ao Pedido de esclarecimentos nº 0001. ----------------------------- 29-11-2021 ESCLARECIMENTOS Segue, em arquivo abaixo, resposta da Diretoria de Gestão de Compras e Licitações e do setor técnico (Diretoria de Gestão Documental) ao Pedido de Esclarecimento nº 0002. ----------------------------- 30-11-2021 ESCLARECIMENTOS Segue, em arquivo anexado abaixo, resposta da Diretoria de Gestão de Compras e Licitações e do Setor Técnico (Diretoria de Gestão Documental) ao Pedido de Esclarecimentos nº 0003. ----------------------------- 01-12-2021 ESCLARECIMENTOS Em que pese a intempestividade da respectiva solicitação, segue, por liberalidade, em arquivo anexado abaixo, resposta da Diretoria de Gestão de Compras e Licitações e do Setor Técnico (DIRETORIA DE GESTÃO DOCUMENTAL / DIGD) ao Pedido de Esclarecimentos nº 0004. ----------------------------- 22-12-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3710.0089966/2021-11 Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lotes 1 e 4: IRON MOUNTAIN DO BRASIL LTDA CNPJ: 04.120.966/0044-53 Valores (totais) adjudicados: R$529.292,39 (Lote 1); R$515.023,43 (Lote 4). Lote 3: NEX TECNOLOGIA EM GESTÃO DA INFORMAÇÃO LTDA - ME CNPJ: 15.753.780/0001-18 Valor (total) adjudicado: R$1.045.840,32. O resultado do Lote 2 será divulgado oportunamente. Belo Horizonte, 21 de dezembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 31-12-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3710.0089966/2021-11 Homologo o resultado do julgamento do Lote 2 deste processo, do qual foi vencedor e adjudicatário o licitante: Lote 2: IRON MOUNTAIN DO BRASIL LTDA CNPJ: 04.120.966/0044-53 Valor (total) adjudicado: R$676.624,13. O resultado do julgamento dos Lotes 1, 3 e 4 foi previamente homologado, conforme publicação havida em 22/12/21. Belo Horizonte, 30 de dezembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ resposta_ao_pedido_esclarecimentos_0001_processo_292_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10617/download;
+ DOCS_TECNICOS_ANEXOS_ I_ A_ VI_DO_TERMO_DE_REFERENCIA.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10604/download;
+ edital_processo_292_2021_ servicos_de_digitalizacao_STI_SPC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10603/download;
+ proposta_Licitantes_F000140_F000582_F000613_processo_292_2021_lotes_1_5_6_Gama_CORRIGIDA.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10610/download;
+ resposta_ao_pedido_de_esclarecimentos_0002_processo_292_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10627/download;
+ resposta_ao_pedido_de_esclarecimentos_0003_processo_292_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10641/download;
+ resposta_ao_pedido_de_esclarecimentos_0004_processo_292_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10649/download;
+ proposta_docs_iniciais_licitante_Copynorte_F000204_pl292_2021_lote 2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10701/download;
+ proposta_docs_iniciais_licitante_Nex_F000350_pl292_2021_lote 3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10699/download;
+ proposta_docs_iniciais_licitante_Iron_F000186_F000469_pl292_2021_lotes 1 e 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10686/download;
+ Parecer_tecnico_DIGD_sobre_propostas_e_sua_exequibilidade_pl292_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10770/download;
  docs_habilitatorios_licitante_Iron_F000186_F000299_F000469_pl292_2021_lotes 1, 2 e 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10778/download;
  docs_habilitatorios_licitante_Nex_F000350_pl292_2021_lote 3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10779/download;
  Parecer_tecnico_SPC_DIGD_sobre_atestados_e_declaracoes_tecnicas_pl292_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10780/download;
+ proposta_docs_iniciais_licitante_Iron_F000299_pl292_2021_lote 2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10752/download;
+ Esclarecimentos_adicionais_exequibilidade_licitante_Nex_F000350_pl292_2021_lote 3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10731/download;
+ Esclarecimentos_adicionais_exequibilidade_licitante_Iron_F000186_F000469_pl292_2021_lotes 1 e 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10730/download;
+ ata_homologacao_processo292_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10844/download;
+ Decisao_Recurso_RLV_desprovimento_pl_292_2021_lote 2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10834/download;
+ contrarrazoes_licitante_IRON_MOUNTAIN_pl292_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10825/download;
+ recurso_licitante_RLV_ F000257_pl292_2021_lote 2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10813/download;
  ata_homologacao_LOTES 1, 3 e 4_processo292_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10805/download;
- recurso_licitante_RLV_ F000257_pl292_2021_lote 2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10813/download;
-[...16 lines deleted...]
- Parecer_tecnico_DIGD_sobre_propostas_e_sua_exequibilidade_pl292_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10770/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 02: SERVIÇO DE DIGITALIZAÇÃO: NORTE, NOROESTE, RIO DOCE, JEQUITINHONHA </t>
   </si>
   <si>
     <t>676.624,13</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 03: SERVIÇO DE DIGITALIZAÇÃO: REGIÃO CENTRAL, SUL DE MINAS, ZONA DA MATA </t>
   </si>
   <si>
     <t xml:space="preserve">NEX TECNOLOGIA EM GESTÃO DA INFORMAÇÃO LTDA - ME </t>
   </si>
   <si>
     <t>1.045.840,31</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 04: SERVIÇO DE DIGITALIZAÇÃO: BELO HORIZONTE E REGIÃO METROPOLITANA </t>
   </si>
   <si>
     <t>515.023,44</t>
   </si>
   <si>
     <t xml:space="preserve"> 291 / 2021</t>
   </si>
   <si>
     <t>22/10/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de equipamentos de áudio e vídeo novos.</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETORES </t>
   </si>
   <si>
     <t xml:space="preserve">MICROTÉCNICA INFORMÁTICA LTDA </t>
   </si>
   <si>
     <t>303.254,00</t>
   </si>
   <si>
     <t>22-10-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0050638/2021-68 Objeto: Registro de preços para aquisição de equipamentos de áudio e vídeo novos. Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 08/11/2021. Início da disputa de preços: às 10 horas do dia 08/11/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte/MG, 22 de outubro de 2021. Juliana Silva Teixeira, Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG em exercício. ----------------------------- 19-11-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0050638/2021-68 Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1: Microtécnica Informática Ltda CNPJ 01.590.728/0008-50 Valor (total) registrado: R$303.254,00 Lote 2: SIC Logística e Distribuidora Ltda CNPJ 40.305.811/0001-15 Valor (total) registrado: R$75.650,00 Lote 3: AGEM Tecnologia Distribuidora Ltda CNPJ 09.022.398/0001-31 Valor (total) registrado: R$72.500,00 Belo Horizonte, 18 de novembro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  ata_homologacao_planejamento291_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10613/download;
- proposta_documentos_licitanteF000251_processo291_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10543/download;
  Apenso ?nico ao TR.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10518/download;
  edital_processo_291_2021_rp_equipamentos de_audio_e_video_DIMAT_rtf.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10519/download;
  proposta_documentos_licitanteF000104_processo291_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10551/download;
+ proposta_documentos_licitanteF000251_processo291_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10543/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SUPORTE E TELA </t>
   </si>
   <si>
     <t xml:space="preserve">SIC LOGÍSTICA E DISTRIBUIDORA LTDA </t>
   </si>
   <si>
     <t>75.650,00</t>
   </si>
   <si>
     <t xml:space="preserve">FONES </t>
   </si>
   <si>
     <t xml:space="preserve">AGEM TECNOLOGIA DISTRIBUIDORA LTDA </t>
   </si>
   <si>
     <t>72.500,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 290 / 2021</t>
   </si>
   <si>
     <t>11/11/2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a retomada da obra de construção da nova sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Patos de Minas - MG.</t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a retomada da obra de construção da nova sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Patos de Minas - MG. CÓDIGO SIAD 1490 </t>
   </si>
   <si>
     <t>11-11-2021 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0069900/2021-11 Recebimento dos envelopes: até às 12 horas do dia 10/01/2022, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 13 horas do dia 10/01/2022, na Procuradoria-Geral de Justiça do Estado de Minas Gerais - Sala Minas Gerais - Av. Álvares Cabral, nº 1740 - 3º andar - Santo Agostinho - Belo Horizonte - MG. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 10 de novembro de 2021. Juliana Silva Teixeira Coordenadora Em Substituição da Diretoria de Gestão de Compras e Licitações /PGJ-MG *Republicação do PL 220/2021, que resultou deserto. ----------------------------- 07-12-2021 COMUNICAÇÃO - Edital retificado na presente data para atualização das datas para impugnação ao edital, considerando que, conforme AVISO PGJAA/DG Nº 13/2021, publicado no DOMP/MG de 30/11/2021, não haverá expediente nos órgãos e dependências do Ministério Público do Estado de Minas Gerais no dia 7 de janeiro de 2022. ----------------------------- 17-12-2021 COMUNICAÇÃO - Considerando que, conforme AVISO PGJAA/DG Nº 16/2021, publicado no DOMP/MG de 15/12/2021, o último dia do plantão dos membros e servidores do Ministério Público do Estado de Minas Gerais será prorrogado para o dia 07/01/2022, os prazos para ESCLARECIMENTOS E IMPUGNAÇÕES ficam dilatados para, na forma prevista no item 3 deste Edital, até às 18 horas do dia 03/01/2022 e, em se tratando de licitante, até às 18 horas do dia 06/01/2022. ----------------------------- 17-12-2021 ESCLARECIMENTOS Segue(m) resposta(s) da Superintendência de Engenharia ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: QUESTIONAMENTO: Existem projetos com a representação que demonstram os itens que foram executados e os itens que serão executados nessa licitação? RESPOSTA: Não. Os projetos apresentados no processo licitatório são completos. Os itens e quantitativos das planilhas orçamentárias expressam apenas o que falta para ser executado. Informamos que, conforme edital, a visita à obra é facultativa e caso não seja realizada, entender-se-á que o licitante conhece todas as condições locais para a execução do objeto desta licitação. ----------------------------- 06-01-2022 ESCLARECIMENTOS Segue(m) resposta(s) da Superintendência de Engenharia ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: Pergunta 01: Como o MPMG se comportará no quesito Re-equilíbrio econômico financeiro de um contrato futuro dessa obra? Visto que é devido, pois estão licitando uma obra em COM CONSEQUÊNCIAS DA PANDEMIA e utilizando preços de Tabelas Defasadas e/ou preço de mercado, que não refletem a realidade atual pela instabilidade do mercado. RESPOSTA à pergunta 1: Conforme previsto no edital (Cláusula décima terceira da Minuta do Contrato), o primeiro reajuste ocorrerá 12 (doze) meses após a data do orçamento estimado (26/07/2021). Pergunta 02: Será permitida a equivalência técnica de serviços e /ou revestimentos com preços de mercado fora da realidade, ou seja será permitido o uso de materiais similares com mesma qualidade técnica? RESPOSTA à pergunta 2: Conforme descrito no item 2, das Disposições Preliminares, do Caderno de Especificações Técnicas:?As especificações de marcas constantes nesta especificação são referenciais, servindo, pois, como base quanto à qualidade, podendo-se utilizar qualquer marca nacional ou importada que goze de iguais descrições/prerrogativas, desde que previamente aprovadas pela CONTRATANTE, exceto nos casos de materiais já utilizados na primeira fase da obra, que devem ser de marcas e modelos idênticos aos instalados.A CONTRATADA deverá submeter à apreciação da CONTRATANTE, em tempo hábil, amostras (no mínimo 02 opções) ou catálogos dos materiais, sob pena de impugnação dos trabalhos porventura executados. Para o caso de a CONTRATADA optar pelo fornecimento do produto/material exatamente referenciado, em detrimento de um similar, ficará à critério da CONTRATANTE a dispensa ou não de apresentação de amostras. ? Pergunta 03: Analisando a CURVA ABC (CIVIL) verifica-se o item abaixo: CIV-104- PLACAS DE GRANITO VERMELHO BRASÍLIA OU JACARANDÁ VINHO INSTALADAS NAS FACHADAS,EXCETO NO ENCONTRO DOS PEITORIS E DASVERGAS DAS JANELAS, FIXADAS COM INSERTS METÁLICOSM² 771,80 Será permitida ou solução técnica para esse SERVIÇO, em caso afirmativo os oriente. RESPOSTA à pergunta 3: Os serviços deverão ser executados conforme descritos no Caderno de Especificações Técnicas e nos Memoriais Descritivos. ----------------------------- 14-01-2022 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO Número do processo: 290 / Ano: 2021 - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0069900/2021-11 - Objeto: Contratação de empresa especializada para a retomada da obra de construção da nova sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Patos de Minas - MG. - Modalidade: Concorrência - Licitante(s) habilitado(s): Controle Engenharia Eireli, CNPJ 18.354.443/0001-46. A ata de julgamento da documentação está disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório. Nos termos do art. 109, I, a, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento da documentação. Abertura das propostas: às 13 horas do dia 24 de janeiro de 2022, na Diretoria de Gestão de Compras e Licitações (Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG). *Observação: havendo renúncia expressa do(s) licitante(s) ao direito de interposição de recurso ou eventuais recursos interpostos ou necessidade administrativa, a data para abertura das propostas poderá ser alterada. Nesse caso, haverá nova publicação nos mesmos moldes desta. Belo Horizonte, 13 de janeiro de 2022. Simone de Oliveira Capanema Presidente da Comissão Permanente de Licitação. ----------------------------- 17-01-2022 COMUNICAÇÃO DE ALTERAÇÃO DA DATA DE ABERTURA DAS PROPOSTAS Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0069900/2021-11 Objeto: Contratação de empresa especializada para a retomada da obra de construção da nova sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Patos de Minas - MG. - Modalidade: Concorrência - Conforme resultado do Julgamento da Documentação de Habilitação publicado no Diário Oficial Eletrônico do Ministério Público de Minas Gerais (DOMP/MG), edição 14/01/2022, págs. 37/38 e diante da renúncia expressa em interpor recurso quanto ao julgamento da fase habilitatória pelo licitante participante deste certame (Controle Engenharia Eireli), será dada prosseguimento à fase subsequente: Abertura da proposta: às 13 horas do dia 18 de janeiro de 2022, na sala de reuniões da Diretoria de Gestão de Compras e Licitações (DGCL), na Av. Álvares Cabral, 1740, 6º andar, BH/MG. Belo Horizonte, 14 de janeiro de 2022 - Simone de Oliveira Capanema - Presidente da Comissão Permanente de Licitação. ----------------------------- 31-01-2022 COMUNICAÇÃO Comunicamos a disponibilização da Ata de Classificação Inicial da Proposta, nesta página, para consulta dos interessados. Conforme exposto na ATA, o licitante detentor da oferta classificada será convocado pela CPL, via e-mail, para apresentar as composições previstas no subitem 8.5 e seguintes do Instrumento Convocatório. ----------------------------- 23-03-2022 RESULTADO DO JULGAMENTO DAS PROPOSTAS E COMUNICAÇÃO Número do processo: 290/2021 - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0069900/2021-11 - Objeto: Contratação de empresa especializada para a retomada da obra de construção da nova sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Patos de Minas - MG.- Modalidade: Concorrência - Classificação final da proposta: Controle Engenharia Ltda., CNPJ 18.354.443/0001-46. Fica declarada vencedora do certame a empresa Controle Engenharia Ltda., CNPJ 18.354.443/0001-46, por atender as exigências editalícias. A ata de julgamento da proposta está disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br,e nos autos do processo licitatório. Nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento e classificação da proposta. Belo Horizonte, 22 de março de 2022 - Simone de Oliveira Capanema - Presidente da Comissão Permanente de Licitação. ----------------------------- 23-03-2022 COMUNICAÇÃO Comunicamos a disponibilização da Ata de Classificação Final da Proposta, nesta página, para consulta dos interessados ----------------------------- 26-03-2022 ADJUDICAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0069900/2021-11 - Objeto: Contratação de empresa especializada para a retomada da obra de construção da nova sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Patos de Minas - MG. - Modalidade: Concorrência - Devido à renúncia expressa do(s) licitante(s), não houve interposição de recurso contra o resultado do julgamento e classificação da proposta. Fica adjudicado à empresa CONTROLE ENGENHARIA EIRELI, CNPJ 18.354.443/0001-46, o item único desse processo, por atender a todas as exigências editalícias e oferecer proposta de menor preço, dentro do valor máximo permitido pelo edital. Valor (total) adjudicado: R$ 7.030.009,30. Belo Horizonte, 24 de março de 2022. Simone de Oliveira Capanema Presidente da Comissão Permanente de Licitação MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 26-03-2022 HOMOLOGAÇÃO Unidade 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0069900/2021-11 - Objeto: Contratação de empresa especializada para a retomada da obra de construção da nova sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Patos de Minas - MG. Modalidade: Concorrência - Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: CONTROLE ENGENHARIA EIRELI, CNPJ 18.354.443/0001-46. Valor (total) adjudicado: R$ 7.030.009,30. Belo Horizonte, 24 de março de 2022. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  caderno_doc_tecnica_processo_290_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10548/download;
- Publicacao_DOMP_Classificacao_final_proposta_e_vencedora_PL_290_2021.PDF : https://transparencia.mpmg.mp.br/licitacao/arquivo/10972/download;
-[...2 lines deleted...]
- Publicacao_DOMP_Adjudicacao_Processo_290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10985/download;
  edital_processo_290_2021_obra_Patos_de_Minas_DFOB.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10683/download;
- PROP_PLAN_revisadas_Licitante_Controle_PL_290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10969/download;
-[...2 lines deleted...]
- PROP_PLAN_Licitante_Controle_PL_290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10888/download;
+ Ata_de_Julgamento_da_Documentacao_Processo_290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10873/download;
+ Publicacao_DOMP_Julgamento_Documentacao_Processo_290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10874/download;
+ Publicacao_DOMP_comunica_data_abertura_da_proposta_Processo_290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10878/download;
+ DOCs_TECNICO_Licitante_Controle_PL_290_2021(8).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10866/download;
  Ata de Abertura de Documentacao_Processo_290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10858/download;
- DOCs_TECNICO_Licitante_Controle_PL_290_2021(7).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10865/download;
-[...1 lines deleted...]
- DOCs_TECNICO_Licitante_Controle_PL_290_2021(6).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10864/download;
  DOCs_JURIDICO_BALANCO_TECNICO_Licitante_Controle_PL_290_2021(1).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10859/download;
  DOCs_TECNICO_Licitante_Controle_PL_290_2021(2).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10860/download;
  DOCs_TECNICO_Licitante_Controle_PL_290_2021(3).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10861/download;
  DOCs_TECNICO_Licitante_Controle_PL_290_2021(4).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10862/download;
+ DOCs_TECNICO_Licitante_Controle_PL_290_2021(5).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10863/download;
+ DOCs_TECNICO_Licitante_Controle_PL_290_2021(6).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10864/download;
+ DOCs_TECNICO_Licitante_Controle_PL_290_2021(7).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10865/download;
+ ATA_Abertura_Proposta_PL_290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10887/download;
+ PROP_PLAN_Licitante_Controle_PL_290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10888/download;
+ ATA_Classificacao_INICIAL_Proposta_Processo_290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10901/download;
  PROP_PLAN_adequadas_Licitante_Controle_PL_290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10942/download;
- DOCs_TECNICO_Licitante_Controle_PL_290_2021(8).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10866/download;
-[...2 lines deleted...]
- Publicacao_DOMP_comunica_data_abertura_da_proposta_Processo_290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10878/download;
+ PROP_PLAN_revisadas_Licitante_Controle_PL_290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10969/download;
+ Publicacao_DOMP_Classificacao_final_proposta_e_vencedora_PL_290_2021.PDF : https://transparencia.mpmg.mp.br/licitacao/arquivo/10972/download;
+ ATA_Classificacao_FINAL_Proposta_Processo_290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10973/download;
+ Publicacao_DOMP_Homologacao_Processo_290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10986/download;
+ Publicacao_DOMP_Adjudicacao_Processo_290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10985/download;
 </t>
   </si>
   <si>
     <t>290 / 2021</t>
   </si>
   <si>
     <t>19/11/2021</t>
   </si>
   <si>
     <t>Aquisiçãoo de materiais elétricos diversos para organização e suporte nas instalações e adequações de redes elétricas e lógicas nos imóveis ocupados pelas unidades administrativas do MPMG.</t>
   </si>
   <si>
     <t xml:space="preserve">ORGANIZADOR DE CABOS E FIOS </t>
   </si>
   <si>
     <t>5.372,50</t>
   </si>
   <si>
     <t>19-11-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0033487/2021-67 Recebimento das propostas: até às 10 horas do dia 01/12/2021. Início da disputa de preços: às 10 horas do dia 01/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 19 de novembro de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações/PGJ-MG ----------------------------- 08-12-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0033487/2021-67 Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lotes 1, 3, 4, 6, 7, 8 e 9: Suprema Hidroelétrica Ltda - EPP CNPJ 42.981.902/0001-04 Valores (totais) registrados, respectivamente: R$5.372,50 (Lote 1); R$22.000,00 (Lote 3); R$3.387,00 (lote 4); R$20.772,00 (Lote 6); R$3.600,00 (Lote 7); R$7.600,00 (Lote 8) e R$9.990,00 (lote 9). Lotes 2 e 5: D.P.R. Comércio e Serviços Eireli - EPP CNPJ 07.106.755/0001-14 Valores (totais) registrados, respectivamente: R$ 15.540,00 (Lote 2) e R$1.700,00 (Lote 5). Belo Horizonte, 07 de dezembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_planejamento290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10703/download;
+ proposta_documentos_licitanteF000914_processo290_2021_lote9.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10695/download;
+ proposta_documentos_licitanteF000787_processo290_2021_lote7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10693/download;
+ proposta_documentos_licitanteF000818_processo290_2021_lote8.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10694/download;
  proposta_documentos_licitanteF000239_processo290_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10687/download;
  proposta_documentos_licitanteF000500_processo290_2021_lote5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10688/download;
  proposta_documentos_licitanteF000168_processo290_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10689/download;
  proposta_documentos_licitanteF000363_processo290_2021_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10690/download;
  proposta_documentos_licitanteF000420_processo290_2021_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10691/download;
  proposta_documentos_licitanteF000654_processo290_2021_lote6.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10692/download;
- proposta_documentos_licitanteF000787_processo290_2021_lote7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10693/download;
- proposta_documentos_licitanteF000818_processo290_2021_lote8.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10694/download;
  pl290_pe_rp_pc_53_2021_Aquisicao_materiais_eletricos_de_rede_logica_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10592/download;
  pl290_Lista_de_produtos_referenciais___materiais_eletricos_diversos_2021___versao_03.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10593/download;
- proposta_documentos_licitanteF000914_processo290_2021_lote9.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10695/download;
- ata_homologacao_planejamento290_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10703/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CABO DE ALIMENTACAO </t>
   </si>
   <si>
     <t xml:space="preserve">D.P.R COMERCIO E SERVICOS EIRELI - EPP </t>
   </si>
   <si>
     <t>15.540,00</t>
   </si>
   <si>
     <t xml:space="preserve">FITA PARA ROTULADOR </t>
   </si>
   <si>
     <t>22.000,00</t>
   </si>
   <si>
     <t xml:space="preserve">PILHAS/BATERIA E CARREGADOR DE PILHAS </t>
   </si>
   <si>
     <t>3.387,00</t>
   </si>
   <si>
     <t xml:space="preserve">LANTERNA PORTÁTIL </t>
@@ -2287,107 +2287,107 @@
   </si>
   <si>
     <t xml:space="preserve">FECHADURA </t>
   </si>
   <si>
     <t>9.990,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 289 / 2021</t>
   </si>
   <si>
     <t>10/11/2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços gráficos (adesivos, cartilhas, banner, folders e cartões de visita).</t>
   </si>
   <si>
     <t xml:space="preserve">BANNER E ADESIVOS </t>
   </si>
   <si>
     <t>10-11-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0072213/2021-28 - Unidade: 1091012 - Recebimento das propostas: até às 10 horas do dia 23/11/2021. Início da disputa de preços: às 10 horas do dia 23/11/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 9 de novembro de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG. ----------------------------- 22-12-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0072213/2021-28 Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 2: AVOHAI EVENTOS LTDA - ME CNPJ: 08.804.604/0001-00 Valor total adjudicado: R$72.340,00. O Lote 1 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 17 de dezembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_289_2021_servicos_graficos_ASSCOM.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10544/download;
-[...1 lines deleted...]
- proposta_docs_iniciais_licitante_Avohai_F000208_pl289_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10608/download;
  ata_homologacao_processo289_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10783/download;
  docs_habilitatorios_licitante_Avohai_F000208_pl289_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10729/download;
+ edital_processo_289_2021_servicos_graficos_ASSCOM.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10544/download;
+ proposta_docs_iniciais_licitante_Avohai_F000208_pl289_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10608/download;
+ proposta_final_corrigida_licitante_Avohai_F000208_pl289_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10634/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CARTILHAS, FOLDERS E CARTÕES DE VISITA </t>
   </si>
   <si>
     <t xml:space="preserve">Avohai Eventos Ltda. - ME </t>
   </si>
   <si>
     <t>72.340,00</t>
   </si>
   <si>
     <t>26/01/2022</t>
   </si>
   <si>
     <t>Registro de preços para aquisição de bens permanentes (máquinas fragmentadoras, protocoladoras, eletroeletrônicos, carrinhos, dentre outros bens) destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais, conforme quantidades, especificações técnicas e exigências estabelecidas no Edital.</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 1 ? FRAGMENTADORAS </t>
   </si>
   <si>
     <t xml:space="preserve">EBA OFFICE COMÉRCIO DE MÁQUINAS PARA ESCRITÓRIO LTDA </t>
   </si>
   <si>
     <t>194.000,00</t>
   </si>
   <si>
     <t>26-01-2022 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0019379/2021-64 Recebimento das propostas: até às 10 horas do dia 09/02/2022. Início da disputa de preços: às 10 horas do dia 09/02/2022. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 25 de janeiro de 2022. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 04-02-2022 ESCLARECIMENTOS Seguem, em arquivo abaixo, respostas da Diretoria de Gestão de Compras e Licitações e do Setor Técnico (Divisão de Materiais) ao Pedido de Esclarecimento nº 0001. ----------------------------- 07-02-2022 ESCLARECIMENTOS Em que pese a intempestividade do questionamento, segue resposta da Diretoria de Gestão de Compras e Licitações ao Pedido de Esclarecimento nº 0004: QUESTIONAMENTO: Sr. Pregoeiro, Não conseguimos ver o valor de referência para o lote 01 Fragmentadoras de papel, poderia nos informar qual é o valor referencia para o lote 01? Obrigado. / RESPOSTA: Conforme dispõe o caput do art. 15 do Decreto estadual nº 48.012/20 (que regulamenta o Pregão eletrônico em âmbito estadual), o valor estimado ou o valor máximo aceitável para a contratação, se não constar expressamente do edital, possuirá caráter sigiloso e será disponibilizado permanentemente aos órgãos de controle externo e interno. O § 2º do mesmo dispositivo complementa: "O valor estimado ou o valor máximo aceitável para a contratação será tornado público apenas e imediatamente após o encerramento do envio de lances (...).Tem-se que o valor de referência não foi publicado no Edital do Processo Licitatório nº 289/2021 e, portanto, possui caráter sigiloso na atual fase do processo. ----------------------------- 08-02-2022 COMUNICAÇÃO ATENÇÃO, Srs. Licitantes: O processo licitatório em epígrafe será republicado devido à necessidade de prazo para conclusão da análise de impugnações e disponibilização da respectiva resposta, com alteração de datas. Em decorrência, informo-lhes que o prazo para recebimento das propostas passa a ser até as 10 horas do dia 03/03/2022, e o início da disputa de preços, às 10 horas do dia 03/03/2022. O Edital atualizado será publicado oportunamente, após a prolação de decisão quanto às Impugnações nos 0002 e 0003, assegurado o intervalo mínimo de 8 dias úteis entre sua disponibilização e data-limite para apresentação das propostas (art. 9º, IV, da Lei Estadual 14.167/02). Belo Horizonte, 08 de fevereiro de 2022. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações / PGJ-MG ----------------------------- 11-02-2022 RESULTADO DE JULGAMENTO DE IMPUGNAÇÃO Processo Licitatório nº 289/2021 PROCESSO SEI: Nº 19.16.3900.0019379/2021-64 Impugnação: Solicitações nos 0002 e 0003. Impugnante: Eba Office Comércio de Máquinas para Escritório Ltda; CNPJ: 09.015.414/0001-69 3 ? CONCLUSÃO Frente ao exposto, esta Pregoeira posiciona-se pelo conhecimento da Impugnação apresentada e, no mérito, julga-a PARCIALMENTE PROCEDENTE. Rejeita-se o pedido de promoção de alteração sobre as especificações técnicas previstas para o ?Lote 1? e determina-se o desmembramento do ?Lote 10? em dois lotes, contendo, cada qual, um dos itens anteriormente integrantes de lote único (Lote 10 ? fragmentadoras; Lote 11 ? scanners). Belo Horizonte, 11 de fevereiro de 2022. Lilian de Campos Mendes Pregoeira ----------------------------- 03-05-2022 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0019379/2021-64 Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1: EBA OFFICE COMÉRCIO DE MÁQUINAS PARA ESCRITÓRIO LTDA CNPJ: 09.015.414/0001-69 Valor (total) registrado: R$194.000,00. Lote 4: ELETROELETRÔNICOS INCONFIDENTES EIRELI CNPJ: 71.402.192/0001-00 Valor (total) registrado: R$ 8.539,50. Lotes 5 e 6: SIC LOGÍSTICA E DISTRIBUIDORA LTDA CNPJ: 40.305.811/0001-15 Valores (totais) registrados: R$51.900,00 (Lote 5); R$85.536,60 (Lote 6). Lotes 7 e 8: GERBRA COMÉRCIO EIRELI - ME CNPJ: 21.559.804/0001-03 Valores (totais) registrados: R$22.670,00 (Lote 7); R$22.886,50 (Lote 8). Lote 9: MICROTÉCNICA INFORMÁTICA LTDA CNPJ: 01.590.728/0008-50 Valor (total) registrado: R$153.891,50. Os lotes 2, 3, 10 e 11 resultaram fracassados, por não ter restado proposta classificada para atendimento a seus objetos. Belo Horizonte, 02 de maio de 2022. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_289_2021_rp_aquisicao_bens_permanentes_DIMAT_DIGD_Retif.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10932/download;
- proposta_docs_iniciais_licitante_SIC_F000513_F000647_pl289_2021_lotes 5 e 6.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10964/download;
+ edital_processo_289_2021_rp_aquisicao_bens_permanentes_DIMAT_DIGD.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10895/download;
+ decisao_impugnacoes_0002_e_0003_processo_289_2021___PARCIALME.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10931/download;
  Resposta_ao_Pedido_de_Esclarecimentos_0001_processo_289_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10918/download;
- decisao_impugnacoes_0002_e_0003_processo_289_2021___PARCIALME.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10931/download;
+ docs_habilitatorios_licitante_GERBRA_F000751_F000886_pl289_2021_lotes 7 e 8.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11034/download;
+ docs_habilitatorios_licitante_ELETROELETRONICOS_F000463_pl289_2021_lote 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11026/download;
+ proposta_docs_iniciais_licitante_RAFTECO_F001003_pl289_2021_lote 10.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11027/download;
+ ata_homologacao_planejamento289_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/11043/download;
  docs_habilitatorios_licitante_MICROTECNICA_F000931_pl289_2021_lote 9.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11035/download;
- docs_habilitatorios_licitante_GERBRA_F000751_F000886_pl289_2021_lotes 7 e 8.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11034/download;
-[...5 lines deleted...]
- proposta_docs_iniciais_licitante_RAFTECO_F001003_pl289_2021_lote 10.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11027/download;
+ doc_com_foto_e_certidao_municipal_licitante_MICROTECNICA_F000931_pl289_2021_lote 9.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11036/download;
  docs_habilitatorios_licitante_SIC_F000513_F000647_pl289_2021_lotes 5 e 6.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10989/download;
- Solicitacao_de_dispensa_ou_dilacao_do_prazo_para_amostras_licitante_SIC_F000513_F000647_pl289_2021_lotes 5 e 6.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10976/download;
+ docs_habilitatorios_licitante_EBA_F000142_pl289_2021_lote 1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11014/download;
  proposta_docs_iniciais_licitante_ELETROELETRONICOS_F000463_pl289_2021_lote 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10991/download;
  proposta_docs_iniciais_licitante_GERBRA_F000751_F000886_pl289_2021_lotes 7 e 8.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10992/download;
  proposta_corrigida_e_declaracao_assistencia_tecnica_licitante_ELETROELETRONICOS_F000463_pl289_2021_lote 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10998/download;
- edital_processo_289_2021_rp_aquisicao_bens_permanentes_DIMAT_DIGD.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10895/download;
-[...1 lines deleted...]
- ata_homologacao_planejamento289_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/11043/download;
+ proposta_docs_iniciais_licitante_MICROTECNICA_F000931_pl289_2021_lote 9.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11005/download;
+ proposta_docs_iniciais_licitante_PRESTOBAT_F001029_pl289_2021_lote 10.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11015/download;
+ proposta_docs_iniciais_licitante_EBA_F000142_pl289_2021_lote 1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10974/download;
+ proposta_docs_iniciais_licitante_SIC_F000513_F000647_pl289_2021_lotes 5 e 6.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10964/download;
+ Solicitacao_de_dispensa_ou_dilacao_do_prazo_para_amostras_licitante_SIC_F000513_F000647_pl289_2021_lotes 5 e 6.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10976/download;
+ edital_processo_289_2021_rp_aquisicao_bens_permanentes_DIMAT_DIGD_Retif.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10932/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 2 ? PROTOCOLADORAS </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 3 ? QUADROS </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 4 ? APARELHOS TELEFÔNICOS </t>
   </si>
   <si>
     <t xml:space="preserve">ELETROELETRÔNICOS INCONFIDENTES EIRELI </t>
   </si>
   <si>
     <t>8.539,50</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 5 ? CARRINHOS DE CAFÉ </t>
   </si>
   <si>
     <t>51.900,00</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 6 ? CARRINHOS DE MALOTE E MATERIAIS </t>
@@ -2424,258 +2424,258 @@
   </si>
   <si>
     <t xml:space="preserve"> 288 / 2021</t>
   </si>
   <si>
     <t>17/02/2022</t>
   </si>
   <si>
     <t>Elaboração dos projetos executivos e orçamentos necessários para obra de reforma, visando à instalação do Centro de Convenções do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">ELABORAÇÃO DE PROJETOS EXECUTIVOS E ORÇAMENTOS </t>
   </si>
   <si>
     <t xml:space="preserve">LAZULI ARQUITETURA, CENOTÉCNICA E CENOGRAFIA LTDA </t>
   </si>
   <si>
     <t>627.800,00</t>
   </si>
   <si>
     <t>17-02-2022 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0102318/2021-53 Recebimento das propostas: até às 10 horas do dia 09/03/2022. Início da disputa de preços: às 10 horas do dia 09/03/2022. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte/MG, 16 de fevereiro de 2022. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 04-03-2022 COMUNICAÇÃO Prezados licitantes, informo que haverá alteração da data da sessão de abertura do pregão para o dia 10/03/2022, às 10 h. ----------------------------- 07-03-2022 ESCLARECIMENTOS Segue, no arquivo resposta_ao_pedido_de_esclarecimento_0002_processo_288_2021, abaixo, resposta da Diretoria de Gestão de Compras e Licitações ao Pedido de Esclarecimento n.º 0002, apresentado por empresa interessada em participar desta licitação. ----------------------------- 07-03-2022 ESCLARECIMENTOS Seguem, no arquivo resposta_ao_pedido_de_esclarecimento_0003_processo_288_2021, abaixo, respostas da Diretoria de Gestão de Compras e Licitações e da Diretoria de Projetos de Edificações ao Pedido de Esclarecimento n.º 0003, apresentado por empresa interessada em participar desta licitação. ----------------------------- 07-06-2022 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0102318/2021-53 Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1: LAZÚLI ARQUITETURA, CENOTÉCNICA E CENOGRAFIA LTDA CNPJ 01.415.053/0001-36 Valor (total) adjudicado: R$ 627.800,00 Belo Horizonte, 06 de junho de 2022. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Decisao_Recurso_Izabel_DESPROVIMENTO_pl_288_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/11086/download;
+ Decisao_Recurso_Proplan_PROVIMENTO_pl_288_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/11087/download;
+ proposta_docs_iniciais_licitante_Lazuli_F000154_pl288_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11031/download;
+ docs_habilitatorios_licitante_Lazuli_F000154_pl288_2021_lote 1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11040/download;
+ proposta_docs_licitante_Proplan_apos_provimento_recurso_F000182_pl288_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11094/download;
  Parecer_tecnico_DPRO_acerca_da_proposta_do_licitante_F000182_PROPLAN_apos_oportunidade_de_saneamento_pl288_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/11095/download;
- proposta_docs_licitante_Proplan_apos_provimento_recurso_F000182_pl288_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11094/download;
- docs_habilitatorios_licitante_Lazuli_F000154_pl288_2021_lote 1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11040/download;
+ ata_homologacao_processo288_2022.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/11157/download;
+ proposta_docs_iniciais_licitante_Proplan_F000182_pl288_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10993/download;
+ proposta_docs_iniciais_licitante_Wellington_F000175_pl288_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11020/download;
+ Demonstracao_de_Exequibilidade_licitante_Izabel_F000150_pl288_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10963/download;
+ proposta_docs_iniciais_licitante_Izabel_F000150_pl288_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10958/download;
  documentos t?cnicos.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10940/download;
  edital_processo_288_2021_elaboracao_de_projetos_e_orcamentos_dpro_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10948/download;
  resposta_ao_pedido_de_ esclarecimento_0002_processo_288_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10949/download;
  resposta_ao_pedido_de_ esclarecimento_0003_processo_288_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10953/download;
- proposta_docs_iniciais_licitante_Izabel_F000150_pl288_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10958/download;
-[...6 lines deleted...]
- Decisao_Recurso_Proplan_PROVIMENTO_pl_288_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/11087/download;
 </t>
   </si>
   <si>
     <t>275 / 2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de manutenção preventiva e corretiva em elevador de passageiros, com fornecimento de materiais e inclusão total de peças, pelo período de 36 (trinta e seis) meses, nas Promotorias de Justiça de Ipatinga.</t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção de Elevador </t>
   </si>
   <si>
     <t xml:space="preserve">ESMARTY ESPECIALISTA EM MANUTENÇÃO DE ELEVADORES LTDA </t>
   </si>
   <si>
     <t>50.400,00</t>
   </si>
   <si>
     <t>23-11-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0089476/2021-12 Recebimento das propostas: até às 10 horas do dia 03/12/2021. Início da disputa de preços: às 10 horas do dia 03/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 22 de novembro de 2021. Juliana Silva Teixeira Coordenadora Em Substituição da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 02-12-2021 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0089476/2021-12 Objeto: Contratação de empresa especializada para prestação de serviços de manutenção preventiva e corretiva em elevador de passageiros, com fornecimento de materiais e inclusão total de peças, pelo período de 36 (trinta e seis) meses, nas Promotorias de Justiça de Ipatinga. Modalidade: Pregão eletrônico Impugnante: TK Elevadores Brasil Ltda. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br, Acesso à Informação, Licitações e Contratos. Informamos aos interessados que esta licitação ocorrerá dia 03/12/2021 às 10 horas, não houve alteração de datas. Demais informações: de 2ª a 6ª feira, das 9h às 18h, pelos telefones (31) 3330-8128 e 3330-8129, e-mail dgcl@mpmg.mp.br. Belo Horizonte, 02 de dezembro de 2021. Carmen Lúcia Mariz de Macedo - Pregoeira. Obs.: Informamos que a peça aviada pela TK Elevadores Brasil Ltda. e a decisão da Pregoeira encontram-se disponíveis nesta página para consulta aos interessados ----------------------------- 14-12-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0089476/2021-12 Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: ESMARTY ESPECIALISTA EM MANUTENCAO DE ELEVADORES LTDA CNPJ 08.458.633/0001-50 Valor (total) adjudicado: R$ 50.400,00.Belo Horizonte, 13 de dezembro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  Ata_homologacao_PL275.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10737/download;
+ documentos_licitanteF000112_processo 275_2021_Lote 1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10661/download;
  Impugnacao_TK_Elevadores_processo_275_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10652/download;
+ resposta_impugnacao_processo_275_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10653/download;
  pl275_pe_2021_pc_145_2021_manutencao_elevador_DIMAN.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10600/download;
  documentacao_tecnica_processo_275_2021.odt : https://transparencia.mpmg.mp.br/licitacao/arquivo/10602/download;
- documentos_licitanteF000112_processo 275_2021_Lote 1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10661/download;
- resposta_impugnacao_processo_275_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10653/download;
 </t>
   </si>
   <si>
     <t>274 / 2021</t>
   </si>
   <si>
     <t>Prestação de serviços de manutenção preventiva e corretiva em plataforma elevatória, com fornecimento de materiais e inclusão total de peças nas Promotorias de Justiça de Barbacena.</t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção de Plataforma Elevatória </t>
   </si>
   <si>
     <t>27-11-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0079935/2021-84 Recebimento das propostas: até às 10 horas do dia 10/12/2021. Início da disputa de preços: às 10 horas do dia 10/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 26 de novembro de 2021. Juliana Silva Teixeira Coordenadora Em Substituição da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 15-12-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0079935/2021-84 Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: ESMARTY ESPECIALISTA EM MANUTENCAO DE ELEVADORES LTDA CNPJ: 08.458.633/0001-50 Valor total adjudicado: R$ 28.440,00 Belo Horizonte, 15 de dezembro de 2021. MARCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- ata_homologacao_processo274_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10807/download;
  pl274_pe_2021_pc_140_2021_manutencao_plataforma_DIMAN_versao_final.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10625/download;
  Proposta e documentos de habilitacao_licitante_processo 274_2021_lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10707/download;
  documentos_licitante_F000159_processo274_2021_lote 1_Relatorio CRC e certidoes CAFIMP_CEIS_CADIN.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10710/download;
+ ata_homologacao_processo274_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10807/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 272 / 2021</t>
   </si>
   <si>
     <t>26/10/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de canaletas e acessórios de PVC (Dutoplast, Tramontina e Furukawa) para instalações aparentes.</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 1 CANALETAS 50X20 E ACESSÓRIOS </t>
   </si>
   <si>
     <t>63.000,00</t>
   </si>
   <si>
     <t>26-10-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0036341/2021-27. Recebimento das propostas: até às 10 horas do dia 10/11/2021. Início da disputa de preços: às 10 horas do dia 10/11/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 26 de outubro de 2021. Juliana Silva Teixeira Coordenadora da Diretoria de Compras e Licitações em Exercício/PGJ-MG ----------------------------- 08-12-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0036341/2021-27; Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lotes 1, 3 e 4: Suprema Hidroelétrica Ltda. - EPP CNPJ: 42.981.902/0001-04 Valores (totais) registrados: R$63.000,00 (Lote 1); R$84.000,00 (Lote 3); R$3.980,00 (Lote 4). Lote 2: Organizações MSL Comércio e Indústria de Materiais Elétricos Ltda. CNPJ: 07.062.925/0001-06 Valor (total) registrado: R$57.720,00. Belo Horizonte, 07 de dezembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
+ docs_habilitatorios_licitante_Organizacoes_MSL_F000209_pl272_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10601/download;
+ docs_habilitatorios_licitante_Suprema_F000161_F000370_F000496_pl272_2021_lotes 1, 3, 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10599/download;
+ Certificados_saneamento_licitante_Organizacoes_MSL_F000209_pl272_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10571/download;
+ proposta_docs_iniciais_licitante_Suprema_F000161_F000370_F000496_pl272_2021_lotes 1, 3, 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10545/download;
+ proposta_docs_iniciais_licitante_Organizacoes_MSL_F000209_pl272_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10550/download;
  proposta_readequada_final_licitante_Suprema_F000161_F000370_F000496_pl272_2021_lotes 1, 3, 4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10552/download;
- Certificados_saneamento_licitante_Organizacoes_MSL_F000209_pl272_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10571/download;
  edital_processo_272_2021_aquisicao_canaletas_rp_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10523/download;
- proposta_docs_iniciais_licitante_Organizacoes_MSL_F000209_pl272_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10550/download;
+ CRC_E_CNDT_ATUALIZADOS_Suprema_F000161_F000370_F000496_lotes 1, 3, 4_E_MSL_F000209_lote 2_pl272_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10673/download;
  ata_homologacao_planejamento272_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10725/download;
- proposta_docs_iniciais_licitante_Suprema_F000161_F000370_F000496_pl272_2021_lotes 1, 3, 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10545/download;
-[...2 lines deleted...]
- docs_habilitatorios_licitante_Organizacoes_MSL_F000209_pl272_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10601/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 2 TOMADAS ELÉTRICAS SISTEMA X" </t>
   </si>
   <si>
     <t xml:space="preserve">ORGANIZAÇÕES MSL COMÉRCIO E INDÚSTRIA DE MATERIAIS ELÉTRICOS LTDA </t>
   </si>
   <si>
     <t>57.720,00</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 3 TOMADAS RJ 45 </t>
   </si>
   <si>
     <t>84.000,00</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 4 CAIXAS DE CONEXÃO </t>
   </si>
   <si>
     <t>3.980,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 264 / 2021</t>
   </si>
   <si>
     <t>Serviços de suporte técnico e garantia de atualização tecnológica para licença Tableau Server Core.</t>
   </si>
   <si>
     <t xml:space="preserve">SUPORTE TECNICO EM BUSINESS INTELLIGENCE - TABLEAU SERVER CORE 8 NUCLEOS FISICOS - Suporte e atualização tecnológica - 12 meses. </t>
   </si>
   <si>
     <t xml:space="preserve">BHS Kriptos Soluções de Negócios Ltda </t>
   </si>
   <si>
     <t>683.125,00</t>
   </si>
   <si>
     <t>23-11-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0067347/2021-72. Recebimento das propostas: até às 10 horas do dia 06/12/2021. Início da disputa de preços: às 10 horas do dia 06/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 22 de novembro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações / PGJ-MG ----------------------------- 16-12-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0067347/2021-72 Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: BHS KRIPTOS SOLUÇÕES DE NEGÓCIOS LTDA CNPJ 24.259.739/0001-80 Valor (total) adjudicado: R$ 683.125,00. Belo Horizonte, 6 de dezembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Homologacao_ataPregao_processo 264_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10761/download;
  edital_processo_264_2021_Suporte_Tableau_GSI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10609/download;
  proposta_documentos_licitanteF000177_processo264_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10670/download;
+ Homologacao_ataPregao_processo 264_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10761/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 262 / 2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de serviços diversos - Civil, Hidráulica, Elétrica e afins - com fornecimento de materiais e mão de obra, em edificações ocupadas pelo Ministério Público de Minas Gerais na Região Metropolitana de Belo Horizonte.</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE ÚNICO Contratação de empresa especializada para a execução de serviços diversos, Civil, Hidráulica, Elétrica e afins, com fornecimento de materiais e mão de obra, em edificações ocupadas pelo Ministério Público de Minas Gerais na Região Metropolitana de Belo Horizonte. </t>
   </si>
   <si>
     <t xml:space="preserve">Almeida Toscano Construções e Reformas Ltda </t>
   </si>
   <si>
     <t>10.475.000,00</t>
   </si>
   <si>
     <t>20-11-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0095089/2021-72 Recebimento das propostas: até às 10 horas do dia 02/12/2021. Início da disputa de preços: às 10 horas do dia 02/12/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 19 de novembro de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 16-12-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0095089/2021-72 Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): Almeida Toscano Construções e Reformas Ltda CNPJ: 01.214.310/0001-71 Valor (total) adjudicado: R$ 10.475.000,00 Belo Horizonte, 15 de dezembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Proposta_Planilha_Excel_F000177.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10679/download;
  edital_processo_262_pe_2021_pc157_2021_servicos_civil_hidraulica_eletrica_afins_SEA_ATUALIZADA__3___1___1_ (1).rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10596/download;
  Documentacao_tecnica_pl_262_2021_SEA.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10598/download;
- Docs_habilitacao_F000177_Lote_1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10727/download;
+ Proposta_Planilha_Excel_F000177.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10679/download;
  propostas_docs_F000177_ATCR.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10654/download;
  ata_homologacao_processo262_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10767/download;
+ Docs_habilitacao_F000177_Lote_1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10727/download;
 </t>
   </si>
   <si>
     <t>258 / 2021</t>
   </si>
   <si>
     <t>10/10/2121</t>
   </si>
   <si>
     <t>Registro de Preços para aquisição de lâmpadas, luminárias e painéis com tecnologia LED.</t>
   </si>
   <si>
     <t xml:space="preserve">Lâmpadas LED Tubulares T8 18 W </t>
   </si>
   <si>
     <t>93.800,00</t>
   </si>
   <si>
     <t>08-11-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0053846/2021-73 Recebimento das propostas: até às 10 horas do dia 19/11/2021. Início da disputa de preços: às 10 horas do dia 19/11/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 05 de novembro de 2021. Juliana Silva Teixeira Coordenadora Em Substituição da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 08-12-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0053846/2021-73 Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lotes 1 e 3: Universo Elétrico Ltda. CNPJ 02.697.297/0001-11 Valores (totais) registrados, respectivamente: R$93.800,00 (Lote 1) e R$44.985,00 (Lote 3). Lotes 2, 4, 5, 8 e 9: Suprema Hidroelétrica Ltda - EPP CNPJ 42.981.902/0001-04 Valores (totais) registrados, respectivamente: R$56.880,00 (Lote 2); R$41.160,00 (Lote 4); R$ 5.700,00 (lote 5); R$31.200,00 (Lote 8) e R$2.200,00 (lote 9). Lotes 6 e 7: Gama Luz Comércio de Materiais Elétricos Ltda CNPJ 10.174.094/0001-79 Valores (totais) registrados, respectivamente: R$ 117.899,40 (Lote 6) e R$44.000,00 (Lote 7). Belo Horizonte, 07 de dezembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 10-10-2121 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0053846/2021-73 Recebimento das propostas: até às 10 horas do dia 23/11/2021. Início da disputa de preços: às 10 horas do dia 23/11/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 09 de novembro de 2021. Juliana Silva Teixeira Coordenadora Em Substituição da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*)Republicado por não ter havido anterior publicação em jornal de grande circulação. Houve alteração de datas.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Lista_de_produtos_referenciais___Lampadas_LED_processo_258_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10585/download;
+ proposta_documentos_licitanteF000195_processo258_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10630/download;
+ proposta_documentos_licitanteF000236_processo258_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10633/download;
+ proposta_documentos_licitanteF000991_processo258_2021_lote9.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10640/download;
+ proposta_documentos_licitanteF000548_processo258_2021_lote5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10638/download;
+ proposta_documentos_licitanteF000800_processo258_2021_lote8.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10639/download;
  pl258_pe_rp_2021_pc96_2021_lampadas_DIMAN_C.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10539/download;
  pl258_pe_rp_2021_pc96_2021_lampadas_DIMAN_C_REPUBLICADO.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10540/download;
+ proposta_documentos_licitanteF000454_processo258_2021_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10680/download;
+ proposta_documentos_licitanteF000331_processo258_2021_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10672/download;
+ proposta_documentos_licitanteF000710_processo258_2021_lote7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10682/download;
  proposta_documentos_licitanteF000642_processo258_2021_lote6.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10656/download;
- proposta_documentos_licitanteF000331_processo258_2021_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10672/download;
- proposta_documentos_licitanteF000454_processo258_2021_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10680/download;
  ata_homologacao_planejamento258_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10766/download;
- proposta_documentos_licitanteF000710_processo258_2021_lote7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10682/download;
-[...5 lines deleted...]
- proposta_documentos_licitanteF000991_processo258_2021_lote9.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10640/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Lâmpadas LED Tubulares T8 9 W </t>
   </si>
   <si>
     <t>56.880,00</t>
   </si>
   <si>
     <t xml:space="preserve">Lâmpada LED Tubular T5 15/20 W </t>
   </si>
   <si>
     <t>44.985,00</t>
   </si>
   <si>
     <t xml:space="preserve">Lâmpada LED Tubular T5 8/10 W </t>
   </si>
   <si>
     <t>41.160,00</t>
   </si>
   <si>
     <t xml:space="preserve">Luminária de Emergência </t>
   </si>
   <si>
     <t>5.700,00</t>
@@ -2709,95 +2709,95 @@
   </si>
   <si>
     <t>255 / 2021</t>
   </si>
   <si>
     <t>08/12/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de capachos a serem destinados às unidades administrativas e Promotorias de Justiça do Ministério Público do estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">CAPACHO 120 X 80 CM </t>
   </si>
   <si>
     <t xml:space="preserve">MASTER COMÉRCIO DE TAPETES LTDA - ME </t>
   </si>
   <si>
     <t>6.300,00</t>
   </si>
   <si>
     <t>08-12-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0032171/2021-97 Recebimento das propostas: até às 10 horas do dia 11/01/2022. Início da disputa de preços: às 10 horas do dia 11/01/2022. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte/MG, 07 de dezembro de 2021. Juliana Silva Teixeira Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG em exercício ----------------------------- 22-12-2021 COMUNICAÇÃO Considerando que, conforme AVISO PGJAA/DG Nº 16/2021, publicado no DOMP/MG de 15/12/2021, o último dia do plantão dos membros e servidores do Ministério Público do Estado de Minas Gerais será prorrogado para o dia 07/01/2022, os prazos para ESCLARECIMENTOS E IMPUGNAÇÕES ficam dilatados para, na forma prevista no item 3 deste Edital, até às 18 horas do dia 06/01/2022. ----------------------------- 29-01-2022 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0032171/2021-97 Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lotes 1, 2 e 3: Master Com. de Tapetes Ltda CNPJ 11.178.569/0001-68 Valor (total) registrado (respectivamente): R$ 6.300,00; R$18.400,00; e R$ 11.700,00. Belo Horizonte, 28 de janeiro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl255_pe_2021_pc199_2020_aquisicao_capachos_diman.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10700/download;
+ propostas_licitanteF000194_222_311_processo255_2022_lote1_a_3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10857/download;
  docs_habilitacao_licitanteF000194_222_311_processo255_2021_lote_1_2_3.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10891/download;
- propostas_licitanteF000194_222_311_processo255_2022_lote1_a_3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10857/download;
- pl255_pe_2021_pc199_2020_aquisicao_capachos_diman.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10700/download;
  ata_homologacao_planejamento255_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10910/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CAPACHO 100 X 50 CM </t>
   </si>
   <si>
     <t>18.400,00</t>
   </si>
   <si>
     <t xml:space="preserve">CAPACHO 180 X 100 CM </t>
   </si>
   <si>
     <t>11.700,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 249 / 2021</t>
   </si>
   <si>
     <t>09/11/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de materiais de rede lógica para adequação das instalações lógicas dos imóveis ocupados pelas promotorias de justiça de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">CABOS DE REDE CAT 5E UTP/CMX </t>
   </si>
   <si>
     <t>81.740,00</t>
   </si>
   <si>
     <t>09-11-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0050918/2021-74 Recebimento das propostas: até às 10 horas do dia 22/11/2021. Início da disputa de preços: às 10 horas do dia 22/11/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 8 de novembro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 17-11-2021 ESCLARECIMENTOS Segue(m) resposta(s) do setor técnico a Divisão de Manutenção (DIMAN) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por essa empresa referente ao processo licitatório em epígrafe: QUESTIONAMENTO: "Com relação a esse item do lote 6 item 5 não existe patch cord da cor laranja podemos enviar n seguintes cores disponíveis cor amarelo ou na cor preta ou na cor cinza quais destas cores disponíveis podemos substituir o laranja". RESPOSTA:"o patch cord CAT 5E referente ao item 5 do lote 6, caso não tenha disponibilidade no mercado para fornecimento do item na cor Laranja, o mesmo pode ser fornecido na cor cinza."</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_processo_249_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10697/download;
+ edital_processo_249_2021_rp_materiais_de_rede_logica_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10541/download;
  proposta_documentacao_licitanteF000402_processo249_2021_lote_4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10635/download;
  proposta_documentacao_licitanteF0001617_processo249_2021_lote_16.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10636/download;
  proposta_documentacao_licitanteF317F582_F615_F777_F885_F981_F1002_F1161_F1272F1337_F1498_F1501_processo249_2021_lotes_3_5_6_7_8_9_10_11_12_13_14_15.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10631/download;
- ata_homologacao_processo_249_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10697/download;
  proposta_documentacao_licitanteF000182F000259_processo249_2021_lotes_1e_2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10628/download;
- edital_processo_249_2021_rp_materiais_de_rede_logica_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10541/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CABOS DE REDE CAT 5E UTP/CM (AZUL) </t>
   </si>
   <si>
     <t>97.295,00</t>
   </si>
   <si>
     <t xml:space="preserve">CABOS DE REDE CAT 5E UTP/LSZH (VERDE) </t>
   </si>
   <si>
     <t>65.787,90</t>
   </si>
   <si>
     <t xml:space="preserve">CABOS DE REDE CAT 6 UTP/LSZH </t>
   </si>
   <si>
     <t xml:space="preserve">MULTIREDE DISTRIBUIDORA LTDA </t>
   </si>
   <si>
     <t>66.000,00</t>
   </si>
   <si>
     <t xml:space="preserve">CABOS DE REDE CAT 6A </t>
@@ -2870,138 +2870,138 @@
   </si>
   <si>
     <t>245 / 2021</t>
   </si>
   <si>
     <t>28/09/2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada em serviço de estenotipia.</t>
   </si>
   <si>
     <t xml:space="preserve">Serviço de Estenotipia </t>
   </si>
   <si>
     <t xml:space="preserve">STENO DO BRASIL IMPORTAÇÃO E EXPORTAÇÃO COM. E ASS. LTDA </t>
   </si>
   <si>
     <t>126.000,00</t>
   </si>
   <si>
     <t>28-09-2021 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0032408/2021-03 Recebimento das propostas: até às 10 horas do dia 14/10/2021. Início da disputa de preços: às 10 horas do dia 14/10/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 28 de setembro de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 23-10-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0032408/2021-03 Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): Steno do Brasil Importação e Exportação Comércio e Assessoria Ltda. CNPJ 61.939.120/0001-43 Valor (total) adjudicado: R$ 126.000,00 Belo Horizonte, 22 de outubro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_processo245_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10522/download;
+ pl245_pe_2021_pc_61_2021_servico_estenotipia_SOC_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10461/download;
+ proposta_licitanteF000141_processo245_2021_lote1_unico.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10482/download;
  CRC_certidoes_licitanteF000141_processo245_2021_lote1_unico.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10487/download;
  docs_habilitacao_licitanteF000141_processo245_2021_lote_1_unico.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10492/download;
- proposta_licitanteF000141_processo245_2021_lote1_unico.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10482/download;
-[...1 lines deleted...]
- pl245_pe_2021_pc_61_2021_servico_estenotipia_SOC_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10461/download;
  docs_habilitacao_diligencia_procuracao_F000141_pl245_2021_lote_1_unico.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10496/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 224 / 2021</t>
   </si>
   <si>
     <t>03/09/2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada na prestação de serviço de TV por assinatura em endereços da Procuradoria-Geral de Justiça de Minas Gerais, na cidade de Belo Horizonte/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE TV POR ASSINATURA </t>
   </si>
   <si>
     <t xml:space="preserve">SILK BRINDES COMUNICAÇÃO VISUAL, COMÉRCIO, SERVIÇOS E TELECOMUNICAÇÕES LTDA </t>
   </si>
   <si>
     <t>31.680,00</t>
   </si>
   <si>
     <t>03-09-2021 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0038192/2021-05 - Recebimento das propostas: até às 10 horas do dia 20/09/2021. Início da disputa de preços: às 10 horas do dia 20/09/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 2 de setembro de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG. ----------------------------- 30-11-2021 HOMOLOGAÇÃO Unidade: 1091012; Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0038192/2021-05; Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): SILK BRINDES COMUNICAÇÃO VISUAL, COMÉRCIO, SERVIÇOS E TELECOMUNICAÇÕES LTDA; CNPJ: 19.814.481/0001-05; Valor (total) adjudicado: R$31.680,00. Belo Horizonte, 25 de novembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_processo224_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10637/download;
+ proposta_final_readequada_ao_valor_negociado_e_Declaracao_atual_licitante_SILK_BRINDES_F000190_pl224_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10584/download;
+ docs_habilitatorios_licitante_SILK_BRINDES_F000190_pl224_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10614/download;
  proposta_docs_iniciais_licitante_SILK_BRINDES_F000190_pl224_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10447/download;
  edital_processo_224_2021_TV_assinatura.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10403/download;
- docs_habilitatorios_licitante_SILK_BRINDES_F000190_pl224_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10614/download;
-[...1 lines deleted...]
- proposta_final_readequada_ao_valor_negociado_e_Declaracao_atual_licitante_SILK_BRINDES_F000190_pl224_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10584/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 221 / 2021</t>
   </si>
   <si>
     <t>19/10/2021</t>
   </si>
   <si>
     <t>Prestação de serviços de dedetização (desinsetização, desratização, descorpinização e descupinização) em imóveis ocupados pelo Ministério Público de Minas Gerais em todo o território do Estado.</t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviço de dedetização - REGIÃO CENTRAL E CENTRO-OESTE </t>
   </si>
   <si>
     <t xml:space="preserve">AACP Serviço Ambiental Eireli ME </t>
   </si>
   <si>
     <t>114.907,72</t>
   </si>
   <si>
     <t>19-10-2021 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0054637/2020-59 - Recebimento das propostas: até às 10 horas do dia 03/11/2021. Início da disputa de preços: às 10 horas do dia 03/11/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 18 de outubro de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG. ----------------------------- 03-12-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0054637/2020-59 Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lotes 1, 3 e 5: AACP Serviço Ambiental Eireli ME CNPJ: 25.361.124/0001-23 Valor (total) adjudicado (respectivamente): R$ 114.907,72 ; R$ 38.311,160 e R$ 30.771,60 Lote 2: Biopragas Controle de Vetores e Pragas Urbanas Ltda CNPJ: 09.631.641/0001-19 Valor (total) adjudicado: R$ 110.986,20 Lote 4: Limpim Serviços Ambiental Eirelli CNPJ: 18.800.203/0001-28 Valor (total) adjudicado: R$ 44.899,00 Belo Horizonte, 02 de dezembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_221_2021_servico_dedetizacao_DISEV.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10484/download;
-[...3 lines deleted...]
- proposta_licitante_F000535.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10595/download;
  docs_habilitacao_F000403_pl_221_2021_lote_4_Limpim.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10632/download;
- ata_homologacao_processo221_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10713/download;
-[...1 lines deleted...]
- CRC_certidoes_licitanteF000110_e_F000337_processo221_2011_lote1_3.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10555/download;
  docs_habilitacao_licitanteF000337_processo221_2021_lote_3.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10574/download;
  CRC_certidoes_licitanteF000221_processo221_2021_lote_2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10576/download;
- proposta_licitanteF000110_processo221_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10527/download;
- proposta_licitanteF000221_processo221_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10528/download;
+ docs_habilitacao_licitanteF000221_processo221_2021_lote_2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10577/download;
+ CRC_certidoes_licitanteF000402_processo221_2021_lote_4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10578/download;
  Docs_exequibilidade_licitanteF000577_processo221_2021_lote_5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10581/download;
  CRC_certidoes_licitanteF000577_processo221_2021_lote5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10579/download;
  Docs_exequibilidade_Licitante_F000403_processo_221_2021_lote_4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10580/download;
- docs_habilitacao_licitanteF000221_processo221_2021_lote_2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10577/download;
-[...1 lines deleted...]
- proposta_licitanteF000337_processo221_2021_lote3.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10529/download;
+ proposta_licitante_F000535.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10595/download;
+ proposta inicial - cs - cr - dr - F000535 - CORRIGIDA 2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10611/download;
+ proposta_licitanteF000110_processo221_2021_lote1_Corrigida_1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10534/download;
+ proposta_licitanteF000110_processo221_2021_lote1_Corrigida_2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10535/download;
  proposta_licitanteF000599_processo221_2021_lote5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10530/download;
  proposta_licitanteF000403_processo221_2021_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10531/download;
  proposta_licitanteF000577_processo221_2021_lote5_Corrigida_1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10532/download;
  proposta_licitanteF000577_processo221_2021_lote5_Corrigida_2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10533/download;
- proposta_licitanteF000110_processo221_2021_lote1_Corrigida_1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10534/download;
- proposta_licitanteF000110_processo221_2021_lote1_Corrigida_2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10535/download;
+ proposta_licitanteF000110_processo221_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10527/download;
+ proposta_licitanteF000221_processo221_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10528/download;
+ proposta_licitanteF000337_processo221_2021_lote3.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10529/download;
+ docs_habilitacao_licitanteF000110_processo221_2021_lote_1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10553/download;
+ CRC_certidoes_licitanteF000110_e_F000337_processo221_2011_lote1_3.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10555/download;
+ Apenso_II_TR_modelo_Planilha_Orcamentaria.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10486/download;
+ edital_processo_221_2021_servico_dedetizacao_DISEV.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10484/download;
+ Apenso_I_do_TR_Relacao_de_Enderecos.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10485/download;
+ ata_homologacao_processo221_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10713/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviço de dedetização - REGIÃO ZONA DA MATA E SUL DE MINAS </t>
   </si>
   <si>
     <t xml:space="preserve">Biopragas Controle de Vetores e Pragas Urbanas Ltda </t>
   </si>
   <si>
     <t>110.986,20</t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviço de dedetização - REGIÃO TRIÂNGULO E ALTO PARANAÍBA </t>
   </si>
   <si>
     <t>38.311,16</t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviço de dedetização - REGIÃO VALE DO JEQUITINHONHA E VALE DO RIO DOCE </t>
   </si>
   <si>
     <t xml:space="preserve">Limpim Serviços Ambiental Eirelli </t>
   </si>
   <si>
     <t>44.899,00</t>
@@ -3034,204 +3034,204 @@
   </si>
   <si>
     <t xml:space="preserve"> 217 / 2021</t>
   </si>
   <si>
     <t>22/09/2021</t>
   </si>
   <si>
     <t>aquisição de cofre com fechadura digital para guarda adequada de equipamentos e documentos sigilosos e de extrema relevância para a instituição, bem como aquisição de claviculários com o fito de guarda de chaves com segurança e contentores de lixo</t>
   </si>
   <si>
     <t xml:space="preserve">COFRES </t>
   </si>
   <si>
     <t xml:space="preserve">Marcelo Eustáquio de Oliveira EIRELI </t>
   </si>
   <si>
     <t>657.000,00</t>
   </si>
   <si>
     <t>22-09-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0032557/2021-54 Recebimento das propostas: até às 10 horas do dia 05/10/2021. Início da disputa de preços: às 10 horas do dia 05/10/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 21 de setembro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 13-11-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0032557/2021-54; Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1: MARCELO EUSTÁQUIO DE OLIVEIRA EIRELI CNPJ: 18.132.510/0001-88 Valor (total) registrado: R$657.000,00; Lote 2: CRIARTE INDÚSTRIA E COMÉRCIO DE ESQUADRIAS LTDA - EPP CNPJ: 06.957.510/0001-38 Valor (total) registrado: R$141.518,00; Lote 3: GERBRA COMÉRCIO EIRELI - ME CNPJ: 21.559.804/0001-03 Valor (total) registrado: R$124.900,00; Belo Horizonte, 02 de novembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ docs_habilitatorios_licitante_Criarte_F000203_pl217_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10525/download;
+ ata_homologacao_planejamento217_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10594/download;
+ proposta_docs_iniciais_licitante_Gerbra_F000312_pl217_2021_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10477/download;
+ edital_processo_217_2021_rp_aquisicao_de_cofres_clavicul?rios_e_coletores_contendores_de_lixo_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10438/download;
+ docs_habilitatorios_licitante_MARCELO_F000100_pl217_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10483/download;
  proposta_docs_iniciais_licitante_Marcelo_F000100_pl217_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10476/download;
- proposta_docs_iniciais_licitante_Gerbra_F000312_pl217_2021_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10477/download;
- docs_habilitatorios_licitante_MARCELO_F000100_pl217_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10483/download;
  CRC_e_CNDT_atualizados_licitante_Marcelo_F000100_pl217_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10494/download;
- docs_habilitatorios_licitante_GERBRA_F000312_pl217_2021_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10495/download;
- docs_habilitatorios_licitante_Criarte_F000203_pl217_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10525/download;
  CRC_e_CNDT_atualizados_licitante_Gerbra_F000312_pl217_2021_lote3.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10497/download;
  proposta_docs_iniciais_licitante_CRIARTE_F000203_pl217_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10498/download;
- ata_homologacao_planejamento217_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10594/download;
- edital_processo_217_2021_rp_aquisicao_de_cofres_clavicul?rios_e_coletores_contendores_de_lixo_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10438/download;
+ docs_habilitatorios_licitante_GERBRA_F000312_pl217_2021_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10495/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CLAVICULÁRIOS </t>
   </si>
   <si>
     <t xml:space="preserve">CRIARTE INDÚSTRIA E COMÉRCIO DE ESQUADRIAS LTDA. - EPP </t>
   </si>
   <si>
     <t>141.518,00</t>
   </si>
   <si>
     <t xml:space="preserve">COLETORES/CONTENDORES DE LIXO </t>
   </si>
   <si>
     <t>124.900,00</t>
   </si>
   <si>
     <t>216 / 2021</t>
   </si>
   <si>
     <t>04/08/2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada na prestação de serviços de confecção e instalação de proteção em acrílico transparente.</t>
   </si>
   <si>
     <t xml:space="preserve">PROTETORES ACRÍLICOS </t>
   </si>
   <si>
     <t xml:space="preserve">MAKER COMUNICAÇÃO VISUAL LTDA - ME </t>
   </si>
   <si>
     <t>28.949,00</t>
   </si>
   <si>
     <t>04-08-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0054114/2021-15 Recebimento das propostas: até às 10 horas do dia 21/09/2021. Início da disputa de preços: às 10 horas do dia 21/09/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 03 de setembro de 2021. Juliana Silva Teixeira Coordenadora Em Substituição da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 20-09-2021 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras e Licitações e dos setores técnicos (Diretoria de Controle e de Manutenção de Imóveis; Superintendência de Engenharia e Arquitetura; Superintendência dos Órgãos Colegiados) ao Pedido de Esclarecimento apresentado por empresa interessada em participar do processo licitatório em epígrafe: 1) QUESTIONAMENTO: (...) Preciso saber mais informações sobre a instalação do acrílico entre as mesas se será parafusado nas mesas e se a parte pra fora da mesa vai ter algum perfil de alumínio ou madeira já que a peça é transparente, muito comprida pode abaular devido ao peso e se tem condição de parafusar um pé de madeira ou perfil na base do piso que dá a entender que é madeira com carpete. Favor entrar em contato com o responsável que fez o orçamento e fez a visita pra esclarecer essas dúvidas pois já instalamos peças na cidade administrativa e tb na secretaria de fazenda entre outros IEPHA, ect. já adianto desde já que a peça de acrílico sozinha não dá sustentação assim como podem tropeçar na mesma ate o pessoal da limpeza pode danificar se não tiver uma proteção no piso seja de madeira ou alumínio; 1) RESPOSTA (DGCL/ DCMI; SEA; SOC): Em resposta ao questionamento do item 1 - Peça vertical de 1200x1500mm (bxh) em acrílico incolor de 8mm de espessura: "Não há base, a sustentação se dará pela fixação da peça entre mesas", esclarecemos: Por se tratar de mobiliário patrimoniado, não podendo sofrer alterações como furos, dentre outras, a peça de acrílico deverá ser instalada entre mesas, sem qualquer fixação. Não recomendamos base, uma vez que poderá impedir o deslizamento de cadeiras no local. ----------------------------- 05-10-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0054114/2021-15 Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): Maker Comunicação Visual Ltda. CNPJ: 05.650.294/0001-10; Valor total adjudicado: R$28.949,00; Belo Horizonte, 1.º de outubro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_processo216_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10478/download;
+ docs_habilitatorios_licitante_Maker_F000142_pl216_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10449/download;
  proposta_docs_iniciais_licitante_Maker_F000142_pl216_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10435/download;
  docs_tecnicos_pl216_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10407/download;
- ata_homologacao_processo216_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10478/download;
- docs_habilitatorios_licitante_Maker_F000142_pl216_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10449/download;
  pl216_pe_2021_pc101_2021_confeccao_e_instalacao_de_placas_acrilicas_SOC (2).docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10410/download;
 </t>
   </si>
   <si>
     <t>204 / 2021</t>
   </si>
   <si>
     <t>02/09/2021</t>
   </si>
   <si>
     <t>Aquisição de mobiliário para sala de reuniões, com fornecimento e instalação.</t>
   </si>
   <si>
     <t xml:space="preserve">MESAS E BANCADAS </t>
   </si>
   <si>
     <t xml:space="preserve">FORMESPAÇO MÓVEIS E INSTALAÇÕES LTDA.-ME </t>
   </si>
   <si>
     <t>82.500,00</t>
   </si>
   <si>
     <t>02-09-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0044198/2021-27 Recebimento das propostas: até às 10 horas do dia 17/09/2021. Início da disputa de preços: às 10 horas do dia 17/09/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br Belo Horizonte, 02 de setembro de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações/PGJ-MG ----------------------------- 19-11-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0044198/2021-27 Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: Formespaço Móveis e Instalações Ltda - EPP CNPJ 20.549.945/0001-74 Valor (total) adjudicado: R$82.500,00 Lote 2: Tecno 2000 Indústria e Comércio Ltda CNPJ 21.306.287/0001-52 Valor (total) adjudicado: R$160.200,00 Belo Horizonte, 18 de novembro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- ata_homologacao_processo204_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10622/download;
- proposta_documentos_licitanteF000105_processo204_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10475/download;
+ Documento Tecnico_FOTOS_BANCADA_ELO_01 a 02_0202.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10402/download;
  Documento Tecnico_FOTOS_MESA_ELO_01 a 05_0505.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10401/download;
- Documento Tecnico_FOTOS_BANCADA_ELO_01 a 02_0202.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10402/download;
+ pl204_pe_2021_pc87_2021_Aquisicao_mobiliarios_para_sala_de_reunioes_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10396/download;
  proposta_documentos_licitanteF000219_processo204_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10431/download;
  proposta_documentos_licitanteF000163_processo204_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10432/download;
- pl204_pe_2021_pc87_2021_Aquisicao_mobiliarios_para_sala_de_reunioes_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10396/download;
+ proposta_documentos_licitanteF000105_processo204_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10475/download;
+ ata_homologacao_processo204_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10622/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRAS </t>
   </si>
   <si>
     <t>160.200,00</t>
   </si>
   <si>
     <t>202 / 2021</t>
   </si>
   <si>
     <t>25/09/2021</t>
   </si>
   <si>
     <t>10-09-2021 HOMOLOGAÇÃO - DESERTO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0032408/2021-03 Objeto: Contratação de empresa especializada em serviço de estenotipia. Modalidade: Pregão eletrônico - Homologo o resultado do julgamento do lote único deste processo como deserto por não ter sido apresentada proposta para atendimento aos seu objeto. Belo Horizonte, 10 de setembro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 25-09-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0032408/2021-03 Recebimento das propostas: até às 10 horas do dia 09/09/2021. Início da disputa de preços: às 10 horas do dia 09/09/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 24 de agosto de 2021. Juliana Silva Teixeira Coordenadora Em Substituição da Diretoria de Gestão de Compras e Licitações /PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  Ata_homologacao_processo_202_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10470/download;
  pl202_pe_2021_pc_61_2021_servico_estenotipia_SOC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10361/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 196 / 2021</t>
   </si>
   <si>
     <t>07/10/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para Aquisição de Módulos de tomadas e interruptores, espelhos e suportes do fabricante Pial Legrand, Linha Pial Plus + para adequação e manutenção de instalações elétricas de imóveis (Sedes Próprias) recentemente inauguradas pela PGJ.</t>
   </si>
   <si>
     <t xml:space="preserve">TOMADAS PARA REDE ELÉTRICA 2P+T RETANGULAR BRANCATENSÃO 250 VOLTS COM CORRENTE DE 10 AMPERES </t>
   </si>
   <si>
     <t>2.900,00</t>
   </si>
   <si>
-    <t>23-09-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0030141/2021-05 Recebimento das propostas: até às 10 horas do dia 07/10/2021. Início da disputa de preços: às 10 horas do dia 07/10/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 22 de setembro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 07-10-2021 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0030141/2021-05 Recebimento das propostas: até às 10 horas do dia 21/10/2021. Início da disputa de preços: às 10 horas do dia 21/10/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 06 de outubro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*)Republicado devido à correção de erro material. Houve alteração de datas. ----------------------------- 07-10-2021 COMUNICAÇÃO PLANEJAMENTO: Nº 196/2021 PROCESSO SEI: Nº 19.16.3900.0030141/2021-05 MODALIDADE E FORMA: Pregão Eletrônico TIPO: Menor Preço OBJETO: REGISTRO DE PREÇOS para Aquisição de Módulos de tomadas e interruptores, espelhos e suportes do fabricante Pial Legrand, Linha Pial Plus + para adequação e manutenção de instalações elétricas de imóveis (Sedes Próprias) recentemente inauguradas pela PGJ. ATENÇÃO: O processo licitatório em epígrafe será republicado para correções a divergências existentes nas especificações técnicas, bem como eventuais retificações no edital. Haverá alteração das datas. Belo Horizonte, 06 de outubro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 27-10-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0030141/2021-05 Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1, 2, 3, 4, 5, 7 e 17: Gama Luz Comércio de Materiais Elétricos Ltda - EPP CNPJ 10.174.094/0001-79 Valores (totais) adjudicados: R$2.900,00 (Lote 1); R$3.220,00 (Lote 2); R$1.508,00 (Lote 3); R$1.995,00 (lote 4); R$3.572,50 (Lote 5); R$1.750,00 (Lote 7); R$10.740,00 (Lote 17). Lote 6, 8, 9, 10, 11, 12, 13, 14, 15 e 16: Suprema Hidroelétrica Ltda. - EPP CNPJ 42.981.902/0001-04 Valores (totais) adjudicados: R$650,00 (Lote 6); R$430 (Lote 8); R$210,00 (Lote 9); R$205,00 (lote 10); R$199,50 (Lote 11); R$990,00 (Lote 12); R$980,00 (Lote 13); R$495,00 (Lote 14); R$260,00 (Lote 15); R$510,00 (Lote 16). Belo Horizonte, 26 de outubro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
+    <t>23-09-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0030141/2021-05 Recebimento das propostas: até às 10 horas do dia 07/10/2021. Início da disputa de preços: às 10 horas do dia 07/10/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 22 de setembro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 07-10-2021 COMUNICAÇÃO PLANEJAMENTO: Nº 196/2021 PROCESSO SEI: Nº 19.16.3900.0030141/2021-05 MODALIDADE E FORMA: Pregão Eletrônico TIPO: Menor Preço OBJETO: REGISTRO DE PREÇOS para Aquisição de Módulos de tomadas e interruptores, espelhos e suportes do fabricante Pial Legrand, Linha Pial Plus + para adequação e manutenção de instalações elétricas de imóveis (Sedes Próprias) recentemente inauguradas pela PGJ. ATENÇÃO: O processo licitatório em epígrafe será republicado para correções a divergências existentes nas especificações técnicas, bem como eventuais retificações no edital. Haverá alteração das datas. Belo Horizonte, 06 de outubro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 07-10-2021 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0030141/2021-05 Recebimento das propostas: até às 10 horas do dia 21/10/2021. Início da disputa de preços: às 10 horas do dia 21/10/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 06 de outubro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*)Republicado devido à correção de erro material. Houve alteração de datas. ----------------------------- 27-10-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0030141/2021-05 Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1, 2, 3, 4, 5, 7 e 17: Gama Luz Comércio de Materiais Elétricos Ltda - EPP CNPJ 10.174.094/0001-79 Valores (totais) adjudicados: R$2.900,00 (Lote 1); R$3.220,00 (Lote 2); R$1.508,00 (Lote 3); R$1.995,00 (lote 4); R$3.572,50 (Lote 5); R$1.750,00 (Lote 7); R$10.740,00 (Lote 17). Lote 6, 8, 9, 10, 11, 12, 13, 14, 15 e 16: Suprema Hidroelétrica Ltda. - EPP CNPJ 42.981.902/0001-04 Valores (totais) adjudicados: R$650,00 (Lote 6); R$430 (Lote 8); R$210,00 (Lote 9); R$205,00 (lote 10); R$199,50 (Lote 11); R$990,00 (Lote 12); R$980,00 (Lote 13); R$495,00 (Lote 14); R$260,00 (Lote 15); R$510,00 (Lote 16). Belo Horizonte, 26 de outubro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- proposta_documentos_licitanteF000323_processo196_2021_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10501/download;
+ edital_processo_196_2021_rp_aquisicao_modulos_tomadas_eletricas_interruptores_espelhos_e_acessorios_DIMAN_REP.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10474/download;
+ edital_processo_196_2021_rp_aquisicao_modulos_tomadas_eletricas_interruptores_espelhos_e_acessorios_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10448/download;
  proposta_documentos_licitanteF001706_processo196_2021_lote17.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10499/download;
  proposta_documentos_licitanteF000298_processo196_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10500/download;
+ proposta_documentos_licitanteF000323_processo196_2021_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10501/download;
  proposta_documentos_licitanteF000421_processo196_2021_lote4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10502/download;
  proposta_documentos_licitanteF000578_processo196_2021_lote5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10503/download;
- proposta_documentos_licitanteF000857_processo196_2021_lote8.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10507/download;
+ proposta_documentos_licitanteF000790_processo196_2021_lote7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10504/download;
  proposta_documentos_licitanteF000176_processo196_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10505/download;
  proposta_documentos_licitanteF000653_processo196_2021_lote6.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10506/download;
- proposta_documentos_licitanteF000790_processo196_2021_lote7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10504/download;
-[...3 lines deleted...]
- edital_processo_196_2021_rp_aquisicao_modulos_tomadas_eletricas_interruptores_espelhos_e_acessorios_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10448/download;
  ata_homologacao_planejamento196_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10526/download;
- edital_processo_196_2021_rp_aquisicao_modulos_tomadas_eletricas_interruptores_espelhos_e_acessorios_DIMAN_REP.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10474/download;
+ proposta_documentos_licitanteF000857_processo196_2021_lote8.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10507/download;
+ proposta_documentos_licitanteF000949_processo196_2021_lote9.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10508/download;
  proposta_documentos_licitanteF001135_processo196_2021_lote11.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10509/download;
- proposta_documentos_licitanteF000949_processo196_2021_lote9.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10508/download;
  proposta_documentos_licitanteF001044_processo196_2021_lote10.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10510/download;
  proposta_documentos_licitanteF001253_processo196_2021_lote12.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10511/download;
  proposta_documentos_licitanteF001484_processo196_2021_lote14.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10512/download;
+ proposta_documentos_licitanteF001361_processo196_2021_lote13.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10513/download;
+ proposta_documentos_licitanteF001558_processo196_2021_lote15.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10515/download;
+ proposta_documentos_licitanteF001614_processo196_2021_lote16.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10516/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">TOMADAS PARA REDE ELÉTRICA 2P+T RETANGULAR VERMELHA TENSÃO 250 VOLTS COM CORRENTE DE 20 AMPERES </t>
   </si>
   <si>
     <t>3.220,00</t>
   </si>
   <si>
     <t xml:space="preserve">TOMADA PARA REDE ELÉTRICA RETANGULAR 2P+T TENSÃO 250 VOLTS E COM CORRENTE DE 20 AMPERES </t>
   </si>
   <si>
     <t>1.508,00</t>
   </si>
   <si>
     <t xml:space="preserve">INTERRUPTOR BIPOLAR RETANGULAR TENSÃO 250 VOLTS E COM CORRENTE DE 10 AMPERES </t>
   </si>
   <si>
     <t>1.995,00</t>
   </si>
   <si>
     <t xml:space="preserve">INTERRUPTOR MONOPOLAR RETANGULAR TENSÃO 127 VOLTS E COM CORRENTE DE 25 AMPERES </t>
   </si>
   <si>
     <t>3.572,50</t>
@@ -3308,62 +3308,62 @@
   <si>
     <t>10.740,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 195 / 2021</t>
   </si>
   <si>
     <t>07/08/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para Aquisição de módulos de tomadas elétricas, módulos de Interruptores e acessórios da linha Pial Plus.</t>
   </si>
   <si>
     <t xml:space="preserve">MÓDULOS DE TOMADAS ELÉTRICAS PIAL PLUS </t>
   </si>
   <si>
     <t>49.590,00</t>
   </si>
   <si>
     <t>07-08-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0030872/2021-56 Recebimento das propostas: até às 10 horas do dia 23/08/2021 Início da disputa de preços: às 10 horas do dia 23/08/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 6 de agosto de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 31-08-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0030872/2021-56 Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lotes 1, 3, 4 e 5: GAMA LUZ COMÉRCIO DE MATERIAIS ELÉTRICOS LTDA ? EPP CNPJ 10.174.094/0001-79 Valor (total) registrado (respectivamente): R$ 49.590,00, R$ 3.740,00, R$ 24.490,00 e R$ 3.890,00. Lote 2: LOJA ELÉTRICA LTDA CNPJ 17.155.342/0003-45 Valor (total) registrado: R$ 47.124,77 Belo Horizonte, 30 de agosto de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  ata_homologacao_planejamento195_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10404/download;
+ documentos_habilitacao_licitanteF000101_310_472_553_processo195_2021_lote1_3_4_5_parte_2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10376/download;
+ documentos_habilitacao_licitanteF000248_processo195_2021_lote2_parte_2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10377/download;
+ Ata Final.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10385/download;
+ documentos_habilitacao_licitanteF000101_310_472_553_processo195_2021_lote1_3_4_5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10362/download;
+ documentos_habilitacao_licitanteF000248_processo195_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10363/download;
  proposta_corrigida_licitanteF000248_processo195_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10354/download;
+ CRC_Transp_F000248_processo_pl195_2021_lote_2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10359/download;
+ CRC_transp_F000101_310_472_553_processo_pl195_2021_lotes_1_3_4_5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10360/download;
+ proposta_contrato_social_licitanteF000101_310_472_553_processo195_2021_lote1_3_4_5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10352/download;
  proposta_licitanteF000248_processo195_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10353/download;
  proposta_corrigida_I_licitanteF000248_processo195_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10355/download;
- Ata Final.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10385/download;
  edital_processo_195_2021_aquisicao_modulos_tomadas_eletricas_interruptores_e_acessorios_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10284/download;
- documentos_habilitacao_licitanteF000248_processo195_2021_lote2_parte_2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10377/download;
-[...5 lines deleted...]
- documentos_habilitacao_licitanteF000248_processo195_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10363/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MÓDULOS DE INTERRUPTORES PIAL PLUS </t>
   </si>
   <si>
     <t xml:space="preserve">LOJA ELÉTRICA LTDA </t>
   </si>
   <si>
     <t>47.124,77</t>
   </si>
   <si>
     <t xml:space="preserve">SUPORTES PARA PLACAS </t>
   </si>
   <si>
     <t>3.740,00</t>
   </si>
   <si>
     <t xml:space="preserve">ESPELHOS PIAL PLUS </t>
   </si>
   <si>
     <t>24.490,00</t>
   </si>
   <si>
     <t xml:space="preserve">PLACAS PIAL PLUS </t>
@@ -3373,386 +3373,386 @@
   </si>
   <si>
     <t xml:space="preserve"> 192 / 2021</t>
   </si>
   <si>
     <t>29/07/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para a aquisição de materiais de higiene pessoal e de fixação de componentes</t>
   </si>
   <si>
     <t xml:space="preserve">PAPEL TOALHA, PAPEL HIGIÊNICO, SABONETE LÍQUIDO, PORTA PAPEL TOLHA, PORTA PAPEL HIGIÊNICO E DISPENSADOR DE SABONETE </t>
   </si>
   <si>
     <t xml:space="preserve">BBX Soluções Em Higiene Brasil Ltda - ME </t>
   </si>
   <si>
     <t>297.897,19</t>
   </si>
   <si>
     <t>29-07-2021 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI):19.16.3900.0035209/2021-36 - Modalidade: Pregão eletrônico - Recebimento das propostas: até às 10 horas do dia 11/08/2021. Início da disputa de preços: às 10 horas do dia 11/08/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 28 de julho de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações. ----------------------------- 25-08-2021 HOMOLOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0035209/2021-36 - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1: BBX SOLUÇÕES EM HIGIENE BRASIL LTDA - ME CNPJ 17.438.390/0001-89 Valor (total) registrado: R$ 297.897,20; Lote 2: SUPREMA HIDROELÉTRICA LTDA - EPP CNPJ 42.981.902/0001-04 Valor (total) registrado: R$ 13.075,00. Belo Horizonte, 24 de agosto de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- documento_licitanteF000255_processo192_2021_lote2.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10300/download;
  proposta_corrigida_licitanteF000187_processo192_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10344/download;
  documentos_habil__licitanteF000187_processo192_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10345/download;
- edital_processo_192_2021_RP_aquisicao_higiene_pessoal_DIMAT.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10270/download;
  Mapa_de_precos_materiais_de_higiene_Processo_192_2021_vf.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10295/download;
  documentos_licitanteF000187_processo192_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10298/download;
+ documento_licitanteF000255_processo192_2021_lote2.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10300/download;
  proposta_licitanteF000255_processo192_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10299/download;
+ edital_processo_192_2021_RP_aquisicao_higiene_pessoal_DIMAT.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10270/download;
 </t>
   </si>
   <si>
     <t>13.075,00</t>
   </si>
   <si>
     <t>190 / 2021</t>
   </si>
   <si>
     <t>07/07/2021</t>
   </si>
   <si>
     <t>Aquisição, via Registro de Preços, de mesa rebatível com tampo trapezoidal montada</t>
   </si>
   <si>
     <t xml:space="preserve">Mesa de Dobrar </t>
   </si>
   <si>
     <t xml:space="preserve">SANTA HELENA MÓVEIS PARA ESCRITÓRIO LTDA. - ME </t>
   </si>
   <si>
     <t>922.500,00</t>
   </si>
   <si>
     <t>07-07-2021 PUBLICAÇÃO DE AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0021692/2021-81 Recebimento das propostas: até às 10 horas do dia 21/07/2021. Início da disputa de preços: às 10 horas do dia 21/07/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 6 de julho de 2021. Juliana Silva Teixeira Coordenadora da Diretoria de Gestão de Compras e Licitações em exercício/PGJ-MG https:// ----------------------------- 17-08-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0021692/2021-81. Objeto: REGISTRO DE PREÇOS para aquisição de mesas rebatíveis com tampo trapezoidal montadas. Homologo o resultado do julgamento deste processo, no qual foi vencedor e registrou seu preço o licitante: Lote 1 (único): SANTA HELENA MÓVEIS PARA ESCRITÓRIO LTDA - ME; CNPJ: 04.160.295/0001-14; Valor (total) registrado: R$922.500,00. Belo Horizonte, 16 de agosto de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_planejamento190_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10309/download;
+ Docs_habilitatorios_licitante_F000188_Santa-Helena_Moveis_pl190_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10285/download;
+ proposta_docs_licitante_Santa_Helena_Moveis_F000188_pl190_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10243/download;
  pl190_pe_rp_2021_pc29_2021_aquisi??o_mesas_DIMAT.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10202/download;
- proposta_docs_licitante_Santa_Helena_Moveis_F000188_pl190_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10243/download;
-[...1 lines deleted...]
- ata_homologacao_planejamento190_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10309/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 190 / 2021</t>
   </si>
   <si>
     <t>16/08/2021</t>
   </si>
   <si>
     <t>Aquisição de veículos automotores para a frota da Procuradoria-Geral de Justiça do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">Aquisição de veículos automotores para a frota da Procuradoria-Geral de Justiça do Ministério Público do Estado de Minas Gerais. </t>
   </si>
   <si>
     <t>04-08-2021 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0013402/2021-73 Recebimento das propostas: até às 10 horas do dia 17/08/2021. Início da disputa de preços: às 10 horas do dia 17/08/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones:(31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 04 de agosto de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações/PGJ-MG ----------------------------- 16-08-2021 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Srs. Licitantes, o processo licitatório em epígrafe será republicado, para ampliação do prazo para recebimento das propostas e do início da disputa de preços. Não haverá reabertura de prazo para esclarecimentos e impugnações. Diante do exposto, informo que o recebimento das propostas será até às 10 horas do dia 20/08/2021, e o início da disputa de preços, às 10 horas do dia 20/08/2021. Belo Horizonte, 16 de agosto de 2021. Juliana Silva Teixeira Coordenada da Diretoria de Compras e Licitações em exercício-PGJ-MG ----------------------------- 01-09-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0013402/2021-73. Objeto: Aquisição de veículos automotores para a frota da Procuradoria-Geral de Justiça do Ministério Público do Estado de Minas Gerais. Modalidade: Pregão eletrônico. Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lotes 1 e 2: Marka Veículos e Peças S/A, CNPJ 18.707.422/0001-67; Valores (totais) adjudicados: R$347.000,00 e R$449.466,29, respectivamente. Belo Horizonte, 31 de agosto de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_190_2021_aquisicao_veiculos_suv_DSEG-REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10279/download;
+ Apenso I do TR - Especificacao_Blindagem.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10280/download;
+ edital_processo_190_2021_aquisicao_veiculos_suv_DSEG_REPUBLICADO 2.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10306/download;
+ Proposta_Decl_Proc_RG_Licitante_Marka_L-1-2_pl-190_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10358/download;
  Doc_Tecnico_Licitante_Marka_L-1-2_pl-190_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10378/download;
- Apenso I do TR - Especificacao_Blindagem.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10280/download;
-[...1 lines deleted...]
- edital_processo_190_2021_aquisicao_veiculos_suv_DSEG_REPUBLICADO 2.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10306/download;
+ Docs_Habilits_Balanco_Tecnico_Licitante_Marka_L-1-2_pl-190_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10374/download;
  ata_homologacao_processo_190_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10405/download;
- Proposta_Decl_Proc_RG_Licitante_Marka_L-1-2_pl-190_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10358/download;
- Docs_Habilits_Balanco_Tecnico_Licitante_Marka_L-1-2_pl-190_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10374/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">VEICULO UTILITÁRIO TIPO SUV </t>
   </si>
   <si>
     <t xml:space="preserve">MARKA VEICULOS E PECAS S/A </t>
   </si>
   <si>
     <t>347.000,00</t>
   </si>
   <si>
     <t>449.466,28</t>
   </si>
   <si>
     <t xml:space="preserve"> 189 / 2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de gerenciamento de limpeza veicular por meio da disponibilização de sistema informatizado, com utilização de cartão magnético ou meio equivalente em rede de estabelecimentos credenciados para a frota veicular do Ministério Público do Estado de Minas Gerais, pelo período de 24 meses.</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE GERENCIAMENTO DE LIMPEZA VEICULAR </t>
   </si>
   <si>
     <t xml:space="preserve">LINK CARD ADMINISTRADORA DE BENEFICIOS EIRELI </t>
   </si>
   <si>
     <t>260.749,88</t>
   </si>
   <si>
     <t>14-09-2021 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI):19.16.3900.0032297/2021-90 - Recebimento das propostas: até às 10 horas do dia 27/09/2021. Início da disputa de preços: às 10 horas do dia 27/09/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 13 de setembro de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG. ----------------------------- 23-09-2021 ESCLARECIMENTOS Segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: QUESTIONAMENTO: Qual valor estimado devemos considerar para o certame o de R$ 255.888,00 conforme consta na tabela ANEXO II - MODELO DE PROPOSTA (PLANILHA DE PREÇOS) ou R$ 262.272,15 4 - CÓDIGOS DO CATÁLOGO DE MATERIAIS E SERVIÇOS DO SIAD, PREÇO UNITÁRIO E GLOBAL, do termo de referência? RESPOSTA: O valor de referência é o constante no item 4 do Termo de Referência - Anexo VII do edital (R$262.272,15) No Modelo da proposta, os valores preenchidos referem-se aos valores fixos e irreajustáveis (R$ 255.888,00), conforme orientado no Anexo II da proposta. ----------------------------- 25-09-2021 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO - Número do processo: 189 / Ano: 2021 - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0032297/2021-90 -Objeto: Contratação de empresa especializada para prestação de serviços de gerenciamento de limpeza veicular por meio da disponibilização de sistema informatizado, com utilização de cartão magnético ou meio equivalente em rede de estabelecimentos credenciados para a frota veicular do Ministério Público do Estado de Minas Gerais, pelo período de 24 meses. Modalidade: Pregão eletrônico Impugnante: Prime Consultoria e Assessoria Empresarial Ltda. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, julgamos procedente. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br, Acesso à Informação, Licitações e Contratos. Informamos aos interessados que esta licitação terá suas datas alteradas, devido à necessidade de Republicação do Edital. Demais informações: de 2ª a 6ª feira, das 9h às 18h, pelos telefones (31) 3330-8128 e 3330-8129, e-mail dgcl@mpmg.mp.br. Belo Horizonte, 24 de setembro de 2021. Simone de Oliveira Capanema - Pregoeira. * A peça aviada encontra-se disponível nesta página. ----------------------------- 25-09-2021 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0032297/2021-90 - Recebimento das propostas: até às 10 horas do dia 08/10/2021. Início da disputa de preços: às 10 horas do dia 08/10/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 24 de setembro de 2021. Matheus de Oliveira Dande Superintendência de Gestão Administrativa/PGJ-MG. * Republicado devido à necessidade de adequações no edital. Houve alteração de datas. ----------------------------- 14-10-2021 HOMOLOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0032297/2021-90 - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1: LINK CARD ADMINISTRADORA DE BENEFICIOS EIRELI CNPJ 12.039.966/0001-11 Valor (total) adjudicado: R$ 260.749,87. Belo Horizonte, 13 de outubro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  Anexo_relacao_de_cidades_processo_189_2021_servico_limpeza_veiculos.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10419/download;
+ edital_processo_189_2021_servico_limpeza_veiculos_DFROT.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10418/download;
+ edital_processo_189_2021_servico_limpeza_veiculos_DFROT_republicado.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10459/download;
  proposta_documentacao_licitanteF000122_processo189_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10479/download;
+ resposta_impug_Prime_processo_189_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10456/download;
+ Impugnacao_Prime_processo_189_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10454/download;
  Publicacao DOMP resultado impug_processo_189_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10457/download;
  Publicacao_DOMP_edital_ Rep_processo_189_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10458/download;
- edital_processo_189_2021_servico_limpeza_veiculos_DFROT_republicado.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10459/download;
-[...2 lines deleted...]
- Impugnacao_Prime_processo_189_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10454/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 184 / 2021</t>
   </si>
   <si>
     <t>18/09/2021</t>
   </si>
   <si>
     <t>Contratação, sob demanda, de empresa especializada na prestação de serviços de confecção de carimbos diversos, de madeira e automáticos, bem como de borrachas para carimbos automáticos, de acordo com as especificações contidas no Apenso Único do Termo de Referência, com fornecimento de todo o material e mão de obra necessários para a execução dos serviços, a fim de atender as necessidades do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">CARIMBOS E BORRACHAS. </t>
   </si>
   <si>
     <t>18-09-2021 AVISO DE LICITAÇÃO Unidade: 1091012. Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0034117/2021-32. Recebimento das propostas: até às 10 horas do dia 1º/10/2021. Início da disputa de preços: às 10 horas do dia 1º/10/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 17 de setembro de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 30-09-2021 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Número do processo: 184 / Ano: 2021 - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0034117/2021-32 Objeto: Contratação, sob demanda, de empresa especializada na prestação de serviços de confecção de carimbos diversos, de madeira e automáticos, bem como de borrachas para carimbos automáticos, de acordo com as especificações contidas no Apenso Único do Termo de Referência, com fornecimento de todo o material e mão de obra necessários para a execução dos serviços, a fim de atender as necessidades do Ministério Público do Estado de Minas Gerais. Modalidade: Pregão eletrônico Impugnante: Gold Serviços e Licitações Ltda. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br, Acesso à Informação, Licitações e Contratos. Informamos aos interessados que esta licitação ocorrerá dia 1º/10/2021 às 10 horas, não houve alteração de datas. Demais informações: de 2ª a 6ª feira, das 9h às 18h, pelos telefones (31) 3330-8128 e 3330-8129, e-mail dgcl@mpmg.mp.br. Belo Horizonte, 29 de setembro de 2021. Simone de Oliveira Capanema - Pregoeira. Obs: Informamos que a peça aviada pela Gold e a decisão da Pregoeira encontram-se disponíveis nesta página para consulta aos interessados. ----------------------------- 04-10-2021 HOMOLOGAÇÃO - DESERTO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI):19.16.3900.0034117/2021-32 - Modalidade: Pregão Eletrônico - Homologo o resultado do julgamento do lote único deste processo como deserto por não ter sido apresentada proposta para atendimento ao seu objeto. Belo Horizonte, 1º de outubro de 2021. MÁRCIO GOMES DE SOUZA - Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_184_2021_confeccao_de_carimbos_e_borrachas_DISEV.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10434/download;
+ Impugnacao_Gold_processo_184_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10465/download;
  resposta_impug_Gold_processo_184_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10468/download;
- Impugnacao_Gold_processo_184_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10465/download;
- edital_processo_184_2021_confeccao_de_carimbos_e_borrachas_DISEV.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10434/download;
  Publicacao DOMP resultado impug_processo_184_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10469/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 177 / 2021</t>
   </si>
   <si>
     <t>08/07/2021</t>
   </si>
   <si>
     <t>aquisição de garrafas de água mineral de 500ml, destinadas a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais</t>
   </si>
   <si>
     <t xml:space="preserve">ÁGUA MINERAL NATURAL - COMPOSIÇÃO: SEM GÁS; APRESENTAÇÃO: GARRAFA 500-510 ML </t>
   </si>
   <si>
     <t xml:space="preserve">FONTUS DISTRIBUIDORA DE ÁGUAS MINERAIS LTDA - EPP </t>
   </si>
   <si>
     <t>3.939,60</t>
   </si>
   <si>
     <t>08-07-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0046417/2021-60 Recebimento das propostas: até às 10 horas do dia 22/07/2021. Início da disputa de preços: às 10 horas do dia 22/07/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 08 de julho de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 24-07-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0046417/2021-60 Homologo o resultado do julgamento deste processo, no qual foi vencedor e registrou seu preço o licitante: Lote 1: Fontus Distribuidora de Águas Minerais Ltda - EPP CNPJ 01.333.945/0001-98 Valor (total) registrado: R$ 3.939,60 Belo Horizonte, 22 de julho de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_planejamento177_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10262/download;
  proposta_documentos_licitanteF000190_processo177_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10244/download;
  edital_processo_177_2021_rp_galoes_agua_mineral_dimat.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10209/download;
- ata_homologacao_planejamento177_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10262/download;
 </t>
   </si>
   <si>
     <t>171 / 2021</t>
   </si>
   <si>
     <t>20/07/2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de obra de edificação da sede das Promotorias de Justiça, com fornecimento de mão de obra e materiais, na cidade de Ribeirão das Neves/MG.</t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de obra de edificação da sede das Promotorias de Justiça, com fornecimento de mão de obra e materiais, na cidade de Ribeirão das Neves/MG. </t>
   </si>
   <si>
     <t>20-07-2021 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0006552/2021-06 Recebimento dos envelopes: até às 12 horas do dia 19/08/2021, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 13 horas do dia 19/08/2021, na Procuradoria-Geral de Justiça do Estado de Minas Gerais - Sala Minas Gerais - Av. Álvares Cabral, nº 1740 - 3º andar - Santo Agostinho - Belo Horizonte - MG. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 19 de julho de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG *Republicação do PL 28/2021, que resultou deserto ----------------------------- 22-07-2021 COMUNICAÇÃO Senhores, para agendar VISITA TÉCNICA prevista no item 7 do Projeto Básico - Anexo VII do edital, na Promotoria de Justiça da cidade de Ribeirão das Neves/MG, informamos novos contatos: fineza contatar os servidores Miriam Roze Ferreira Risi (mferreira@mpmg.mp.br ) ou Douglas Wallas (douglasneves@mpmg.mp.br) e por meio dos telefones: 3624-6762/ 3624-4209. ----------------------------- 17-08-2021 ESCLARECIMENTOS Segue(m) resposta(s) da Superintendência de Engenharia ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: Questionamento: "Como o MINISTÉRIO PÚBLICO DO ESTADO DE MINAS GERAIS se comportará no quesito Re-equilíbrio econômico financeiro de um contrato futuro dessa obra? Visto que é devido, pois estão licitando uma obra em DURANTE A PANDEMIA (licitação em AGOSTO-2021) com preços de TABELA DE REFERÊNCIA JANEIRO-2021 e, que não refletem a realidade atual, alguns preços já estão INEXEQUÍVEIS, e estamos passando por uma instabilidade de mercado e os preços (insusmos) estão com aumentos constantes." Resposta: "Trata-se de edital republicado, no qual foram realizadas atualizações de preços, com base nas tabelas de referência vigentes à época da elaboração do orçamento; Considerando os trâmites internos próprios de um processo licitatório, invariavelmente ocorre lapso temporal entre as datas de elaboração do orçamento e de publicação do edital.No tocante a eventuais pedidos de reequilíbrio econômico-financeiro formulados durante a vigência do contrato, esclarecemos que apenas serão aceitos se comprovados os requisitos do art. 65, d, da Lei Federal nº 8.666/93." ----------------------------- 18-08-2021 ESCLARECIMENTOS Segue(m) resposta(s) da Superintendência de Engenharia ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: Questionamento: "Referente a obra em epígrafe, verificamos que a data base das tabelas utilizada para a elaboração do orçamento é de JAN/FEV E MARÇO de 2021, e que as cotações de mercado são de MAIO de 2020. Ocorre que nesse período (MAIO/2020 para insumos orçados e MAR/21 para as tabelas), os insumos continuaram sofrendo um aumento muito acima da média, defasando e inviabilizando todo o orçamento.O edital prevê o reajuste apenas 1 ano após a data de apresentação da proposta, ou seja, não contempla esse período de defasagem entre a data base do orçamento e a apresentação da proposta. Gostaríamos de solicitar essa revisão do orçamento, com a utilização das últimas tabelas de referência disponíveis, bem como cotações de mercado atualizadas, de forma a viabilizar financeiramente a obra para as construtoras." Resposta: "Trata-se de edital republicado, no qual foram realizadas atualizações de preços. Foram acrescidos 10% no valor total de venda e observou-se percentuais acima de 20% de acréscimo nas planilhas de Estrutura de concreto (6), Elétrica (10) e afins (12, 14, 15). No geral, esse resultado reflete os preços de mercado. Considerando os trâmites internos próprios de um processo licitatório, invariavelmente ocorre lapso temporal entre as datas de elaboração do orçamento e de publicação do edital." ----------------------------- 19-08-2021 COMUNICAÇÃO Prezados, informamos que a Ata de Abertura de Documentação deste processo licitatório encontra-se disponível nesta página para consulta aos interessados. ----------------------------- 20-08-2021 COMUNICAÇÃO Prezados, informamos que a documentação habilitatória das licitantes foi disponibilizada nesta página para consulta a todos os interessados. ----------------------------- 02-09-2021 RESULTADO DO JULGAMENTO DA DOCUMENTAÇÃO E COMUNICAÇÃO Número do processo: 171 / Ano: 2021 - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0006552/2021-06 - Objeto: Contratação de empresa especializada para a execução de obra de edificação da sede das Promotorias de Justiça, com fornecimento de mão de obra e materiais, na cidade de Ribeirão das Neves/MG. Modalidade: Concorrência - Licitante(s) habilitado(s): Gonar Engenharia Ltda., CNPJ 06.266.224/0001-26; Walter Lopes Engenharia Ltda., CNPJ 05.275.604/0001-64. Licitante(s) inabilitado(s): EF Projetos e Engenharia Ltda. CNPJ 42.927.327/0001-53. A ata de julgamento da documentação está disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório. Nos termos do art. 109, I, a, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento da documentação. Abertura das propostas: às 13 horas do dia 14 de setembro de 2021, na Diretoria de Gestão de Compras e Licitações (Av. Álvares Cabral, 1740, 6º andar, Santo Agostinho, BH/MG). *Observação: havendo renúncia expressa de todos os licitantes ao direito de interposição de recurso ou eventuais recursos interpostos ou necessidade administrativa, a data para abertura das propostas poderá ser alterada. Nesse caso, haverá nova publicação nos mesmos moldes desta. Belo Horizonte, 1.º de setembro de 2021. Simone de Oliveira Capanema Presidente da Comissão Permanente de Licitação ----------------------------- 14-09-2021 COMUNICAÇÃO Srs. comunicamos a disponibilização dos arquivos contendo propostas/planilhas das empresas licitantes Gonar Engenharia Ltda. e Walter Lopes Engenharia Ltda., bem como a Ata de abertura de propostas, nesta página, para consulta aos interessados. ----------------------------- 22-09-2021 COMUNICAÇÃO Comunicamos a disponibilização da Ata de Classificação Inicial das Propostas, nesta página, para consulta aos interessados. Conforme exposto na ATA, o licitante detentor da oferta classificada em primeiro lugar será convocado pela CPL, via e-mail, para apresentar as composições previstas no subitem 8.5 do edital. ----------------------------- 16-11-2021 COMUNICAÇÃO Comunicamos que as planilhas CPUs apresentada pela empresa Gonar Engenharia Ltda. encontram-se disponíveis nesta página para consulta dos interessados. ----------------------------- 17-11-2021 RESULTADO DO JULGAMENTO DAS PROPOSTAS E COMUNICAÇÃO Número do processo: 171/2021 - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0006552/2021-06 Objeto: Contratação de empresa especializada para a execução de obra de edificação da sede das Promotorias de Justiça, com fornecimento de mão de obra e materiais, na cidade de Ribeirão das Neves/MG. Modalidade: Concorrência - Classificação final das propostas: 1ª colocada: Gonar Engenharia Ltda., CNPJ 06.266.224/0001-26; 2ª colocada: Walter Lopes Engenharia Ltda., CNPJ 05.275.604/0001-64. Fica declarada vencedora do certame a empresa Gonar Engenharia Ltda., CNPJ 06.266.224/0001-26, por atender as exigências editalícias. A ata de julgamento das propostas está disponível para download e consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório. Nos termos do art. 109, I, b, da Lei Federal nº 8.666/93, está aberto o prazo de 5 dias úteis, contados desta publicação, para interposição de eventuais recursos contra o resultado do julgamento e classificação das propostas. Belo Horizonte, 16 de novembro de 2021. Simone de Oliveira Capanema - Presidente da Comissão Permanente de Licitação. ----------------------------- 17-11-2021 COMUNICAÇÃO A Ata de Classificação Final das Propostas e declara vencedor encontra-se disponibilizada nesta página, para consulta dos interessados. ----------------------------- 23-11-2021 ADJUDICAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0006552/2021-06 - Objeto: Contratação de empresa especializada para a execução de obra de edificação da sede das Promotorias de Justiça, com fornecimento de mão de obra e materiais, na cidade de Ribeirão das Neves/MG. - Modalidade: Concorrência - Devido à renúncia expressa dos licitantes, não houve interposição de recurso contra o resultado do julgamento e classificação das propostas. Fica adjudicado à empresa GONAR ENGENHARIA LTDA., CNPJ 06.266.224/0001-26, o item único desse processo, por atender a todas as exigências editalícias e oferecer proposta de menor preço. Valor (total) adjudicado: R$ 17.492.747,24. Belo Horizonte, 22 de novembro de 2021. Simone de Oliveira Capanema Presidente da Comissão Permanente de Licitação MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 23-11-2021 HOMOLOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0006552/2021-06 - Objeto: Contratação de empresa especializada para a execução de obra de edificação da sede das Promotorias de Justiça, com fornecimento de mão de obra e materiais, na cidade de Ribeirão das Neves/MG.- Modalidade: Concorrência - Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: GONAR ENGENHARIA LTDA., CNPJ 06.266.224/0001-26. Valor (total) adjudicado: R$ 17.492.747,24. Belo Horizonte, 22 de novembro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pl_171_co_2021_sede_ribeirao_das_neves_SEA_1.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10240/download;
+ caderno_de_doc_tecnica_processo_171_2021.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10241/download;
  ATA_Classificacao_INICIAL_Propostas_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10439/download;
+ PROP_PLAN_Licitante_Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10420/download;
+ PROP_PLAN_Licitante_Walter_Lopes_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10421/download;
+ ATA_Abertura_Propostas_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10422/download;
+ ATA_Julgamento_Documentacao_PL171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10393/download;
+ DOCs_BALANCO_Licitante_Walter Engenharia_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10337/download;
+ DOCs_TECNICO1_Licitante_Walter Engenharia_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10338/download;
+ DOCs_TECNICO2_Licitante_Walter Engenhria_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10339/download;
+ DOCs_TECNICO3_Licitante_Walter Engenharia_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10340/download;
+ Publicacao_DOMP_Julgamento_Documentacao_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10391/download;
+ diligencia_documentacao_Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10392/download;
+ ATA_Abertura_Documentacao_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10326/download;
  DOCs_JURIDICO_Licitante_EF Engenharia_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10327/download;
- ATA_Julgamento_Documentacao_PL171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10393/download;
-[...4 lines deleted...]
- DOCs_TECNICO2_Licitante_EF Engenharia_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10330/download;
  DOCs_BALANCO_Licitante_EF Engenharia_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10328/download;
  DOCs_TECNICO1_Licitante_EF Engenharia_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10329/download;
+ DOCs_TECNICO2_Licitante_EF Engenharia_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10330/download;
  DOCs_JURIDICO_Licitante_Gonar Engenharia_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10331/download;
- DOCs_BALANCO_Licitante_Walter Engenharia_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10337/download;
-[...1 lines deleted...]
- DOCs_TECNICO2_Licitante_Gonar Engenharia_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10334/download;
  DOCs_BALANCO_Licitante_Gonar Engenharia_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10332/download;
  DOCs_TECNICO1_Licitante_Gonar Engenharia_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10333/download;
- DOCs_TECNICO2_Licitante_Walter Engenhria_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10339/download;
-[...9 lines deleted...]
- Publicacao_DOMP_Classificacao_final_propostas_e_vencedora_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10572/download;
+ DOCs_TECNICO2_Licitante_Gonar Engenharia_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10334/download;
+ DOCs_JURIDICO_Licitante_Walter Engenharia_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10336/download;
+ Planilha 1_CPU CIVIL_Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10557/download;
+ Planilha 2 CPU DTI_Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10558/download;
+ Planilha 3 CPU ELETRICA_Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10559/download;
+ Planilha 4 CPU ENERGIA_Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10560/download;
+ Planilha 5 CPU ESTRUTURA_Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10561/download;
+ Planilha 6 CPU HIDRAULICA_Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10562/download;
+ Planilha 7 CPU IMPERMEABILIZACAO _Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10563/download;
  Planilha 8 CPU PCI_Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10564/download;
  Planilha 9 CPU REF_Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10565/download;
  Planilha 10 CPU SAU E SEG _Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10566/download;
- Planilha 7 CPU IMPERMEABILIZACAO _Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10563/download;
-[...3 lines deleted...]
- ATA_Abertura_Propostas_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10422/download;
+ Planilha 11 CPU SEGURANCA_Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10567/download;
+ Planilha 12 CPU SPDA_Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10568/download;
+ Planilha 13 CPU TELEFONIA _Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10569/download;
+ Planilha 14 TERR TELEFONIA_Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10570/download;
+ Publicacao_DOMP_Classificacao_final_propostas_e_vencedora_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10572/download;
+ ATA_Classificacao_FINAL_Propostas_e_declara_vencedor_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10573/download;
  Proposta atualizada validade_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10605/download;
- PROP_PLAN_Licitante_Walter_Lopes_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10421/download;
  Publicacao_DOMP _Adjudicacao e Homolgocao_PL 171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10607/download;
- Planilha 3 CPU ELETRICA_Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10559/download;
-[...1 lines deleted...]
- Planilha 1_CPU CIVIL_Gonar_PL_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10557/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 171 / 2021</t>
   </si>
   <si>
     <t>26/08/2021</t>
   </si>
   <si>
     <t>Registro de Preços para aquisição de disjuntores para utilização em instalações e adequações de redes elétricas nos imóveis ocupados pelas unidades administrativas do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">DISJUNTORES MONO E BIPOLARES DIN </t>
   </si>
   <si>
     <t>6.750,00</t>
   </si>
   <si>
     <t>26-08-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0032488/2021-74 - Modalidade: Pregão eletrônico - Recebimento das propostas: até às 10 horas do dia 10/09/2021. Início da disputa de preços: às 10 horas do dia 10/09/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 25 de agosto de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações. ----------------------------- 15-09-2021 HOMOLOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI):19.16.3900.0032488/2021-74 - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lotes 1, 2, 3 e 5: GAMA LUZ COMÉRCIO DE MATERIAIS ELÉTRICOS LTDA -EPP - CNPJ 10.174.094/0001-79 - Valor (total) registrado para o lote 1: R$ 6.750,00; Valor (total) registrado para o lote 2: R$ 3.750,00; Valor (total) registrado para o lote 3: R$ 3.690,00; Valor (total) registrado para o lote 5: R$ 5.539,80. Lote 4: ORGANIZAÇÕES MSL COMÉRCIO E INDÚSTRIA DE MATERIAIS ELÉTRICOS LTDA - CNPJ 07.062.925/0001-06 - Valor (total) registrado: R$ 3.366,00. Belo Horizonte, 14 de setembro de 2021. ELIANE MARIA GONÇALVES FALCÃO Procuradora-Geral de Justiça Adjunta Administrativa em exercício</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_planejamento171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10426/download;
  proposta_licitanteF468_processo171_2021_lote_4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10414/download;
+ documentacao_licitanteF145F222F314F507_processo171_2021_lotes_1_2_3_5.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10415/download;
  documentacao_Hab_licitanteF468_processo171_2021_lote_4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10416/download;
- documentacao_licitanteF145F222F314F507_processo171_2021_lotes_1_2_3_5.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10415/download;
  proposta_licitanteF145F222F314F507_processo171_2021_lotes_1_2_3_5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10417/download;
- ata_homologacao_planejamento171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10426/download;
+ Lista de Produtos Referenciados - Disjuntores_processo_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10368/download;
  edital_processo_171_2021_RP_aquisicao_disjuntores_DIMAN vf.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10367/download;
- Lista de Produtos Referenciados - Disjuntores_processo_171_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10368/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">DISJUNTOR TRIPOLAR 3X20 A DIN </t>
   </si>
   <si>
     <t>3.750,00</t>
   </si>
   <si>
     <t xml:space="preserve">DISJUNTOR TRIPOLAR 3X25 A DIN </t>
   </si>
   <si>
     <t>3.690,00</t>
   </si>
   <si>
     <t xml:space="preserve">DISJUNTOR TRIPOLAR 3X32 A DIN </t>
   </si>
   <si>
     <t xml:space="preserve">ORGANIZAÇÕES MSL LTDA - ME </t>
   </si>
   <si>
     <t>3.366,00</t>
   </si>
   <si>
     <t xml:space="preserve">DISJUNTORES MONO E BIPOLARES NEMA </t>
   </si>
   <si>
     <t>5.539,80</t>
   </si>
   <si>
     <t>151 / 2021</t>
   </si>
   <si>
     <t>Aquisição de materiais, peças, mídias e periféricos de informática</t>
   </si>
   <si>
     <t xml:space="preserve">Pendrives </t>
   </si>
   <si>
     <t xml:space="preserve">GYN COMÉRCIO DE PRODUTOS EM T.I. EIRELI </t>
   </si>
   <si>
     <t>39.374,50</t>
   </si>
   <si>
     <t>22-07-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0024704/2021-43 Recebimento das propostas: até às 10 horas do dia 05/08/2021. Início da disputa de preços: às 10 horas do dia 05/08/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 21 de julho de 2021. Juliana Silva Teixeira Coordenadora Em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 04-08-2021 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0024704/2021-43 Recebimento das propostas: até às 10 horas do dia 17/08/2021. Início da disputa de preços: às 10 horas do dia 17/08/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 03 de agosto de 2021. Juliana Silva Teixeira Coordenadora Em Substituição da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*)Republicado devido à retificação da especificação do item único do lote 4. Houve alteração de datas. ----------------------------- 09-10-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0024704/2021-43 Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lotes 1: GYN COMERCIO DE PRODUTOS EM T.I EIRELI CNPJ 30.426.527/0001-43 Valor (total) adjudicado: R$ 39.374,50 Lote 2: WALAS STORE TELECOMUNICACOES LTDA CNPJ 11.777.618/0001-89 Valor (total) adjudicado: R$ 276.780,00 Lote 5: LUXSELL COMERCIO E SERVICO DE EQUIPAMENTOS LTDA CNPJ 35.615.446/0001-05 Valor (total) adjudicado: R$ 219.996,00 Lote 6: GYN COMERCIO DE PRODUTOS EM T.I EIRELI https://www.mpmg.mp.br/atos-e-publicacoes/diario-oficial Edição de 09/10/2021 Página 68 de 69 CNPJ 30.426.527/0001-43 Valor (total) adjudicado: R$ 489.540,00 Lote 7: MICROSUPPLY LTDA CNPJ 03.048.100/0001-86 Valor (total) adjudicado: R$ 1.464,00 O lote 3 resultou deserto, por não ter sido apresentada proposta para atendimento ao seu objeto. O lote 4 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 8 de outubro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- proposta_corrigida_licitanteF000242_processo151_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10312/download;
-[...9 lines deleted...]
- proposta_licitanteF000580_processo151_2021_lote5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10386/download;
  proposta_licitanteF000589_processo151_2021_lote5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10397/download;
  docs_habilitacao_licitanteF000103_processo151_2021_lote_1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10411/download;
- pl151_pe_2021_pc203_2020_pc63_2021_aquisi??o_materiais informatica_DSMT_GAECO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10247/download;
  proposta_documentos_licitanteF000593_processo151_2021_lote5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10462/download;
+ ata_homologacao_processo151_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10481/download;
+ proposta_licitanteF000580_processo151_2021_lote5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10386/download;
+ proposta_corrigida_licitanteF000524_processo151_2021_lote_5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10383/download;
+ proposta_corrigida_licitanteF000478_processo151_2021_lote_4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10384/download;
+ doc_complementar_habilitacao_licitanteF000774_processo151_2021_lote7.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10379/download;
+ proposta_licitanteF000524_processo151_2021_lote_5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10382/download;
+ documentos_habilitacao_licitanteF000685_processo151_2021_lote_6.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10370/download;
+ documentos_habilitacao_licitanteF000774_processo151_2021_lote7.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10371/download;
+ proposta_licitanteF000581_processo151_2021_lote_5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10372/download;
+ proposta_licitanteF000478_processo151_2021_lote_4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10373/download;
  CRC_F000103_pl151_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10346/download;
- ata_homologacao_processo151_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10481/download;
  CRC_F000242_pl151_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10347/download;
  CRC_F000430_pl151_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10348/download;
  CRC_F000584_pl151_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10349/download;
+ proposta_corrigida_licitanteF000774_processo151_2021_lote_7.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10356/download;
  CRC_F000685_pl151_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10350/download;
  CRC_F000774_pl151_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10351/download;
- proposta_corrigida_licitanteF000774_processo151_2021_lote_7.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10356/download;
-[...7 lines deleted...]
- proposta_corrigida_licitanteF000478_processo151_2021_lote_4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10384/download;
+ proposta_licitanteF000685_processo151_2021_lote_6.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10318/download;
+ proposta_licitanteF000774_processo151_2021_lote_7.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10319/download;
+ proposta_corrigida_licitanteF000430_processo151_2021_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10314/download;
+ proposta_corrigida_I_licitanteF000430_processo151_2021_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10315/download;
+ proposta_licitanteF000584_processo151_2021_lote_5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10316/download;
+ proposta_corrigida_licitanteF000584_processo151_2021_lote_5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10317/download;
  proposta_licitanteF000103_processo151_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10310/download;
+ proposta_licitanteF000242_processo151_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10311/download;
+ proposta_corrigida_licitanteF000242_processo151_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10312/download;
+ proposta_licitanteF000430_processo151_2021_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10313/download;
+ pl151_pe_2021_pc203_2020_pc63_2021_aquisi??o_materiais informatica_DSMT_GAECO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10247/download;
+ pl151_pe_2021_pc203_2020_pc63_2021_aquisi??o_materiais informatica_DSMT_GAECO_REP.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10277/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Discos Rígidos Interno e SSD Interno </t>
   </si>
   <si>
     <t xml:space="preserve">WALAS STORE TELECOMUNICAÇÕES LTDA </t>
   </si>
   <si>
     <t>276.780,00</t>
   </si>
   <si>
     <t xml:space="preserve">Cabos, Carregadores, Peças e Acessórios </t>
   </si>
   <si>
     <t xml:space="preserve">Disco Rígido 1.92 TB </t>
   </si>
   <si>
     <t xml:space="preserve">Webcam </t>
   </si>
   <si>
     <t xml:space="preserve">LUXSELL COMÉRCIO E SERVIÇO DE EQUIPAMENTOS LTDA </t>
   </si>
   <si>
     <t>219.996,00</t>
@@ -3797,202 +3797,202 @@
   </si>
   <si>
     <t>02/07/2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para o fornecimento de livros impressos nacionais e importados de forma parcelada, pelo período de 12(doze) meses.</t>
   </si>
   <si>
     <t xml:space="preserve">MAIOR DESCONTO </t>
   </si>
   <si>
     <t xml:space="preserve">Fornecimento de Livros Impressos </t>
   </si>
   <si>
     <t xml:space="preserve">Dias Distribuidora de Livros Ltda. </t>
   </si>
   <si>
     <t>50.000,00</t>
   </si>
   <si>
     <t>02-07-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0033052/2021-75 Recebimento das propostas: até às 10 horas do dia 15/07/2021. Início da disputa de preços: às 10 horas do dia 15/07/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 01 de julho de 2021. Juliana Silva Teixeira Coordenadora Em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 17-07-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0033052/2021-75 Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: Dias Distribuidora de Livros Ltda - EPP CNPJ 07.341.940/0001-93 Valor (total) Adjudicado (MAIOR DESCONTO): 36,10% Belo Horizonte, 16 de julho de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ proposta_documentos_licitanteF000145_processo146_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10217/download;
+ ata_homologacao_processo146_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10224/download;
+ pl146_pe_2021_pc66_2021_Aquisi??o_de_Livros_DINC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10196/download;
  docs_habilitacao_1_F000110_pe_pl142_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/11343/download;
- proposta_documentos_licitanteF000145_processo146_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10217/download;
-[...1 lines deleted...]
- ata_homologacao_processo146_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10224/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 144 / 2021</t>
   </si>
   <si>
     <t>28/07/2021</t>
   </si>
   <si>
     <t>Aquisição de placas de alumínio fundido, aço inox e ACM (alumínio composto), com entrega parcelada.</t>
   </si>
   <si>
     <t xml:space="preserve">PLACAS DE ALUMÍNIO FUNDIDO COM LETRAS EM ALTO RELEVO ESCOVADAS, FUNDO COM COR PRETA </t>
   </si>
   <si>
     <t xml:space="preserve">MAKER COMUNICACAO VISUAL LTDA </t>
   </si>
   <si>
     <t>12.340,00</t>
   </si>
   <si>
     <t>28-07-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI):19.16.3900.0034711/2021-96 Recebimento das propostas: até às 10 horas do dia 10/08/2021. Início da disputa de preços: às 10 horas do dia 10/08/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 27 de julho de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 24-08-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0034711/2021-96. Objeto: Aquisição de placas de alumínio fundido, aço inox e ACM (alumínio composto), com entrega parcelada. Modalidade: Pregão eletrônico. Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lotes 1 e 2: Maker Comunicação Visual Ltda., CNPJ 05.650.294/0001-10; Valores (totais) adjudicados: R$12.340,00 e R$16.649,00, respectivamente; Lote 3: Justino Davino Peres - EPP, CNPJ 05.588.878/0001-03; Valor (total) adjudicado: R$ 9.950,00. Belo Horizonte, 23 de agosto de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_144_2021_aquisi??o_placas_aluminio_fundido_ACO_ACM_CCER.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10267/download;
  ata_homologacao_processo_pl-144_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10375/download;
+ Propostas_Decls_Licitante_Maker_L-1-2_pl-144_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10296/download;
+ Proposta_Decls_Licitante_Justino_L-3_pl-144_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10297/download;
+ Docs_Habilits_Licitante_Maker_L-1-2_pl-144_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10322/download;
+ Docs_Habilits_Balanco_Licitante_Maker_L-1-2_pl-144_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10323/download;
  Docs_Habilits_Licitante_Justino_L-3_pl-144_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10324/download;
  Docs_Habilits_Balanco_Licitante_Justino_L-3_pl-144_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10325/download;
- Docs_Habilits_Balanco_Licitante_Maker_L-1-2_pl-144_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10323/download;
-[...3 lines deleted...]
- Proposta_Decls_Licitante_Justino_L-3_pl-144_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10297/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">PLACAS PARA UTILIZAÇÃO EM SOLENIDADES OFICIAIS EM AÇO INOX </t>
   </si>
   <si>
     <t>16.649,00</t>
   </si>
   <si>
     <t xml:space="preserve">PLACAS DE IDENTIFICAÇÃO, ACM (ALUMÍNIO COMPOSTO), COR PRATA </t>
   </si>
   <si>
     <t xml:space="preserve">JUSTINO DAVINO PERES - EPP </t>
   </si>
   <si>
     <t>9.950,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 137 / 2021</t>
   </si>
   <si>
     <t>01/09/2021</t>
   </si>
   <si>
     <t>Aquisição de Computadores Imac 27 ALL-IN-ONE</t>
   </si>
   <si>
     <t xml:space="preserve">COMPUTADOR - MODELO: AVANCADO; MAC OS; MEMORIA: 16 GB DDR4 / 2666MHZ </t>
   </si>
   <si>
     <t>236.073,52</t>
   </si>
   <si>
     <t>01-09-2021 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI):19.16.3900.0035201/2021-58 - Recebimento das propostas: até às 10 horas do dia 16/09/2021. Início da disputa de preços: às 10 horas do dia 16/09/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 31 de agosto de 2021. Juliana Silva Teixeira - Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG. ----------------------------- 07-10-2021 HOMOLOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0035201/2021-58 - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1: MICROTÉCNICA INFORMÁTICA LTDA. CNPJ 01.590.728/0008-50 Valor (total) adjudicado: R$ 236.073,52. O lote 2 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 06 de outubro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_137_2021_computadores_IMAC_ALL_IN_ONE_DIPE (1).docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10389/download;
+ documentosF000139_processo137_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10425/download;
+ proposta_corrigida_licitanteF000139_processo137_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10424/download;
  proposta_licitanteF000292_processo137_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10471/download;
- edital_processo_137_2021_computadores_IMAC_ALL_IN_ONE_DIPE (1).docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10389/download;
- proposta_corrigida_licitanteF000139_processo137_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10424/download;
  Publicacao_homologacao_processo_137_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10473/download;
- documentosF000139_processo137_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10425/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 131 / 2021</t>
   </si>
   <si>
     <t>15/07/2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de locação veicular.</t>
   </si>
   <si>
     <t xml:space="preserve">LOCAÇÃO DE VEÍCULOS TIPO SEDAN E CAMINHONETE </t>
   </si>
   <si>
-    <t>26-06-2021 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0016342/2021-98 - Objeto: Contratação de empresa especializada para a prestação de serviços de locação veicular. Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 09/07/2021. Início da disputa de preços: às 10 horas do dia 09/07/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 25 de junho de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 30-06-2021 ESCLARECIMENTOS Segue(m) resposta(s) da Divisão de Licitação ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: 1) Questionamento: (editado)Sou da (editado), gostaria de saber a quantidade real de veículos que vocês estão solicitando no edital que segue anexo. Descrição de quantidade: Lote 01 - Serão 225 veículos (contendo 3 itens), contrato de 24 meses; Lote 2 200 diárias por ano (contendo 01 item), contrato de 12 meses e; Lote 3 50 diárias por ano (contendo 01 item), contrato de 12 meses; É isso mesmo? Caso não seja pode me explicar?? 1) Resposta: Os quantitativos e a forma de execução do contrato são aqueles expressamente definidos no Edital. É importante atentar que os 225 veículos do Lote 1 poderão ser disponibilizados em todas as comarcas do Estado, sendo que o Apenso I do Termo de Referência contém a atual distribuição, a qual, contudo, poderá ser alterada no curso da contratação. 2) Questionamento: Se for possível qual a empresa que atua neste contrato hoje? 2) Resposta: A empresa que atualmente presta o serviço para o MPMG é a Estrela Logística Eireli. ----------------------------- 05-07-2021 ESCLARECIMENTOS Segue(m) resposta(s) do setor técnico (Divisão de Frota - DFROT) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do lote 1 do processo licitatório em epígrafe: 1) Questionamento: " Quanto ao Termo de Referência: Lote 1 ? Item 1 e 2: ? Serão aceitos veículos com câmbio automático?" 1) Resposta: " Sim, serão aceitos, se dentro do preço referencial do item." ----------------------------- 08-07-2021 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0016342/2021-98 Recebimento das propostas: até às 10 horas do dia 21/07/2021. Início da disputa de preços: às 10 horas do dia 21/07/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 07 de julho de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 13-07-2021 ESCLARECIMENTOS Segue(m) resposta(s) do Setor Técnico (Divisão de Frota ? DFROT) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por essa empresa referente ao processo licitatório em epígrafe: 1) Questionamento: ?Salientamos que a Volkswagen suspendeu a produção de alguns veículos e esses faziam parte da nossa frota e de outras locadoras. Diante disso, visando o princípio da competitividade, pedimos a seguinte alteração: VEÍCULOS DE ITEM 1: Distância entre eixos para mínima: 2521 mm ? Pois as empresas conseguiriam atender com modelo CRONOS DRIVE 1.3 8V FLEX 4P C/AR? 1) Resposta: ?Somente serão aceitos veículos com entre eixos acima de 2.550mm. Abaixo, a título de exemplo, seguem alguns modelos que atendem à configuração exigida. VOLKSWAGEN VIRTUS 1.6 MSI LOGAN SEDAN Expression 1.6 CHEVROLET COBALT 1.8 LTZ HONDA CITY DX 1.5 NISSAN VERSA SL 1.6 CHEVROLET ONIX SEDAN 1.0 TURBO TOYOTA ETIOS SEDAN X TOYOTA YARIS SEDAN XL 1.5 .? 2) Questionamento: ?Alteração do Comprimento para mínimo: 4055 mm ? Pois as empresas atenderiam com modelo 208 HATCH ALLURE 1.6 16V FLEX 4P C/AR ? AUTOMÁTICO?? 2) Resposta: ?O tipo de veículo proposto, HATCH, é totalmente diferente do exigido no Edital, SEDAN, destarte não será aceito.? ----------------------------- 14-07-2021 ESCLARECIMENTOS Segue(m) resposta(s) da Diretoria de Compras e Licitações, da Divisão de Frota, da Assessoria Jurídico-Administrativa e da Diretoria de Administração Financeira ao(s) pedido(s) de esclarecimento(s) apresentado(s): 1 ? Questionamento: ?PRAZO DE ENTREGA INSUFICIENTE Conforme demonstrado abaixo, o setor automobilístico é um maiores afetados pela Pandemia do novo Corona Vírus: É importante o entendimento da Procuradoria que, as locadoras estão com dificuldades no recebimento dos veículos pelas montadoras, chegando esse prazo até 210 dias após solicitação. Ainda, as montadoras não fornecem para as locadoras nenhuma comprovação de atraso, pois a pandemia tornou-se uma condição incerta até para as mesmas. Diante do exposto, para o perfeito atendimento do objeto licitado, é necessário que o Órgão aceite possíveis atrasos, podendo chegar até 180 dias o prazo de entrega dos veículos definitivos.? 1 ? Resposta: Considerando as dificuldades do mercado, o Edital foi alterado, de modo a estabelecer um prazo máximo de entrega de 180 (cento e oitenta) dias 2 ? Questionamento: ?ABASTECIMENTO DE COMBUSTÍVEL Gentileza informar se é correto o entendimento que, ao final do contrato e após eventuais manutenções, o carro será devolvido para a locadora limpo e com o tanque como fora recebido?? 2 ? Resposta: ?TANTO O LOCADOR COMO O LOCATÁRIO ENTREGARÃO OS VEÍCULOS LIMPOS E COM O TANQUE CHEIO.? 3 - Questionamento: ?NOTA FISCAL As Locadoras de veículos, conforme a Lei Complementar 116/2003, têm natureza jurídica de ?Locadoras de Bens Móveis?, não sendo qualificadas como ?Prestadoras de Serviços. ?Com isso, foi reconhecida a não incidência de ISSQN, através do veto ao item 3.01 da Lista de Serviços anexa à Lei 116 - Locação de Bens Móveis?. Desta forma, não havendo obrigação principal (pagamento de imposto), não há obrigação acessória (emissão de NF), razão pela qual a CONTRATADA não emite Notas Fiscais para suas locações, sendo o documento fiscal contábil as Faturas. Gentileza informar sobre a aceitação desse entendimento, ou seja, Fatura como documento fiscal? 3 ? Resposta: ?... esclareço que a emissão de documento fiscal - Nota Fiscal tem como objetivo exigido pelo Fisco de registro dos tributos incidentes sobre uma operação de venda ou de prestação de serviços. Ocorre que o objeto da contração em tela visa a locação de veículos sem condutores e a LC 116/03 que regulamenta a incidência do ISSQN não lista em seu Anexo a ocorrência do tributo nessa operação. Diante disso, entendo que a emissão de Nota Fiscal é dispensada face a ausência de fato gerador que determina a incidência de tributos para o serviço de locação de veículo.? 4 ? Questionamento: ?INFRAÇÃO DE TRÂNSITO: Ressalta-se que não consta no edital as condições de reembolso das infrações de trânsito. Em decorrência das limitações definidas no Código de Trânsito Brasileiro, somente é legítimo para o pagamento das referidas multas o proprietário do veículo e a Respeitosa Contratante reembolsar a locadora. ?Art. 282. Aplicada a penalidade, será expedida notificação ao proprietário do veículo ou ao infrator, por remessa postal ou por qualquer outro meio tecnológico hábil, que assegure a ciência da imposição da penalidade. § 3º Sempre que a penalidade de multa for imposta a condutor, à exceção daquela de que trata o § 1º do art. 259, a notificação será encaminhada ao proprietário do veículo, responsável pelo seu pagamento.? Há a necessidade de a proprietária efetuar o pagamento, dessa forma há garantia que o documento será devidamente atualizado anualmente, a incidência de multas eventualmente não paga não desonera o proprietário de sua responsabilidade de manter a documentação do veículo regular, mesmo sob alegação de que a responsabilidade pelo pagamento era do condutor. Dessa forma, é indispensável que a locadora efetue o pagamento das multas por infração de trânsito e a CONTRATANTE efetue o pagamento por reembolso da despesa, conforme previsto acima.? 4 ? Resposta: ?O PROCESSAMENTO DE MULTAS OBEDECERÁ AO RITO ESTABELECIDO NO SUBITEM 19.1.2, ITEM 19, ANEXO VII DO EDITAL. ESCLARECE-SE QUE A CONTRATANTE POSSUI FLUXO INTERNO JÁ DEFINIDO PARA APURAR EVENTUAIS AUTUAÇÕES E PENALIDADES, SENDO FUNDAMENTAL, ANTES DA QUITAÇÃO DA MULTA, QUE O CONDUTOR INFRATOR TENHA TAMBÉM A FACULDADE DE IMPETRAR RECURSO CONTRA A AUTUAÇÃO E A PENALIDADE, MOTIVOS ESTES QUE IMPEDEM O PRONTO PAGAMENTO PELA CONTRATADA.? 5 ? Questionamento: ? DESLOCAMENTO DOS VEÍCULOS PARA MANUTENÇÕES O edital é omisso quanto a responsabilidade da contratante em levar e retirar os veículos nas manutenções. Salientamos que o custo com leva e traz para manutenção onera consideravelmente o valor do contrato, uma vez que as locadoras teriam que pagar fornecedores para esse fim. Essa e outras locadoras desenvolvem fornecedores nas localidades de atendimento para realização das manutenções e os próprios motoristas da Procuradoria levam os veículos. Gentileza informar se será aceito conforme exposto.? 5 ? Resposta: ?A PRÁTICA DENOMINADA DE ?LEVA E TRAZ? É UMA OBRIGAÇÃO ACESSÓRIA QUE ESTÁ CONTIDA NO TERMO DE REFERÊNCIA (ANEXO VII, SUBITEM 13.2, ALÍNEA ?B?, SENDO ESSENCIAL À REGULAR ROTINA DE MANUTENÇÕES DESENVOLVIDA PELA EQUIPE DE GESTÃO DE FROTA.? 6 ? Questionamento: ? MAU USO: Considerando que o art. 28 da Lei nº 9.503/97 dispõe que o condutor deverá, a todo momento, ter domínio de seu veículo, dirigindo-o com atenção e cuidados indispensáveis à segurança do trânsito. Considerando ainda que as obrigações dos condutores de veículos locados na Administração Pública, traz-se à baila o art. 569 e 570 do Código Civil, que assim faz constar: Art. 569. O locatário é obrigado: I - a servir-se da coisa alugada para os usos convencionados ou presumidos, conforme a natureza dela e as circunstâncias, bem como tratá-la com o mesmo cuidado como se sua fosse; (...) IV - a restituir a coisa, finda a locação, no estado em que a recebeu, salvas as deteriorações naturais ao uso regular. Art. 570. Se o locatário empregar a coisa em uso diverso do ajustado, ou do a que se destina, ou se ela se danificar por abuso do locatário, poderá o locador, além de rescindir o contrato, exigir perdas e danos. Diante disso, é correto o entendimento que, os sinistros ou ocorrências onde o veículo alugado sofrer avarias que não sejam por condições comuns de uso ou comprovado acidente de trânsito, a Locadora será ressarcida dos custos operacionais?? 6 ? Resposta: ?O ENTENDIMENTO ESTÁ CORRETO. HAVENDO DANOS PROVOCADOS DIRETAMENTE POR DOLO OU MÁ UTILIZAÇÃO DO VEÍCULO, A LOCADORA SERÁ RESSARCIDA PELA CONTRATANTE APÓS PROCESSO INTERNO DE SINDICÂNCIA E REEMBOLSO.? 7 ? Questionamento: ?APÓLICE DE SEGURO: É solicitado no item 19.14 é solicitado a apresentação da cópia apólice de seguros, contudo gostaríamos de saber: Referente a cópia da apólice de seguros, é comum as locadoras com volume de frota relativamente grande adquirirem junto as seguradoras uma cobertura de seguros de toda a sua frota e não uma apólice unitária para cada veículo, restando assim outras formas mais céleres e eficientes de comprovação aos requisitos do edital sem formalismos exacerbados. Gentileza informar se é correto o entendimento que, a Licitante poderá comprovar a cobertura de seguros adquirida junto a Seguradora através de declaração formal desta (exemplo anexo) comprovando o contrato de seguros de toda a frota da Locadora atenderá o objetivo fim da licitação (veículos segurados com o custo da locadora)?? 7 ? Resposta: ?SIM, ESTÁ CORRETO O ENTENDIMENTO ACIMA, A DECLARAÇÃO FORMAL DA SEGURADORA VALERÁ COMO COMPROVAÇÃO DE APÓLICE.? 8 ? Questionamento: ? ENTREGA E DEVOLUÇÃO DOS VEÍCULOS: O edital solicita que os veículos sejam entregues na sede do ÓRGÃO no início do contrato e retirado no mesmo local na devolução dos carros. Contudo, perguntamos se caso a contratada possua filial/escritório em um raio de até 5 km da unidade da Procuradoria, o motorista do órgão possa retirar e devolver os veículos nas dependências da contratada. Para o órgão é mais vantajoso uma vez que não haveria o custo de ?leva e traz?, o que oneraria desnecessariamente o contrato.? 8 ? Resposta: ?OBSERVAR O ITEM 14 NO TERMO DE REFERÊNCIA DO EDITAL (ANEXO VII) PARA A ENTREGA E RECOLHIMENTO DO VEÍCULO. LOGO, TANTO NO INÍCIO COMO NO TÉRMINO DA LOCAÇÃO, A EQUIPE DE GESTÃO DE FROTA, SITUADA NAS DEPENDÊNCIAS DA CONTRATANTE, ELABORARÁ CRITERIOSO CHECKLIST PARA CADA UM DOS VEÍCULOS.? 9 ? Questionamento: ? PROTETOR DE CÁRTER: Por motivo de segurança, algumas montadoras não recomendam o uso do protetor de cárter, pois em caso de colisão frontal o motor foi projetado para cair aliviando assim maiores impactos contra motorista e passageiros. Gentileza confirmar se podemos seguir a orientação das montadoras.? 9 ? Resposta: ?NÃO. ATUALMENTE HÁ NO MERCADO PROTETORES FLEXÍVEIS. ADEMAIS, MUITOS DESLOCAMENTOS OCORREM EM TERRENOS ACIDENTADOS OU EM REGIÕES RURAIS ONDE PODERÁ HAVER EVENTUAL IMPACTO ATINGINDO O CÁRTER DO MOTOR, A CORREIA DE ACESSÓRIOS O COMPRESSOR DO AR-CONDICIONADO OU DEMAIS COMPONENTES SEM PROTEÇÃO.? 10 ? Questionamento: ?SUBSTITUIÇÕES POR EMPRESAS DO MESMO GRUPO Considerando que empresas do mesmo grupo econômico, com relação de subordinação e controle podem atuar de forma conjunta, conforme artigo 243 e seguintes da Lei 6.404/76 (Lei das S/A), entendemos que inexiste relação de subcontratação entre a empresa controladora e a controlada, podendo nos casos de substituições temporárias ser utilizados veículos de empresas do mesmo grupo, desde que mantidas todas as responsabilidades pela licitante vencedora. Está correto nosso entendimento?? 10 ? ?SIM, O ENTENDIMENTO ACIMA ESTÁ CORRETO.? 12 ? Questionamento: ?1- APRESENTAÇÃO DE AMOSTRA. Em razão da presente licitação ter por objeto a locação de veículos, entendemos que, eventual solicitação de amostra poderá ser plenamente atendida mediante a apresentação de prospectos e manual técnico, conforme permite o item 9.10, subscrito a seguir: 9.10. As amostras poderão ser dispensadas pelo setor técnico responsável pela análise do objeto, desde que apresentado prospecto ou manual do produto ofertado, os quais contenham todas as informações técnicas do objeto, atendendo às exigências editalícias, ou pelo prévio conhecimento acerca da aceitabilidade da marca/modelo apresentado pelo licitante. Está correto nosso entendimento?? 12 ? Resposta: ?SIM. O ENTENDIMENTO ACIMA ESTÁ CORRETO NO TOCANTE À APRESENTAÇÃO DE MARCAS DE MODELOS DE VEÍCULOS. ENTRETANTO, PARA O SISTEMA DE TELEMETRIA É NECESSÁRIA A PROVA TÉCNICA VIRTUAL.? 13 ? Questionamento: ?2-ENTREGA DOS VEÍCULOS. Como é público e notório, há mais de 1 ano o país sofre as consequências nefastas decorrentes da crise sem precedentes causada pela pandemia do coronavírus. Apesar dos esforços para manter a produção de veículos e atender o mercado consumidor, as montadoras ainda não conseguiram retomar suas produções com a mesma facilidade e agilidade que existia antes da pandemia. Importante destacar que o processo de licitação em referência se iniciou durante a fase mais crítica da pandemia, quando seus impactos negativos vêm atingindo todos que buscam o fornecimento de veículos, indistintamente. Diante da escassez de alguns insumos, da redução da capacidade produtiva das montadoras e da grande oscilação da demanda durante o período da pandemia, os prazos de faturamento têm sofrido grandes alterações que fogem ao controle de todos os interessados na aquisição de veículos. Tais circunstâncias vem sendo noticiadas em diversas reportagens de conhecimento público (docs. anexos). CS BRASIL FROTAS LTDA Av. Saraiva, 400 - sala 08, Vila Cintra - Mogi das Cruzes - SP - CEP 08745-900 - Tel. 2377-7000 - www.csbrasilservicos.com.br Diante do exposto, com intuito de garantir a ampliação da disputa, especialmente, em razão da crise que atinge todo o país, causada pela pandemia do coronavírus e, considerando que os impactos negativos no fornecimento de veículos vem se agravando novamente em razão do aumento do contágio, questiona-se: a) Para entrega de veículos novos- Lote I, o prazo poderá ser de 120 a 150 dias contados do recebimento da O.S? b) Eventualmente, caso o pedido acima para dilação do prazo de entrega dos veículos novos não seja deferido: b.1) A contratada poderá fornecer no prazo de 90 dias contados do recebimento da OS, veículos seminovos em ótimas condições de conservação, para atendimento provisório do contrato até entrega dos veículos novos definitivos e, neste caso, os veículos provisórios poderão ser utilizados por até 120/150 dias contados do recebimento da O.S? E/OU b.2) A contratada poderá fornecer no prazo de 90 dias contados do recebimento da OS, veículos seminovos em ótimas condições de conservação, que estejam na sua posse legal e sejam de propriedade de terceiros (empresa do mesmo grupo econômico da contratada) para atendimento provisório do contrato até entrega dos veículos novos definitivos e, neste caso, os veículos provisórios poderão ser utilizados por até 120/150 dias contados do recebimento da O.S? Cumpre frisar que o fato de os veículos estarem em nome de empresa do mesmo grupo econômico não caracteriza subcontratação, isso porque a Contratada que for vencedora do certame manterá a titularidade da contratação e não ocorrerá qualquer transferência de obrigações ou responsabilidades para empresa proprietária dos veículos. Trata-se apenas de situação que ampliará as condições de fornecimento dos veículos no prazo fixado e que se torna imprescindível para superar as inúmeras adversidades causadas pela pandemia.? 13 ? Resposta: ?O PRAZO DE ENTREGA FOI ALTERADO PARA 180 DIAS, CONFORME ÚLTIMO EDITAL DE LICITAÇÃO DISPONIBILIZADO.? 14 ? Questionamento: ? 3-ASSINATURA DOS DOCUMENTOS. Nos termos da MP 2200-2/2001, serão aceitos para este processo licitatório as declarações e outros documentos desta licitante assinados digitalmente através de certificado digital, de representante pessoa física e/ou jurídica, padrão ICP-Brasil? 14 ? Resposta: Sim. 15 ? Questionamento: ?4-TERMO INICIAL DE VIGÊNCIA DO CONTRATO. O edital prevê que a vigência do contrato será de 24 meses contados a partir do 5º dia após sua assinatura. Contudo, importante ressaltar que se a pretensão da Contratante é de que o contrato tenha vigência de 24 meses e se as licitantes apresentarão seus preços considerando o recebimento de pelo menos 24 meses de ?aluguel?, entende a licitante que a vigência do Contrato também deverá se iniciar com a ENTREGA dos veículos, quando ocorrerá o efetivo início da prestação dos serviços. Diante disso, questiona-se: a) A vigência contratual poderá se iniciar com a entrega dos veículos? 15 ? Resposta: A vigência contratual se iniciará conforme consta da cláusula 11ª da minuta de contrato, Anexo I do Edital, portanto, após a assinatura do contrato e não após a efetiva entrega dos veículos. Como todo instrumento jurídico necessita de um termo inicial e não há a viabilidade fática de providenciar a tradição dos veículos de forma simultânea, motivo até da previsão de elaboração de cronograma, não é fática ou juridicamente possível atrelar a vigência a partir da entrega de todos os veículos. 16 ? Questionamento: ?5-PROPRIEDADE DOS VEÍCULOS. a) Para execução do contrato poderão ser fornecidos veículos de propriedade de terceiros que estejam na posse direta da Contratada por qualquer meio legal de negociação (locação, comodato, cessão de uso, etc)? b) Os veículos objeto do futuro contrato de locação poderão estar na posse da Contratada e ser de propriedade de empresa que integre o mesmo grupo econômico? Ressaltamos que tais hipóteses não caracterizam ?subcontratação? pois a Contratada se manterá diretamente na execução do contrato.? 16 ? Resposta: ?a) Sim, contanto que todas as obrigações e exigências do edital sejam respeitadas. b) Os veículos objeto do futuro contrato de locação poderão estar na posse da Contratada e ser de propriedade de empresa que integre o mesmo grupo econômico? Ressaltamos que tais hipóteses não caracterizam ?subcontratação? pois a Contratada se manterá diretamente na execução do contrato.? 17 ? Questionamento: ?6- DA INDISPONIBILIDADE TEMPORÁRIA DOS VEÍCULOS. Neste tópico cabe argumentar que as locações de veículos nos moldes licitados permitem, com grande eficiência, o fornecimento de veículos reservas que estejam na posse direta da Contratada mas sejam de propriedade de terceiros (empresa do mesmo grupo econômico da contratada ou terceiros locadores de veículos), especialmente, porque os reservas tem finalidade de utilização temporária no contrato. É fato que as paralisações temporárias dos veículos podem ocorrer em localidades diversas e em quantidades imprevisíveis, neste cenário, a possibilidade de fornecer veículos sublocados ou que estejam na posse direta da contratada por outros meios legais de negociação (comodato, cessão, etc) amplia as condições de disputa e possibilita a obtenção de menores preços para contratação, bem como garante maior agilidade e eficiência na substituição dos veículos durante a contratação. Desta forma, questiona-se: a) Os veículos reservas para substituição temporária no contrato poderão ser de propriedade de terceiros ou de empresa do mesmo grupo econômico da contratada e estar em sua posse direta por qualquer meio legal de negociação (locação, comodato, cessão de uso, etc)?? 17 ? Resposta: ?Sim, será aceito, contanto que as demais exigências do edital sejam observadas.? 18 ? Questionamento: ?7-RESPONSABILIDADE SOBRE OS DANOS CAUSADOS NOS VEÍCULOS. A licitante destaca que não poderá ser responsabilizada por qualquer dano causado dolosamente pelos prepostos da Contratante ou decorrentes de atos ilícitos praticados pelos mesmos, na forma do artigo 37, §6º, da Constituição Federal. Assim, questiona-se: a) A Contratante irá ressarcir os danos mecânicos e sinistros nos veículos causados por seus prepostos em decorrência de dolo, culpa ou mau uso? Neste caso, qual procedimento para apuração dos danos e ressarcimento dos valores devidos pelos danos e avarias? CS BRASIL FROTAS LTDA Av. Saraiva, 400 - sala 08, Vila Cintra - Mogi das Cruzes - SP - CEP 08745-900 - Tel. 2377-7000 - www.csbrasilservicos.com.br b) As manutenções decorrentes de mau uso dos veículos causadas por condutores da contratante serão de sua responsabilidade? Neste caso, qual prazo e procedimento serão observados pela Contratante para ressarcimento da Contratada? c) As avarias causadas nos veículos por culpa ou dolo dos condutores da contratante serão de sua responsabilidade? Neste caso, qual prazo e procedimento serão observados pela Contratante para ressarcimento da Contratada? d) Considerando que o condutor do veículo sinistrado terá contato direto com o terceiro envolvido no acidente, entendemos que ele será o responsável pela instauração do boletim de ocorrência e pela obtenção dos documentos do terceiro envolvido a fim de viabilizar a instauração dos procedimentos para eventual ressarcimento do dano. Está correto nosso entendimento?? 18 ? Resposta: ?VER SUBITEM 19.5, DO ITEM 19, DO ANEXO VII, DO TERMO DE REFERÊNCIA DO EDITAL. SIM, RESPONDENDO AS TRÊS ALÍNEAS ACIMA, O RESSARCIMENTO OCORRERÁ MEDIANTE A COMPROVAÇÃO DIRETA DE OCORRÊNCIA DE DANO POR DOLO OU MAU USO DO CONDUTOR ATRAVÉS DOS MEIOS DE PROVA ADMITIDOS NO DIREITO CIVIL. EM SUMA, A CONTRATADA REALIZARÁ A ORÇAMENTAÇÃO, BEM COMO O REPARO LOGO APÓS APROVAÇÃO DE UM ORÇAMENTO PELA EQUIPE DE GESTÃO DE FROTA DA CONTRATADA. POSTERIORMENTE, O CUSTO DISCRIMINADO NA NOTA FISCAL, QUE TERÁ COMO LIMITE O VALOR DA FRANQUIA SEGURADA DO VEÍCULO, SERÁ PROCESSADO EM FAVOR DA CONTRATADA. PORTANTO, NÃO HÁ UM PRAZO PROCEDIMENTAL DEFINIDO, SENDO QUE CADA CASO SERÁ ANALISADO PONTUALMENTE. ENTRETANTO. RESSALTA-SE QUE AS MANUTENÇÕES PERIÓDICAS E AQUELAS DECORRENTES DE DESGASTE NATURAL OU POR NEGLIGÊNCIA EM MANUTENÇÕES ANTERIORES NÃO SERÃO REEMBOLSÁVEIS. d) Considerando que o condutor do veículo sinistrado terá contato direto com o terceiro envolvido no acidente, entendemos que ele será o responsável pela instauração do boletim de ocorrência e pela obtenção dos documentos do terceiro envolvido a fim de viabilizar a instauração dos procedimentos para eventual ressarcimento do dano. Está correto nosso entendimento?? RESPOSTA: SIM, ESTÁ CORRETO O ENTENDIMENTO ACIMA.? 19 ? Questionamento: ?8- SEGURO. O Edital prevê que os veículos deverão ter cobertura de seguro, sendo vedada a autogestão. Contudo, considerando que os veículos serão de responsabilidade da contratada, entendemos que a gestão quanto ao fornecimento ou não de seguro por meio de apólice deve ser avaliada por cada licitante propiciando maior flexibilidade para precificação de suas propostas, com benefícios para a Contratante em razão da ampliação da disputa em busca do menor preço para a contratação. Oportuno dizer que tal hipótese não exime a contratada de assumir as responsabilidades relacionadas ao seguro, muito pelo contrário, apenas lhe confere a opção de assumir tal obrigação por meio de declaração própria, sem a necessidade de contratar seguradora no mercado. Frise-se, a contratada será responsável pelas obrigações relacionadas ao seguro observando as condições previstas no edital. Desta forma, questiona-se: a) A Contratada poderá optar pela autogestão para assumir a responsabilidade pelo casco dos veículos?? 19- Resposta: ?NÃO. CONFORME OS MOTIVOS EXPLICITADOS NO SUBITEM 19.1.7, ITEM 19, ANEXO VII DO EDITAL: ?A empresa vencedora do certame deverá contratar serviços de seguro automotivo junto ao mercado de seguradoras, ressaltando que deverá abranger o seguro total dos veículos, conforme descrito nos subitens acima. Assim, fica vedado o Auto Seguro, considerando a necessidade de maior segurança na prestação dos serviços realizadas pela Instituição, evitando-se eventuais problemas quanto ao controle de qualidade nas manutenções veiculares e no atendimento das demandas em caso de sinistros?.? 20 ? Questionamento: ?9- MULTAS DECORRENTES DE INFRAÇÕES DE TRÂNSITO. O Edital não é claro quanto ao procedimento que deverá ser adotado para quitação das multas de trânsito. Além disso, não há previsão quanto a obrigatoriedade da Contratante identificar o condutor na forma e prazo previstos pela legislação. Assim, considerando-se que somente a Contratante pode apurar o condutor do veículo no momento da infração e levando em conta que a ausência de identificação do Condutor enseja a aplicação de multa à proprietária do veículo, é imprescindível que o Edital regule essa questão, determinando que a Contratante é responsável pela tempestiva identificação do condutor junto aos órgãos de trânsito. CS BRASIL FROTAS LTDA Av. Saraiva, 400 - sala 08, Vila Cintra - Mogi das Cruzes - SP - CEP 08745-900 - Tel. 2377-7000 - www.csbrasilservicos.com.br Por fim, é certo que a Contratada deverá manter os veículos regularizados em atendimento às exigências do Código de Trânsito Brasileiro, para tanto, deverá providenciar os respectivos licenciamentos no decorrer da vigência contratual. Neste contexto, para providenciar o licenciamento dos veículos será imprescindível o pagamento prévio de eventuais multas de trânsito. Diante disso, questiona-se: a) A Contratante providenciará a tempestiva identificação do condutor junto aos órgãos de trânsito? b) A Contratante fará diretamente o pagamento das multas decorrentes de infrações de trânsito cometidas pelos condutores? OU c) A Contratada fará o pagamento das multas decorrentes de infrações de trânsito cometidas pelos condutores e será ressarcida pela Contratante? Qual será o prazo e procedimento para referido ressarcimento? d) Caso constem pendências de multas de trânsito, na ocasião dos licenciamentos dos veículos, a Contratada poderá quitá-las para viabilizar a regularização dos documentos? Em caso positivo, a Contratante irá reembolsar o pagamento realizado pela Contratada?? 20 ? Resposta: ?a) A Contratante providenciará a tempestiva identificação do condutor junto aos órgãos de trânsito? RESPOSTA: SIM. PARA MAIOR DETALHAMENTO, VER TERMO DE REFERÊNCIA, ANEXO VII, ITEM 19, SUBITEM 19.1.2 DO EDITAL. b) A Contratante fará diretamente o pagamento das multas decorrentes de infrações de trânsito cometidas pelos condutores? OU c) A Contratada fará o pagamento das multas decorrentes de infrações de trânsito cometidas pelos condutores e será ressarcida pela Contratante? Qual será o prazo e procedimento para referido ressarcimento? RESPOSTA: A CONTRATANTE SERÁ A RESPONSÁVEL PELO PROCESSAMENTO E PAGAMENTO DAS INFRAÇÕES DE TRÂNSITO, OBSERVADO O PRAZO ESTABELECIDO NO SUBITEM 19.1.2, ITEM 19, DO TERMO DE REFERÊNCIA, ANEXO VII DO EDITAL, REFERENTE AO ENVIO EM TEMPO HÁBIL DAS AUTUAÇÕES E PENALIDADES, SENDO QUE, NA HIPÓTESE DE ATRASOS INJUSTIFICADOS NA CORRESPONDÊNCIA, A CONTRATADA ARCARÁ COM A PENALIDADE DECORRENTE POR NÃO IDENTIFICAÇÃO DO CONDUTOR INFRATOR. d) Caso constem pendências de multas de trânsito, na ocasião dos licenciamentos dos veículos, a Contratada poderá quitá-las para viabilizar a regularização dos documentos? Em caso positivo, a Contratante irá reembolsar o pagamento realizado pela Contratada?? RESPOSTA: EM CASO DE PENDÊNCIA DE INFRAÇÕES PROCESSADAS E VENCIDAS, A CONTRATANTE QUITARÁ O DÉBITO PARA EMISSÃO DO CRLV.? 21 ? Questionamento: ?10- REAJUSTE DE PREÇOS. Quanto ao tema, destacamos as seguintes previsões: CLÁUSULA DÉCIMA SEGUNDA ? Do Reajuste A periodicidade para o reajuste do objeto será de 12 (doze) meses, contados da data de início da vigência deste contrato, no caso de primeiro reajuste, ou da data do reajuste anterior, na hipótese de reajustes posteriores, com base no Índice de Preços ao Consumidor Amplo ? IPCA, medido pelo Instituto Brasileiro de Geografia e Estatística ? IBGE, ou em outro índice que venha substituí-lo. Subcláusula Primeira: O reajuste de que trata o caput desta cláusula ou sua dispensa poderão ainda ser objeto de acordo entre as partes. Subcláusula Segunda: A concessão do reajuste depende de requerimento expresso da parte interessada, antes do vencimento do período a ser considerado como base para o respectivo cálculo, sob pena de preclusão. Contudo, entendemos que as regras expostas não estão em conformidade com a legislação aplicável ao tema. Neste contexto, cumpre lembrar que o reajuste de preços tem caráter obrigatório e trata-se de direito constitucionalmente garantido à contratada nos termos do artigo 37, inc. XXI da Constituição Federal a fim de assegurar a manutenção da condições efetivas da proposta e garantir o equilíbrio econômico-financeiro dos contratos administrativos durante toda sua vigência. Nos termos do inciso XI, do artigo 40, da Lei 8.666/93, o Edital deve indicar, obrigatoriamente, ?o critério de reajuste, que deverá retratar a variação efetiva do custo de produção, admitida a adoção de índices específicos ou setoriais, desde a data prevista para apresentação da proposta, ou do orçamento a que essa proposta se referir, até a data do adimplemento de cada parcela?. Além disso, para fins de reajustamento de preços, a periodicidade anual dos contratos deve ser contada a partir da data limite para apresentação da proposta ou do orçamento a que essa se referir, nos termos do §1º, art.3º da Lei 10.192/2001. Logo, a proposta vencedora que for apresentada, por exemplo, no dia 09/07/2021 (data da sessão) deverá ter seus preços reajustados a partir de 09/07/2022, em consonância com a legislação vigente. Por fim, necessário dizer que não pode ser considerada qualquer condição preclusiva à concessão dos reajustes, especialmente, porque representa matéria de ordem pública, deriva de princípios constitucionais e tem a finalidade precípua de manter as condições efetivas da proposta, atualizando os valores contratados que, inequivocamente, sofrem a defasagem decorrente de fatores externos que acarretam a variação dos custos do contrato e oneram a contratada. Diante do exposto, a fim de adequar as previsões descritas à legislação aplicável ao caso, questiona-se: a) entendemos que o reajustamento de preços será concedido a cada período de 12 meses, observado o interregno mínimo de 12 (doze) meses contado da data da proposta comercial da CONTRATADA, para o primeiro reajuste, e do último reajuste ocorrido para os demais. Está correto nosso entendimento?? 21 ? Resposta: ?Sim, está correto. O reajuste contratual periódico de 12 (doze) meses deverá ser contado a partir da data da apresentação da proposta, co</t>
+    <t>26-06-2021 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0016342/2021-98 - Objeto: Contratação de empresa especializada para a prestação de serviços de locação veicular. Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 09/07/2021. Início da disputa de preços: às 10 horas do dia 09/07/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 25 de junho de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 30-06-2021 ESCLARECIMENTOS Segue(m) resposta(s) da Divisão de Licitação ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: 1) Questionamento: (editado)Sou da (editado), gostaria de saber a quantidade real de veículos que vocês estão solicitando no edital que segue anexo. Descrição de quantidade: Lote 01 - Serão 225 veículos (contendo 3 itens), contrato de 24 meses; Lote 2 200 diárias por ano (contendo 01 item), contrato de 12 meses e; Lote 3 50 diárias por ano (contendo 01 item), contrato de 12 meses; É isso mesmo? Caso não seja pode me explicar?? 1) Resposta: Os quantitativos e a forma de execução do contrato são aqueles expressamente definidos no Edital. É importante atentar que os 225 veículos do Lote 1 poderão ser disponibilizados em todas as comarcas do Estado, sendo que o Apenso I do Termo de Referência contém a atual distribuição, a qual, contudo, poderá ser alterada no curso da contratação. 2) Questionamento: Se for possível qual a empresa que atua neste contrato hoje? 2) Resposta: A empresa que atualmente presta o serviço para o MPMG é a Estrela Logística Eireli. ----------------------------- 05-07-2021 ESCLARECIMENTOS Segue(m) resposta(s) do setor técnico (Divisão de Frota - DFROT) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do lote 1 do processo licitatório em epígrafe: 1) Questionamento: " Quanto ao Termo de Referência: Lote 1 ? Item 1 e 2: ? Serão aceitos veículos com câmbio automático?" 1) Resposta: " Sim, serão aceitos, se dentro do preço referencial do item." ----------------------------- 08-07-2021 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0016342/2021-98 Recebimento das propostas: até às 10 horas do dia 21/07/2021. Início da disputa de preços: às 10 horas do dia 21/07/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 07 de julho de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 13-07-2021 ESCLARECIMENTOS Segue(m) resposta(s) do Setor Técnico (Divisão de Frota ? DFROT) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por essa empresa referente ao processo licitatório em epígrafe: 1) Questionamento: ?Salientamos que a Volkswagen suspendeu a produção de alguns veículos e esses faziam parte da nossa frota e de outras locadoras. Diante disso, visando o princípio da competitividade, pedimos a seguinte alteração: VEÍCULOS DE ITEM 1: Distância entre eixos para mínima: 2521 mm ? Pois as empresas conseguiriam atender com modelo CRONOS DRIVE 1.3 8V FLEX 4P C/AR? 1) Resposta: ?Somente serão aceitos veículos com entre eixos acima de 2.550mm. Abaixo, a título de exemplo, seguem alguns modelos que atendem à configuração exigida. VOLKSWAGEN VIRTUS 1.6 MSI LOGAN SEDAN Expression 1.6 CHEVROLET COBALT 1.8 LTZ HONDA CITY DX 1.5 NISSAN VERSA SL 1.6 CHEVROLET ONIX SEDAN 1.0 TURBO TOYOTA ETIOS SEDAN X TOYOTA YARIS SEDAN XL 1.5 .? 2) Questionamento: ?Alteração do Comprimento para mínimo: 4055 mm ? Pois as empresas atenderiam com modelo 208 HATCH ALLURE 1.6 16V FLEX 4P C/AR ? AUTOMÁTICO?? 2) Resposta: ?O tipo de veículo proposto, HATCH, é totalmente diferente do exigido no Edital, SEDAN, destarte não será aceito.? ----------------------------- 14-07-2021 RETIFICAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0016342/2021-98 ERRATA ao Edital: no preâmbulo, especificamente no que se refere à data limite para apresentação de pedidos de esclarecimentos e impugnações ao ato convocatório, onde se lê ?21/07/2021?, leia-se ?16/07/2021?. O Edital retificado foi disponibilizado no Portal de Compras/MG e no site www.mpmg.mp.br. Belo Horizonte, 13 de julho de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 14-07-2021 ESCLARECIMENTOS Segue(m) resposta(s) da Diretoria de Compras e Licitações, da Divisão de Frota, da Assessoria Jurídico-Administrativa e da Diretoria de Administração Financeira ao(s) pedido(s) de esclarecimento(s) apresentado(s): 1 ? Questionamento: ?PRAZO DE ENTREGA INSUFICIENTE Conforme demonstrado abaixo, o setor automobilístico é um maiores afetados pela Pandemia do novo Corona Vírus: É importante o entendimento da Procuradoria que, as locadoras estão com dificuldades no recebimento dos veículos pelas montadoras, chegando esse prazo até 210 dias após solicitação. Ainda, as montadoras não fornecem para as locadoras nenhuma comprovação de atraso, pois a pandemia tornou-se uma condição incerta até para as mesmas. Diante do exposto, para o perfeito atendimento do objeto licitado, é necessário que o Órgão aceite possíveis atrasos, podendo chegar até 180 dias o prazo de entrega dos veículos definitivos.? 1 ? Resposta: Considerando as dificuldades do mercado, o Edital foi alterado, de modo a estabelecer um prazo máximo de entrega de 180 (cento e oitenta) dias 2 ? Questionamento: ?ABASTECIMENTO DE COMBUSTÍVEL Gentileza informar se é correto o entendimento que, ao final do contrato e após eventuais manutenções, o carro será devolvido para a locadora limpo e com o tanque como fora recebido?? 2 ? Resposta: ?TANTO O LOCADOR COMO O LOCATÁRIO ENTREGARÃO OS VEÍCULOS LIMPOS E COM O TANQUE CHEIO.? 3 - Questionamento: ?NOTA FISCAL As Locadoras de veículos, conforme a Lei Complementar 116/2003, têm natureza jurídica de ?Locadoras de Bens Móveis?, não sendo qualificadas como ?Prestadoras de Serviços. ?Com isso, foi reconhecida a não incidência de ISSQN, através do veto ao item 3.01 da Lista de Serviços anexa à Lei 116 - Locação de Bens Móveis?. Desta forma, não havendo obrigação principal (pagamento de imposto), não há obrigação acessória (emissão de NF), razão pela qual a CONTRATADA não emite Notas Fiscais para suas locações, sendo o documento fiscal contábil as Faturas. Gentileza informar sobre a aceitação desse entendimento, ou seja, Fatura como documento fiscal? 3 ? Resposta: ?... esclareço que a emissão de documento fiscal - Nota Fiscal tem como objetivo exigido pelo Fisco de registro dos tributos incidentes sobre uma operação de venda ou de prestação de serviços. Ocorre que o objeto da contração em tela visa a locação de veículos sem condutores e a LC 116/03 que regulamenta a incidência do ISSQN não lista em seu Anexo a ocorrência do tributo nessa operação. Diante disso, entendo que a emissão de Nota Fiscal é dispensada face a ausência de fato gerador que determina a incidência de tributos para o serviço de locação de veículo.? 4 ? Questionamento: ?INFRAÇÃO DE TRÂNSITO: Ressalta-se que não consta no edital as condições de reembolso das infrações de trânsito. Em decorrência das limitações definidas no Código de Trânsito Brasileiro, somente é legítimo para o pagamento das referidas multas o proprietário do veículo e a Respeitosa Contratante reembolsar a locadora. ?Art. 282. Aplicada a penalidade, será expedida notificação ao proprietário do veículo ou ao infrator, por remessa postal ou por qualquer outro meio tecnológico hábil, que assegure a ciência da imposição da penalidade. § 3º Sempre que a penalidade de multa for imposta a condutor, à exceção daquela de que trata o § 1º do art. 259, a notificação será encaminhada ao proprietário do veículo, responsável pelo seu pagamento.? Há a necessidade de a proprietária efetuar o pagamento, dessa forma há garantia que o documento será devidamente atualizado anualmente, a incidência de multas eventualmente não paga não desonera o proprietário de sua responsabilidade de manter a documentação do veículo regular, mesmo sob alegação de que a responsabilidade pelo pagamento era do condutor. Dessa forma, é indispensável que a locadora efetue o pagamento das multas por infração de trânsito e a CONTRATANTE efetue o pagamento por reembolso da despesa, conforme previsto acima.? 4 ? Resposta: ?O PROCESSAMENTO DE MULTAS OBEDECERÁ AO RITO ESTABELECIDO NO SUBITEM 19.1.2, ITEM 19, ANEXO VII DO EDITAL. ESCLARECE-SE QUE A CONTRATANTE POSSUI FLUXO INTERNO JÁ DEFINIDO PARA APURAR EVENTUAIS AUTUAÇÕES E PENALIDADES, SENDO FUNDAMENTAL, ANTES DA QUITAÇÃO DA MULTA, QUE O CONDUTOR INFRATOR TENHA TAMBÉM A FACULDADE DE IMPETRAR RECURSO CONTRA A AUTUAÇÃO E A PENALIDADE, MOTIVOS ESTES QUE IMPEDEM O PRONTO PAGAMENTO PELA CONTRATADA.? 5 ? Questionamento: ? DESLOCAMENTO DOS VEÍCULOS PARA MANUTENÇÕES O edital é omisso quanto a responsabilidade da contratante em levar e retirar os veículos nas manutenções. Salientamos que o custo com leva e traz para manutenção onera consideravelmente o valor do contrato, uma vez que as locadoras teriam que pagar fornecedores para esse fim. Essa e outras locadoras desenvolvem fornecedores nas localidades de atendimento para realização das manutenções e os próprios motoristas da Procuradoria levam os veículos. Gentileza informar se será aceito conforme exposto.? 5 ? Resposta: ?A PRÁTICA DENOMINADA DE ?LEVA E TRAZ? É UMA OBRIGAÇÃO ACESSÓRIA QUE ESTÁ CONTIDA NO TERMO DE REFERÊNCIA (ANEXO VII, SUBITEM 13.2, ALÍNEA ?B?, SENDO ESSENCIAL À REGULAR ROTINA DE MANUTENÇÕES DESENVOLVIDA PELA EQUIPE DE GESTÃO DE FROTA.? 6 ? Questionamento: ? MAU USO: Considerando que o art. 28 da Lei nº 9.503/97 dispõe que o condutor deverá, a todo momento, ter domínio de seu veículo, dirigindo-o com atenção e cuidados indispensáveis à segurança do trânsito. Considerando ainda que as obrigações dos condutores de veículos locados na Administração Pública, traz-se à baila o art. 569 e 570 do Código Civil, que assim faz constar: Art. 569. O locatário é obrigado: I - a servir-se da coisa alugada para os usos convencionados ou presumidos, conforme a natureza dela e as circunstâncias, bem como tratá-la com o mesmo cuidado como se sua fosse; (...) IV - a restituir a coisa, finda a locação, no estado em que a recebeu, salvas as deteriorações naturais ao uso regular. Art. 570. Se o locatário empregar a coisa em uso diverso do ajustado, ou do a que se destina, ou se ela se danificar por abuso do locatário, poderá o locador, além de rescindir o contrato, exigir perdas e danos. Diante disso, é correto o entendimento que, os sinistros ou ocorrências onde o veículo alugado sofrer avarias que não sejam por condições comuns de uso ou comprovado acidente de trânsito, a Locadora será ressarcida dos custos operacionais?? 6 ? Resposta: ?O ENTENDIMENTO ESTÁ CORRETO. HAVENDO DANOS PROVOCADOS DIRETAMENTE POR DOLO OU MÁ UTILIZAÇÃO DO VEÍCULO, A LOCADORA SERÁ RESSARCIDA PELA CONTRATANTE APÓS PROCESSO INTERNO DE SINDICÂNCIA E REEMBOLSO.? 7 ? Questionamento: ?APÓLICE DE SEGURO: É solicitado no item 19.14 é solicitado a apresentação da cópia apólice de seguros, contudo gostaríamos de saber: Referente a cópia da apólice de seguros, é comum as locadoras com volume de frota relativamente grande adquirirem junto as seguradoras uma cobertura de seguros de toda a sua frota e não uma apólice unitária para cada veículo, restando assim outras formas mais céleres e eficientes de comprovação aos requisitos do edital sem formalismos exacerbados. Gentileza informar se é correto o entendimento que, a Licitante poderá comprovar a cobertura de seguros adquirida junto a Seguradora através de declaração formal desta (exemplo anexo) comprovando o contrato de seguros de toda a frota da Locadora atenderá o objetivo fim da licitação (veículos segurados com o custo da locadora)?? 7 ? Resposta: ?SIM, ESTÁ CORRETO O ENTENDIMENTO ACIMA, A DECLARAÇÃO FORMAL DA SEGURADORA VALERÁ COMO COMPROVAÇÃO DE APÓLICE.? 8 ? Questionamento: ? ENTREGA E DEVOLUÇÃO DOS VEÍCULOS: O edital solicita que os veículos sejam entregues na sede do ÓRGÃO no início do contrato e retirado no mesmo local na devolução dos carros. Contudo, perguntamos se caso a contratada possua filial/escritório em um raio de até 5 km da unidade da Procuradoria, o motorista do órgão possa retirar e devolver os veículos nas dependências da contratada. Para o órgão é mais vantajoso uma vez que não haveria o custo de ?leva e traz?, o que oneraria desnecessariamente o contrato.? 8 ? Resposta: ?OBSERVAR O ITEM 14 NO TERMO DE REFERÊNCIA DO EDITAL (ANEXO VII) PARA A ENTREGA E RECOLHIMENTO DO VEÍCULO. LOGO, TANTO NO INÍCIO COMO NO TÉRMINO DA LOCAÇÃO, A EQUIPE DE GESTÃO DE FROTA, SITUADA NAS DEPENDÊNCIAS DA CONTRATANTE, ELABORARÁ CRITERIOSO CHECKLIST PARA CADA UM DOS VEÍCULOS.? 9 ? Questionamento: ? PROTETOR DE CÁRTER: Por motivo de segurança, algumas montadoras não recomendam o uso do protetor de cárter, pois em caso de colisão frontal o motor foi projetado para cair aliviando assim maiores impactos contra motorista e passageiros. Gentileza confirmar se podemos seguir a orientação das montadoras.? 9 ? Resposta: ?NÃO. ATUALMENTE HÁ NO MERCADO PROTETORES FLEXÍVEIS. ADEMAIS, MUITOS DESLOCAMENTOS OCORREM EM TERRENOS ACIDENTADOS OU EM REGIÕES RURAIS ONDE PODERÁ HAVER EVENTUAL IMPACTO ATINGINDO O CÁRTER DO MOTOR, A CORREIA DE ACESSÓRIOS O COMPRESSOR DO AR-CONDICIONADO OU DEMAIS COMPONENTES SEM PROTEÇÃO.? 10 ? Questionamento: ?SUBSTITUIÇÕES POR EMPRESAS DO MESMO GRUPO Considerando que empresas do mesmo grupo econômico, com relação de subordinação e controle podem atuar de forma conjunta, conforme artigo 243 e seguintes da Lei 6.404/76 (Lei das S/A), entendemos que inexiste relação de subcontratação entre a empresa controladora e a controlada, podendo nos casos de substituições temporárias ser utilizados veículos de empresas do mesmo grupo, desde que mantidas todas as responsabilidades pela licitante vencedora. Está correto nosso entendimento?? 10 ? ?SIM, O ENTENDIMENTO ACIMA ESTÁ CORRETO.? 12 ? Questionamento: ?1- APRESENTAÇÃO DE AMOSTRA. Em razão da presente licitação ter por objeto a locação de veículos, entendemos que, eventual solicitação de amostra poderá ser plenamente atendida mediante a apresentação de prospectos e manual técnico, conforme permite o item 9.10, subscrito a seguir: 9.10. As amostras poderão ser dispensadas pelo setor técnico responsável pela análise do objeto, desde que apresentado prospecto ou manual do produto ofertado, os quais contenham todas as informações técnicas do objeto, atendendo às exigências editalícias, ou pelo prévio conhecimento acerca da aceitabilidade da marca/modelo apresentado pelo licitante. Está correto nosso entendimento?? 12 ? Resposta: ?SIM. O ENTENDIMENTO ACIMA ESTÁ CORRETO NO TOCANTE À APRESENTAÇÃO DE MARCAS DE MODELOS DE VEÍCULOS. ENTRETANTO, PARA O SISTEMA DE TELEMETRIA É NECESSÁRIA A PROVA TÉCNICA VIRTUAL.? 13 ? Questionamento: ?2-ENTREGA DOS VEÍCULOS. Como é público e notório, há mais de 1 ano o país sofre as consequências nefastas decorrentes da crise sem precedentes causada pela pandemia do coronavírus. Apesar dos esforços para manter a produção de veículos e atender o mercado consumidor, as montadoras ainda não conseguiram retomar suas produções com a mesma facilidade e agilidade que existia antes da pandemia. Importante destacar que o processo de licitação em referência se iniciou durante a fase mais crítica da pandemia, quando seus impactos negativos vêm atingindo todos que buscam o fornecimento de veículos, indistintamente. Diante da escassez de alguns insumos, da redução da capacidade produtiva das montadoras e da grande oscilação da demanda durante o período da pandemia, os prazos de faturamento têm sofrido grandes alterações que fogem ao controle de todos os interessados na aquisição de veículos. Tais circunstâncias vem sendo noticiadas em diversas reportagens de conhecimento público (docs. anexos). CS BRASIL FROTAS LTDA Av. Saraiva, 400 - sala 08, Vila Cintra - Mogi das Cruzes - SP - CEP 08745-900 - Tel. 2377-7000 - www.csbrasilservicos.com.br Diante do exposto, com intuito de garantir a ampliação da disputa, especialmente, em razão da crise que atinge todo o país, causada pela pandemia do coronavírus e, considerando que os impactos negativos no fornecimento de veículos vem se agravando novamente em razão do aumento do contágio, questiona-se: a) Para entrega de veículos novos- Lote I, o prazo poderá ser de 120 a 150 dias contados do recebimento da O.S? b) Eventualmente, caso o pedido acima para dilação do prazo de entrega dos veículos novos não seja deferido: b.1) A contratada poderá fornecer no prazo de 90 dias contados do recebimento da OS, veículos seminovos em ótimas condições de conservação, para atendimento provisório do contrato até entrega dos veículos novos definitivos e, neste caso, os veículos provisórios poderão ser utilizados por até 120/150 dias contados do recebimento da O.S? E/OU b.2) A contratada poderá fornecer no prazo de 90 dias contados do recebimento da OS, veículos seminovos em ótimas condições de conservação, que estejam na sua posse legal e sejam de propriedade de terceiros (empresa do mesmo grupo econômico da contratada) para atendimento provisório do contrato até entrega dos veículos novos definitivos e, neste caso, os veículos provisórios poderão ser utilizados por até 120/150 dias contados do recebimento da O.S? Cumpre frisar que o fato de os veículos estarem em nome de empresa do mesmo grupo econômico não caracteriza subcontratação, isso porque a Contratada que for vencedora do certame manterá a titularidade da contratação e não ocorrerá qualquer transferência de obrigações ou responsabilidades para empresa proprietária dos veículos. Trata-se apenas de situação que ampliará as condições de fornecimento dos veículos no prazo fixado e que se torna imprescindível para superar as inúmeras adversidades causadas pela pandemia.? 13 ? Resposta: ?O PRAZO DE ENTREGA FOI ALTERADO PARA 180 DIAS, CONFORME ÚLTIMO EDITAL DE LICITAÇÃO DISPONIBILIZADO.? 14 ? Questionamento: ? 3-ASSINATURA DOS DOCUMENTOS. Nos termos da MP 2200-2/2001, serão aceitos para este processo licitatório as declarações e outros documentos desta licitante assinados digitalmente através de certificado digital, de representante pessoa física e/ou jurídica, padrão ICP-Brasil? 14 ? Resposta: Sim. 15 ? Questionamento: ?4-TERMO INICIAL DE VIGÊNCIA DO CONTRATO. O edital prevê que a vigência do contrato será de 24 meses contados a partir do 5º dia após sua assinatura. Contudo, importante ressaltar que se a pretensão da Contratante é de que o contrato tenha vigência de 24 meses e se as licitantes apresentarão seus preços considerando o recebimento de pelo menos 24 meses de ?aluguel?, entende a licitante que a vigência do Contrato também deverá se iniciar com a ENTREGA dos veículos, quando ocorrerá o efetivo início da prestação dos serviços. Diante disso, questiona-se: a) A vigência contratual poderá se iniciar com a entrega dos veículos? 15 ? Resposta: A vigência contratual se iniciará conforme consta da cláusula 11ª da minuta de contrato, Anexo I do Edital, portanto, após a assinatura do contrato e não após a efetiva entrega dos veículos. Como todo instrumento jurídico necessita de um termo inicial e não há a viabilidade fática de providenciar a tradição dos veículos de forma simultânea, motivo até da previsão de elaboração de cronograma, não é fática ou juridicamente possível atrelar a vigência a partir da entrega de todos os veículos. 16 ? Questionamento: ?5-PROPRIEDADE DOS VEÍCULOS. a) Para execução do contrato poderão ser fornecidos veículos de propriedade de terceiros que estejam na posse direta da Contratada por qualquer meio legal de negociação (locação, comodato, cessão de uso, etc)? b) Os veículos objeto do futuro contrato de locação poderão estar na posse da Contratada e ser de propriedade de empresa que integre o mesmo grupo econômico? Ressaltamos que tais hipóteses não caracterizam ?subcontratação? pois a Contratada se manterá diretamente na execução do contrato.? 16 ? Resposta: ?a) Sim, contanto que todas as obrigações e exigências do edital sejam respeitadas. b) Os veículos objeto do futuro contrato de locação poderão estar na posse da Contratada e ser de propriedade de empresa que integre o mesmo grupo econômico? Ressaltamos que tais hipóteses não caracterizam ?subcontratação? pois a Contratada se manterá diretamente na execução do contrato.? 17 ? Questionamento: ?6- DA INDISPONIBILIDADE TEMPORÁRIA DOS VEÍCULOS. Neste tópico cabe argumentar que as locações de veículos nos moldes licitados permitem, com grande eficiência, o fornecimento de veículos reservas que estejam na posse direta da Contratada mas sejam de propriedade de terceiros (empresa do mesmo grupo econômico da contratada ou terceiros locadores de veículos), especialmente, porque os reservas tem finalidade de utilização temporária no contrato. É fato que as paralisações temporárias dos veículos podem ocorrer em localidades diversas e em quantidades imprevisíveis, neste cenário, a possibilidade de fornecer veículos sublocados ou que estejam na posse direta da contratada por outros meios legais de negociação (comodato, cessão, etc) amplia as condições de disputa e possibilita a obtenção de menores preços para contratação, bem como garante maior agilidade e eficiência na substituição dos veículos durante a contratação. Desta forma, questiona-se: a) Os veículos reservas para substituição temporária no contrato poderão ser de propriedade de terceiros ou de empresa do mesmo grupo econômico da contratada e estar em sua posse direta por qualquer meio legal de negociação (locação, comodato, cessão de uso, etc)?? 17 ? Resposta: ?Sim, será aceito, contanto que as demais exigências do edital sejam observadas.? 18 ? Questionamento: ?7-RESPONSABILIDADE SOBRE OS DANOS CAUSADOS NOS VEÍCULOS. A licitante destaca que não poderá ser responsabilizada por qualquer dano causado dolosamente pelos prepostos da Contratante ou decorrentes de atos ilícitos praticados pelos mesmos, na forma do artigo 37, §6º, da Constituição Federal. Assim, questiona-se: a) A Contratante irá ressarcir os danos mecânicos e sinistros nos veículos causados por seus prepostos em decorrência de dolo, culpa ou mau uso? Neste caso, qual procedimento para apuração dos danos e ressarcimento dos valores devidos pelos danos e avarias? CS BRASIL FROTAS LTDA Av. Saraiva, 400 - sala 08, Vila Cintra - Mogi das Cruzes - SP - CEP 08745-900 - Tel. 2377-7000 - www.csbrasilservicos.com.br b) As manutenções decorrentes de mau uso dos veículos causadas por condutores da contratante serão de sua responsabilidade? Neste caso, qual prazo e procedimento serão observados pela Contratante para ressarcimento da Contratada? c) As avarias causadas nos veículos por culpa ou dolo dos condutores da contratante serão de sua responsabilidade? Neste caso, qual prazo e procedimento serão observados pela Contratante para ressarcimento da Contratada? d) Considerando que o condutor do veículo sinistrado terá contato direto com o terceiro envolvido no acidente, entendemos que ele será o responsável pela instauração do boletim de ocorrência e pela obtenção dos documentos do terceiro envolvido a fim de viabilizar a instauração dos procedimentos para eventual ressarcimento do dano. Está correto nosso entendimento?? 18 ? Resposta: ?VER SUBITEM 19.5, DO ITEM 19, DO ANEXO VII, DO TERMO DE REFERÊNCIA DO EDITAL. SIM, RESPONDENDO AS TRÊS ALÍNEAS ACIMA, O RESSARCIMENTO OCORRERÁ MEDIANTE A COMPROVAÇÃO DIRETA DE OCORRÊNCIA DE DANO POR DOLO OU MAU USO DO CONDUTOR ATRAVÉS DOS MEIOS DE PROVA ADMITIDOS NO DIREITO CIVIL. EM SUMA, A CONTRATADA REALIZARÁ A ORÇAMENTAÇÃO, BEM COMO O REPARO LOGO APÓS APROVAÇÃO DE UM ORÇAMENTO PELA EQUIPE DE GESTÃO DE FROTA DA CONTRATADA. POSTERIORMENTE, O CUSTO DISCRIMINADO NA NOTA FISCAL, QUE TERÁ COMO LIMITE O VALOR DA FRANQUIA SEGURADA DO VEÍCULO, SERÁ PROCESSADO EM FAVOR DA CONTRATADA. PORTANTO, NÃO HÁ UM PRAZO PROCEDIMENTAL DEFINIDO, SENDO QUE CADA CASO SERÁ ANALISADO PONTUALMENTE. ENTRETANTO. RESSALTA-SE QUE AS MANUTENÇÕES PERIÓDICAS E AQUELAS DECORRENTES DE DESGASTE NATURAL OU POR NEGLIGÊNCIA EM MANUTENÇÕES ANTERIORES NÃO SERÃO REEMBOLSÁVEIS. d) Considerando que o condutor do veículo sinistrado terá contato direto com o terceiro envolvido no acidente, entendemos que ele será o responsável pela instauração do boletim de ocorrência e pela obtenção dos documentos do terceiro envolvido a fim de viabilizar a instauração dos procedimentos para eventual ressarcimento do dano. Está correto nosso entendimento?? RESPOSTA: SIM, ESTÁ CORRETO O ENTENDIMENTO ACIMA.? 19 ? Questionamento: ?8- SEGURO. O Edital prevê que os veículos deverão ter cobertura de seguro, sendo vedada a autogestão. Contudo, considerando que os veículos serão de responsabilidade da contratada, entendemos que a gestão quanto ao fornecimento ou não de seguro por meio de apólice deve ser avaliada por cada licitante propiciando maior flexibilidade para precificação de suas propostas, com benefícios para a Contratante em razão da ampliação da disputa em busca do menor preço para a contratação. Oportuno dizer que tal hipótese não exime a contratada de assumir as responsabilidades relacionadas ao seguro, muito pelo contrário, apenas lhe confere a opção de assumir tal obrigação por meio de declaração própria, sem a necessidade de contratar seguradora no mercado. Frise-se, a contratada será responsável pelas obrigações relacionadas ao seguro observando as condições previstas no edital. Desta forma, questiona-se: a) A Contratada poderá optar pela autogestão para assumir a responsabilidade pelo casco dos veículos?? 19- Resposta: ?NÃO. CONFORME OS MOTIVOS EXPLICITADOS NO SUBITEM 19.1.7, ITEM 19, ANEXO VII DO EDITAL: ?A empresa vencedora do certame deverá contratar serviços de seguro automotivo junto ao mercado de seguradoras, ressaltando que deverá abranger o seguro total dos veículos, conforme descrito nos subitens acima. Assim, fica vedado o Auto Seguro, considerando a necessidade de maior segurança na prestação dos serviços realizadas pela Instituição, evitando-se eventuais problemas quanto ao controle de qualidade nas manutenções veiculares e no atendimento das demandas em caso de sinistros?.? 20 ? Questionamento: ?9- MULTAS DECORRENTES DE INFRAÇÕES DE TRÂNSITO. O Edital não é claro quanto ao procedimento que deverá ser adotado para quitação das multas de trânsito. Além disso, não há previsão quanto a obrigatoriedade da Contratante identificar o condutor na forma e prazo previstos pela legislação. Assim, considerando-se que somente a Contratante pode apurar o condutor do veículo no momento da infração e levando em conta que a ausência de identificação do Condutor enseja a aplicação de multa à proprietária do veículo, é imprescindível que o Edital regule essa questão, determinando que a Contratante é responsável pela tempestiva identificação do condutor junto aos órgãos de trânsito. CS BRASIL FROTAS LTDA Av. Saraiva, 400 - sala 08, Vila Cintra - Mogi das Cruzes - SP - CEP 08745-900 - Tel. 2377-7000 - www.csbrasilservicos.com.br Por fim, é certo que a Contratada deverá manter os veículos regularizados em atendimento às exigências do Código de Trânsito Brasileiro, para tanto, deverá providenciar os respectivos licenciamentos no decorrer da vigência contratual. Neste contexto, para providenciar o licenciamento dos veículos será imprescindível o pagamento prévio de eventuais multas de trânsito. Diante disso, questiona-se: a) A Contratante providenciará a tempestiva identificação do condutor junto aos órgãos de trânsito? b) A Contratante fará diretamente o pagamento das multas decorrentes de infrações de trânsito cometidas pelos condutores? OU c) A Contratada fará o pagamento das multas decorrentes de infrações de trânsito cometidas pelos condutores e será ressarcida pela Contratante? Qual será o prazo e procedimento para referido ressarcimento? d) Caso constem pendências de multas de trânsito, na ocasião dos licenciamentos dos veículos, a Contratada poderá quitá-las para viabilizar a regularização dos documentos? Em caso positivo, a Contratante irá reembolsar o pagamento realizado pela Contratada?? 20 ? Resposta: ?a) A Contratante providenciará a tempestiva identificação do condutor junto aos órgãos de trânsito? RESPOSTA: SIM. PARA MAIOR DETALHAMENTO, VER TERMO DE REFERÊNCIA, ANEXO VII, ITEM 19, SUBITEM 19.1.2 DO EDITAL. b) A Contratante fará diretamente o pagamento das multas decorrentes de infrações de trânsito cometidas pelos condutores? OU c) A Contratada fará o pagamento das multas decorrentes de infrações de trânsito cometidas pelos condutores e será ressarcida pela Contratante? Qual será o prazo e procedimento para referido ressarcimento? RESPOSTA: A CONTRATANTE SERÁ A RESPONSÁVEL PELO PROCESSAMENTO E PAGAMENTO DAS INFRAÇÕES DE TRÂNSITO, OBSERVADO O PRAZO ESTABELECIDO NO SUBITEM 19.1.2, ITEM 19, DO TERMO DE REFERÊNCIA, ANEXO VII DO EDITAL, REFERENTE AO ENVIO EM TEMPO HÁBIL DAS AUTUAÇÕES E PENALIDADES, SENDO QUE, NA HIPÓTESE DE ATRASOS INJUSTIFICADOS NA CORRESPONDÊNCIA, A CONTRATADA ARCARÁ COM A PENALIDADE DECORRENTE POR NÃO IDENTIFICAÇÃO DO CONDUTOR INFRATOR. d) Caso constem pendências de multas de trânsito, na ocasião dos licenciamentos dos veículos, a Contratada poderá quitá-las para viabilizar a regularização dos documentos? Em caso positivo, a Contratante irá reembolsar o pagamento realizado pela Contratada?? RESPOSTA: EM CASO DE PENDÊNCIA DE INFRAÇÕES PROCESSADAS E VENCIDAS, A CONTRATANTE QUITARÁ O DÉBITO PARA EMISSÃO DO CRLV.? 21 ? Questionamento: ?10- REAJUSTE DE PREÇOS. Quanto ao tema, destacamos as seguintes previsões: CLÁUSULA DÉCIMA SEGUNDA ? Do Reajuste A periodicidade para o reajuste do objeto será de 12 (doze) meses, contados da data de início da vigência deste contrato, no caso de primeiro reajuste, ou da data do reajuste anterior, na hipótese de reajustes posteriores, com base no Índice de Preços ao Consumidor Amplo ? IPCA, medido pelo Instituto Brasileiro de Geografia e Estatística ? IBGE, ou em outro índice que venha substituí-lo. Subcláusula Primeira: O reajuste de que trata o caput desta cláusula ou sua dispensa poderão ainda ser objeto de acordo entre as partes. Subcláusula Segunda: A concessão do reajuste depende de requerimento expresso da parte interessada, antes do vencimento do período a ser considerado como base para o respectivo cálculo, sob pena de preclusão. Contudo, entendemos que as regras expostas não estão em conformidade com a legislação aplicável ao tema. Neste contexto, cumpre lembrar que o reajuste de preços tem caráter obrigatório e trata-se de direito constitucionalmente garantido à contratada nos termos do artigo 37, inc. XXI da Constituição Federal a fim de assegurar a manutenção da condições efetivas da proposta e garantir o equilíbrio econômico-financeiro dos contratos administrativos durante toda sua vigência. Nos termos do inciso XI, do artigo 40, da Lei 8.666/93, o Edital deve indicar, obrigatoriamente, ?o critério de reajuste, que deverá retratar a variação efetiva do custo de produção, admitida a adoção de índices específicos ou setoriais, desde a data prevista para apresentação da proposta, ou do orçamento a que essa proposta se referir, até a data do adimplemento de cada parcela?. Além disso, para fins de reajustamento de preços, a periodicidade anual dos contratos deve ser contada a partir da data limite para apresentação da proposta ou do orçamento a que essa se referir, nos termos do §1º, art.3º da Lei 10.192/2001. Logo, a proposta vencedora que for apresentada, por exemplo, no dia 09/07/2021 (data da sessão) deverá ter seus preços reajustados a partir de 09/07/2022, em consonância com a legislação vigente. Por fim, necessário dizer que não pode ser considerada qualquer condição preclusiva à concessão dos reajustes, especialmente, porque representa matéria de ordem pública, deriva de princípios constitucionais e tem a finalidade precípua de manter as condições efetivas da proposta, atualizando os valores contratados que, inequivocamente, sofrem a defasagem decorrente de fatores externos que acarretam a variação dos custo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ CND_divida_ativa_estado_sp_F000136_processo_131_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10293/download;
+ ata_homologacao_processo131_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10305/download;
+ proposta_licitanteF000258_processo131_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10268/download;
+ proposta_licitanteF000136_processo131_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10266/download;
+ documentos_habilitacao_licitanteF000136_processo131_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10289/download;
+ edital_processo_131_2021_locacao_veiculos_DFROT.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10190/download;
+ impugnacao1_estrelalogistica_processo_131_2021_locacao_de_veiculos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10201/download;
+ impugnacao2_unidas_processo_131_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10210/download;
  decisao_impugnacao_unidas_processo_131_2021.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10211/download;
  edital_processo_131_2021_locacao_veiculos_DFROT_Retificado2.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10216/download;
- edital_processo_131_2021_locacao_veiculos_DFROT.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10190/download;
- impugnacao1_estrelalogistica_processo_131_2021_locacao_de_veiculos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10201/download;
  decisao_impugnacao_estrelaLog?stica_processo_131_2021.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10207/download;
  edital_processo_131_2021_locacao_veiculos_DFROT_Retificado.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10208/download;
- impugnacao2_unidas_processo_131_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10210/download;
-[...4 lines deleted...]
- ata_homologacao_processo131_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10305/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">UNIDAS VEÍCULOS ESPECIAIS S.A </t>
   </si>
   <si>
     <t>11.200.000,00</t>
   </si>
   <si>
     <t xml:space="preserve">LOCAÇÃO DE VEÍCULOS DIÁRIAS ANUAIS VEÍCULO TIPO VAN </t>
   </si>
   <si>
     <t xml:space="preserve">LOCAÇÃO DE VEÍCULOS DIÁRIAS ANUAIS VEÍCULO TIPO SEDAN EXECUTIVO </t>
   </si>
   <si>
     <t xml:space="preserve"> 130 / 2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de canaletas metálicas Dutotec e seus acessórios para as adequações de instalações elétricas e lógicas em imóveis ocupados pelas Promotorias de Justiça de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">CANALETA 25MM X 73MM </t>
   </si>
   <si>
     <t>29.610,00</t>
   </si>
   <si>
     <t>01-09-2021 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0034299/2021-65 - Recebimento das propostas: até às 10 horas do dia 16/09/2021. Início da disputa de preços: às 10 horas do dia 16/09/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 31 de agosto de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações. ----------------------------- 05-10-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0034299/2021-65; Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lotes 1, 3, 5, 7, 8, 9, 11, 13 e 15: LOJA ELÉTRICA LTDA. CNPJ: 17.155.342/0003-45; Valores (totais) registrados: R$29.610,00 (Lote 1); R$24.786,00 (Lote 3); R$10.722,00 (Lote 5); R$14.725,00 (lote 7); R$1.365,00 (Lote 8); R$1.572,50 (Lote 9); R$3.239,00 (Lote 11); R$4.065,00 (Lote 13); R$6.125,00 (Lote 15). Lotes 2, 4, 6, 10, 12 e 14: UNIVERSO ELÉTRICO LTDA. CNPJ: 02.697.297/0001-11; Valores (totais) registrados: R$26.900,00 (Lote 2); R$5.806,00 (Lote 4); R$12.880,00 (Lote 6); R$4.480,00 (Lote 10); R$4.723,00 (Lote 12); R$6.015,00 (Lote 14). Belo Horizonte, 4 de outubro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- docs_habilitatorios_licitante_UNIVERSO_ELETRICO_lotes 2, 4, 6, 10, 12, 14.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10464/download;
- ata_homologacao_planejamento130_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10480/download;
+ Lista de produtos referenciados (Dutotec) _processo_130_2021_rp_aquisicao_canaletas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10388/download;
+ edital_processo_130_2021_rp_aquisicao_canaletas_DIMAN_1.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10387/download;
  proposta_docs_iniciais_licitante_LOJA_ELETRICA_lotes 1, 3, 5, 7, 8, 9, 11, 13, 15.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10440/download;
  proposta_docs_iniciais_licitante_UNIVERSO_ELETRICO_lotes 2, 4, 6, 10, 12, 14.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10441/download;
  Penultima_versao_e_PROPOSTA_FINAL_CORRIGIDA_LOJA_ELETRICA_lotes 1, 3, 5, 7, 8, 9, 11, 13, 15.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10443/download;
- edital_processo_130_2021_rp_aquisicao_canaletas_DIMAN_1.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10387/download;
- Lista de produtos referenciados (Dutotec) _processo_130_2021_rp_aquisicao_canaletas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10388/download;
+ docs_habilitatorios_licitante_UNIVERSO_ELETRICO_lotes 2, 4, 6, 10, 12, 14.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10464/download;
+ ata_homologacao_planejamento130_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10480/download;
  docs_habilitatorios_licitante_LOJA_ELETRICA_lotes 1, 3, 5, 7, 8, 9, 11, 13, 15.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10463/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CANALETA 45 X 73 MM </t>
   </si>
   <si>
     <t>26.900,00</t>
   </si>
   <si>
     <t xml:space="preserve">ACESSÓRIO CANALETA </t>
   </si>
   <si>
     <t>24.786,00</t>
   </si>
   <si>
     <t>5.806,00</t>
   </si>
   <si>
     <t>10.722,00</t>
   </si>
   <si>
     <t>12.880,00</t>
   </si>
   <si>
@@ -4026,297 +4026,297 @@
     <t>129 / 2021</t>
   </si>
   <si>
     <t>16/07/2021</t>
   </si>
   <si>
     <t>Aquisição de itens de ergonomia</t>
   </si>
   <si>
     <t xml:space="preserve">Apoio Ergonômico Antebraço </t>
   </si>
   <si>
     <t xml:space="preserve">EUROTECH TECNOLOGIA LTDA </t>
   </si>
   <si>
     <t>27.300,00</t>
   </si>
   <si>
     <t>16-07-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0017621/2021-97 Recebimento das propostas: até às 10 horas do dia 30/07/2021. Início da disputa de preços: às 10 horas do dia 30/07/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 15 de julho de 2021. Juliana Silva Teixeira - Coordenadora em exercício - Diretoria de Gestão de Compras e Licitações/PGJ-MG ----------------------------- 04-09-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0017621/2021-97 Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lotes 1 e 3: EUROTECH TECNOLOGIA LTDA CNPJ 39.496.569/0002-06 Valor (total) registrado (respectivamente): R$ 27.300,00 e R$ 21.500,00 Lote 2 e 4: MAQNETE COMERCIO E SERVICOS EIRELI ?ME CNPJ 18.152.404/0001-66 Valor (total) registrado (respectivamente): R$ 62.210,0 e R$ 19.417.50 Belo Horizonte, 03 de setembro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  documentos_habilitacao_licitanteF000477_processo129_2021_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10381/download;
  documentos_habilitacao_licitanteF000256_processo129_2021_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10380/download;
+ docs_habilitatorios_licitante_Eurotech_F000313_pl129_2021_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10341/download;
  proposta_docs_iniciais_licitante_Eurotech_F000117_pl129_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10342/download;
- ata_homologacao_planejamento129_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10409/download;
-[...4 lines deleted...]
- proposta_docs_iniciais_licitante_Maqnete_F000477_pl129_2021_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10287/download;
  proposta_docs_iniciais_licitante_Eurotech_F000313_pl129_2021_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10288/download;
  orcamento_reserva_amostra_licitante_Rafteco_F000182_pl129_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10307/download;
  Despacho_DPMSO_resposta_a_pedido_de_replica_de_analise_de_amostra_anterior_por_F000313_lote3.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10308/download;
  Despacho_DPMSO_1622949_reprovacao_amostra_licitante_Rafteco_F000182_pl129_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10320/download;
+ ata_homologacao_planejamento129_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10409/download;
  documentos_habilitacao_licitanteF000117_processo129_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10398/download;
+ proposta_docs_iniciais_licitante_Maqnete_F000477_pl129_2021_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10287/download;
+ proposta_docs_iniciais_licitante_Rafteco_F000182_pl129_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10273/download;
+ proposta_docs_iniciais_licitante_Maqnete_F000256_pl129_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10272/download;
+ pl129_pe_rp_2021_pc217_2020_itens_de_ergonomia_DIMAT.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10221/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Suporte para Monitor </t>
   </si>
   <si>
     <t xml:space="preserve">MAQNETE COMERCIO E SERVICOS EIRELI -ME </t>
   </si>
   <si>
     <t>62.210,00</t>
   </si>
   <si>
     <t xml:space="preserve">Suporte para Texto </t>
   </si>
   <si>
     <t>1.941.750,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 124 / 2021</t>
   </si>
   <si>
     <t>10/07/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de mobiliários destinados a suprir as necessidades do Ministério Público do Estado de Minas Gerais</t>
   </si>
   <si>
     <t xml:space="preserve">MESAS FUNCIONAIS ANGULARES, MESAS RETAS FUNCIONAIS, GAVETEIROS, MESAS REDONDAS E MESAS RETANGULARES PARA REUNIÕES E ARMÁRIO BAIXO </t>
   </si>
   <si>
     <t>11.810.700,00</t>
   </si>
   <si>
     <t>10-07-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0031461/2021-61 Recebimento das propostas: até às 10 horas do dia 23/07/2021. Início da disputa de preços: às 10 horas do dia 23/07/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 12 de julho de 2021. Juliana Silva Teixeira Coordenadora da Diretoria de Gestão de Compras e Licitações em exercício/PGJ-MG ----------------------------- 25-11-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0031461/2021-61 Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1: Tecno 2000 Indústria e Comércio Ltda CNPJ 21.306.287/0001-52 Valor (total) registrado: R$ 11.810.700,00 Lote 2: Tecno 2000 Indústria e Comércio Ltda CNPJ 21.306.287/0001-52 Valor (total) registrado: R$ 5.060.000,00 O lote 3 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 24 de novembro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ proposta_documentos_licitanteF000154_processo124_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10488/download;
+ ata_homologacao_planejamento124_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10616/download;
  proposta_documentos_licitanteF000225_processo124_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10254/download;
  proposta_documentos_licitanteF000301_processo124_2021_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10255/download;
  proposta_documentos_licitanteF000132_processo124_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10258/download;
  edital_processo_127_2021_rp_aquisicao_mobiliarios_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10212/download;
- proposta_documentos_licitanteF000154_processo124_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10488/download;
- ata_homologacao_planejamento124_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10616/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MESAS DIVERSAS, GAVETEIRO, ARMÁRIO BAIXO E CONEXÃO PARA MESA </t>
   </si>
   <si>
     <t>5.060.000,00</t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRA / POLTRONA PLÁSTICA </t>
   </si>
   <si>
     <t xml:space="preserve"> 122 / 2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada na prestação de serviços de apoio administrativo e atividades auxiliares, motorista, manutenção predial, limpeza e conservação, com dedicação exclusiva de mão de obra e fornecimento de equipamentos, dispensadores/suportes, materiais e insumos.</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE APOIO ADMINISTRATIVO E ATIVIDADES AUXILIARES, MOTORISTA, MANUTENÇÃO PREDIAL, LIMPEZA E CONSERVAÇÃO </t>
   </si>
   <si>
     <t xml:space="preserve">PLANSUL PLANEJAMENTO E CONSULTORIA EIRELI </t>
   </si>
   <si>
     <t>89.992.040,00</t>
   </si>
   <si>
     <t>03-07-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3899.0036721/2021-64 Recebimento das propostas: até às 10 horas do dia 19/07/2021. Início da disputa de preços: às 10 horas do dia 19/07/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 02 de julho de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 08-07-2021 COMUNICAÇÃO ATENÇÃO: CADASTRAMENTO DA PROPOSTA NO PORTAL DE COMPRAS/MG: INFORMAMOS QUE, POR QUESTÕES OPERACIONAIS RELATIVAS À VARIAÇÃO DE FONTE ORÇAMENTÁRIA, OS ITENS INTEGRANTES DO LOTE 1(único) ENCONTRAM-SE NUMERADOS DE FORMA DIVERSA NO MODELO DE PROPOSTA (ANEXO II DO EDITAL) E NO PORTAL DE COMPRAS/MG: O Item 1 (Serviços de apoio administrativo; Código-SIAD: 4626) mencionado na TABELA DE PREÇOS e ESPECIFICAÇÕES MÍNIMAS DO MODELO DE PROPOSTA (ANEXO II DO EDITAL) encontra-se subdividido, no PORTAL DE COMPRAS-MG, entre os itens nominados como Item nº 1 e Item n.º 2 do lote do Pregão (Serviços de apoio em atividades administrativas). O Item 2 (Serviços de Limpeza, Conservação e Manutenção Predial; Código-SIAD: 4561) mencionado na TABELA DE PREÇOS e ESPECIFICAÇÕES MÍNIMAS DO MODELO DE PROPOSTA (ANEXO II DO EDITAL) corresponde, no PORTAL DE COMPRAS-MG, ao item identificado como Item nº 3 do lote do Pregão (Serviços de Conservação e Limpeza Predial). Assim, NA PROPOSTA A SER CADASTRADA NO PORTAL DE COMPRAS/MG, o fornecedor deverá informar, para o ITEM nº 1 (Código-SIAD: 4626; Especificação do item: Serviços de apoio em atividades administrativas), um valor total máximo de R$85.615.560,78; Para o ITEM nº 2 (Código-SIAD: 4626; Especificação do item: Serviços de apoio em atividades administrativas), o fornecedor deverá preencher um valor total máximo de R$1.556.947,82; E, para o ITEM nº 3 (Código-SIAD: 4561; Especificação do item: Serviços de conservação e limpeza predial), o fornecedor deverá preencher um valor total máximo de R$14.239.484,02. Essa comunicação encontra-se também em arquivo disponibilizado nesta página. ----------------------------- 08-07-2021 ESCLARECIMENTOS Prezados, informamos que foi disponibilizado o arquivo (Esclarecimento Planilhas de custos (Apenso VI) Excel_processo_122_2021), nesta página, contendo orientação quanto às fórmulas das planilhas de composição de custos do Apenso VI, para conhecimento de eventuais interessados. ----------------------------- 08-07-2021 ESCLARECIMENTOS Segue(m) resposta(s) da Divisão de Licitação ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: 1) Questionamento:Ao consultar o cadastro da licitação no portal de compras MG, identificamos que ele tem 03 itens a serem cadastrados, e o edital informa 02 itens.Desta forma solicitamos esclarecimentos sobre a situação.1) Resposta: foi esclarecido no Comunicado e no arquivo AVISO CADASTRAMENTO DA PROPOSTA disponibilizado nesta página. 2) Questionamento: No momento do cadastro da proposta, deve ser enviado apenas o anexo (ANEXO II MODELO DE PROPOSTA (PLANILHA DE PREÇOS)) em arquivo PDF, com FAP, CCT e comprovação tributária ou deve ser anexado as planilhas em formato Excel juntamente com os documentos descritos em anteriormente.2) Resposta:Deverá atender à exigência prevista no item 7.1 do edital, bem como apresentar o modelo da proposta devidamente preenchido, observando seus itens, de acordo com Anexo II do edital. As Planilhas de Estimativa de Custos e de Composição de Preços da Contratação integram a Proposta e serão exigidas sua apresentação nos moldes previstos nos subitens 9.2.2 e 9.2.3 ambos do edital. ----------------------------- 12-07-2021 ESCLARECIMENTOS Prezados, informamos que foi disponibilizado o arquivo (RELACAO de comarcas e suas respectivas entrancias_processo121_2021.pdf), atualizado, nesta página, para conhecimento dos interessados. ----------------------------- 12-07-2021 ESCLARECIMENTOS Segue(m) resposta(s) da Diretoria de Licitação e Divisão de Serviços ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: Questionamento 1) Foi solicitada a visita obrigatória em diversos locais, sendo que para Belo Horizonte foi solicitada vistoria nos edifícios José Campomizzi Filho, Carlos Ferreira Brandão, Castellar Guimarães e Iracema Tavares Dias Nardi. Favor informar qual é o endereço desses edificios. Resposta 1) Edifício José Campomizzi Filho, Av. Álvares Cabral, nº 1.740 - Santo Agostinho, Belo Horizonte/MG; Edifício Carlos Ferreira Brandão, Rua Dias Adorno, 367, Santo Agostinho, Belo Horizonte/MG; Edificio Castellar Guimarães, Avenida Álvares Cabral, 1.690, Santo Agostinho, Belo Horizonte/MG; Edifício Iracema Tavares Dias Nardi, Rua Gonçalves Dias, 2039, Lourdes, Belo Horizonte/MG. Questionamento 2) Foi solicitada a visita obrigatória em 2 (duas) comarcas de entrância Especial, 3 (três) de 2ª entrância e 2 (duas) de 1ª entrância. Favor informar quais unidades são entrância Especial, quais são de 2ª entrância e quais são de 1ª entrância. Resposta 2) a relação de comarcas e suas respectivas entrâncias pode ser consultada no site da Procuradoria-Geral de Justiça de Minas Gerais, www.mpmg.mp.br &gt; Acesso à Informação &gt; Licitações e Contratos &gt; PortalMPMG. Questionamento 3) De acordo com o item 7.2.3 do termo de referência que diz que - Em pelo menos 2 (duas) comarcas de entrância Especial, 3 (três) de 2ª entrância e 2 (duas) de 1ª entrância- em referência à vistoria, questiono se nos poderia ser informado ou se possível consultar as diferentes entrâncias dos locais onde o serviço deverá ser prestado? Tendo assim, melhor elaboração técnica e logística da nossa equipe em relação à onde faremos a efetiva visita de fato nos enquadrando no mínimo dos 5% de locais necessários. Resposta 3) a relação de comarcas e suas respectivas entrâncias pode ser consultada no site da Procuradoria-Geral de Justiça de Minas Gerais, www.mpmg.mp.br &gt; Acesso à Informação &gt; Licitações e Contratos &gt; PortalMPMG (RELACAO de comarcas e suas respectivas entrancias_processo121_2021.pdf). ----------------------------- 16-07-2021 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3899.0036721/2021-64 - Objeto: Contratação de empresa especializada na prestação de serviços de apoio administrativo e atividades auxiliares, motorista, manutenção predial, limpeza e conservação, com dedicação exclusiva de mão de obra e fornecimento de equipamentos, dispensadores/suportes, materiais e insumos. Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 21/07/2021. Início da disputa de preços: às 10 horas do dia 21/07/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 15 de julho de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG. * Republicado devido à necessidade de prazo para análise e resposta a pedidos de esclarecimentos e impugnação. Houve alteração de datas. Não houve reabertura de prazo para esclarecimentos e impugnações. ----------------------------- 19-07-2021 COMUNICAÇÃO ATENÇÃO: CADASTRAMENTO DA PROPOSTA NO PORTAL DE COMPRAS/MG: Informamos que foi disponibilizado nesta página arquivo nominado "2ºAVISO_CADASTRAMENTO DA PROPOSTA - SITE COMPRAS_MG_processo121_2021_TABELA.doc" com tabela em complemento à Comunicação - Aviso para o Cadastramento da Proposta no Portal de Compras/MG, publicado no dia 08/07/2021, também nesta página. ----------------------------- 19-07-2021 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3899.0036721/2021-64 - Objeto: Contratação de empresa especializada na prestação de serviços de apoio administrativo e atividades auxiliares, motorista, manutenção predial, limpeza e conservação, com dedicação exclusiva de mão de obra e fornecimento de equipamentos,dispensadores/suportes, materiais e insumos. Modalidade: Pregão eletrônico - Impugnantes: Apecê Serviços Gerais Ltda., CNPJ 00.087.163/0001-53; Especialy Terceirização Eireli, CNPJ 20.522.050/0001-46; Santa Fé Serviços Eireli, CNPJ 05.670.079/0001-81. Síntese da decisão: Conhecemos as peças impugnativas interpostas e, no mérito, negamos-lhes provimento. A íntegra das decisões encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que esta licitação ocorrerá às 10 horas do dia 21/07/2021. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones (31) 3330-8128 e 3330-8129, e-mail: dgcl@mpmg.mp.br. Belo Horizonte, 16 de julho de 2021. Simone de Oliveira Capanema Pregoeira ----------------------------- 19-07-2021 ESCLARECIMENTOS Segue(m) resposta(s) da Divisão de Serviços ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: Questionamento 1: esclarecimentos em relação do item 4 do edital, Relativa à Qualificação Técnica. Pergunta: Os Atestados de Capacidade Técnica solicitados deverão ser específicos dos cargos licitados, comprovando a execução de serviços em funções idênticas? Ou serão aceitos atestados que comprovem a experiência do licitante no gerenciamento de mão de obra, independente da função? Resposta 1: informo que a experiência exigida no edital relaciona-se ao gerenciamento de mão de obra de funções que sejam no mínimo similares às previstas no edital. ----------------------------- 19-07-2021 ESCLARECIMENTOS Segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitação ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: Questionamento 1: Consta no edital da licitação que ela é lote único. Todavia, ao acessar o portal para cadastro de proposta verificamos que há 3 itens para serem cadastrados. Considerando que o edital apresentou apenas 2 planilhas anexo VI A e VI B favor esclarecer quais serviços devem ser cadastrado em cada um dos 3 itens. Resposta 1: Esclarecemos que os dois itens integrantes do lote 1(único) constante no modelo de proposta (Anexo II do edital) refletem os objetos pretendidos pela Administração, no entanto, por questões operacionais referentes à variação de fonte orçamentária dos itens integrantes do lote 1(único), e ainda, para atender à disposição dos itens no Portal Compras/MG, os dois itens do edital foram subdivididos no Portal Compras/MG, conforme explicitado abaixo, e publicado nota de comunicado (CADASTRAMENTO DA PROPOSTA NO PORTAL DE COMPRAS/MG) em 08/07/2021, nos sites da PGJ (www.mpmg.mp.br) e Compras/MG (www.compras.mg.gov.br). Assim, NA PROPOSTA A SER CADASTRADA NO PORTAL DE COMPRAS/MG, o fornecedor deverá informar, para o ?ITEM nº 1? (Código-SIAD: 4626; Especificação do item: Serviços de apoio em atividades administrativas), um valor total máximo de R$85.615.560,78; Para o ?ITEM nº 2? (Código-SIAD: 4626; Especificação do item: ?Serviços de apoio em atividades administrativas?), o fornecedor deverá preencher um valor total máximo de R$1.556.947,82; E, para o ITEM nº 3 (Código-SIAD: 4561; Especificação do item: Serviços de conservação e limpeza predial?), o fornecedor deverá preencher um valor total máximo de R$14.239.484,02. Questionamento 2 - Deverá ser anexada a proposta do anexo II e as planilhas do anexo VI para fins de participação? Deverá atender à exigência prevista no item 7.1 do edital, bem como apresentar o modelo da proposta devidamente preenchido, observando seus itens, de acordo com Anexo II do edital. As Planilhas de Estimativa de Custos e de Composição de Preços da Contratação integram a Proposta e serão exigidas sua apresentação nos moldes previstos nos subitens 9.2.2 e 9.2.3 ambos do edital. ----------------------------- 19-07-2021 ESCLARECIMENTOS Segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitação e Divisão de Fiscalização Administrativa dos Contratos de Terceirização ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: Questionamento 1 - Foi publicado aviso sobre o cadastramento da proposta, que apesar de lote único, deverá ser cadastrada em 3 itens. Todavia, não está claro quais são os postos de serviços de apoio administrativo a serem cadastrados nos itens 1 e 2 . Favor esclarecer quais custos do apenso VI-B devem ser cadastrados no item 1 e quais custos do apenso VI-B devem ser cadastrados no item 2. Resposta 1: Foi publicado arquivo nominado 2º AVISO_CADASTRAMENTO DA PROPOSTA - SITE COMPRAS_MG_processo121_2021_TABELA.doc, no site da Procuradoria-Geral de Justiça ? www.mpmg.mp.br &gt; Acesso à Informação &gt; Licitações e Contratos &gt; PortalMPMG e Portal de Compras/MG com as orientações. Questionamento 2 - Na aba "resumo categoria" das planilhas dos apensos VI-A e VI-B os custos estão com referencias (#REF). Favor verificar. Resposta 2: Este esclarecimento já foi realizado e consta a orientação em arquivo nominado e ESCLARECIMENTO PLANILHAS DE CUSTOS (APENSO VI) Excel_processo_122_2021), disponível em 08/07/2021, no site da Procuradoria-Geral de Justiça ? www.mpmg.mp.br &gt; Acesso à Informação &gt; Licitações e Contratos &gt; PortalMPMG. Questionamento 3 - Licitantes optantes pelo lucro real deverão cotar a médias de Pis e Cofins dos últimos 12 meses ou deverão cotar obrigatoriamente os percentuais de 1,65% para Pis e 7,60% para Confis? Resposta 3: Cotar os percentuais de 1,65% para PIS e 7,60% para Cofins. Questionamento 4- No caso de alteração das alíquotas de tributos (Pis e Cofins) em qual aba do apenso VI essa alteração deve ser feita? Resposta 4: Conforme resposta do item 3 deverão manter os percentuais apresentados na planilha. ----------------------------- 19-07-2021 ESCLARECIMENTOS Segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitação ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: Questionamento 1: Como anexos de proposta devem ser inseridos os anexos II e apensos VI-A e VI-B? Resposta 1: deverá anexar, em campo próprio, o modelo da proposta devidamente preenchido, observando seus itens, de acordo com Anexo II do edital. Com relação às Planilhas de Estimativa de Custos e de Composição de Preços da Contratação (apensos VI-A e VI-B) serão exigidas do licitante melhor classificado, após a disputa, nos termos previstos nos subitens 9.2.2 e 9.2.3 ambos do edital. Questionamento 2: Quando do cadastro da proposta poderão ser inseridos os dados da empresa no anexo II ou nessa etapa ele deve ser enviado sem dados da empresa para fins de sigilo? Resposta 2: O Modelo de proposta (anexo II do Edital) deverá ser preenchido pelo licitante. ----------------------------- 20-07-2021 ESCLARECIMENTOS Segue(m) resposta(s) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: Questionamento 1: o arquivo nominado 2º AVISO_CADASTRAMENTO DA PROPOSTA - SITE COMPRAS_MG_processo121_2021_TABELA.doc não respondeu o questionamento feito pela empresa. Nesse arquivo foi mencionado apenas os valores máximos a serem cadastrados nos itens 1 e 2. Todavia, não localizamos essa subdivisão na planilha do anexo VI-B, ou seja, não sabemos quais cidades ou custos integram o item 1 e quais integram o item 2. No anexo VI-B tem apenas o valor de R$ 87.172.508,60. Por isso pedimos que esclareçam quais custos compõe o valor de R$ 85.615.560,78 no item 1 e quais locais compõe o valor de R$ 1.556.947,82 no item 2, pois sem essa informação a oferta de lances pode ser comprometida. Resposta 1: Para localizar o item 1 do SIAD cujo valor máximo permitido é de 85.615.560,78 basta que o licitante no Apeno VI-B entre na aba Resumo Categoria e filtre na coluna "F" - Fonte de Recursos pelo item "PGJ" e "Vazias". Já para o item 2 do SIAD cujo valor máximo permitido é de R$ 1.556.497,82 basta no mesmo Apenso VI-B, aba resumo Categoria, filtrar também a coluna "F" - Fonte de Recursos pelo item "FEPDC" e "Vazias". O item 3 do SIAD corresponde ao total do Apenso VI ? A. ----------------------------- 20-07-2021 ESCLARECIMENTOS Segue(m) resposta(s) da Assessoria Contábil ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: Questionamento 1: Solicitamos esclarecimento em relação ao preenchimento do Anexo IX, Declaração de Contratos Firmados com a iniciativa privada e com a administração pública, se devemos considerar apenas o saldo remanescente dos contratos ativos (meses a executar), ou considerar o valor mensal dos contratos multiplicados por 12 meses, independente do prazo de término do contrato? Resposta 1: "pelo que se extrai do Edital 1393176 , Anexo IX , nos campos Contratante, CNPJ, Nº Ano do Contrato, Data de Assinatura, Data de Vigência, e Valor Total, que constam no quadro a ser preenchido pelo interessado, infere que o Valor Total é o valor do contrato." ----------------------------- 30-07-2021 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO Comunicamos a apresentação de Recurso Administrativo por parte da licitante Conservo Serviços Gerais Ltda., contra a decisão da pregoeira, que declarou vencedora a licitante Plansul Planejamento e Consultoria Eireli. O arquivo contendo a peça aviada encontra-se disponível nesta página. ----------------------------- 03-08-2021 COMUNICAÇÃO Comunicamos a apresentação de Contrarrazões por parte da licitante Plansul Eireli em face do Recurso Administrativo apresentado pela licitante Conservo Ltda. O arquivo contendo a peça contraditória aviada encontra-se disponibilizado nesta página. ----------------------------- 11-08-2021 COMUNICAÇÃO Comunicamos o desprovimento, por parte da Pregoeira e da Autoridade Competente, do Recurso Administrativo apresentado pela licitante Conservo Serviços Gerais Ltda. O arquivo contendo a íntegra da decisão encontra-se disponibilizado nesta página. ----------------------------- 12-08-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3899.0036721/2021-64 - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1: Plansul Planejamento e Consultoria Eireli. CNPJ 78.533.312/0001-58 Valor (total) adjudicado: 89.992.037,49 Belo Horizonte, 11 de agosto de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- RAZOES_de_Recurso_Licitante_Conservo_PL_122_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10271/download;
- CONTRARRAZOES_Licitante_Plansul_PL_122_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10282/download;
  Decisao_Recurso_Conservo_PL_122_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10294/download;
  DOMP homologacao_processo_122_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10301/download;
  ata_homologacao_processo_122_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10302/download;
- edital_processo_122_2021_Contratacao_servicos_de_apoio_adm_e_ativ_auxiliares_motorista_manut. predial_ limpeza_conservacao_DIFIT_DISEV.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10198/download;
-[...1 lines deleted...]
- RELACAO de comarcas e suas respectivas entrancias_processo121_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10215/download;
+ documentos_licitanteF000176_processo122_2021.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10249/download;
+ Relatorio de classificacao final da disputa_Processo 122_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10242/download;
+ proposta_licitanteF000176_processo122_2021.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10248/download;
+ 2?AVISO_CADASTRAMENTO DA PROPOSTA - SITE COMPRAS_MG_processo121_2021_TABELA.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10233/download;
+ REPUBLICACAO Aviso Licitacao Estado de Minas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10220/download;
  REPUBLICACAO Aviso Licitacao DOMP 16072021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10219/download;
- REPUBLICACAO Aviso Licitacao Estado de Minas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10220/download;
  Impugnacao resultado_pl_122_2021_DOMP.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10225/download;
  Impugnacao_APECE_processo_122_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10226/download;
  Impugnacao_ESPECIALY_processo_122_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10228/download;
  Impugnacao_SANTA FE_processo_122_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10229/download;
  decis?o_impugnacao_apece_processo_122_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10230/download;
  decis?o_impugnacao_especialy_processo_122_2021(2).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10231/download;
  decis?o_impugnacao_santa fe_processo_122_2021.doc.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10232/download;
- 2?AVISO_CADASTRAMENTO DA PROPOSTA - SITE COMPRAS_MG_processo121_2021_TABELA.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10233/download;
-[...3 lines deleted...]
- APENSO_VI_B_Planilha_de_Estimativa_de_Custos_e_de_Composicao_de_Precos_da_Contratacao-Apoio_Administrativo_e_Motoristas.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10200/download;
+ CONTRARRAZOES_Licitante_Plansul_PL_122_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10282/download;
+ RAZOES_de_Recurso_Licitante_Conservo_PL_122_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10271/download;
+ RELACAO de comarcas e suas respectivas entrancias_processo121_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10215/download;
  AVISO_CADASTRAMENTO DA PROPOSTA - SITE COMPRAS_MG_processo121_2021.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10203/download;
  ESCLARECIMENTO Planilhas de custos (Apenso VI) Excel_processo_122_2021.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10205/download;
+ edital_processo_122_2021_Contratacao_servicos_de_apoio_adm_e_ativ_auxiliares_motorista_manut. predial_ limpeza_conservacao_DIFIT_DISEV.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10198/download;
+ APENSO_VI_A_Planilha_de_Estimativa_de_Custos_e_de_Composicao_de Precos_da_Contratacao ? Limpeza.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10199/download;
+ APENSO_VI_B_Planilha_de_Estimativa_de_Custos_e_de_Composicao_de_Precos_da_Contratacao-Apoio_Administrativo_e_Motoristas.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10200/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 118 / 2021</t>
   </si>
   <si>
     <t>23/07/2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada na prestação de serviços de vigilância armada, de forma contínua, em unidades do Ministério Público localizadas na capital e no interior do Estado de Minas Gerais, com dedicação exclusiva de mão de obra e fornecimento de uniformes e equipamentos.</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE VIGILÂNCIA ARMADA </t>
   </si>
   <si>
     <t xml:space="preserve">ESPARTA SEGURANÇA LTDA. </t>
   </si>
   <si>
     <t>10.019.998,00</t>
   </si>
   <si>
     <t>23-07-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3899.0031764/2021-43 Recebimento das propostas: até às 10 horas do dia 05/08/2021. Início da disputa de preços: às 10 horas do dia 05/08/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 22 de julho de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 27-07-2021 ESCLARECIMENTOS Segue, em arquivo abaixo, ESCLARECIMENTO da Diretoria de Gestão de Compras e Licitações e do setor técnico (Divisão de Fiscalização Administrativa dos Contratos de Terceirização - DIFIT) a respeito da Planilha de Composição de Custos (Apenso VIII do TR). ----------------------------- 28-07-2021 ESCLARECIMENTOS Seguem, no arquivo abaixo, respostas da Diretoria de Gestão de Compras e Licitações e do setor técnico (Divisão de Fiscalização Administrativa dos Contratos de Terceirização / DIFIT) ao pedido de esclarecimentos nº 0001. Acerca do questionamento de nº 3 (?Será disponibilizada planilha em excel para formação da planilha de preços??), esclareço-lhe que, conforme previsto no item ?5? do Termo de Referência (Anexo VII do Edital), a Planilha de Composição de Custos (Apenso VIII do TR) encontra-se disponível nesta página, dentre os ?Arquivos? anexados ao respectivo processo licitatório [www.mpmg.mp.br, Acesso à Informação, Licitações e Contratos, Consulta a Licitações, Portal MPMG, número do processo (118), ano do processo (2021), pesquisar]. ----------------------------- 03-08-2021 ESCLARECIMENTOS Segue, no arquivo abaixo, resposta da Diretoria de Gestão de Compras e Licitações e do setor técnico (DIVISÃO DE FISCALIZAÇÃO ADMINISTRATIVA DOS CONTRATOS DE TERCEIRIZAÇÃO) ao pedido de esclarecimento nº 0003. ----------------------------- 03-08-2021 IMPUGNAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3899.0031764/2021-43. Impugnante: Segex Segurança Privada Eireli. Síntese da decisão: Conhecemos da peça impugnativa interposta e, no mérito, julgamo-la improcedente. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e em ?Arquivo? abaixo anexado. Informamos aos interessados que esta licitação ocorrerá às 10 horas do dia 05/08/2021. Demais informações: de 2ª a 6ª feira, das 9h às 18h, pelos telefones (31) 3330-8128 e 3330-8129, e-mail dgcl@mpmg.mp.br. Belo Horizonte, 3 de agosto de 2021. Lilian de Campos Mendes Pregoeira ----------------------------- 03-08-2021 ESCLARECIMENTOS Em que pesem a intempestividade da solicitação e a imprecisão das dúvidas submetidas a este Órgão, segue, por liberalidade, resposta da Diretoria de Gestão de Compras e Licitações e do setor técnico (Divisão de Serviços) ao pedido de esclarecimentos nº 0005: 1) Questionamento: Consta em edital: 4 ? Relativa à Qualificação Técnica: 4.1 (...); 4.1.1.(...); 4.1.2 (...); 4.1.3 (...). Questionamos: A experiência de 03 e a quantidade de 50%, ambas devem estar em concomitância, ou no caso da experiência, essa não segue concomitância ou quantidade, tendo em vista os 03 anos não terem obrigatoriedade de serem ininterruptos? 1) Resposta: vide resposta unificada para ambos os questionamentos após a exposição do questionamento 2. 2) Questionamento: Ainda sobre a questão acima, a quantidade sim, concomitância no caso de somatória. A experiência não, pois os 03 anos podem ser ou não ininterruptos. São exigências distintas. Esta correto nosso entendimento? 2) Resposta: As exigências de 3 anos anos, ininterruptos ou não, e de quantidade igual ou superior a 50% de empregados a serem contratados não são alternativas, mas, sim, complementares. ----------------------------- 04-08-2021 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e do setor técnico (Divisão de Serviços) ao questionamento complementar ao pedido de esclarecimentos nº 0005. ----------------------------- 04-08-2021 ESCLARECIMENTOS Seguem, em arquivo abaixo anexado, respostas da Diretoria de Gestão de Compras e Licitações e dos setores técnicos (Divisão de Fiscalização Administrativa dos Contratos de Terceirização - DIFIT; Divisão de Serviços - DISEV; Núcleo de Operações de Segurança Pessoal ? NUSEP; Núcleo de Operações de Segurança Orgânica - NUORG) ao Pedido de Esclarecimentos nº 0002. ----------------------------- 18-08-2021 HOMOLOGAÇÃO Unidade: 1091012; Processo no Sistema Eletrônico de Informações (SEI): 19.16.3899.0031764/2021-43; Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): Esparta Segurança Ltda. CNPJ: 37.162.435/0001-42; Valor (total) adjudicado: R$10.019.998,48; Belo Horizonte, 17 de agosto de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- PLANILHA_DE_COMPOSICAO_DE_CUSTOS_Apenso_VIII_do_TR.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10260/download;
-[...6 lines deleted...]
- proposta_docs_iniciais_licitante_Esparta_F000168_pl118_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10286/download;
  docs_habilitatorios_licitante_Esparta_F000168_pl118_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10291/download;
  docs_diligencia_licitante_Esparta_F000168_pl118_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10303/download;
  CRC_e_CNDT_atualizados_licitante_Esparta_F000168_pl118_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10304/download;
- resposta_pedido_esclarecimentos_0001_processo_118_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10269/download;
+ ata_homologacao_processo118_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10321/download;
+ edital_processo_118_2021_Contratacao_servicos_de_vigilancia_armada_DIFIT_DISEV.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10259/download;
+ Resposta_pedido_esclarecimentos_0002_processo_118_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10281/download;
+ proposta_docs_iniciais_licitante_Esparta_F000168_pl118_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10286/download;
+ proposta_docs_iniciais_licitante_Guardseg_F000140_pl118_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10283/download;
+ resposta_complemento_pedido_esclarecimentos_0005_processo_118_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10278/download;
  resposta_pedido_esclarecimentos_0003_processo_118_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10274/download;
  decisao_impugnacao_0004_processo_118_2021.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10276/download;
+ resposta_pedido_esclarecimentos_0001_processo_118_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10269/download;
+ Esclarecimento_sobre_Planilha_de_Composicao_de_Custos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10263/download;
+ PLANILHA_DE_COMPOSICAO_DE_CUSTOS_Apenso_VIII_do_TR.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10260/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 113 / 2021</t>
   </si>
   <si>
     <t>28/05/2021</t>
   </si>
   <si>
     <t>28-05-2021 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0013402/2021-73 - Recebimento das propostas: até às 10 horas do dia 15/06/2021. Início da disputa de preços: às 10 horas do dia 15/06/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 27 de maio de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG. ----------------------------- 16-06-2021 HOMOLOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0013402/2021-73 - Objeto: Aquisição de veículos automotores para a frota da Procuradoria-Geral de Justiça do Ministério Público do Estado de Minas Gerais. Modalidade: Pregão eletrônico - Homologo o resultado do julgamento dos lotes 1 e 2 deste processo como desertos por não terem sido apresentadas propostas para atendimento aos seus objetos. Belo Horizonte, 15 de junho de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_113_2021_aquisicao_veiculos_suv_DSEG.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10157/download;
  Apenso I do TR - Especificacao_Blindagem.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10159/download;
- edital_processo_113_2021_aquisicao_veiculos_suv_DSEG.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10157/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">VEÍCULO UTILITÁRIOS TIPO SUV </t>
   </si>
   <si>
     <t xml:space="preserve"> 107 / 2021</t>
   </si>
   <si>
     <t>22/05/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de açúcar cristal, açúcar refinado e adoçante.</t>
   </si>
   <si>
     <t xml:space="preserve">AÇÚCAR CRISTAL BRANCO </t>
   </si>
   <si>
     <t xml:space="preserve">COMERCIAL GIRASSOL EIRELI - EPP </t>
   </si>
   <si>
     <t>28.152,00</t>
   </si>
   <si>
     <t>22-05-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0027046/2021-53 Recebimento das propostas: até às 10 horas do dia 09/06/2021. Início da disputa de preços: às 10 horas do dia 09/06/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 21 de maio de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações/PGJ-MG ----------------------------- 15-06-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0027046/2021-53 Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1: Comercial Girassol Eireli CNPJ 03.847.437/0001-53 Valor (total) registrado: R$28.152,00 Lote 2: Comercial Girassol Eireli CNPJ 03.847.437/0001-53 Valor (total) registrado: R$ 10.350,00 Lote 3: Rangap Distribuidora de Alimentos Ltda CNPJ 09.583.388/0001-75 Valor (total) registrado: R$ 7.500,00 Belo Horizonte, 14 de junho de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_107_2021_rp_acucar_cristal_acucar_refinado_e_adocante_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10155/download;
  proposta_documentos_licitanteF000372_processo107_2021_lote3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10164/download;
- proposta_documentos_licitanteF000124_processo107_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10165/download;
  proposta_documentos_licitanteF000223_processo107_2021_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10166/download;
  ata_homologacao_planejamento107_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10174/download;
+ proposta_documentos_licitanteF000124_processo107_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10165/download;
+ edital_processo_107_2021_rp_acucar_cristal_acucar_refinado_e_adocante_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10155/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">AÇÚCAR REFINADO </t>
   </si>
   <si>
     <t>10.350,00</t>
   </si>
   <si>
     <t xml:space="preserve">ADOÇANTE </t>
   </si>
   <si>
     <t xml:space="preserve">RANGAP DISTRIBUIDORA DE ALIMENTOS LTDA </t>
   </si>
   <si>
     <t>7.500,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 102 / 2021</t>
   </si>
   <si>
     <t>23/04/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de 2.847 (duas mil oitocentas e quarenta e sete) doses individuais de vacina antigripal, incluindo aplicação.</t>
   </si>
   <si>
     <t xml:space="preserve">doses individuais, incluindo aplicação, em Belo Horizonte/MG </t>
   </si>
   <si>
     <t xml:space="preserve">IMUNIZAR CLINICA DE VACINAS LTDA </t>
   </si>
   <si>
     <t>55.000,00</t>
   </si>
   <si>
     <t>23-04-2021 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.0273.0015579/2021-26 - Recebimento das propostas: até às 10 horas do dia 06/05/2021. Início da disputa de preços: às 10 horas do dia 06/05/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 22 de abril de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações. ----------------------------- 13-05-2021 HOMOLOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.0273.0015579/2021-26 -Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1: IMUNIZAR CLÍNICA DE VACINAS LTDA. CNPJ 13.627.448/0001-81 Valor (total) registrado: R$ 55.000,00. Os lotes 2, 4, 5, 6, 7, 8, 10, 11, 15 e 16 resultaram fracassados, por não terem restado propostas classificadas para atendimento aos seus objetos. Os lotes 3, 9, 12, 13 e 14 resultaram desertos, por não terem sido apresentadas propostas para atendimento aos seus objetos. Belo Horizonte, 12 de maio de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_final_homologacao_processo_102_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10154/download;
+ ata_parcial_processo_102_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10153/download;
+ proposta_documentos_licitanteF000158_processo102_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10152/download;
  edital_processo_102_2021_rp_aquisicao_vacinas_DPMSO_1.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/10131/download;
- proposta_documentos_licitanteF000158_processo102_2021_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10152/download;
-[...1 lines deleted...]
- ata_final_homologacao_processo_102_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10154/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">doses individuais, incluindo aplicação, em Ipatinga/MG </t>
   </si>
   <si>
     <t xml:space="preserve">doses individuais, incluindo aplicação, em Diamantina/MG </t>
   </si>
   <si>
     <t xml:space="preserve">doses individuais, incluindo aplicação, em Divinópolis/MG </t>
   </si>
   <si>
     <t xml:space="preserve">doses individuais, incluindo aplicação, em Governador Valadares/MG </t>
   </si>
   <si>
     <t xml:space="preserve">doses individuais, incluindo aplicação, em Juiz de Fora/MG </t>
   </si>
   <si>
     <t xml:space="preserve">doses individuais, incluindo aplicação, em Montes Claros/MG </t>
   </si>
   <si>
     <t xml:space="preserve">doses individuais, incluindo aplicação, em Muriaé/MG </t>
   </si>
   <si>
     <t xml:space="preserve">doses individuais, incluindo aplicação, em Passos/MG </t>
@@ -4344,334 +4344,334 @@
   </si>
   <si>
     <t>96 / 2021</t>
   </si>
   <si>
     <t>03/06/2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços continuados de manutenção preventiva e corretiva em equipamentos de acesso com fornecimento de materiais, inclusão total de peças e serviços em serralheria, via ressarcimento, durante o período de 36 meses, em edificações ocupadas pelo MPMG.</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO PREVENTIVA E CORRETIVA EM EQUIPAMENTOS DE CONTROLE DE ACESSO </t>
   </si>
   <si>
     <t xml:space="preserve">Rocket-Tec Sistemas Eletrônicos Ltda EPP </t>
   </si>
   <si>
     <t>1.895.000,00</t>
   </si>
   <si>
     <t>03-06-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0018980/2021-70 Recebimento das propostas: até às 10 horas do dia 17/06/2021. Início da disputa de preços: às 10 horas do dia 17/06/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte/MG, 3 de junho de 2021. Juliana Silva Teixeira - Coordenadora em exercício - Diretoria de Gestão de Compras e Licitações/PGJ-MG ----------------------------- 15-07-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0018980/2021-70 Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1 (único): Rocket-Tec Sistemas Eletrônicos Ltda. CNPJ 01.645.392/0001-09 Valor (total) adjudicado: R$ 1.894.999,96 Belo Horizonte, 14 de julho de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 20-07-2021 RESULTADO DE JULGAMENTO DE RECURSO E COMUNICAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0018980/2021-70 Recorrente: ALVO SEGURANÇA LTDA Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão do Pregoeiro. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Belo Horizonte, 13 de julho de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- ata_homologacao_processo96_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10218/download;
-[...5 lines deleted...]
- balanco_patrimonial_licitanteF000163_processo96_2021_lote1_unico.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10180/download;
  pl96_pe_2021_pc17_2021_controle_de_acesso_diman_rtf.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10160/download;
  proposta_licitanteF000163_processo96_2021_lote1_unico.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10175/download;
  documentos_habilitacao_licitanteF000163_processo96_2021_lote1_unico.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10176/download;
+ documentos_habilitacao_licitanteF000127_processo96_2021_lote1_unico.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10178/download;
+ docs_habilitacao_e_docs_diligencia_portal_de_compras_pl96_2021_F000163.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10182/download;
+ razoes_de_recurso_licitante_F000127_pl96_2021_lote_unico.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10194/download;
+ contrarrazoes_de_recurso_licitante_F000163_pl96_2021_lote_unico.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10197/download;
+ balanco_patrimonial_licitanteF000163_processo96_2021_lote1_unico.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10180/download;
+ doc_identifica??o_representante_licitanteF000163_processo96_2021_lote1_unico.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10181/download;
+ ata_homologacao_processo96_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10218/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 60 / 2021</t>
   </si>
   <si>
     <t>26/05/2021</t>
   </si>
   <si>
     <t>Registro de Preços para aquisição de bens permanentes diversificados (mobiliários).</t>
   </si>
   <si>
     <t xml:space="preserve">MESAS DE CHEFIA/REUNIÃO/TELEFONE </t>
   </si>
   <si>
     <t>194.545,00</t>
   </si>
   <si>
     <t>26-05-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0006479/2021-37 Recebimento das propostas: até às 10 horas do dia 10/06/2021. Início da disputa de preços: às 10 horas do dia 10/06/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 26 de maio de 2021. Juliana Silva Teixeira - Coordenadora em exercício - Diretoria de Gestão de Compras e Licitaç ----------------------------- 08-06-2021 IMPUGNAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0006479/2021-37 Objeto: REGISTRO DE PREÇOS para aquisição de bens permanentes diversificados (mobiliários). Modalidade: Pregão eletrônico. Impugnante: Milanflex Indústria e Comércio de Móveis e Equipamentos Ltda. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que esta licitação ocorrerá às 10 horas do dia 10/06/2021. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones (31) 3330-8128 e 3330-8129, e-mail: dgcl@mpmg.mp.br. Belo Horizonte, 8 de junho de 2021. Sebastião Nobre da Silva Pregoeiro ----------------------------- 15-07-2021 HOMOLOGAÇÃO Número do planejamento: 60 / Ano: 2021 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0006479/2021-37 - Objeto: REGISTRO DE PREÇOS para aquisição de bens permanentes diversificados (mobiliários) - Modalidade: Pregão eletrônico - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lotes 1 e 2: TECNO 2000 INDÚSTRIA E COMÉRCIO LTDA. - CNPJ 21.306.287/0001-52 Valor (total) registrado para o lote 1: R$ 194.545,00 - Valor (total) registrado para o lote 2: R$ 523.500,00 - O lote 3 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. - Belo Horizonte, 14 de julho de 2021. - MÁRCIO GOMES DE SOUZA - Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_planejamento_pl-rp-60_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10261/download;
+ documentos_licitanteF000390_processo60_2021_lote3.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10193/download;
  proposta_licitanteF000390_processo60_2021_lote3.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10192/download;
- documentos_licitanteF000363_processo60_2021_lote3_inab.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10188/download;
  proposta_licitante_Tecno2000_L-1_pl-rp-60_2021.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10191/download;
- documentos_licitanteF000390_processo60_2021_lote3.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10193/download;
-[...1 lines deleted...]
- Resposta_IMPUGNACAO_Milanflex_pl-rp-60_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10161/download;
  proposta_licitante_Mobileto_L-1_pl-rp-60_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10183/download;
  proposta_licitante_Tecno2000_L-2_pl-rp-60_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10184/download;
  proposta_licitante_MM-Moveis_L-3_pl-rp-60_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10185/download;
  documentos_licitanteF000254_processo60_2021_lote2.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10186/download;
  documentos_licitanteF000196_processo60_2021_lote1_inab.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10187/download;
+ documentos_licitanteF000363_processo60_2021_lote3_inab.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10188/download;
+ Resposta_IMPUGNACAO_Milanflex_pl-rp-60_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10161/download;
  edital_planejam_60_2021_rp_bens_permanentes_dimat_rtf.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10156/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MESAS PARA ESCRITÓRIO/IMPRESSORA/MICROCOMPUTADOR </t>
   </si>
   <si>
     <t>523.500,00</t>
   </si>
   <si>
     <t xml:space="preserve">MESAS E CADEIRAS PARA REFEITÓRIO </t>
   </si>
   <si>
     <t xml:space="preserve"> 42 / 2021</t>
   </si>
   <si>
     <t>17/04/2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de reserva de hospedagem, individual ou em grupo, sob demanda, pelo período de 12 meses para os docentes do Centro de Estudos e Aperfeiçoamento Funcional (CEAF) e da Divisão de Educação para o Consumo (Procon-MG)</t>
   </si>
   <si>
     <t xml:space="preserve">Reserva, alteração ou remarcação de hospedagem, via sistema informatizado - auto reserva e via telefone e despesas diversas com hospedagem </t>
   </si>
   <si>
     <t xml:space="preserve">Kepler Viagens, Eventos e Turismo Eireli-ME </t>
   </si>
   <si>
     <t>40.000,00</t>
   </si>
   <si>
     <t>17-04-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0051321/2020-60 Recebimento das propostas: até às 10 horas do dia 03/05/2021. Início da disputa de preços: às 10 horas do dia 03/05/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 16 de abril de 2021. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 05-05-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0051321/2020-60 Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: Kepler Viagens, Eventos e Turismo Eireli CNPJ 07.132.995/0001-93 Valor (total) adjudicado: R$ 40.000,00 Belo Horizonte, 04 de maio de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_42_2021_prestacao_de_servico_de_hospedagem_DFAP_DIVEC .rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10129/download;
  proposta_documentos_licitanteF000140_processo42_2021_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10150/download;
  ata_homologacao_processo42_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10151/download;
+ edital_processo_42_2021_prestacao_de_servico_de_hospedagem_DFAP_DIVEC .rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10129/download;
 </t>
   </si>
   <si>
     <t>34 / 2021</t>
   </si>
   <si>
     <t>17/03/2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de sondagem de simples reconhecimento do solo (SPT) em imóveis localizados nas cidades de Montes Claros e Cataguases, MG.</t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de sondagem SPT em terreno localizado à Rua Cula Mangabeira, 355, Bairro Santo Expedito, Montes Claros/MG. </t>
   </si>
   <si>
     <t xml:space="preserve">Torres Geotecnia Limitada - ME. </t>
   </si>
   <si>
     <t>4.698,91</t>
   </si>
   <si>
     <t>17-03-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0014607/2021-92 Recebimento das propostas: até às 10 horas do dia 30/03/2021. Início da disputa de preços: às 10 horas do dia 30/03/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 16 de março de 2021. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 23-03-2021 ESCLARECIMENTOS De acordo com manifestação do setor técnico, a Diretoria de Projetos de Edificações (DPRO), segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA: ?Será admitida subcontratação dos serviços?? RESPOSTA: ?Não será admitida a subcontratação dos serviços, a qual não está prevista em Edital.? ----------------------------- 23-03-2021 ESCLARECIMENTOS De acordo com manifestação do setor técnico, a Diretoria de Projetos de Edificações (DPRO), segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA: ?Será necessários quantos furos e qual a profundidade dos mesmos?(sic)? RESPOSTA: ?Lote 1 - Montes Claros - Número de furos: 03 (três), com profundidade estimada de 15 metros cada. Lote 2 - Cataguases - Número de furos: 03 (três), com profundidade estimada de 20 metros cada. Somente será paga a metragem linear (m) de furos efetivamente perfurados. Ressaltamos que é indispensável que o fornecedor consulte as especificações técnicas (Documentos Técnicos.zip), disponibilizadas no site www.mpmg.mp.br, para uma boa compreensão dos serviços a serem contratados.? ----------------------------- 23-03-2021 ESCLARECIMENTOS Segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA: ?Bom dia, Prezados! Viemos por meio deste, pedir esclarecimentos ao valor orçado pela administração para os itens.? RESPOSTA: ?Com fulcro no §2º do art. 15 do Decreto 48.012/2020 (...) O valor estimado ou o valor máximo aceitável para a contratação será tornado público apenas e imediatamente após o encerramento do envio de lances(...)?. ----------------------------- 25-03-2021 ESCLARECIMENTOS De acordo com manifestação do setor técnico da PGJ, a Diretoria de Projetos de Edificações (DPRO), a resposta ao seu pedido de esclarecimentos é: ?- Para o item 3, tanto da planilha do lote 1 como do lote 2, a unidade correta é metro. Será paga a metragem linear (m) de furos efetivamente perfurados.?. Ressaltamos que é indispensável que o fornecedor consulte as especificações técnicas (pl_Documentos_Tecnicos.zip), disponibilizadas no site (www.mpmg.mp.br, Acesso à informação, Licitações e Contratos, Consultas a Licitações, Portal MPMG), onde constam informações sobre os serviços a serem contratados. ----------------------------- 30-04-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0014607/2021-92. Objeto: Contratação de empresa especializada para a execução de sondagem de simples reconhecimento do solo (SPT) em imóveis localizados nas cidades de Montes Claros e Cataguases, MG. Modalidade: Pregão eletrônico. Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lotes 1 e 2: Torres Geotecnia e Estruturas Metálicas Limitada - ME, CNPJ 26.876.013/0001-12; Valores (totais) adjudicados: R$4.698,91 e R$5.800,00, respectivamente. Belo Horizonte, 29 de abril de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Habilitacao_Balanco_Licitante_Torres_pl-034_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10139/download;
  ata_homologacao_processo_34_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10146/download;
- pl_34_pe_2021_pc_05_2021_servicos_sondagem_geologica_DPRO (1).docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10104/download;
- pl34_Documentos_Tecnicos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10105/download;
+ Habilitacao_Docs_Licitante_Torres_pl-034_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10138/download;
  Propostas_Readequada_Licitante_Torres_pl-034_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10135/download;
  Planilha_Composicao_Licitante_Torres_L-1_pl-034_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10136/download;
  Planilha_Composicao_Licitante_Torres_L-2_pl-034_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10137/download;
- Habilitacao_Docs_Licitante_Torres_pl-034_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10138/download;
- Habilitacao_Balanco_Licitante_Torres_pl-034_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10139/download;
+ pl_34_pe_2021_pc_05_2021_servicos_sondagem_geologica_DPRO (1).docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10104/download;
+ pl34_Documentos_Tecnicos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10105/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de sondagem SPT em terreno localizado à Av. Humberto Mauro, 396, Bairro Granjaria, Cataguases/MG. </t>
   </si>
   <si>
     <t>5.800,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 28 / 2021</t>
   </si>
   <si>
     <t>14/06/2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de obra de edificação da sede das Promotorias de Justiça, com fornecimento de mão de obra e materiais, na cidade de Ribeirão das Neves/MG</t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de obra de edificação da sede das Promotorias de Justiça, com fornecimento de mão de obra e materiais, na cidade de Ribeirão das Neves/MG </t>
   </si>
   <si>
     <t>20-03-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0006552/2021-06 Recebimento dos envelopes: até às 12 horas do dia 27/04/2021, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 13 horas do dia 27/04/2021, na Procuradoria-Geral de Justiça do Estado de Minas Gerais - Sala Minas Gerais - Av. Álvares Cabral, nº 1740 - 3º andar - Santo Agostinho - Belo Horizonte - MG. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 19 de março de 2021. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 26-04-2021 REPUBLICAÇÃO - AVISO DE LICITAÇÃO - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0006552/2021-06 - Recebimento dos envelopes: até às 12 horas do dia 04/05/2021, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 13 horas do dia 04/05/2021, na Procuradoria-Geral de Justiça do Estado de Minas Gerais - Sala Minas Gerais - Av. Álvares Cabral, nº 1740 - 3º andar - Santo Agostinho - Belo Horizonte - MG. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 23 de abril 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações. * Republicado devido à necessidade de prazo para análise e resposta a pedidos de esclarecimentos e impugnação. Houve alteração de datas. ----------------------------- 26-04-2021 COMUNICAÇÃO Prezados, o edital republicado em razão da necessidade de prazo para análise e resposta a pedidos de esclarecimentos e impugnação, encontra-se disponível nesta página para conhecimento a todos os interessados. Desse modo, o recebimento dos envelopes: até às 12 horas do dia 04/05/2021; Abertura dos envelopes de habilitação: às 13 horas do dia 04/05/2021; data limite para esclarecimentos e impugnações: na forma prevista no item 3 deste Edital, até às 18 horas do dia 27/04/2021. Em se tratando de licitante, até às 18 horas do dia 30/04/2021. ----------------------------- 01-05-2021 SUSPENSÃO A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a SUSPENSÃO do referido processo. Motivo: para análise e resposta a pedidos de esclarecimentos. A Procuradoria-Geral de Justiça, oportunamente, fará publicar nova data e horário para realização da licitação mencionada. Demais informações: de 2ª a 6ª feira, das 9h às 18h, pelos telefones (31) 3330-8128 e 3330-8129, e-mail dgcl@mpmg.mp.br, e através do site www.mpmg.mp.br. Belo Horizonte, 30 de abril de 2021. Juliana Silva Teixeira Coordenadora em Exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 14-06-2021 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0006552/2021-06 - Recebimento dos envelopes: até às 12 horas do dia 15/07/2021, no Protocolo-Geral da Procuradoria-Geral de Justiça (Av. Álvares Cabral, 1740, PORTARIA, Santo Agostinho, Belo Horizonte/MG). Abertura dos envelopes de habilitação: às 13 horas do dia 15/07/2021, na Procuradoria-Geral de Justiça do Estado de Minas Gerais - Sala Minas Gerais - Av. Álvares Cabral, nº 1740 - 3º andar - Santo Agostinho - Belo Horizonte - MG. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 11 de junho de 2021. Juliana Silva Teixeira Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações * Republicado devido à atualização no orçamento. ----------------------------- 16-07-2021 COMUNICAÇÃO Comunicamos a disponibilização da ATA DE REUNIÃO do processo licitatório em epígrafe, para conhecimento a eventuais interessados. ----------------------------- 21-07-2021 HOMOLOGAÇÃO - DESERTO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0006552/2021-06 - Homologo o resultado do julgamento do lote único deste processo como deserto por não ter sido apresentada Documentação de Habilitação e Proposta para atendimento ao objeto desta licitação. Belo Horizonte, 19 de julho de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 21-07-2021 ESCLARECIMENTOS Srs. Informamos que com a republicação do objeto desta licitação, modalidade Concorrência, gerou o Processo Licitatório de número 171/2021.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Publicacao_Homologacao deserto_processo_28_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10264/download;
-[...2 lines deleted...]
- pl28_co_Documentacao_Tecnica1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10126/download;
  PUBLICACAO SUSPENSAO de Licitacao DOMP 010521.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10142/download;
  PUBLICACAO SUSPENSAO de Licitacao Estado de Minas 010521.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10144/download;
+ pl_28_co_2021_sede_ribeirao_das_neves_SEA_REPUBLICADO.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10134/download;
  REPUBLICACAO Aviso Licitacao DOMP 040521.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10132/download;
  REPUBLICACAO Aviso Licitacao Estado de Minas 040521.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10133/download;
- pl_28_co_2021_sede_ribeirao_das_neves_SEA_REPUBLICADO.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10134/download;
+ cronograma-OR?-CIV-RIBE-Vera000-rev00.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10123/download;
  pl_28_co_2021_sede_ribeirao_das_neves_SEA.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/10121/download;
+ pl28_co_Documentacao_Tecnica1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10126/download;
  REPUBLICACAO Aviso Licitacao DOMP140621.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10169/download;
  REPUBLICACAO Aviso Licitacao Estado de Minas 140621.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10170/download;
  edital_republicado_processo28_2021_obra_Ribeirao das Neves_SEA_14_06_21.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10171/download;
  caderno_de_doc_tecnica_edital_republicado_14_06_21_processo_28_2021.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10173/download;
+ Publicacao_Homologacao deserto_processo_28_2021.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10264/download;
+ ATA_de_Reuniao_PL_209_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10235/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 16 / 2021</t>
   </si>
   <si>
     <t>03/03/2021</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a Prestação de Serviço Telefônico Fixo Comutado - STFC, na modalidade local, incluindo Plano Alternativo de Serviços tipo PABX Virtual, visando à comunicação entre pontos fixos determinados, por meio de voz e outros sinais</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE TELEFONIA FIXA PARA TELEFONIA FIXA ? LOCAL (NRES) E LOCAL (PABX VIRTUAL) </t>
   </si>
   <si>
     <t xml:space="preserve">ALGAR TELECOM S/A </t>
   </si>
   <si>
     <t>218.637,36</t>
   </si>
   <si>
     <t>03-03-2021 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0058881/2020-28 Recebimento das propostas: até às 10 horas do dia 16/03/2021. Início da disputa de preços: às 10 horas do dia 16/03/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8128 e 3330-8129. Belo Horizonte, 02 de março de 2021. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 16-03-2021 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESPOSTA E COMUNICAÇÃO Número do processo: 16 / Ano: 2021 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0058881/2020-28 Objeto: Contratação de empresa especializada para a Prestação de Serviço Telefônico Fixo Comutado - STFC, na modalidade local, incluindo Plano Alternativo de Serviços tipo PABX Virtual, visando à comunicação entre pontos fixos determinados, por meio de voz e outros sinais em endereços da Procuradoria-Geral de Justiça do Estado de Minas Gerais. Modalidade: Pregão eletrônico. Impugnante: Telefônica Brasil S/A. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos que não haverá alteração na data e horário estabelecidos e ocorrerá às 10 horas do dia 16/03/2021. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones (31) 3330-8128 e 3330-8129, e-mail: dgcl@mpmg.mp.br. Belo Horizonte, 15 de março de 2021. Sebastião Nobre da Silva Pregoeiro(a) ----------------------------- 26-03-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0058881/2020-28. Objeto: Contratação de empresa especializada para a Prestação de Serviço Telefônico Fixo Comutado - STFC, na modalidade local, incluindo Plano Alternativo de Serviços tipo PABX Virtual, visando à comunicação entre pontos fixos determinados, por meio de voz e outros sinais em endereços da Procuradoria-Geral de Justiça do Estado de Minas Gerais. Modalidade: Pregão eletrônico. Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1(único): Algar Telecom S/A, CNPJ 71.208.516/0001-74; Valor (total) adjudicado: R$218.637,36. Belo Horizonte, 25 de março de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Termo_Autorizacao_026_Licitante_Algar_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10116/download;
  ata_homologacao_processo_pl-16_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10128/download;
- Certidao_Acervo_Tecnico-2916_Licitante_Algar_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10117/download;
- edital_processo_16_2021_servico_telefonico_comutado_DSMT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10086/download;
+ Contrato_Concessao_93-p3_Licitante_Algar_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10112/download;
+ Contrato_Concessao_127_Licitante_Algar_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10113/download;
+ Habilitacao_Docs_Licitante_Algar_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10114/download;
+ Habilitacao_Balanco_Licitante_Algar_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10115/download;
  Resposta_impugnacao_TELEFONICA_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10100/download;
+ Proposta_Docs_Licitante_Algar_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10106/download;
  IMPUGNACAO_Telefonica_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10101/download;
- Proposta_Docs_Licitante_Algar_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10106/download;
  Termo_Autorizacao_216_Licitante_Algar_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10107/download;
  Termo_Autorizacao_297_Licitante_Algar_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10108/download;
  Termo_Autorizacao_298_Licitante_Algar_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10109/download;
  Contrato_Concessao_93-p1_Licitante_Algar_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10110/download;
  Contrato_Concessao_93-p2_Licitante_Algar_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10111/download;
- Contrato_Concessao_93-p3_Licitante_Algar_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10112/download;
-[...3 lines deleted...]
- Termo_Autorizacao_026_Licitante_Algar_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10116/download;
+ Certidao_Acervo_Tecnico-2916_Licitante_Algar_pl-016_2021.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10117/download;
+ edital_processo_16_2021_servico_telefonico_comutado_DSMT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10086/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 419 / 2020</t>
   </si>
   <si>
     <t>19/02/2021</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de fones de ouvido, destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">FONES DE OUVIDOS </t>
   </si>
   <si>
     <t xml:space="preserve">MINAS COMÉRCIO E SERVIÇOS LTDA - ME </t>
   </si>
   <si>
     <t>43.125,00</t>
   </si>
   <si>
     <t>19-02-2021 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0054047/2020-81 Recebimento das propostas: até às 10 horas do dia 05/03/2021. Início da disputa de preços: às 10 horas do dia 05/03/2021. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 18 de fevereiro de 2021. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 12-03-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0054047/2020-81 Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1: Minas Comércio e Serviços Ltda - ME CNPJ 25.166.870/0001-66 Valor (total) registrado: R$ 43.125,00 Lote 2: Minas Comércio e Serviços Ltda - ME CNPJ 25.166.870/0001-66 Valor (total) registrado: R$ 129.375,00 Belo Horizonte, 11 de março de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_419_2020_rp_aquisicao_fones_de_ouvido_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10082/download;
-[...1 lines deleted...]
- proposta_documentos_tecnicos_e_docs_complementar_licitanteF000189_processo419_2020_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10102/download;
  proposta_documentos_licitanteF000127_processo419_2020_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10087/download;
  proposta_documentos_licitanteF000221_processo419_2020_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10088/download;
- proposta_documentos_licitanteF000199_processo419_2020_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10089/download;
  proposta_documentos_licitanteF000213_processo419_2020_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10090/download;
  ata_homologacao_planejamento419_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10098/download;
+ proposta_documentos_tecnicos_e_docs_complementar_licitanteF000189_processo419_2020_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10102/download;
+ proposta_documentos_licitanteF000199_processo419_2020_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10089/download;
+ proposta_documentos_tecnicos_e_docs_complementar_licitanteF000283_processo419_2020_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10103/download;
+ edital_processo_419_2020_rp_aquisicao_fones_de_ouvido_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10082/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">FONES DE OUVIDO </t>
   </si>
   <si>
     <t>129.375,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 338 / 2020</t>
   </si>
   <si>
     <t>21/11/2020</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de materiais diversificados de consumo destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">JESSICA DOS SANTOS SOARES FONSECA 10870220616 - ME </t>
   </si>
   <si>
     <t>59.071,40</t>
   </si>
   <si>
     <t>21-11-2020 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0020722/2020-84 Recebimento das propostas: até às 10 horas do dia 04/12/2020. Início da disputa de preços: às 10 horas do dia 04/12/2020. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 20 de novembro de 2020. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 19-03-2021 HOMOLOGAÇÃO Número do planejamento: 338 / Ano: 2020 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0020722/2020-84 Objeto: REGISTRO DE PREÇOS para aquisição de materiais diversificados de consumo destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1: Jéssica dos Santos Soares Fonseca 10870220616 - ME, CNPJ 21.286.361/0001-16; Valor (total) registrado: R$59.071,40; Lotes 2, 4, 6, 7 e 8: Belclips Distribuidora Ltda. - EPP, CNPJ 25.897.729/0001-33; Valores (totais) registrados: R$93.330,00, R$3.785,50, R$162.563,00, R$152.719,30 e R$100.030,40, respectivamente; Lote 3: Papelaria Ouro Eireli, CNPJ 07.266.248/0001-48; Valor (total) registrado: R$30.797,00; Lote 5: Port Distribuidora de Informática e Papelaria Ltda., CNPJ 08.228.010/0005-14; Valor (total) registrado: R$1.011.916,14; Lote 9: Ranniplast Indústria e Comércio de Artigos de Plásticos Ltda. - EPP, CNPJ 01.069.808/0001-98; Valor (total) registrado: R$1.160,00; O lote 10 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 18 de março de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ PROPOSTA_Readequada_Licitante_Belclips_L-6_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10099/download;
+ ata_homologacao_planejamento_338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10118/download;
+ RAZOES_de_Recurso_Licitante_Papyrus_L-5_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10078/download;
+ DECISAO_de_Recurso_Lote-5_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10081/download;
+ CONTRARRAZOES_de_Recurso_Licitante_Port_L-5_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10079/download;
+ Proposta_Readequada_Licitante_Belclips_L-2-4-7-8-10_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10057/download;
+ Proposta_Readequada_Licitante_Port_L-5_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10058/download;
+ Proposta_Corrigida_Licitante_Ranniplast_L-9_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10059/download;
+ Docs_Habilitatorios_Licitante_Belclips_L-2-4-7-8-10_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10060/download;
+ Docs_Habilitatorios_Licitante_PapelariaOuro_L-3_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10061/download;
+ Docs_Habilitatorios_Licitante_Ranniplast_L-9_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10063/download;
+ Docs_Habilitatorios_Licitante_PortDistribuidora_L-5_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10062/download;
+ Proposta_Readequada_Licitante_Belclips_L-10_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10066/download;
+ edital_pl_338_materiais_de_consumo_rp.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9873/download;
+ Apenso_I_Especificacao_de_itens.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9878/download;
  Apenso_II_Criterios_para_teste_de_amostra.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/9876/download;
- edital_pl_338_materiais_de_consumo_rp.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9873/download;
-[...7 lines deleted...]
- Apenso_I_Especificacao_de_itens.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9878/download;
+ Proposta_Decls_Licitante_Belclips_L-2-4-7-8-10_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/9974/download;
+ Proposta_Decls_Licitante_Jessica_L-1_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/9975/download;
+ Proposta_Decls_Licitante_Pap-Ouro_L-3_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/9976/download;
  Proposta_Decls_Licitante_Papyrus_L-6_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/9977/download;
- Proposta_Decls_Licitante_Pap-Ouro_L-3_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/9976/download;
  Proposta_Decls_Licitante_Port_L-5_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/9978/download;
  Proposta_Decls_Licitante_Ranniplast_L-9_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/9979/download;
- ata_homologacao_planejamento_338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10118/download;
-[...6 lines deleted...]
- Proposta_Corrigida_Licitante_Ranniplast_L-9_pl-rp-338_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10059/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">DESCARTÁVEIS </t>
   </si>
   <si>
     <t xml:space="preserve">BELCLIPS DISTRIBUIDORA LTDA. -EPP </t>
   </si>
   <si>
     <t>93.330,00</t>
   </si>
   <si>
     <t xml:space="preserve">PAPELARIA OURO EIRELI - ME </t>
   </si>
   <si>
     <t>30.797,00</t>
   </si>
   <si>
     <t>3.785,50</t>
   </si>
   <si>
     <t xml:space="preserve">Port Distribuidora de Informática e Papelaria Ltda. </t>
   </si>
   <si>
     <t>1.011.916,13</t>
@@ -4696,68 +4696,68 @@
   </si>
   <si>
     <t xml:space="preserve">CAIXAS PLÁSTICAS </t>
   </si>
   <si>
     <t xml:space="preserve"> 334 / 2020</t>
   </si>
   <si>
     <t>13/11/2020</t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAL ELÉTRICO </t>
   </si>
   <si>
     <t xml:space="preserve">MAQNETE COMÉRCIO E SERVIÇOS EIRELI - ME </t>
   </si>
   <si>
     <t>3.459,40</t>
   </si>
   <si>
     <t>13-11-2020 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0020694/2020-64 Recebimento das propostas: até às 10 horas do dia 26/11/2020. Início da disputa de preços: às 10 horas do dia 26/11/2020. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 12 de novembro de 2020. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 21-12-2020 COMUNICAÇÃO LOTE 2 - Conforme despacho proferido pelo setor técnico (Divisão de Materiais): "Informo que, em 11/12/2020, chegou ao conhecimento da DIMAT que a nova Administração Superior do MPMG optou por modificar o layout de todos os materiais impressos da PGJ, os quais não mais utilizarão brasão e, sim, logomarca - processo SEI nº 19.16.3913.0022944/2020-35. Essa modificação do layout não impacta no preço, vez que a impressão continuará no padrão de cores da já existente. Assim, segue o link dos novos layouts para repasse aos licitantes: 0720374 e 0720378 (capa de procedimento administrativo modelo 01 e capa de processo modelo 21).". Informo que os novos layouts constam nos Arquivos abaixo publicados. ----------------------------- 06-03-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0020694/2020-64 Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 1: MAQNETE COMÉRCIO E SERVIÇOS EIRELI - ME CNPJ: 18.152.404/0001-66 Valor (total) registrado: R$3.459,40 Lote 2: GRAWANDO COMERCIAL LTDA-ME CNPJ: 25.698.473/0001-35 Valor (total) registrado: R$153.250,00 Lote 3: JÉSSICA DOS SANTOS SOARES FONSECA 10870220616 - ME CNPJ: 21.286.361/0001-16 Valor (total) registrado: R$6.350,00 Lote 4: JÉSSICA DOS SANTOS SOARES FONSECA 10870220616 - ME CNPJ: 21.286.361/0001-16 Valor (total) registrado: R$1.000,00 Lote 5: MAQNETE COMÉRCIO E SERVIÇOS EIRELI - ME CNPJ: 18.152.404/0001-66 Valor (total) registrado: R$20.780,00 Lote 6: RANNIPLAST IND. E COMÉRCIO DE ARTIGOS PLÁSTICOS LTDA CNPJ: 01.069.808/0001-98 Valor (total) registrado: R$69.000,00 Lote 7: REIS COMÉRCIO ATACADISTA E VAREJISTA DE DIVERSOS ARTIGOS E SUPRIMENTOS LTDA CNPJ: 29.332.265/0001-79 Valor (total) registrado: R$804,00 Lote 8: GERBRA COMERCIO EIRELI - ME CNPJ: 21.559.804/0001-03 Valor (total) registrado: R$24.998,00 Belo Horizonte, 5 de março de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Lote2_Layout_alterado_CAPA_DE_PROCESSO_MODELO_21.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10015/download;
- Lote2_Layout_alterado_CAPA_DE_PROCEDIMENTO_ADMINISTRATIVO_MODELO_01.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10014/download;
+ ata_homologacao_planejamento334_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10097/download;
  CRC_ATUALIZADO_REGULARIDADE_FEDERAL_licitante_Jessica_F000305_F000406_pl334_2020_lotes 3 e 4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10085/download;
+ docs_regularizacao_fiscal_federal_licitante_Jessica_F000305_F000406_pl334_2020_lotes 3 e 4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10083/download;
+ docs_regularizacao_fiscal_federal_licitante_Jessica_F000305_F000406_pl334_2020_lotes 3 e 4_01.03.21.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10084/download;
+ CRC_CNDT_decaracao MPE_restricao_fiscal_atualizados_licitante_Jessica_F000305_F000406_pl334_2020_lotes 3 e 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10080/download;
+ procuracao_atualizada_licitante_Jessica_F000305_F000406_pl334_2020_lotes 3 e 4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10075/download;
+ outros_docs_posteriormente_identificados_no_Sistema_licitante_REIS_F000788_PL334_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10056/download;
  proposta_docs_licitante_REIS_F000788_PL334_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10053/download;
  proposta_docs_licitante_Maqnete_F000172_F000500_pl334_2020_lotes 1 e 5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10054/download;
- docs_regularizacao_fiscal_federal_licitante_Jessica_F000305_F000406_pl334_2020_lotes 3 e 4_01.03.21.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10084/download;
- docs_regularizacao_fiscal_federal_licitante_Jessica_F000305_F000406_pl334_2020_lotes 3 e 4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10083/download;
  proposta_docs_licitante_Gerbra_F000888_pl334_2020_lote 8.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10068/download;
- outros_docs_posteriormente_identificados_no_Sistema_licitante_REIS_F000788_PL334_2020.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10056/download;
+ proposta_docs_licitante_Jessica_F000305_F000406_pl334_2020_lotes 3 e 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10073/download;
  proposta_docs_licitante_Grawando_F000234_pl334_2020_lote 2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10074/download;
- proposta_docs_licitante_Jessica_F000305_F000406_pl334_2020_lotes 3 e 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10073/download;
- ata_homologacao_planejamento334_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10097/download;
  Edital - materiais de consumo - VERS?O FINAL RTF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9832/download;
- CRC_CNDT_decaracao MPE_restricao_fiscal_atualizados_licitante_Jessica_F000305_F000406_pl334_2020_lotes 3 e 4.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10080/download;
- procuracao_atualizada_licitante_Jessica_F000305_F000406_pl334_2020_lotes 3 e 4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10075/download;
  Apenso I -Especificacao_de_itens -.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/9833/download;
+ Apenso III - Modelo de Artes dos Impressos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/9835/download;
  Apenso II - Criterios_para_teste_de_amostra.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/9834/download;
- Apenso III - Modelo de Artes dos Impressos.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/9835/download;
+ Lote2_Layout_alterado_CAPA_DE_PROCEDIMENTO_ADMINISTRATIVO_MODELO_01.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10014/download;
+ Lote2_Layout_alterado_CAPA_DE_PROCESSO_MODELO_21.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10015/download;
  proposta_docs_licitante_Ranniplast_F000693_pl334_2020_lote6.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10016/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAL GRÁFICO E IMPRESSO </t>
   </si>
   <si>
     <t xml:space="preserve">Grawando Comercial Ltda. - ME </t>
   </si>
   <si>
     <t>153.250,00</t>
   </si>
   <si>
     <t xml:space="preserve">SACO DE FIBRA SINTÉTICA </t>
   </si>
   <si>
     <t>6.350,00</t>
   </si>
   <si>
     <t xml:space="preserve">LACRE DE SEGURANÇA </t>
   </si>
   <si>
     <t>1.000,00</t>
   </si>
   <si>
@@ -4791,186 +4791,186 @@
     <t>319 / 2020</t>
   </si>
   <si>
     <t>01/12/2020</t>
   </si>
   <si>
     <t>Aquisição e instalação de sistema de controle de acesso veicular e de pessoas</t>
   </si>
   <si>
     <t xml:space="preserve">Sistema de Controle de Acesso </t>
   </si>
   <si>
     <t xml:space="preserve">PROTECH TECNOLOGIA EM PROTEÇÃO E AUTOMAÇÃO LTDA. </t>
   </si>
   <si>
     <t>5.810.807,00</t>
   </si>
   <si>
     <t>01-12-2020 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0032817/2020-21 Recebimento das propostas: até às 10 horas do dia 16/12/2020. Início da disputa de preços: às 10 horas do dia 16/12/2020. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 30 de novembro de 2020. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 03-12-2020 ESCLARECIMENTOS Segue(m) resposta(s) do setor técnico (Gabinete de Segurança Institucional - GSI) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por por interessado em participar do lote X ou único (descrição do lote) do processo licitatório em epígrafe: 1) Questionamento: ?Informamos que a Telematica Sistemas Inteligentes Ltda, é fabricante no mercado nacional e internacional de Software e Hardware de controle de acesso , segurança e CFTV a mais de 40 anos de mercado, e que mantem fornecimentos e contratos com diversos órgão públicos e privado com projetos com solução de controle de acesso de veículos, pessoas e CFTV. Viemos informar que o edital 319/2020 está exigindo que os equipamentos tenha integração com o software acesso W-Access Versão 4.112.,. Está exigência esta cerceando o direto da participação tanto da nossa empresa como das demais empresas renomadas no mercado, assim prejudicando uma proposta mais vantajosa para o órgão publico, gerando tratamento diferenciado entre um licitante e outro, sendo aquele que já tem tal integração do software , contrariando os preceitos da administração publica. A maioria dos fabricantes de Softwares de Controle de acesso e hardware não disponibiliza tal integração a não se que seja um distribuidor ou revendedor do produto especifico. Podemos ofertar o nosso produto hardware, catracas , controladoras , com o nosso software que ´´e ilimitado de licenças de controle de acesso sem gerar nenhum custo ao órgão? Qual é a justificativa deste órgão em relação a necessidade de não poder trocar este software, caso não seja aceito outro software. Qual é o parque de equipamentos catracas e controle de acesso de porta instalados nas localidades , visto que consta alguns tipos de catracas , marca Henry, Control ?id . etc. Em relação a manutenção corretiva dos equipamentos legados , caso a empresa seja vencedora, poderá substituir as mesmas sem custo adicional ao órgão? , informar quantidade de equipamentos legado.? 1) Resposta: ?Atualmente a PGJ conta com uma licença do software W-acess com as seguintes configurações/permissão: Edição: Enterprise Cartões: 26000 Conexões simultâneas: 42 Leitoras: 98 Biometria (Impressões digitais): Griaule, ZK Leitoras biométricas de impressão digital: 80 Sensores e Relés: 10 Câmeras CFTV: 10 Câmeras para reconhecimento facial: 26 Câmeras LPR: 2 REST API; Múltiplos Tipos de Usuário; Escolta e Revista Aleatória; Partições O software de controle de acesso está em perfeito funcionamento há mais de dois anos, integrando cancelas, catracas, leitoras biométricas, leitoras faciais, câmeras LPR e outros equipamentos, sendo estes equipamentos das marcas Zkteco, Wolpac, Hikivison Wellcare, control id e outras. Sendo assim informo que o Software W-access não é um software que trabalha com marcas específicas, ou seja, não há um direcionamento para um fabricante, mas sim para equipamentos que sejam compatíveis com o software em operação. Informamos ainda, que mesmo que a empresa forneça todas as licenças já existentes, mude todos os hardware existentes, ainda assim não haveria vantajosidade na proposta pois haverá vários custos diretos e indiretos como: treinamento de vigilantes, porteiros, recepcionistas e administradores do software, tempo gasto para implantação de novo software, gastos relativos a horas técnicas dos administradores do banco de dados e informática pois o banco de dados do software é integrado ao nosso software e todas as outras dificuldades já enfrentadas na implantação do software atual. Desta forma, mantemos o entendimento que somente serão aceitos produtos que sejam integrados ao software W-acess.? 2) Questionamento: ?Em relação a infraestrutura das localidades de instalação das catracas ,controladoras e etc: , infra seca, tubulações, cabo de dados e elétrica, já estarão disponíveis no local para instalação dos equipamentos?? 2) Resposta: ?Caberá a contratada realizar a instalação dos equipamentos inclusive infra estrutura do ponto de instalação até ao ponto de rede de dados e energia mais próximo.? ----------------------------- 10-12-2020 ESCLARECIMENTOS Segue(m) resposta(s) do setor técnico (Gabinete de Segurança Institucional - GSI) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por essa empresa referente ao processo licitatório em epígrafe: 1) Questionamento: ?- Ponto a esclarecer: 01 catraca eletrônica tipo flap com duas vias de passagem com barreiras - Pergunta: Podemos ofertar catracas atendendo toda a especificação, com bandeira de acrílico e do tipo swing?? 1) Resposta: ?O caderno de especificação é claro a especificar o equipamento a ser adquirido citando além de todas as especificações necessárias o item copiado abaixo: "Portas de vidro temperado de 12 mm, translúcido, deslizantes, em formato de asa de anjo, com acionamento motorizado", portanto, a "bandeira de acrílico e do tipo swing", não atende à especificação.? Informo que os equipamentos deverão atender a todas as especificações constantes no edital, não serão aceitos equipamentos com especificações diferentes do edital.? ----------------------------- 21-01-2021 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0032817/2020-21 Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): PROTECH TECNOLOGIA EM PROTEÇÃO E AUTOMAÇÃO LTDA. CNPJ 24.904.641/0001-39 Valor (total) adjudicado: R$ 5.810.807,04 (cinco milhões oitocentos e dez mil oitocentos e sete reais e quatro centavos) Belo Horizonte, 20 de janeiro de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 11-01-2022 ANULAÇÃO PARCIAL DECISÃO ADMINISTRATIVA Em observância ao processo eletrônico nº 5023448-70.2021.8.13.0024 e nos termos da Sentença Judicial (2262385) que ratifica a liminar concedida e CONCEDE "A SEGURANÇA, nos moldes da Lei nº 12.016/09, pleiteada por ROCHET TEC SISTEMAS ELETRÔNICOS LTDA. contra ato do PROCURADOR-GERAL DE JUSTIÇA ADJUNTO ADMINISTRATIVO DO MINISTÉRIO PÚBLICO DO ESTADO DE MINAS GERAIS, anulando o julgamento procedido pela Autoridade Coatora, reconhecendo que a proposta da empresa litisconsorte não atendeu às especificações técnicas do edital e, em consequência, não deveria ter sido aprovada, devendo ser dado prosseguimento ao certame." , DETERMINO a anulação da adjudicação (0771435) e da homologação (0779104) do Pregão Eletrônico nº 319/2020 e o prosseguimento do certame em referência. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 27-01-2022 COMUNICAÇÃO Ato de Desclassificação Com fundamento na sentença judicial (doc SEi n. 2262385) que concedeu a segurança nos autos do Mandado de Segurança n. 5023448-70.2021.8.13.0024, e na decisão doc SEi n. 2262394 proferida pelo i. Procurador-Geral de Justiça Adjunto Administrativo, Sr. Márcio Gomes de Souza, procedo à DESCLASSIFICAÇÃO da licitante Protech Tecnologia em Proteção e Automação Ltda. ME (F000179). Belo Horizonte - MG, 26 de janeiro de 2022 Pedro Brito Candido Ferreira Pregoeiro MPMG ----------------------------- 31-01-2022 COMUNICAÇÃO Ato de convocação para apresentação de proposta Sr. Licitante ROCKET-TEC SISTEMAS ELETRONICOS LTDA ?EPP (F000114), tendo em vista a desclassificação da licitante Protech Tecnologia em Proteção e Automação Ltda. ME (F000179), requeiro ao sr. o envio da proposta com o seu melhor valor. Considerando que o último lance apresentado pelo sr. ultrapassou o preço de referência do lote, que atualizado de acordo com a variação do IPCA, perfaz o montante de R$ R$ 6.755.874,84 (seis milhões, setecentos e cinquenta e cinco mil, oitocentos e setenta e quatro reais e oitenta e quatro centavos), informo que, com base no item 9.4.2 do edital, deve ser apresentada proposta com valor igual ou inferior ao informado, sob pena da Administração decidir pela não contratação. Ademais, segue em anexo documento contendo os valores unitários de referência para cada item do lote. Juntamente com a proposta, deverá ser encaminhado o CONTRATO SOCIAL, ESTATUTO OU DOCUMENTO DE CONSTITUIÇÃO DA EMPRESA QUE CONTENHA A IDENTIFICAÇÃO DOS SÓCIOS MAJORITÁRIOS; DOCUMENTO DE IDENTIFICAÇÃO DO REPRESENTANTE DA EMPRESA E PROCURAÇÃO (SE NECESSÁRIA), E DECLARAÇÃO DE REGULARIDADE (ANEXO IV DO EDITAL). O prazo para o encaminhamento da proposta é de prazo de 4 (quatro) horas, portanto até às 19:45 h da data de hoje (31/01/2022). ATENÇÃO: A PROPOSTA DEVERÁ SEGUIR O MODELO CONSTANTE DO ANEXO II DO EDITAL. Belo Horizonte - MG, 31 de janeiro de 2022 Pedro Brito Candido Ferreira Pregoeiro MPMG ----------------------------- 04-02-2022 COMUNICAÇÃO Ato de Aceitação da Proposta e Requisição dos Documentos de Habilitação Informo que a PROPOSTA do licitante Rocket-Tec Sistemas Eletrônicos Ltda-EPP (F000114) foi analisada tecnicamente pelo servidor Samuel Márcio da Luz, representando o setor técnico (Gabinete de Segurança e Inteligência - GSI), que opinou pela sua aprovação. Sendo assim, declaro que a proposta foi aceita. Em continuidade, requeiro ao licitante Rocket-Tec Sistemas Eletrônicos Ltda-EPP (F000114) o envio por e-mail (pbferreira@mpmg.mp.br) da documentação de habilitação arrolada no Anexo III do Edital. O prazo para o envio da documentação se encerra às 17 h do dia 07/02/2022. Pedro Brito Candido Ferreira Pregoeiro MPMG ----------------------------- 10-02-2022 COMUNICAÇÃO Ato de Habilitação e Abertura de Prazo Recursal - Informo que a documentação de habilitação do licitante Rocket-Tec Sistemas Eletrônicos Ltda-EPP (F000114) foi analisada tecnicamente pelo servidor Samuel Márcio da Luz, representando o setor técnico (Gabinete de Segurança e Inteligência - GSI), que opinou pela sua aprovação. Ademais, o balanço patrimonial foi analisado pela Assessoria Contábil e Financeira à Licitação, através da servidora Margareth Sanavia, que opinou pela habilitação do licitante Rocket-Tec Sistemas Eletrônicos Ltda-EPP (F000114).oSendo assim, habilito o licitante Rocket-Tec Sistemas Eletrônicos Ltda-EPP (F000114) e a declaro vencedor do presente certame. Considerando que foram disponibilizadas, após seu recebimento, no site deste Órgão, para consulta dos interessados, a proposta comercial e a documentação de habilitação apresentadas pelo licitante F000114, está aberto a partir deste momento o prazo de 01 (um) dia útil, para eventual manifestação de intenção de recurso (início no dia 10/02/2022 e final no dia 11/02/2022). Caso algum dos licitantes manifeste a intenção de recorrer, o prazo para a apresentação de razões de recurso será de 3 (três) dias úteis, com início no dia 14/02/2022 e final no dia 16/02/2022; ato contínuo, o prazo de apresentação de contrarrazões, também de 3 (três) dias úteis, terá início no dia 17/02/2022 e final no dia 21/02/2022, conforme disposto no art. 44 do Decreto Estadual n. 48.012/2020. Pedro Brito Candido Ferreira Pregoeiro MPMG ----------------------------- 21-02-2022 COMUNICAÇÃO Prezados licitantes, informo que foram recebidas tempestivamente as razões de recurso por parte da licitante F000179 (Protech Tecnologia em Proteção e Automação Ltda. ME) - dia 16/02/2022 -, assim como as contrarrazões por parte da licitante F000114 (Rocket-Tec Sistemas Eletrônicos Ltda) - dia 21/02/2022. Ademais, a previsão para a divulgação da decisão do recurso será dia 07/03/2022. As citadas peças processuais foram encaminhadas para os e-mails dos licitantes e estão disponíveis para consulta no site institucional do MPMG. ----------------------------- 04-03-2022 RESULTADO DE JULGAMENTO DE RECURSO E COMUNICAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0032817/2020-21 Recorrente: PROTECH TECNOLOGIA EM PROTEÇÃO E AUTOMAÇÃO LTDA Recorrido: ROCKET-TEC SISTEMA ELETRÔNICOS LTDA-EPP Síntese da decisão: ?Conheço do recurso interposto pela licitante PROTECH TECNOLOGIA EM PROTEÇÃO E AUTOMAÇÃO LTDA, eis que próprio e tempestivo. No mérito, decido pelo provimento parcial, com base na fundamentação constante do parecer de lavra do i. Pregoeiro. Belo Horizonte/MG, 4 de março de 2022. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo? A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9h às 18h, pelos telefones (31) 3330-8128 e 3330-8129, e-mail dgcl@mpmg.mp.br. Belo Horizonte, 04 de março de 2021. Pedro Brito Candido Ferreira Pregoeiro MPMG ----------------------------- 04-03-2022 COMUNICAÇÃO Ato de Desclassificação Com fundamento na decisão doc. SEi n. 2527468, a qual deu provimento parcial ao recurso interposto pela licitante Protech Tecnologia em Proteção e Automação Ltda. ME (F000179) (Doc. SEi. n. 2456470), procedo à DESCLASSIFICAÇÃO da licitante Rocket-Tec Sistemas Eletrônicos Ltda (F000114). ----------------------------- 07-03-2022 COMUNICAÇÃO Ato de convocação para apresentação de proposta Sr(a). Representante da Licitante VELTI SISTEMAS E EQUIPAMENTOS LTDA. (F000123), Tendo em vista a desclassificação da licitante Rocket-Tec Sistemas Eletrônicos Ltda. (F000114), requeiro a vossa senhoria o envio da proposta com o seu melhor valor. Considerando que o último lance apresentado pela VELTI ultrapassou o preço de referência do lote, que atualizado de acordo com a variação do IPCA, perfaz o montante de R$6.755.874,84 (seis milhões, setecentos e cinquenta e cinco mil, oitocentos e setenta e quatro reais e oitenta e quatro centavos), informo que, com base no item 9.4.2 do edital, deve ser apresentada proposta com valor igual ou inferior ao informado, sob pena da Administração decidir pela não contratação. Ademais, segue em anexo documento contendo os valores unitários de referência para cada item do lote. Juntamente com a proposta, deverá ser encaminhado o CONTRATO SOCIAL, ESTATUTO OU DOCUMENTO DE CONSTITUIÇÃO DA EMPRESA QUE CONTENHA A IDENTIFICAÇÃO DOS SÓCIOS MAJORITÁRIOS; DOCUMENTO DE IDENTIFICAÇÃO DO REPRESENTANTE DA EMPRESA E PROCURAÇÃO (SE NECESSÁRIA), E DECLARAÇÃO DE REGULARIDADE (ANEXO IV DO EDITAL). O prazo para o encaminhamento da proposta é de 4 (quatro) horas contadas do recebimento deste e-mail. ATENÇÃO: A PROPOSTA DEVERÁ SEGUIR O MODELO CONSTANTE DO ANEXO II DO EDITAL. Belo Horizonte - MG, 07 de março de 2022 Dariana Ruiz Pregoeira ----------------------------- 08-03-2022 HOMOLOGAÇÃO - FRACASSADO D E S P A C H O H O M O L O G A T Ó R I O Ref.: Processo Licitatório nº 319/2020 - SEI nº 19.16.3900.0032817/2020-21 Objeto: Aquisição e instalação de sistema de controle de acesso veicular e de pessoas para uso em sedes diversas do Ministério Público do Estado de Minas Gerais contemplando a manutenção preventiva e corretiva do sistema (itens de software e hardware), com cobertura total de peças, pelo período de 24 (vinte e quatro) meses. No exercício das atribuições conferidas pela Lei Complementar Estadual nº 34, de 12.09.1994, publicada em 13.09.1994, e nos termos da Lei Federal nº 8.666, de 21.06.1993, e suas alterações, HOMOLOGO o resultado do processo licitatório em referência como FRACASSADO, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte - MG, 08 de março de 2022 Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  ata_homologacao_processo319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10076/download;
  proposta_data_atualiz_licitanteF000179_processo319_2020_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10072/download;
- habilitacao_prazo_recursal_rocket_F000114_pe_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10928/download;
-[...3 lines deleted...]
- desclassificacao_protech_F000179_pe_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10896/download;
  Decisao_Recurso_Rocket-Tec_Proposta_Documento_Habilita??o_Pedro_PL_319_2020_SCPL.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10067/download;
- convoca?ao_Rocket-Tec_F000114_pe_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10902/download;
  pl319_pe_2020_pc115_2020_sistema_acesso_veicular_GSI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9918/download;
  Caderno_de_especificacoes_tecnicas_controle_de_acesso_atualizado_22.09.20_atualizado__1_.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/9919/download;
  Planilha_Controle_de_acesso___Demanda__2_ (1).xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/9920/download;
  Layout_a?o_inox_detalhamento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9925/download;
- proposta_licitanteF000114_Rocket-Tec_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10904/download;
+ proposta3_licitanteF000179_processo319_2020_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10011/download;
+ Declaracao_SistemaWAcess_licitanteF000179_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10019/download;
+ proposta_licitanteF000179_processo319_2020_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10000/download;
+ proposta1_licitanteF000179_processo319_2020_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10008/download;
+ Proposta.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10009/download;
+ proposta2_licitanteF000179_processo319_2020_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10010/download;
+ Documentos_Habilitacao_F000179_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10013/download;
+ razoes_de_recurso_licitante_rocket_tec_processo319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10035/download;
+ contrarrazoes_de_recurso_licitante_protech_processo319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10045/download;
+ SEI_MPMG - 2548081 - Despacho Homologat?rio.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10956/download;
+ E-mail licitantes Comunica Resultado PL 319.20.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10957/download;
+ E-mail_balanco_patrimonial_rockettec_F000114_pe_pl_319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10945/download;
+ Decisao_Recurso_Protech_F000179_pe_rp_pl319_2020-MERGED.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10946/download;
+ contrarrazoes_rockettec_F000114_pe_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10944/download;
+ E-mail_razoes_de_recurso_protech_F000179_pe_pl_319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10936/download;
+ razoes_recurso_protech_F000179_pe_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10937/download;
+ Ato de Desclassifica??o Rocket.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10947/download;
+ E-mail Convoca??o Velti PL 319.20.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10951/download;
+ E-mail_Resposta Velti_Convoca??o_apresenta??o_proposta.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10954/download;
+ Ato_Convoca??o_Velti_F000123_PL319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10952/download;
+ SEI_MPMG - 2547710 - Despacho Desclassifica??o Velti.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10955/download;
+ CRC_transp_rocket_F000114_pe_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10927/download;
+ habilitacao_prazo_recursal_rocket_F000114_pe_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10928/download;
+ e-mail_manifestacao_intencao_de_recurso_F000179_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10929/download;
+ Email_prop_licitanteF000114_Rocket-Tec_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10908/download;
  docs1prop_licitanteF000114_Rocket-Tec_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10905/download;
  DOCSPR~1.ZIP : https://transparencia.mpmg.mp.br/licitacao/arquivo/10906/download;
  docs2prop_licitanteF000114_Rocket-Tec_pl319.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10907/download;
- proposta1_licitanteF000179_processo319_2020_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10008/download;
-[...9 lines deleted...]
- contrarrazoes_rockettec_F000114_pe_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10944/download;
+ convoca?ao_Rocket-Tec_F000114_pe_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10902/download;
+ proposta_licitanteF000114_Rocket-Tec_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10904/download;
+ desclassificacao_protech_F000179_pe_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10896/download;
+ docs_hab_rocket_F000114_pe_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10919/download;
  E-mail_docs_hab_rocket_F000114.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10920/download;
- Email_prop_licitanteF000114_Rocket-Tec_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10908/download;
-[...9 lines deleted...]
- CRC_transp_rocket_F000114_pe_pl319_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10927/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 318 / 2020</t>
   </si>
   <si>
     <t>24/11/2020</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de álcool em gel, máscaras de tecido, protetores faciais e termômetros infravermelhos digitais, destinados a suprir as necessidades das unidades do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">ÁLCOOL EM GEL REGIÃO CENTRAL </t>
   </si>
   <si>
     <t xml:space="preserve">Anulado </t>
   </si>
   <si>
     <t>24-11-2020 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0009121/2020-98 Recebimento das propostas: até às 10 horas do dia 11/12/2020. Início da disputa de preços: às 10 horas do dia 11/12/2020. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 23 de novembro de 2020. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 31-03-2021 ANULAÇÃO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0009121/2020-98 A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a ANULAÇÃO DO PROCESSO LICITATÓRIO Nº 318/2020. Motivo: reconhecimento de vício de legalidade em exigência editalícia contida no subitem ?4.2? da Relação de Documentos Exigidos, conforme decisão disponibilizada abaixo. Prazo para manifestação: 5 (cinco) dias úteis, nos termos do art. 49, § 3º c/c art. 109, I, ?c?, da Lei n.º 8.666/93. Oportuna e possivelmente, será publicada nova licitação com o mesmo objeto. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones (31) 3330-8128 e 3330-8129, e-mail dgcl@mpmg.mp.br, e através do site www.mpmg.mp.br. Belo Horizonte, 29 de março de 2021. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ proposta_docs_licitante_G VENDAS_ F000155_pl318_2020_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10034/download;
+ proposta_docs_licitante_RAFTECO_ F000873_pl318_2020_lote8.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10047/download;
+ prop_relatorio_licitante_Eco Plast_F000145_F000211_F000322_F000473_F000526_pl318_2020_lotes_1_a_5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10001/download;
  edital_processo_318_2020_rp_aquisicao_alcool_mascara_protetor_termometro_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9883/download;
  Apenso II Planilha com o consumo de alcool em gel por Unidades do MPMG e por Regiao - versao final.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/9885/download;
- prop_relatorio_licitante_Eco Plast_F000145_F000211_F000322_F000473_F000526_pl318_2020_lotes_1_a_5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10001/download;
-[...1 lines deleted...]
- proposta_docs_licitante_RAFTECO_ F000873_pl318_2020_lote8.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10047/download;
+ proposta_docs_licitante_CHRISPIM_ F000141_F000242_F000391_F000461_F000593_pl318_2020_lotes 1 a 5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10064/download;
+ recurso_licitante_G VENDAS_ F000155_pl318_2020_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10077/download;
  Decisao_Recurso_G VENDAS_provimento_parcial_ANULACAO_do_pl_318_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10127/download;
- proposta_docs_licitante_CHRISPIM_ F000141_F000242_F000391_F000461_F000593_pl318_2020_lotes 1 a 5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/10064/download;
  ata_anulacao_planejamento318_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10130/download;
- recurso_licitante_G VENDAS_ F000155_pl318_2020_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10077/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">ÁLCOOL EM GEL ZONA DA MATA E SUL DE MINAS </t>
   </si>
   <si>
     <t xml:space="preserve">ÁLCOOL EM GEL REGIÃO DO TRIÂNGULO MINEIRO E DO VALE DO PARNAÍBA </t>
   </si>
   <si>
     <t xml:space="preserve">ÁLCOOL EM GEL REGIÃO DO VALE DO JEQUITINHONHA-MUCURI E DO VALE DO RIO DOCE </t>
   </si>
   <si>
     <t xml:space="preserve">ÁLCOOL EM GEL REGIÃO DO NOROESTE E DO NORTE DE MINAS </t>
   </si>
   <si>
     <t xml:space="preserve">ÁLCOOL EM GEL BRASÍLIA/DF </t>
   </si>
   <si>
     <t xml:space="preserve">MÁSCARA DE TECIDO </t>
   </si>
   <si>
     <t xml:space="preserve">PROTETOR FACIAL </t>
   </si>
   <si>
     <t xml:space="preserve">TERMÔMETRO INFRAVERMELHO DIGITAL </t>
   </si>
   <si>
     <t xml:space="preserve"> 234 / 2020</t>
   </si>
   <si>
     <t>19/11/2020</t>
   </si>
   <si>
     <t>Registro de preços para aquisição de bens permanentes diversos (mobiliários, eletroeletrônicos, fragmentadora, carrinho, impressora, dentre outros bens).</t>
   </si>
   <si>
     <t xml:space="preserve">APARELHO TELEFÔNICO </t>
   </si>
   <si>
     <t>19-11-2020 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0013096/2020-55 Recebimento das propostas: até às 10 horas do dia 03/12/2020. Início da disputa de preços: às 10 horas do dia 03/12/2020. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 18 de novembro de 2020. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 26-11-2020 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Unidade 1091012 - PROCESSO SEI: Nº 19.16.3900.0013096/2020-55 - Impugnante: Multi Quadros e Vidros Ltda. Síntese da decisão: Apresentou peça impugnativa, via Porta de Compras, no entanto, a empresa não cumpriu a exigência editalícia quanto à forma de apresentação da impugnação, estando em desconformidade com o Item 3.2.1 do edital. Dessa forma, será recebida como requerimento administrativo, em atenção ao direito constitucional de petição e ao princípio da autotutela. Não houve alteração no edital, e nem nas datas da licitação. Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se, nesta página, para consulta aos interessados. ----------------------------- 02-12-2020 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Unidade 1091012 - PROCESSO SEI: Nº 19.16.3900.0013096/2020-55 - Impugnante: Eba Office Comércio de Máquinas para Escritório Ltda. Síntese da decisão: Apresentou peça impugnativa, via e-mail, no entanto, a empresa não cumpriu a exigência editalícia quanto à forma de apresentação da impugnação, estando em desconformidade com o Item 3.2 e subitem do edital. Dessa forma, será recebida como requerimento administrativo, em atenção ao direito constitucional de petição e ao princípio da autotutela. Não houve alteração nas datas da licitação. Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se, nesta página, para consulta aos interessados. ----------------------------- 17-12-2020 REVOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI):19.16.3900.0013096/2020-55 - A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO dos lotes 7 (Fragmentadora e Máquina protocoladora) e 14 (Fragmentadora). Motivo: por conveniência e oportunidade, tendo em vista a necessidade de adequações nas especificações dos referidos lotes. Prazo para manifestação: 5 (cinco) dias úteis, nos termos do art.49, § 3º c/c art. 109, I, 'c', ambos da Lei n.º 8.666/93. Oportunamente, será publicada nova licitação para estes objetos. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 15 de dezembro de 2020. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 19-01-2021 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0013096/2020-55 Homologo o resultado do julgamento deste processo, no qual foram vencedores e registraram seus preços os licitantes: Lote 2: MÓVEIS JB INDÚSTRIA E COMÉRCIO LTDA. - CNPJ 02.464.845/0001-63 Valor (total) registrado: R$ 1.169.500,00 Lotes 3 e 11: LEANDRO LUIZ LEAL SILVA - EPP - CNPJ 08.194.579/0001-82 Valor (total) registrado para o lote 3: R$ 350.595,00 Valor (total) registrado para o lote 11: R$ 12.313,04 Lote 4: TECNO 2000 INDÚSTRIA E COMÉRCIO LTDA. - CNPJ 21.306.287/0001-52 Valor (total) registrado: R$ 4.040.000,00 Lote 6: MARCELO EUSTÁQUIO DE OLIVEIRA EIRELI - CNPJ 18.132.510/0001-88 Valor (total) registrado: R$ 260.659,00 Lote 8: REIS COMÉRCIO ATACADISTA E VAREJISTA DE DIVERSOS ARTIGOS E SUPRIMENTOS LTDA. - CNPJ 29.332.265/0001-79 Valor (total) registrado: R$ 113.450,00 Lote 15: GERBRA COMERCIO EIRELI - ME - CNPJ 21.559.804/0001-03 Valor (total) registrado: R$ 1.880,00 Lote 16: CMK AUTOMAÇÃO COMERCIAL EIRELI - CNPJ 22.416.068/0001-99 Valor (total) registrado: R$ 669,00 Os lotes 1, 5, 10 e 12 resultaram fracassados, por não terem restado propostas classificadas para atendimento aos seus objetos. Os lotes 9, 13, 17 e 18 resultaram desertos, por não terem sido apresentadas propostas para atendimento aos seus objetos. Os lotes 7 e 14 foram revogados, conforme publicação no Diário Oficial Eletrônico do Ministério Público - DOMP/MG, edição de 17/12/2020. Belo Horizonte, 15 de janeiro de 2021. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Resposta_a_Pedido_de_Esclarecimentos_Impugnacao_MULTI_processo_234_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9903/download;
+ proposta_corrigida_documentos_licitanteF000286_processo234_2020_lote2.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10046/download;
+ proposta_corrigida_documentos_licitanteF000437_processo234_2020_lote4.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10050/download;
+ contrato_social_licitanteF000286_processo234_2020_lote2.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10051/download;
+ proposta_documentos_licitanteF000674_processo234_2020_lote6.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10052/download;
+ Parecer_decisao_revogacao_lotes_7_e_14_processo_234_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10006/download;
+ proposta_documentos_licitanteF000800_processo234_2020_lote_8.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/9992/download;
+ proposta_licitanteF000437_processo234_2020_lote4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9993/download;
+ proposta_licitanteF000540_processo234_2020_lote5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9994/download;
+ Publicacao_DOMP_revoga??o_lotes_7 e 14 _PL_234_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10007/download;
+ proposta_documentos_licitanteF000171_processo234_2020_lote_1.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10025/download;
+ Impugnacao_MULTI_Quadros_processo_234_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9902/download;
  edital_processo_234_2020_rp_aquisicao_bens_permanentes_diversos_DIMAT_DPMSO_DIGD_DIMAN_DINC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9870/download;
  Impugnacao_Eba_Office_processo_234_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9928/download;
  Resposta_a_Pedido_de_Esclarecimentos_Impugnacao_EBA_processo_234_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9930/download;
- Impugnacao_MULTI_Quadros_processo_234_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9902/download;
-[...2 lines deleted...]
- proposta_licitanteF000540_processo234_2020_lote5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9994/download;
+ Resposta_a_Pedido_de_Esclarecimentos_Impugnacao_MULTI_processo_234_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9903/download;
+ proposta_licitanteF000286_processo234_2020_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9967/download;
+ Mapa_de_precos__final_lotes1_a_12.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/9938/download;
  proposta_documentos_licitanteF001699_processo234_2020_lote16.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/9989/download;
- proposta_licitanteF000286_processo234_2020_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/9967/download;
  proposta_documentos_licitanteF305_1199_processo234_2020_lotes_3_e_11.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/9990/download;
- Mapa_de_precos__final_lotes1_a_12.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/9938/download;
+ proposta_documentos_licitanteF1533processo234_2020_lote_15.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10065/download;
  cnd_falencia_licitanteF000286_processo234_2020_lote2.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10055/download;
- proposta_documentos_licitanteF1533processo234_2020_lote_15.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10065/download;
-[...3 lines deleted...]
- proposta_corrigida_documentos_licitanteF000437_processo234_2020_lote4.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/10049/download;
  ata_homologacao_planejamento234_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10071/download;
- Publicacao_DOMP_revoga??o_lotes_7 e 14 _PL_234_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10007/download;
-[...1 lines deleted...]
- Parecer_decisao_revogacao_lotes_7_e_14_processo_234_2020.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/10006/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MOBILIÁRIO PARA ESCRITÓRIO </t>
   </si>
   <si>
     <t xml:space="preserve">MÓVEIS JB INDÚSTRIA E COMÉRCIO LTDA. </t>
   </si>
   <si>
     <t>1.169.500,00</t>
   </si>
   <si>
     <t xml:space="preserve">BEBEDOURO E PURIFICADOR </t>
   </si>
   <si>
     <t xml:space="preserve">Leandro Luiz Leal Silva - EPP </t>
   </si>
   <si>
     <t>350.595,00</t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRA PARA ESCRITÓRIO E LONGARINA </t>
   </si>
   <si>
     <t>4.040.000,00</t>
@@ -5035,51 +5035,51 @@
   <si>
     <t>669,00</t>
   </si>
   <si>
     <t xml:space="preserve">TAPETE </t>
   </si>
   <si>
     <t xml:space="preserve">SOFÁ PARA ESCRITÓRIO </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>* Data de publicação do último aviso licitatório no Diário Oficial Eletrônico do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t>** Situação e resultado variam conforme o lote.</t>
   </si>
   <si>
     <t>*** Consulta de planilha (XLSX) apresenta nome e url (endereço web) dos arquivos sob a forma de texto. Para acessar determinado arquivo, favor copiar e colar o respectivo url no navegador. Para visualizar todos os hiperlinks de arquivos, favor consultar pesquisa HTML.</t>
   </si>
   <si>
     <t>Fonte: Sistema de Controle de Processos Licitatórios - MPMG</t>
   </si>
   <si>
-    <t>Data da última atualização: 21/11/2025</t>
+    <t>Data da última atualização: 14/12/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -5457,51 +5457,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/11093/download" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10797/download" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10720/download" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10618/download" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10678/download" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10659/download" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10621/download" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10620/download" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10624/download" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10642/download" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10623/download" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10619/download" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10615/download" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10626/download" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10684/download" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10590/download" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10708/download" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10538/download" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10603/download" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10519/download" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10683/download" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10544/download" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10895/download" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10948/download" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10523/download" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10609/download" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10596/download" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10541/download" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10403/download" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10484/download" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10438/download" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10474/download" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10284/download" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10270/download" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10306/download" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10418/download" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10434/download" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10209/download" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10367/download" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10369/download" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10267/download" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10389/download" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10208/download" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10387/download" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10212/download" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10198/download" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10259/download" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10157/download" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10155/download" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10131/download" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10156/download" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10129/download" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10171/download" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10086/download" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10082/download" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/9873/download" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/9832/download" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/9883/download" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/9870/download" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/11093/download" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10797/download" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10720/download" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10618/download" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10678/download" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10659/download" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10621/download" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10620/download" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10624/download" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10642/download" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10623/download" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10619/download" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10615/download" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10626/download" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10684/download" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10590/download" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10708/download" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10538/download" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10603/download" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10519/download" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10683/download" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10544/download" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10932/download" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10948/download" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10523/download" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10609/download" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10596/download" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10541/download" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10403/download" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10484/download" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10438/download" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10448/download" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10284/download" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10270/download" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10306/download" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10459/download" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10434/download" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10209/download" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10367/download" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10369/download" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10267/download" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10389/download" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10208/download" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10387/download" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10212/download" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10198/download" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10259/download" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10157/download" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10155/download" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10131/download" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10156/download" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10129/download" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10171/download" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10086/download" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/10082/download" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/9873/download" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/9832/download" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/9883/download" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/9870/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z676"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="60" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="100" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="60" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
@@ -28695,51 +28695,51 @@
       <c r="I562" s="5" t="s">
         <v>23</v>
       </c>
       <c r="J562" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K562" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L562" s="5"/>
       <c r="M562" s="5"/>
       <c r="N562"/>
       <c r="O562"/>
       <c r="P562"/>
       <c r="Q562"/>
       <c r="R562"/>
       <c r="S562"/>
       <c r="T562"/>
       <c r="U562"/>
       <c r="V562"/>
       <c r="W562"/>
       <c r="X562"/>
       <c r="Y562"/>
       <c r="Z562"/>
     </row>
-    <row r="563" spans="1:26" customHeight="1" ht="4836.7142857143">
+    <row r="563" spans="1:26" customHeight="1" ht="4836.8571428571">
       <c r="A563" s="8" t="s">
         <v>1061</v>
       </c>
       <c r="B563" s="7" t="s">
         <v>1062</v>
       </c>
       <c r="C563" s="7" t="s">
         <v>1063</v>
       </c>
       <c r="D563" s="7" t="s">
         <v>19</v>
       </c>
       <c r="E563" s="7" t="s">
         <v>108</v>
       </c>
       <c r="F563" s="5">
         <v>1</v>
       </c>
       <c r="G563" s="5" t="s">
         <v>1064</v>
       </c>
       <c r="H563" s="5" t="s">
         <v>50</v>
       </c>
       <c r="I563" s="5" t="s">