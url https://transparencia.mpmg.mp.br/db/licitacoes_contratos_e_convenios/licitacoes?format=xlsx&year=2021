--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -5035,51 +5035,51 @@
   <si>
     <t>669,00</t>
   </si>
   <si>
     <t xml:space="preserve">TAPETE </t>
   </si>
   <si>
     <t xml:space="preserve">SOFÁ PARA ESCRITÓRIO </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>* Data de publicação do último aviso licitatório no Diário Oficial Eletrônico do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t>** Situação e resultado variam conforme o lote.</t>
   </si>
   <si>
     <t>*** Consulta de planilha (XLSX) apresenta nome e url (endereço web) dos arquivos sob a forma de texto. Para acessar determinado arquivo, favor copiar e colar o respectivo url no navegador. Para visualizar todos os hiperlinks de arquivos, favor consultar pesquisa HTML.</t>
   </si>
   <si>
     <t>Fonte: Sistema de Controle de Processos Licitatórios - MPMG</t>
   </si>
   <si>
-    <t>Data da última atualização: 14/12/2025</t>
+    <t>Data da última atualização: 14/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>