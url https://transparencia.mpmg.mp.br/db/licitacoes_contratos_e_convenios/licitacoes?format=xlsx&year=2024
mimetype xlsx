--- v0 (2025-11-21)
+++ v1 (2026-01-25)
@@ -150,107 +150,107 @@
   </si>
   <si>
     <t>21/11/2024</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO para aquisição de cadeira fixa de escritório, longarinas 02 e 03 lugares e cadeira plástica para refeitório, destinadas a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência e seu apenso.</t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRA FIXA PARA ESCRITÓRIO </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Preço registrado </t>
   </si>
   <si>
     <t xml:space="preserve">ROCAM MÓVEIS LTDA.-ME </t>
   </si>
   <si>
     <t>79.206,00</t>
   </si>
   <si>
     <t>21-11-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Processo Licitatório: 353 / Ano: 2024 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156927/2023-03 Recebimento das propostas: até as 10 horas do dia 04/12/2024. Início da disputa de preços: às 10 horas do dia 04/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 21 de novembro de 2024. Amauri Silva Alves Coordenador em Exercício - Diretoria de Gestão de Compras e Licitações (*) Republicação para retificação de data da disputa. ----------------------------- 27-11-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIVISÃO DE MATERIAS) ao pedido de esclarecimento apresentado via email pela empresa Aricanduva Comércio de Artigos Plásticos.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_planejamento353_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13858/download;
+ homologacao_planejamento353_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13859/download;
  edital_processo_353_2024_rp_aquisicao_de_cadeiras_fixas_de_escritorio_e_longarinas_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13669/download;
  pedido_esclarec._via_email_empresa_Aricanduva.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13685/download;
- homologacao_planejamento353_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13859/download;
- ata_homologacao_planejamento353_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13858/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MAMUTE BRASIL INDÚSTRIA E COMÉRCIO DE MÓVEIS LTDA - EPP </t>
   </si>
   <si>
     <t>26.780,00</t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRA PLÁSTICA </t>
   </si>
   <si>
     <t xml:space="preserve">Fracassado </t>
   </si>
   <si>
     <t xml:space="preserve">- </t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t xml:space="preserve">LONGARINAS </t>
   </si>
   <si>
     <t>102.998,75</t>
   </si>
   <si>
     <t xml:space="preserve"> 350 / 2024</t>
   </si>
   <si>
     <t>04/12/2024</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de bens permanentes diversificados: (mobiliário de aço, carrinho de mão tipo transporte de bagagem, carrinho tipo gaiola, carrinho armazém, carrinho para café e carrinho de mão com quatro rodas).</t>
   </si>
   <si>
     <t xml:space="preserve">MOBILIÁRIO EM AÇO </t>
   </si>
   <si>
     <t xml:space="preserve">R&amp;R Santos Comércio e Representações Ltda </t>
   </si>
   <si>
     <t>1.089.994,75</t>
   </si>
   <si>
     <t>03-12-2024 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156931/2023-89 Recebimento das propostas: até as 10 horas do dia 13/12/2024. Início da disputa de preços: às 10 horas do dia 13/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 2 de dezembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações / PGJ-MG ----------------------------- 04-12-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156931/2023-89 Recebimento das propostas: até as 10 horas do dia 16/12/2024. Início da disputa de preços: às 10 horas do dia 16/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 3 de dezembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações / PGJ-MG *Republicado devido à correção de erro material, com alteração de datas. ----------------------------- 18-02-2025 HOMOLOGAÇÃO - Número do planejamento: 350 / Ano: 2024 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156931/2023-89 Objeto: Registro de Preços para aquisição de bens permanentes diversificados Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1: R&amp;R Santos Comercio e Representacoes Ltda CNPJ 17.847.184/0001-22 Valor (total) registrado: R$ 1.089.994,70 Lotes 2 e 4: Gerbra Comercio Ltda.-ME CNPJ 21.559.804/0001-03 Valores (unitários) registrados: R$ 134,90 (lote 2) e R$ 889,00 (lote 4) Lotes 3 e 5: SIC Logistica e Distribuidora Ltda. CNPJ 40.305.811/0001-15 Valores (unitários) registrados: R$ 1.467,00 (lote 3) e R$ 5.874,00 (lote 5) Lote 6: Artmoviment Servicos de Reforma e Comercio de Artefatos de Aco Ltda CNPJ 30.755.240/0001-67 Valor (unitário) registrado: R$ 561,00 Belo Horizonte, 17 de fevereiro de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_planejamento-350_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13879/download;
+ Homologacao_processo_350_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13846/download;
  edital_processo_350_2024_RP_aquisicao de bens permanentes diversificados_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13700/download;
- Homologacao_processo_350_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13846/download;
- ata_homologacao_planejamento-350_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13879/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CARRINHO DE MÃO TIPO TRANSPORTE DE BAGAGEM </t>
   </si>
   <si>
     <t xml:space="preserve">GERBRA COMÉRCIO EIRELI - ME </t>
   </si>
   <si>
     <t>14.839,00</t>
   </si>
   <si>
     <t xml:space="preserve">CARRINHO TIPO: GAIOLA </t>
   </si>
   <si>
     <t xml:space="preserve">SIC LOGÍSTICA E DISTRIBUIDORA LTDA </t>
   </si>
   <si>
     <t>29.340,00</t>
   </si>
   <si>
     <t xml:space="preserve">CARRINHO ARMAZÉM </t>
   </si>
   <si>
     <t>17.780,00</t>
@@ -278,97 +278,97 @@
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Capelinha MG.</t>
   </si>
   <si>
     <t xml:space="preserve">MAIOR DESCONTO </t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Capelinha ? MG. </t>
   </si>
   <si>
     <t xml:space="preserve">E F PROJETOS E ENGENHARIA LTDA </t>
   </si>
   <si>
     <t>4.438.442,00</t>
   </si>
   <si>
     <t>28-01-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2304.0097243/2024-86 Recebimento das propostas: até às 10 horas do dia 11/03/2025. Início da disputa de preços: às 10 horas do dia 11/03/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 27 de janeiro de 2025. Amauri Silva Alves Coordenador em exercício da Diretoria de Gestão de Compras e Licitações/PGJ-MG ----------------------------- 14-02-2025 ESCLARECIMENTOS - PEDIDO nº 1 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (SEA), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?Bom dia, gostaria que disponibilizasse a planilha orçamentaria (se possível em Excel), o cronograma físico financeiro, o BDI e o Anexo III citado no edital. Obrigado? RESPOSTA: ?Os modelos de todos os documentos do orçamento foram disponibilizados em arquivo editável (excel). Os projetos executivos e demais documentos técnicos são disponibilizados em pdf e contém todas as informações necessárias para perfeito entendimento e elaboração da proposta. Para garantir a segurança da informação e os direitos autorais, os arquivos editáveis somente serão disponibilizados para o licitante vencedor. Este é o procedimento adotado em todas as licitações da SEA/MPMG.? ----------------------------- 06-03-2025 ESCLARECIMENTOS - PEDIDO nº 2 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (SEA), ao(s) pedido(s) de esclarecimento(s) apresentado(s): 1) PERGUNTA: Bom dia, nao consegue localizar a planilha orçamentaria, cronograma físico financeiro e BDI, teria como disponibilizar ou enviar o link de onde podemos encontra? Obrigado. 1) RESPOSTA: ?Todos os arquivos estão disponibilizados no site do MPMG. Os arquivos referentes ao orçamento e aos modelos, mencionados no referido pedido de esclarecimento, estão na Pasta A - IMPLANTAÇÃO, subpastas g-ORÇ e h-MODELOS.? Todos esses modelos podem ser acessados no site do MPMG: https://www.mpmg.mp.br/ portal/ Serviços/ Consultas/ Licitações e Contratos/ Portal Transparência MPMG (Caderno de Documentacao Tecnica pl_347_24.rar/A-IMPLANTACAO/g-ORÇ/h-MODELOS). ----------------------------- 03-04-2025 HOMOLOGAÇÃO - Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2304.0097243/2024-86 Objeto: Contratação de empresa especializada para a execução de obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Capelinha ? MG. Modalidade: Concorrência Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: E F PROJETOS E ENGENHARIA LTDA; CNPJ nº 42.927.327/0001-53; Valor (total) adjudicado: R$4.438.442,06; representando um desconto de 15,10% (quinze vírgula dez por cento) sobre o total estimado para a licitação. Belo Horizonte, 2 de abril de 2025. IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pedido_de_esclarec_n.1_barros_co_pl347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13870/download;
+ resposta_pedido_de_esclarec_n.1_empresa_co_pl347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13871/download;
  resposta_pedido_de_esclarec_n.2_empresa_co_pl347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13873/download;
- ata_homologacao_processo-347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14020/download;
- homologacao_processo-347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14021/download;
+ pedido_de_esclarec_n.2_barros_co_pl347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13872/download;
  Edital_347_2024_Concorrencia_Obra_Capelinha_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13816/download;
  Caderno de Documentacao Tecnica pl_347_24.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/13818/download;
- pedido_de_esclarec_n.1_barros_co_pl347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13870/download;
-[...1 lines deleted...]
- pedido_de_esclarec_n.2_barros_co_pl347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13872/download;
+ homologacao_processo-347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14021/download;
+ ata_homologacao_processo-347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14020/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 346 / 2024</t>
   </si>
   <si>
     <t>29/01/2025</t>
   </si>
   <si>
     <t>Aquisição de materiais diversificados de consumo (Pilhas e baterias, caixas de papelão, materiais de embalagem, lixeiras, suporte de parede para TV, aparelho telefônico).</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº </t>
   </si>
   <si>
     <t xml:space="preserve">PILHAS E BATERIAS </t>
   </si>
   <si>
     <t xml:space="preserve">LOBO E SOUSA COMÉRCIO E SOLUÇÕES EM LICITAÇÕES LTDA </t>
   </si>
   <si>
     <t>3.535,25</t>
   </si>
   <si>
     <t>14-02-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, Pedido de Esclarecimento 0001 apresentado, via Protal de Compras Minas Gerais - SIAD, pela empresa A B &amp; T Soluções Integradas Ltda, bem como o respectivo Esclarecimento prestado pela Unidade Gestora de Contratação (Divisão de Materiais - DMAT). ----------------------------- 29-01-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0021167/2024-84 Recebimento das propostas: até às 10 horas do dia 13/02/2025. Início da disputa de preços: às 10 horas do dia 13/02/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 28 de janeiro de 2025. Amauri Silva Alves Coordenador em Exercício - Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 10-04-2025 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0021167/2024-84 Objeto: Aquisição de materiais diversificados de consumo (Pilhas e baterias, caixas de papelão, materiais de embalagem, lixeiras, suporte de parede para TV, aparelho telefônico). Modalidade: Pregão eletrônico Recorrente: 3F COMÉRCIO E SERVIÇOS LTDA. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.compras.mg.gov.br. Belo Horizonte, 08 de abril de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Pedido_de_esclarecimento_0001_AB&amp;TSolucoes_Integradas_LTDA_e_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13841/download;
  edital_processo_346_2024_materiais_consumo_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13820/download;
- Pedido_de_esclarecimento_0001_AB&amp;TSolucoes_Integradas_LTDA_e_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13841/download;
- homologacao_processo346_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13980/download;
  ata_homologacao_processo346_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13981/download;
- homologacao_processo346_pe_2024_retificacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14024/download;
-[...1 lines deleted...]
- contrarrazoes_recursais_F000759_lote7.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13924/download;
  fotos_reprovacao_amostra_F000232_lote2_e_F000377_lote3_PL_346_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13944/download;
  decisao_rec_adm_F000759_pe_pl346_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13957/download;
  extrato_publicacao_DOMP_rec_lote7_pl_346_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13958/download;
+ homologacao_processo346_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13980/download;
+ fotos_reprovacao_amostra_F000249_Lote_2_e_F000310_Lote_3_RBO_COMERCIAL_LTDA_PL_346_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13893/download;
+ contrarrazoes_recursais_F000759_lote7.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13924/download;
+ homologacao_processo346_pe_2024_retificacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14024/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CAIXAS DE PAPELÃO (Cota reservada para ME/EPP) </t>
   </si>
   <si>
     <t xml:space="preserve">3F Comércio e Serviços LTDA </t>
   </si>
   <si>
     <t>24.962,26</t>
   </si>
   <si>
     <t xml:space="preserve">CAIXAS DE PAPELÃO </t>
   </si>
   <si>
     <t>74.871,24</t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS DE EMBALAGEM </t>
   </si>
   <si>
     <t xml:space="preserve">RBQ COMERCIAL LTDA </t>
   </si>
   <si>
     <t>41.045,40</t>
@@ -447,88 +447,88 @@
   <si>
     <t xml:space="preserve"> 338 / 2024</t>
   </si>
   <si>
     <t>06/02/2025</t>
   </si>
   <si>
     <t>Prestação de serviços, sob demanda, de Serviços Especializados de ETL - atividades de extração, transformação, análise e ingestão de dados em ambiente de Big Data.</t>
   </si>
   <si>
     <t xml:space="preserve">Serviços Especializados de Operação Assistida para Ecossistema de Big Data - atividades de extração, transformação, análise e carga de dados (ETL) </t>
   </si>
   <si>
     <t xml:space="preserve">BHS Kriptos Soluções de Negócios Ltda </t>
   </si>
   <si>
     <t>1.254.800,00</t>
   </si>
   <si>
     <t>06-02-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2156.0073898/2024-84 Recebimento das propostas: até às 10 horas do dia 25/02/2025. Início da disputa de preços: às 10 horas do dia 25/02/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 05 de fevereiro de 2025. ----------------------------- 20-02-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações ao pedido de esclarecimento nº.0002 apresentado pela empresa BHS KRIPTOS - SOLUCOES DE NEGOCIOS LTDA. ----------------------------- 20-02-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIRETORIA DE ANÁLISES E TECNOLOGIA DE INTELIGÊNCIA) ao pedido de esclarecimento nº.0003 apresentado pela empresa XERTICA BRASIL LTDA. ----------------------------- 24-02-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações, da Unidade Gestora de Contratação (DIRETORIA DE ANÁLISES E TECNOLOGIA DE INTELIGÊNCIA) e da Diretoria de Administração Financeira ao pedido de esclarecimento apresentado ao pedido de esclarecimento nº.0001 apresentado pela empresa ILHA SERVICE TECNOLOGIA E SERVICOS LTDA.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  homologacao_processo338_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13923/download;
- edital_processo338_2024_servico_ETL_DINI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13834/download;
  pedido_de_esclarec._n.0002_empresa_BHS_KRIPTOS.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13852/download;
  pedido_de_esclarec._n.0003_empresa_XERTICA_BRASIL.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13854/download;
  pedido_de_esclarec._n.0001_empresa_ILHA_SERVICE.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13861/download;
+ edital_processo338_2024_servico_ETL_DINI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13834/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 328 / 2024</t>
   </si>
   <si>
     <t>23/11/2024</t>
   </si>
   <si>
     <t>Aquisição de solução para expansão de armazenamento HYPERSCALE e subscrição para o BACKUP DO MICROSOFT 365</t>
   </si>
   <si>
     <t xml:space="preserve">Licença Hyperscale, software de proteção Microsoft 365 Commvault, instalação, configuração, suporte técnico especializado de backup </t>
   </si>
   <si>
     <t xml:space="preserve">Servix Informática Ltda. </t>
   </si>
   <si>
     <t>7.789.000,00</t>
   </si>
   <si>
     <t>23-11-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0075028/2024-67 Recebimento das propostas: até às 10 horas do dia 10/12/2024. Início da disputa de preços: às 10 horas do dia 10/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 22 de novembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 03-12-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIRETORIA DE REDES E BANCOS DE DADOS) aos pedidos de esclarecimento nº.0001 e nº 0004 apresentados pela empresa LENOVO TECNOLOGIA (BRASIL) LIMITADA. ----------------------------- 03-12-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIRETORIA DE REDES E BANCOS DE DADOS) aos pedidos de esclarecimento nº.0002 e nº 0003 apresentados pela empresa CLICK TI TECNOLOGIA LTDA. ----------------------------- 05-12-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações, da Diretora de Administração Financeira e da Unidade Gestora de Contratação (DIRETORIA DE REDES E BANCOS DE DADOS) ao pedido de esclarecimento nº.0005 apresentado pela empresa SERVIX INFORMATICA LTDA. ----------------------------- 05-12-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIRETORIA DE REDES E BANCOS DE DADOS) aos pedidos de esclarecimento nº.0006 e nº 0007 apresentados pela empresa ADD VALUE PARTICIPACOES, COMERCIO E SERVICOS DE INFORMATICA LTDA. ----------------------------- 06-12-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações ao pedido de esclarecimento nº.0008 apresentado pela empresa CLICK TI TECNOLOGIA LTDA.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Apensos_I_e_II_pl328_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13677/download;
+ homologacao_processo_328_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13757/download;
+ pedido_de_esclarec._n.0005_empresa_Servix_Informatica.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13702/download;
  pedido_de_esclarec._n.0006_n.0007_empresa_ADD_Value.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13704/download;
  pedido_de_esclarec._n.0008_empresa_Click_TI.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13707/download;
+ pedido_de_esclarec._n.0002_n.0003_empresa_Click_TI.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13699/download;
+ pedido_de_esclarec._n.0001_n.0004_empresa_Lenovo_Tecnologia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13698/download;
  Edital_pl328_2024_hyperscale_microsoft365_DRBD (1).docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13676/download;
- homologacao_processo_328_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13757/download;
-[...2 lines deleted...]
- pedido_de_esclarec._n.0005_empresa_Servix_Informatica.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13702/download;
+ Apensos_I_e_II_pl328_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13677/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Servidor de rede e suporte técnico </t>
   </si>
   <si>
     <t xml:space="preserve">CLICK TI TECNOLOGIA LTDA. </t>
   </si>
   <si>
     <t>2.980.000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Switch e suporte técnico </t>
   </si>
   <si>
     <t>530.000,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 314 / 2024</t>
   </si>
   <si>
     <t>08/01/2025</t>
   </si>
   <si>
     <t>Aquisição de materiais diversificados de consumo, sob demanda, conforme quantidades, especificações técnicas e exigências estabelecidas no Termo de Referência.</t>
@@ -609,65 +609,65 @@
   </si>
   <si>
     <t xml:space="preserve"> 302 / 2024</t>
   </si>
   <si>
     <t>09/12/2024</t>
   </si>
   <si>
     <t>Prestação de serviços de dedetização, os quais englobam a desinsetização, a desratização, a descorpinização, a descupinização nos imóveis ocupados pelas unidades do Ministério Público do Estado de Minas Gerais em todo o seu território.</t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviço de dedetização na Região Central e Centro-Oeste de Minas Gerais. </t>
   </si>
   <si>
     <t xml:space="preserve">AACP Servico Ambiental Ltda. </t>
   </si>
   <si>
     <t>203.060,91</t>
   </si>
   <si>
     <t>09-12-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3914.0072220/2024-08 Recebimento das propostas: até às 10 horas do dia 07/01/2025. Início da disputa de preços: às 10 horas do dia 07/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 07 de dezembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Edital_processo_302_2024_Servico_de_Dedetizacao_DSEV.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13719/download;
+ resposta_ pedido_de_esclarec_n.01_Nikkey _pl302_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13781/download;
+ Relatorio_Exequibilidade_da_Proposta_Lote_2_4_licitante_AACP.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13982/download;
+ Despacho_Desclass_F000310_563_pl_302_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13956/download;
+ Modelo_planilha_ composicao_de_preco_Lotes_2_3_4_5.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13912/download;
  Dilg2_ comprov_exeq_F00033_F000523.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/14027/download;
  decisao_recurso_adm_AACP_pe_pl302_2024_ass.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14102/download;
  Planilha_Exequibilidade_lote_1_pl_302_2024.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14103/download;
+ homologacao_parcial_PL302_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14108/download;
+ LOTE 01 PLANILHA AACP_F000119.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14128/download;
+ Edital_processo_302_2024_Servico_de_Dedetizacao_DSEV.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13719/download;
  APENSO_I_do_ Termo_de_ Referencia_Municipios_das_Regioes_Administrativas.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13728/download;
  APENSO_II_do_Termo_de_Referencia_Planilha_Orcamentaria.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13730/download;
  APENSO_III_do_Termo_de_Referencia_IMR.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13731/download;
  APENSO_IV_do_Termo_de_Referencia_Ordem_de_Servico_e_do_Comprovante_de_Execucao_de_Servicos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13732/download;
  APENSO_V_do_Termo_de_Referencia_E_mail_padrao_aplicacao_em_gel.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13733/download;
- Relatorio_Exequibilidade_da_Proposta_Lote_2_4_licitante_AACP.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13982/download;
-[...4 lines deleted...]
- Despacho_Desclass_F000310_563_pl_302_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13956/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviço de dedetização na Região Zona da Mata e Sul de Minas Gerais. </t>
   </si>
   <si>
     <t xml:space="preserve">Biopragas Controle de Vetores e Pragas Urbanas Ltda </t>
   </si>
   <si>
     <t>119.203,48</t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviço de dedetização na Região Triângulo e Alto Paranaíba de Minas Gerais. </t>
   </si>
   <si>
     <t>84.983,92</t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviço de dedetização na Região Vale do Jequitinhonha e Vale do Rio Doce de Minas Gerais. </t>
   </si>
   <si>
     <t xml:space="preserve">AACP Serviço Ambiental Eireli ME </t>
   </si>
   <si>
     <t>84.833,00</t>
@@ -680,82 +680,82 @@
   </si>
   <si>
     <t xml:space="preserve"> 294 / 2024</t>
   </si>
   <si>
     <t>19/11/2024</t>
   </si>
   <si>
     <t>Prestação de serviços de reserva de hospedagem, individual ou em grupo, sob demanda, para servidores, palestrantes e colaboradores eventuais do MPMG.</t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de reserva de hospedagem </t>
   </si>
   <si>
     <t xml:space="preserve">Kepler Viagens, Eventos e Turismo Eireli-ME </t>
   </si>
   <si>
     <t>150.002,66</t>
   </si>
   <si>
     <t>19-11-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3708.0107815/2024-05 Recebimento das propostas: até às 10 horas do dia 04/12/2024. Início da disputa de preços: às 10 horas do dia 04/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 19 de novembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 21-11-2024 COMUNICAÇÃO - Atenção Srs. Licitantes! No Anexo II - Modelo de Proposta, item 3, do Edital, onde se lê "Escolher um item", leia-se "Aberto a todos os licitantes". Este aviso foi publicado do Portal de Compras MG no dia 21/11/2024. ----------------------------- 07-12-2024 HOMOLOGAÇÃO - Número do processo: 294 / Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3708.0107815/2024-05. Objeto: Prestação de serviços de reserva de hospedagem, individual ou em grupo, sob demanda, para servidores, palestrantes e colaboradores eventuais do MPMG. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1 (único): Kepler Viagens, Eventos e Turismo EIRELI; CNPJ nº 07.132.995/0001-93. Valor (total) adjudicado: R$150.002,65 Belo Horizonte, 6 de dezembro de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_processo294_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13727/download;
  edital_processo_294_2024_hospedagem_CEAF_.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13668/download;
- homologacao_processo294_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13727/download;
  ata_homologacao_processo-294_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14019/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 290 / 2024</t>
   </si>
   <si>
     <t>01/11/2024</t>
   </si>
   <si>
     <t>Aquisição de peças, ferramentas e acessórios de TI</t>
   </si>
   <si>
     <t xml:space="preserve">TECLADO, MOUSE, HD EXTERNO E INTERNO, PEN DRIVE </t>
   </si>
   <si>
     <t xml:space="preserve">DHCP INFORMATICA DO BRASIL LTDA. </t>
   </si>
   <si>
     <t>2.288.394,50</t>
   </si>
   <si>
     <t>01-11-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0056866/2024-58. Recebimento das propostas: até às 10 horas do dia 14/11/2024. Início da disputa de preços: às 10 horas do dia 14/11/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 31 de outubro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_290_2024_aquisicao_equipamentos_TI_DSMT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13661/download;
+ homologacao_processo290_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13717/download;
  ata_homologacao_processo290_pe2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13716/download;
- homologacao_processo290_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13717/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">ADAPTADOR E CABOS </t>
   </si>
   <si>
     <t>11.985,80</t>
   </si>
   <si>
     <t xml:space="preserve">BOLSA, ALICATE E FERRAMENTAS DIVERSAS </t>
   </si>
   <si>
     <t xml:space="preserve">SUPREMA HIDROELÉTRICA LTDA. - EPP </t>
   </si>
   <si>
     <t>13.137,96</t>
   </si>
   <si>
     <t xml:space="preserve">LOCALIZADOR DE CABOS E KIT ROTULADORA ELETRÔNICA </t>
   </si>
   <si>
     <t>36.886,00</t>
   </si>
   <si>
     <t xml:space="preserve">CERTIFICADOR DE CABOS </t>
@@ -799,98 +799,98 @@
  edital_processo_289_2024_sistema_de_monitoramento_DSEG_alteracao_data_sessao_inaugural.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13726/download;
  edital_processo_289_2024_sistema_de_monitoramento_DSEG.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13715/download;
  homologacao_processo289_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13783/download;
  decisao_impugnacao_BT_comercio_improcedente_pl_289_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13761/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 287 / 2024</t>
   </si>
   <si>
     <t>10/10/2024</t>
   </si>
   <si>
     <t>Prestação de serviços de gestão de conectividade com o fornecimento de link nas diversas localidades onde o MPMG atua.</t>
   </si>
   <si>
     <t xml:space="preserve">Serviço de Gestão de Conectividade com Fornecimento de Link </t>
   </si>
   <si>
     <t xml:space="preserve">VOGEL SOLUCOES EM TELECOMUNICACOES E INFORMATICA S.A. </t>
   </si>
   <si>
     <t>5.749.992,00</t>
   </si>
   <si>
-    <t>10-10-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0011345/2024-86 Recebimento das Propostas: Até as 10 horas do dia 29/10/2024. Início da Sessão de Lances: Às 10 horas do dia 29/10/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 09 de outubro de 2024. Amauri Silva Alves Coordenador em exercício da Diretoria de Gestão de Compras e Licitações / PGJ * Publicado em substituição ao PL 238/2024. Não houve alteração do Edital. ----------------------------- 24-10-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras e Licitações, ao pedido de esclarecimento SIAD n. 0002, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA: Poderia disponibilizar por gentileza? APENSO I AO TERMO DE REFERÊNCIA Especificações Técnicas APENSO II AO TERMO DE REFERÊNCIA Localidades APENSO III AO TERMO DE REFERÊNCIA Níveis Mínimos de Serviço. RESPOSTA: Os Apensos I, II e III poderão ser consultados no portal www.mpmg.mp.br &gt;Serviços&gt; Consultas&gt; Licitações e Contratos &gt; Portal Transparência MPMG. ----------------------------- 24-10-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras e Licitações, ao pedido de esclarecimento SIAD n. 0001, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA: Solicito que seja disponibilizado o arquivo do Termo de Referência contendo todos os endereços de instalação ou que sejam apresentados os 400 endereços das localidades onde os serviços de gestão de conectividade e fornecidos de link serão realizados.RESPOSTA: As localidades e respectivos endereços estão listados no Apenso II, disponível para consulta no portal www.mpmg.mp.br &gt;Serviços&gt; Consultas&gt; Licitações e Contratos &gt; Portal Transparência MPMG. ----------------------------- 24-10-2024 ESCLARECIMENTOS Seguem respostas da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação, Diretoria de Redes e Bancos de Dados (DRBD), ao pedido de esclarecimento encaminhado, VIA E-MAIL, por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA 1. O item 4.8 do edital cita: ?Ficam isentos do ICMS os fornecedores aos quais se refere o Decreto Estadual nº 43.080/02.:? Entendemos que a disputa será feita pelo valor global com a dedução do ICMS. Nosso entendimento está correto? No modelo de proposta a Contratada deverá apresentar também valores com ICMS? RESPOSTA: No caso de incidência do ICMS, se o licitante fizer jus à isenção, a disputa considerará o valor deduzido, conforme disposto no item ?4.8.1? do edital. Saliento que é responsabilidade do licitante o conhecimento da carga tributária aplicável à presente contratação. Ressalta-se que no item 4.8 do edital, onde se lê ?Decreto Estadual nº 43.080/02? leia-se ?Decreto Estadual nº 48.589/23. PERGUNTA 2. O item 6.6 do edital cita: ?No caso de bens e serviços em geral, é indício de inexequibilidade das propostas valores inferiores a 50% (cinquenta por cento) do valor orçado pela Administração:? A inexequibilidade só será considerada após diligência do pregoeiro, ou seja, o MPMG não desclassificará as propostas abaixo de 50% do valor orçado. Ele deverá sempre solicitar planilhas de exequibilidade antes. Nosso entendimento está correto? RESPOSTA: Será oportunizado a demonstração da exequibilidade da proposta. O MPMG irá divulgar a dotação dos objetos a serem contratados? RESPOSTA: o orçamento estimado será mantido em sigilo até o término da licitação, conforme faculta o art. 24 da Lei 14.133/2021, bem como o art. 11 do Decreto Estadual nº 48.723/2023 que reforça essa previsão, e o item 4.12 do Edital, "4.12 Os licitantes devem respeitar os preços de referência total e unitários estabelecidos pelo mapa de preços elaborado pelo órgão, os quais poderão permanecer sigilosos. PERGUNTA 3. O item 2.1.1 do Apenso I cita: ?A CONTRATADA deverá disponibilizar uma solução de comunicação de dados, através de circuitos ópticos independentes, transparentes, redundantes, interligando unidades do Ministério Público de Minas Gerais:? Entendemos que a Contratada deverá entregar redundância de acesso para os circuitos do lote 2. Nosso entendimento está correto? RESPOSTA: Correto o entendimento. PERGUNTA 4. O item 2.1.1 do Apenso I cita: ?A CONTRATADA deverá disponibilizar uma solução de comunicação de dados, através de circuitos ópticos independentes, transparentes, redundantes, interligando unidades do Ministério Público de Minas Gerais: Entendemos que a Contratada não irá fornecer roteador para os acessos do lote 2. Nosso entendimento está correto? RESPOSTA: ?Conforme item 2.3.3, a CONTRATADA deverá disponibilizar toda a infraestrutura (equipamentos e insumos) necessária ao pleno funcionamento dos serviços contratados, sem custo adicional ao CONTRATANTE; ----------------------------- 24-10-2024 ESCLARECIMENTOS Segue resposta da Unidade Gestora de Contratação, Diretoria de Redes e Bancos de Dados (DRBD), ao pedido de esclarecimento SIAD n. 0006, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA:QUESTIONAMENTO: DOS LINKS DE DADOS "1.1.10. A CONTRATADA poderá apresentar justificativa para o fornecimento do link de dados com menor nível de conformidade, que poderá ser aceita pelo fiscal técnico, desde que comprovada a excepcionalidade da ocorrência, resultante exclusivamente de fatores imprevisíveis e alheios ao controle do prestador. A CONTRATADA terá um prazo de até 180 (cento e oitenta) dias corridos para realizar esta adequação." Entendemos que o tipo de Link de Dados a ser fornecido (LINK DEDICADO ou BANDA LARGA), deverá ser definido pela Contratada, com base nas viabilidades disponíveis para cada localidade. Nosso entendimento está correto? RESPOSTA: Correto entendimento. ----------------------------- 24-10-2024 ESCLARECIMENTOS Segue resposta da Unidade Gestora de Contratação, Diretoria de Redes e Bancos de Dados (DRBD), ao pedido de esclarecimento SIAD n. 0004, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA: 2.1. ESPECIFICAÇÕES 2.1.1. A CONTRATADA deverá disponibilizar uma solução de comunicação de dados, através de circuitos ópticos independentes, transparentes, redundantes, interligando unidades do Ministério Público de Minas Gerais: Em função das características solicitadas na documentação, tais como por exemplo CoS, entendemos que a entrega de um circuito Transparente CAMADA 1 e 2 não se aplica. Entendemos que o produto mais adequado seria uma circuito MPLS em camada 3. O entendimento está correto? RESPOSTA: "A implementação de CoS será feita somente nas redes da CONTRATANTE.O produto para entrega do serviço será definido pela CONTRATADA, devendo seguir as premissas estabelecidas no documento técnico. Ressaltamos os itens 2.2.4, 2.2.5 e 2.2.6 do APENSO I: 2.2.4. O serviço deverá ser implementado na modalidade de rede lan-to-lan usando o padrão IEEE 802.3 Ethernet com transparência de VLANs, possibilitando a interconexão das localidades do MPMG na camada de enlace (switching); 2.2.5. O serviço deverá suportar o uso de VLAN Tagging (IEEE 802.1Q) e permitir a utilização de um plano de numeração de VLAN com plena liberdade para utilizar qualquer VLAN-ID sem a necessidade de informar previamente a empresa contratada; 2.2.6. O serviço deverá permitir configurações com funcionalidade de transparência de VLAN (Q-inQ), possibilitando que as VLANs do MPMG sejam transportadas pela rede da empresa contratada e entregues no outro ponto de acesso com o mesmo VLAN-ID. ----------------------------- 24-10-2024 ESCLARECIMENTOS Segue resposta da Unidade Gestora de Contratação, Diretoria de Redes e Bancos de Dados (DRBD), ao pedido de esclarecimento SIAD n. 0005, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA: Conforme disposto no artigo 155 da Lei 9472/97: ¿Art.155 Para desenvolver a competição, as empresas prestadoras de serviços de telecomunicação de interesse coletivo deverão, nos casos e condições fixados pela Agência, disponibilizar suas redes a outras prestadoras de serviços de telecomunicação de interesse coletivo.¿, estamos entendendo que o uso do serviço EILD - Exploração Industrial de Link Dedicado, entre operadoras de telecomunicações não configura subcontratação para o Lote 2. Nosso entendimento está correto? RESPOSTA:Correto entendimento, desde que observadas as regras estabelecidas pela Agência Nacional de Telecomunicação (ANATEL). ----------------------------- 24-10-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras e Licitações ao pedido de esclarecimento SIAD n. 0003, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA: Quais são os endereços referentes aos quantitativos de instalações dos pontos constantes do LOTE 1 no item 4? Qual a capacidade em Mbps que desejam contratar? A obrigatoriedade da lei 8.666/93 conforme item 16.2.5 do edital trataria sobre qual questão, especificamente? Quanto ao objeto, qual seria? Quais as unidades seriam atendidas além dos 3 prédios principais? E a unidade de Brasília/DF. RESPOSTA: Gentileza consultar os Apensos I, II e III no portal www.mpmg.mp.br, acessando Serviços &gt; Consultas &gt; Licitações e Contratos &gt; Portal Transparência MPMG para esclarecer as dúvidas. Caso ainda persistam, por favor, entre em contato. Em relação ao questionamento "A obrigatoriedade da Lei 8.666/93 conforme o item 16.2.5 do edital trataria de qual questão, especificamente? E quanto ao objeto, qual seria?", esclarecemos que houve um equívoco. Onde se faz referência à Lei 8.666/93 no item 16.2.5 do Termo de Referência, deve-se considerar o texto que está no item 5.6 da cláusula quinta da minuta de contrato (Anexo I). ----------------------------- 24-10-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras e Licitações, ao pedido de esclarecimento encaminhado, VIA E-MAIL, por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA 1: a) O contrato de refere ao percentual de 5% do valor inicial contratado este valor inicial contratado é o valor da mensalidade total do serviço ou é o valor total do contrato (mensalidade x o prazo de 36 meses)? Exemplo: considerando o valor do serviço ganho na licitação de 2022, cuja mensalidade é de aproximadamente R$ 340.000,00. A garantia seria de R$17.000,00 (5% de 340.000,00) ou de R$ 612.000,00 (5% de 340.000,00 x 36 meses). RESPOSTA: conforme item 2.7 do anexo II e item 11 do Termo de Referência, a exigência de garantia de execução contratual, nos termos do art. 96 da Lei Federal nº 14.133/21, equivale ao percentual de 5% (cinco por cento) do valor contratado pelo período de 36 meses. PERGUNTA 2: b) Existe alguma condição especial que de flexibilização do valor da garantia para ME ou EPP? RESPOSTA: não. PERGUNTA 3: c) O artigo 96 da Lei de Licitações permite que o órgão contratante ajuste o valor e as condições da garantia, que pode variar entre 0,5% a 10% do valor do contrato. É possível negociarmos o percentual da garantia? RESPOSTA: O percentual equivale a 5% (cinco por cento) do valor contratado para a prestação de garantia, conforme previsão editalícia, já referidos. ----------------------------- 18-11-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO Comunicamos a apresentação de Recurso Administrativo por parte da licitante MUNDO TELECOMUNICAÇÕES E INFORMÁTICA LTDA., contra a decisão da pregoeira que declarou vencedora a licitante VOGEL SOLUÇÕES EM TELECOMUNICAÇÕES E INFORMÁTICA S.A, para o LOTE 1. O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página, e no campo próprio do Portal de Compras MG. ----------------------------- 19-11-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO Comunicamos a apresentação de Recurso Administrativo por parte da licitante N &amp; K TECNOLOGIA LTDA., contra a decisão da pregoeira que declarou vencedora a licitante VOGEL SOLUÇÕES EM TELECOMUNICAÇÕES E INFORMÁTICA S.A, para o LOTE 2. O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página, e no campo próprio do Portal de Compras MG. ----------------------------- 02-12-2024 RESULTADO DE JULGAMENTO DE RECURSO E COMUNICAÇÃO Prezados senhores,comunicamos o desprovimento, por parte da Pregoeira e da Autoridade Competente, do Recurso Administrativo PARA O LOTE 1 apresentado pela licitante MUNDO TELECOMUNICAÇÕES E INFORMÁTICA LTDA., CNPJ 07.403.266/0001-24. O arquivo contendo a íntegra da decisão encontra-se disponibilizado nesta página (www.mpmg.mp.br) e no campo próprio do Portal de Compras/MG, para conhecimento dos interessados. ----------------------------- 02-12-2024 RESULTADO DE JULGAMENTO DE RECURSO E COMUNICAÇÃO Prezados senhores,comunicamos o desprovimento, por parte da Pregoeira e da Autoridade Competente, do Recurso Administrativo PARA O LOTE 2 apresentado pela licitante N &amp; K TECNOLOGIA LTDA (NORTH TELECOMUNICAÇÕES LTDA), CNPJ 02.486.232/0001-27. O arquivo contendo a íntegra da decisão encontra-se disponibilizado nesta página (www.mpmg.mp.br) e no campo próprio do Portal de Compras/MG, para conhecimento dos interessados.</t>
+    <t>10-10-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0011345/2024-86 Recebimento das Propostas: Até as 10 horas do dia 29/10/2024. Início da Sessão de Lances: Às 10 horas do dia 29/10/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 09 de outubro de 2024. Amauri Silva Alves Coordenador em exercício da Diretoria de Gestão de Compras e Licitações / PGJ * Publicado em substituição ao PL 238/2024. Não houve alteração do Edital. ----------------------------- 24-10-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras e Licitações, ao pedido de esclarecimento SIAD n. 0001, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA: Solicito que seja disponibilizado o arquivo do Termo de Referência contendo todos os endereços de instalação ou que sejam apresentados os 400 endereços das localidades onde os serviços de gestão de conectividade e fornecidos de link serão realizados.RESPOSTA: As localidades e respectivos endereços estão listados no Apenso II, disponível para consulta no portal www.mpmg.mp.br &gt;Serviços&gt; Consultas&gt; Licitações e Contratos &gt; Portal Transparência MPMG. ----------------------------- 24-10-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras e Licitações, ao pedido de esclarecimento SIAD n. 0002, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA: Poderia disponibilizar por gentileza? APENSO I AO TERMO DE REFERÊNCIA Especificações Técnicas APENSO II AO TERMO DE REFERÊNCIA Localidades APENSO III AO TERMO DE REFERÊNCIA Níveis Mínimos de Serviço. RESPOSTA: Os Apensos I, II e III poderão ser consultados no portal www.mpmg.mp.br &gt;Serviços&gt; Consultas&gt; Licitações e Contratos &gt; Portal Transparência MPMG. ----------------------------- 24-10-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras e Licitações ao pedido de esclarecimento SIAD n. 0003, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA: Quais são os endereços referentes aos quantitativos de instalações dos pontos constantes do LOTE 1 no item 4? Qual a capacidade em Mbps que desejam contratar? A obrigatoriedade da lei 8.666/93 conforme item 16.2.5 do edital trataria sobre qual questão, especificamente? Quanto ao objeto, qual seria? Quais as unidades seriam atendidas além dos 3 prédios principais? E a unidade de Brasília/DF. RESPOSTA: Gentileza consultar os Apensos I, II e III no portal www.mpmg.mp.br, acessando Serviços &gt; Consultas &gt; Licitações e Contratos &gt; Portal Transparência MPMG para esclarecer as dúvidas. Caso ainda persistam, por favor, entre em contato. Em relação ao questionamento "A obrigatoriedade da Lei 8.666/93 conforme o item 16.2.5 do edital trataria de qual questão, especificamente? E quanto ao objeto, qual seria?", esclarecemos que houve um equívoco. Onde se faz referência à Lei 8.666/93 no item 16.2.5 do Termo de Referência, deve-se considerar o texto que está no item 5.6 da cláusula quinta da minuta de contrato (Anexo I). ----------------------------- 24-10-2024 ESCLARECIMENTOS Segue resposta da Unidade Gestora de Contratação, Diretoria de Redes e Bancos de Dados (DRBD), ao pedido de esclarecimento SIAD n. 0004, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA: 2.1. ESPECIFICAÇÕES 2.1.1. A CONTRATADA deverá disponibilizar uma solução de comunicação de dados, através de circuitos ópticos independentes, transparentes, redundantes, interligando unidades do Ministério Público de Minas Gerais: Em função das características solicitadas na documentação, tais como por exemplo CoS, entendemos que a entrega de um circuito Transparente CAMADA 1 e 2 não se aplica. Entendemos que o produto mais adequado seria uma circuito MPLS em camada 3. O entendimento está correto? RESPOSTA: "A implementação de CoS será feita somente nas redes da CONTRATANTE.O produto para entrega do serviço será definido pela CONTRATADA, devendo seguir as premissas estabelecidas no documento técnico. Ressaltamos os itens 2.2.4, 2.2.5 e 2.2.6 do APENSO I: 2.2.4. O serviço deverá ser implementado na modalidade de rede lan-to-lan usando o padrão IEEE 802.3 Ethernet com transparência de VLANs, possibilitando a interconexão das localidades do MPMG na camada de enlace (switching); 2.2.5. O serviço deverá suportar o uso de VLAN Tagging (IEEE 802.1Q) e permitir a utilização de um plano de numeração de VLAN com plena liberdade para utilizar qualquer VLAN-ID sem a necessidade de informar previamente a empresa contratada; 2.2.6. O serviço deverá permitir configurações com funcionalidade de transparência de VLAN (Q-inQ), possibilitando que as VLANs do MPMG sejam transportadas pela rede da empresa contratada e entregues no outro ponto de acesso com o mesmo VLAN-ID. ----------------------------- 24-10-2024 ESCLARECIMENTOS Segue resposta da Unidade Gestora de Contratação, Diretoria de Redes e Bancos de Dados (DRBD), ao pedido de esclarecimento SIAD n. 0005, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA: Conforme disposto no artigo 155 da Lei 9472/97: ¿Art.155 Para desenvolver a competição, as empresas prestadoras de serviços de telecomunicação de interesse coletivo deverão, nos casos e condições fixados pela Agência, disponibilizar suas redes a outras prestadoras de serviços de telecomunicação de interesse coletivo.¿, estamos entendendo que o uso do serviço EILD - Exploração Industrial de Link Dedicado, entre operadoras de telecomunicações não configura subcontratação para o Lote 2. Nosso entendimento está correto? RESPOSTA:Correto entendimento, desde que observadas as regras estabelecidas pela Agência Nacional de Telecomunicação (ANATEL). ----------------------------- 24-10-2024 ESCLARECIMENTOS Segue resposta da Unidade Gestora de Contratação, Diretoria de Redes e Bancos de Dados (DRBD), ao pedido de esclarecimento SIAD n. 0006, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA:QUESTIONAMENTO: DOS LINKS DE DADOS "1.1.10. A CONTRATADA poderá apresentar justificativa para o fornecimento do link de dados com menor nível de conformidade, que poderá ser aceita pelo fiscal técnico, desde que comprovada a excepcionalidade da ocorrência, resultante exclusivamente de fatores imprevisíveis e alheios ao controle do prestador. A CONTRATADA terá um prazo de até 180 (cento e oitenta) dias corridos para realizar esta adequação." Entendemos que o tipo de Link de Dados a ser fornecido (LINK DEDICADO ou BANDA LARGA), deverá ser definido pela Contratada, com base nas viabilidades disponíveis para cada localidade. Nosso entendimento está correto? RESPOSTA: Correto entendimento. ----------------------------- 24-10-2024 ESCLARECIMENTOS Seguem respostas da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação, Diretoria de Redes e Bancos de Dados (DRBD), ao pedido de esclarecimento encaminhado, VIA E-MAIL, por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA 1. O item 4.8 do edital cita: ?Ficam isentos do ICMS os fornecedores aos quais se refere o Decreto Estadual nº 43.080/02.:? Entendemos que a disputa será feita pelo valor global com a dedução do ICMS. Nosso entendimento está correto? No modelo de proposta a Contratada deverá apresentar também valores com ICMS? RESPOSTA: No caso de incidência do ICMS, se o licitante fizer jus à isenção, a disputa considerará o valor deduzido, conforme disposto no item ?4.8.1? do edital. Saliento que é responsabilidade do licitante o conhecimento da carga tributária aplicável à presente contratação. Ressalta-se que no item 4.8 do edital, onde se lê ?Decreto Estadual nº 43.080/02? leia-se ?Decreto Estadual nº 48.589/23. PERGUNTA 2. O item 6.6 do edital cita: ?No caso de bens e serviços em geral, é indício de inexequibilidade das propostas valores inferiores a 50% (cinquenta por cento) do valor orçado pela Administração:? A inexequibilidade só será considerada após diligência do pregoeiro, ou seja, o MPMG não desclassificará as propostas abaixo de 50% do valor orçado. Ele deverá sempre solicitar planilhas de exequibilidade antes. Nosso entendimento está correto? RESPOSTA: Será oportunizado a demonstração da exequibilidade da proposta. O MPMG irá divulgar a dotação dos objetos a serem contratados? RESPOSTA: o orçamento estimado será mantido em sigilo até o término da licitação, conforme faculta o art. 24 da Lei 14.133/2021, bem como o art. 11 do Decreto Estadual nº 48.723/2023 que reforça essa previsão, e o item 4.12 do Edital, "4.12 Os licitantes devem respeitar os preços de referência total e unitários estabelecidos pelo mapa de preços elaborado pelo órgão, os quais poderão permanecer sigilosos. PERGUNTA 3. O item 2.1.1 do Apenso I cita: ?A CONTRATADA deverá disponibilizar uma solução de comunicação de dados, através de circuitos ópticos independentes, transparentes, redundantes, interligando unidades do Ministério Público de Minas Gerais:? Entendemos que a Contratada deverá entregar redundância de acesso para os circuitos do lote 2. Nosso entendimento está correto? RESPOSTA: Correto o entendimento. PERGUNTA 4. O item 2.1.1 do Apenso I cita: ?A CONTRATADA deverá disponibilizar uma solução de comunicação de dados, através de circuitos ópticos independentes, transparentes, redundantes, interligando unidades do Ministério Público de Minas Gerais: Entendemos que a Contratada não irá fornecer roteador para os acessos do lote 2. Nosso entendimento está correto? RESPOSTA: ?Conforme item 2.3.3, a CONTRATADA deverá disponibilizar toda a infraestrutura (equipamentos e insumos) necessária ao pleno funcionamento dos serviços contratados, sem custo adicional ao CONTRATANTE; ----------------------------- 24-10-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras e Licitações, ao pedido de esclarecimento encaminhado, VIA E-MAIL, por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA 1: a) O contrato de refere ao percentual de 5% do valor inicial contratado este valor inicial contratado é o valor da mensalidade total do serviço ou é o valor total do contrato (mensalidade x o prazo de 36 meses)? Exemplo: considerando o valor do serviço ganho na licitação de 2022, cuja mensalidade é de aproximadamente R$ 340.000,00. A garantia seria de R$17.000,00 (5% de 340.000,00) ou de R$ 612.000,00 (5% de 340.000,00 x 36 meses). RESPOSTA: conforme item 2.7 do anexo II e item 11 do Termo de Referência, a exigência de garantia de execução contratual, nos termos do art. 96 da Lei Federal nº 14.133/21, equivale ao percentual de 5% (cinco por cento) do valor contratado pelo período de 36 meses. PERGUNTA 2: b) Existe alguma condição especial que de flexibilização do valor da garantia para ME ou EPP? RESPOSTA: não. PERGUNTA 3: c) O artigo 96 da Lei de Licitações permite que o órgão contratante ajuste o valor e as condições da garantia, que pode variar entre 0,5% a 10% do valor do contrato. É possível negociarmos o percentual da garantia? RESPOSTA: O percentual equivale a 5% (cinco por cento) do valor contratado para a prestação de garantia, conforme previsão editalícia, já referidos. ----------------------------- 18-11-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO Comunicamos a apresentação de Recurso Administrativo por parte da licitante MUNDO TELECOMUNICAÇÕES E INFORMÁTICA LTDA., contra a decisão da pregoeira que declarou vencedora a licitante VOGEL SOLUÇÕES EM TELECOMUNICAÇÕES E INFORMÁTICA S.A, para o LOTE 1. O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página, e no campo próprio do Portal de Compras MG. ----------------------------- 19-11-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO Comunicamos a apresentação de Recurso Administrativo por parte da licitante N &amp; K TECNOLOGIA LTDA., contra a decisão da pregoeira que declarou vencedora a licitante VOGEL SOLUÇÕES EM TELECOMUNICAÇÕES E INFORMÁTICA S.A, para o LOTE 2. O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página, e no campo próprio do Portal de Compras MG. ----------------------------- 02-12-2024 RESULTADO DE JULGAMENTO DE RECURSO E COMUNICAÇÃO Prezados senhores,comunicamos o desprovimento, por parte da Pregoeira e da Autoridade Competente, do Recurso Administrativo PARA O LOTE 1 apresentado pela licitante MUNDO TELECOMUNICAÇÕES E INFORMÁTICA LTDA., CNPJ 07.403.266/0001-24. O arquivo contendo a íntegra da decisão encontra-se disponibilizado nesta página (www.mpmg.mp.br) e no campo próprio do Portal de Compras/MG, para conhecimento dos interessados. ----------------------------- 02-12-2024 RESULTADO DE JULGAMENTO DE RECURSO E COMUNICAÇÃO Prezados senhores,comunicamos o desprovimento, por parte da Pregoeira e da Autoridade Competente, do Recurso Administrativo PARA O LOTE 2 apresentado pela licitante N &amp; K TECNOLOGIA LTDA (NORTH TELECOMUNICAÇÕES LTDA), CNPJ 02.486.232/0001-27. O arquivo contendo a íntegra da decisão encontra-se disponibilizado nesta página (www.mpmg.mp.br) e no campo próprio do Portal de Compras/MG, para conhecimento dos interessados.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  homologacao_processo_287_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13735/download;
+ decisao_recurso_adm_Mundo Telecomunicacoes_LOTE 1_pl287_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13687/download;
  decisao_recurso_adm_N&amp;K_Tecnologia_LOTE 2_pl287_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13688/download;
+ contrarrazoes_recurso_adm_Lote 1_VOGEL_pl_287_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13674/download;
+ contrarrazoes_recurso_adm_Lote 2_VOGEL_pl_287_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13675/download;
  recurso_adm_F000127_MundoTelecom_pe_pl_287_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13666/download;
  recurso_adm_F000230_N&amp;K_Telec_pe_pl_287_2024.zip.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13667/download;
- contrarrazoes_recurso_adm_Lote 1_VOGEL_pl_287_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13674/download;
- contrarrazoes_recurso_adm_Lote 2_VOGEL_pl_287_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13675/download;
+ edital_conectividade_links_ DRBD_PL287_2024.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13600/download;
+ Apenso I _TR_PL287_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13602/download;
  Apenso II _TR_PL287_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13603/download;
  Apenso III_ TR_PL287_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13604/download;
- edital_conectividade_links_ DRBD_PL287_2024.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13600/download;
-[...1 lines deleted...]
- decisao_recurso_adm_Mundo Telecomunicacoes_LOTE 1_pl287_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13687/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Conexão de Alta Disponibilidade a Internet (conexão entre unidades) </t>
   </si>
   <si>
     <t>372.200,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 282 / 2024</t>
   </si>
   <si>
     <t>21/01/2025</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO para aquisição de bens permanentes diversificados (cofre, claviculário, coletor/contentor de lixo), destinados a suprir as necessidades das unidades do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">COFRE </t>
   </si>
   <si>
     <t xml:space="preserve">Homologado Fracassado </t>
   </si>
   <si>
     <t>21-01-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156961/2023-55 Recebimento das propostas: até às 10 horas do dia 04/02/2025. Início da disputa de preços: às 10 horas do dia 04/02/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 20 de janeiro de 2025. Amauri Silva Alves Coordenador da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- ata_homologacao_planejamento282_pe_2024_rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13850/download;
  edital_processo_282_2024_bens_diversificados_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13811/download;
  homologacao_planejamento282_pe_2024_rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13851/download;
+ ata_homologacao_planejamento282_pe_2024_rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13850/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CLAVICULÁRIO </t>
   </si>
   <si>
     <t xml:space="preserve">CLASSIC COMERCIO LTDA. - ME </t>
   </si>
   <si>
     <t>10.979,85</t>
   </si>
   <si>
     <t xml:space="preserve">COLETOR/CONTENTOR DE LIXO </t>
   </si>
   <si>
     <t xml:space="preserve"> 279 / 2024</t>
   </si>
   <si>
     <t>30/10/2024</t>
   </si>
   <si>
     <t>Aquisição de materiais elétricos diversos, sob demanda.</t>
   </si>
   <si>
     <t xml:space="preserve">ORGANIZADORES </t>
@@ -1023,59 +1023,59 @@
   <si>
     <t xml:space="preserve">QUADRO DE ACRÍLICO </t>
   </si>
   <si>
     <t>80.000,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 267 / 2024</t>
   </si>
   <si>
     <t>13/11/2024</t>
   </si>
   <si>
     <t>Manutenção de sistema de ar condicionado.</t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção de sistemas de ar condicionado </t>
   </si>
   <si>
     <t xml:space="preserve">DW REFRIGERACAO LTDA - ME </t>
   </si>
   <si>
     <t>364.889,59</t>
   </si>
   <si>
-    <t>09-11-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0069762/2024-84 Recebimento das propostas: até às 10 horas do dia 28/11/2024. Início da disputa de preços: às 10 horas do dia 28/11/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 08 de novembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 12-11-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras e Licitações, ao pedido de esclarecimento SIAD n. 0001, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA: "Em referência ao Edital nº 267/2024 e seus anexos, solicitamos esclarecimento quanto à divergência de valores entre os documentos apresentados. Verificamos que: No Edital e no Termo de Referência, o valor total da contratação consta como R$ 583.774,80. Entretanto, na minuta do contrato, o valor indicado é de R$ 658.977,40. Diante dessa inconsistência, solicitamos a confirmação do valor correto para a contratação." RESPOSTA:"Prezado Licitante, a inserção de um valor na cláusula nona da minuta de contrato ocorreu por equívoco, não restando dúvida de que se trata de um campo que não deveria estar preenchido. Já foi providenciada a correção do Edital e a sua republicação. As datas para recebimento das propostas e realização da sessão de lances permanecem inalteradas. Informo que o orçamento estimado é R$583.774,80, conforme consta do preâmbulo do edital e do Termo de Referência. No que tange à planilha de composição de custos, esta e outros documentos serão disponibilizados na página do Ministério Público (www.mpmg.mp.br)." ----------------------------- 13-11-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0069762/2024-84 Recebimento das propostas: até às 10 horas do dia 28/11/2024. Início da disputa de preços: às 10 horas do dia 28/11/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 12 de novembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*)Republicado devido à correção de erro material. Não houve alteração de datas. ----------------------------- 13-11-2024 COMUNICAÇÃO Prezados Licitantes, considerando que hoje, dia 13/11/24, o sistema do Portal de Compras se encontrava inoperante no momento programado para o início da sessão inaugural do pregão às 10 h, informo que a sessão de lances ocorrerá somente no dia 18/11/24, também às 10 h. Conto com a compreensão de todos. ----------------------------- 21-11-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras e Licitações, ao pedido de esclarecimento SIAD n. 0002, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA: Prezado Pregoeiro bom dia! solicito anexar os arquivos dos apensos. obrigado. RESPOSTA: todos os apensos em referência podem ser consultados pelo site www.mpmg.mp.br &gt; Serviços &gt; Consultas &gt; Licitações e Contratos &gt; Portal Transparência MPMG.</t>
+    <t>09-11-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0069762/2024-84 Recebimento das propostas: até às 10 horas do dia 28/11/2024. Início da disputa de preços: às 10 horas do dia 28/11/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 08 de novembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 12-11-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras e Licitações, ao pedido de esclarecimento SIAD n. 0001, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA: "Em referência ao Edital nº 267/2024 e seus anexos, solicitamos esclarecimento quanto à divergência de valores entre os documentos apresentados. Verificamos que: No Edital e no Termo de Referência, o valor total da contratação consta como R$ 583.774,80. Entretanto, na minuta do contrato, o valor indicado é de R$ 658.977,40. Diante dessa inconsistência, solicitamos a confirmação do valor correto para a contratação." RESPOSTA:"Prezado Licitante, a inserção de um valor na cláusula nona da minuta de contrato ocorreu por equívoco, não restando dúvida de que se trata de um campo que não deveria estar preenchido. Já foi providenciada a correção do Edital e a sua republicação. As datas para recebimento das propostas e realização da sessão de lances permanecem inalteradas. Informo que o orçamento estimado é R$583.774,80, conforme consta do preâmbulo do edital e do Termo de Referência. No que tange à planilha de composição de custos, esta e outros documentos serão disponibilizados na página do Ministério Público (www.mpmg.mp.br)." ----------------------------- 13-11-2024 COMUNICAÇÃO Prezados Licitantes, considerando que hoje, dia 13/11/24, o sistema do Portal de Compras se encontrava inoperante no momento programado para o início da sessão inaugural do pregão às 10 h, informo que a sessão de lances ocorrerá somente no dia 18/11/24, também às 10 h. Conto com a compreensão de todos. ----------------------------- 13-11-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0069762/2024-84 Recebimento das propostas: até às 10 horas do dia 28/11/2024. Início da disputa de preços: às 10 horas do dia 28/11/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 12 de novembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*)Republicado devido à correção de erro material. Não houve alteração de datas. ----------------------------- 21-11-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras e Licitações, ao pedido de esclarecimento SIAD n. 0002, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA: Prezado Pregoeiro bom dia! solicito anexar os arquivos dos apensos. obrigado. RESPOSTA: todos os apensos em referência podem ser consultados pelo site www.mpmg.mp.br &gt; Serviços &gt; Consultas &gt; Licitações e Contratos &gt; Portal Transparência MPMG.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ DOMP_homologacao_267.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13734/download;
  edital_pl267_2024_manutencao_ar_condicionado_Diman.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13652/download;
  edital_pl267_2024_manutencao_ar_condicionado_Diman_REP.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13653/download;
  Apensos_I_a_VI_do_Termo_de_Refer?ncia.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13654/download;
- DOMP_homologacao_267.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13734/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 263 / 2024</t>
   </si>
   <si>
     <t>26/10/2024</t>
   </si>
   <si>
     <t>Aquisição de lâmpadas led</t>
   </si>
   <si>
     <t xml:space="preserve">Lâmpada Tuboled T8 18W/1200 mm 6500 K </t>
   </si>
   <si>
     <t xml:space="preserve">GAMA LUZ COMERCIO DE MATERIAIS ELETRICOS LTDA -EPP </t>
   </si>
   <si>
     <t>23.880,00</t>
   </si>
   <si>
     <t>26-10-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0044212/2024-70 Recebimento das propostas: até às 10 horas do dia 11/11/2024. Início da disputa de preços: às 10 horas do dia 11/11/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 25 de outubro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -1143,54 +1143,54 @@
   </si>
   <si>
     <t xml:space="preserve"> 262 / 2024</t>
   </si>
   <si>
     <t>14/11/2024</t>
   </si>
   <si>
     <t>Aquisição de materiais para sinalização visual, com ou sem serviço de instalação - sob a forma de entrega de acordo com a demanda, pelo período de 12 meses.</t>
   </si>
   <si>
     <t xml:space="preserve">PORTA-AVISO </t>
   </si>
   <si>
     <t xml:space="preserve">MAKER COMUNICAÇÃO VISUAL LTDA - EPP </t>
   </si>
   <si>
     <t>47.990,00</t>
   </si>
   <si>
     <t>14-11-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0012007/2024-97 Recebimento das propostas: até às 10 horas do dia 03/12/2024. Início da disputa de preços: às 10 horas do dia 03/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 13 de novembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 02-12-2024 IMPUGNAÇÃO Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações à impugnação apresentada pela empresa União Adesivos.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Catalogo_Placas___MPMG___versao_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13658/download;
+ edital_processo_262_2024_aquisicao_materiais_sinalizacao_visual_DIMAN_ (3).rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13660/download;
  decisao_impugnacao_n.1_empresa_Uni?o_Adesivos_ pe_pl262_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13691/download;
  homologacao_processo_262_2024.pdf.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13776/download;
- edital_processo_262_2024_aquisicao_materiais_sinalizacao_visual_DIMAN_ (3).rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13660/download;
- Catalogo_Placas___MPMG___versao_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13658/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">PLACA DE IDENTIFICAÇÃO EM ALUMÍNIO </t>
   </si>
   <si>
     <t xml:space="preserve">JUSTINO DAVINO PERES - EPP </t>
   </si>
   <si>
     <t>103.899,50</t>
   </si>
   <si>
     <t xml:space="preserve">PLACA DE IDENTIFICAÇÃO EM ACRÍLICO </t>
   </si>
   <si>
     <t xml:space="preserve">INFORGRAF LTDA - ME </t>
   </si>
   <si>
     <t>22.900,00</t>
   </si>
   <si>
     <t xml:space="preserve">IMPRESSÃO/ADESIVO </t>
   </si>
   <si>
     <t>99.988,95</t>
@@ -1221,319 +1221,319 @@
   </si>
   <si>
     <t xml:space="preserve"> 257 / 2024</t>
   </si>
   <si>
     <t>27/11/2024</t>
   </si>
   <si>
     <t>Registro de preço para aquisição de mobiliário padrão.</t>
   </si>
   <si>
     <t xml:space="preserve">MESAS (S1,S2,S3,R1,R2, R3,R4, R5), GAVETEIRO (S4), ARMÁRIO (S5) </t>
   </si>
   <si>
     <t xml:space="preserve">TECNO2000 INDUSTRIA E COMERCIO LTDA </t>
   </si>
   <si>
     <t>2.456.011,00</t>
   </si>
   <si>
     <t>27-11-2024 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156922/2023-41 Recebimento das propostas: até às 10 horas do dia 09/12/2024. Início da disputa de preços: às 10 horas do dia 09/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 26 de novembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_257_2024_rp_mobiliario_padrao_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13684/download;
  homologacao_planejamento_257_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13737/download;
- edital_processo_257_2024_rp_mobiliario_padrao_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13684/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MESAS (P1,P2,P6), CONEXÃO (P3), GAVETEIRO (P4), ARMÁRIO (P5) </t>
   </si>
   <si>
     <t>893.035,50</t>
   </si>
   <si>
     <t xml:space="preserve"> 253 / 2024</t>
   </si>
   <si>
     <t>18/10/2024</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de computadores com monitor e servidores.</t>
   </si>
   <si>
     <t xml:space="preserve">MICROCOMPUTADOR INTERMEDIÁRIO COM MONITOR MULTIMÍDIA </t>
   </si>
   <si>
     <t xml:space="preserve">LÍDER NOTEBOOKS COMÉRCIO E SERVIÇOS LTDA. </t>
   </si>
   <si>
     <t>9.367.500,00</t>
   </si>
   <si>
     <t>18-10-2024 AVISO DE LICITAÇÃO Licitação no site www.compras.mg.gov.br - Número do planejamento: 253 / Ano: 2024 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0027755/2024-64 Objeto: REGISTRO DE PREÇOS para aquisição de computadores com monitor e servidores. Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 04/11/2024. Início da disputa de preços: às 10 horas do dia 04/11/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 17 de outubro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_planejamento253_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13664/download;
+ pedido_esclarecimento4_Click_TI_e_resposta.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13632/download;
  pedido_esclarecimento5_Positivo_e_resposta.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13636/download;
- homologacao_planejamento253_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13664/download;
+ pedido_esclarecimento3_AMD_e_resposta.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13630/download;
+ pedido_esclarecimento2_DriveA_e_resposta.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13618/download;
+ pedido_esclarecimento1_Daten_e_resposta.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13610/download;
  edital_processo_253_2024_RP_aquisicao_computadores_DSMT.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/13607/download;
- pedido_esclarecimento1_Daten_e_resposta.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13610/download;
-[...2 lines deleted...]
- pedido_esclarecimento4_Click_TI_e_resposta.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13632/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MICROCOMPUTADOR TIPO WORKSTATION COM MONITOR MULTIMÍDIA </t>
   </si>
   <si>
     <t xml:space="preserve">DRIVE A INFORMÁTICA LTDA </t>
   </si>
   <si>
     <t>2.237.840,00</t>
   </si>
   <si>
     <t xml:space="preserve">Servidor SCO </t>
   </si>
   <si>
     <t>89.452,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 248 / 2024</t>
   </si>
   <si>
     <t>17/12/2024</t>
   </si>
   <si>
     <t>Aquisição de café em pó, sob demanda, destinado a suprir as necessidades das unidades do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">CAFÉ (AMPLA PARTICIPAÇÃO) </t>
   </si>
   <si>
     <t xml:space="preserve">EM ANDAMENTO </t>
   </si>
   <si>
     <t xml:space="preserve">Aguardando </t>
   </si>
   <si>
     <t>COMUNICAÇÃO Devido a limitações identificadas no sistema do Portal de Compras, foi necessário criar um novo Processo de Compras, registrado sob o nº 006/2025 e, após, também em virtude de limitações, restou necessário criar o Processo de Compras 013/2025. Assim, informamos que o processo 248/2024 encontra-se CANCELADO. Ademais, eventuais licitantes que cadastraram propostas no pregão nº 248/2024 deverão registrar novamente suas propostas no novo processo (013/2025). ----------------------------- 17-12-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0021152/2024-04 Recebimento das propostas: até às 10 horas do dia 09/01/2025. Início da disputa de preços: às 10 horas do dia 09/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 18 de dezembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ impugnacao_n.01_comerc_araujo_e_castro_ltda_pl248_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13795/download;
  decisao_impugnacao_n.01_comerc_araujo_e_castro_ltda_pl248_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13796/download;
  impugnacao_n.02_soretto_ltda_pl248_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13797/download;
+ decisao_impugnacao_n.02_soretto_ltda_pl248_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13798/download;
  edital_processo_248_2024_aquisicao_cafe_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13758/download;
- impugnacao_n.01_comerc_araujo_e_castro_ltda_pl248_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13795/download;
- decisao_impugnacao_n.02_soretto_ltda_pl248_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13798/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CAFÉ (COTA EXCLUSIVA ME/EPP) </t>
   </si>
   <si>
     <t xml:space="preserve"> 247 / 2024</t>
   </si>
   <si>
     <t>06/11/2024</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Cataguases - MG.</t>
   </si>
   <si>
     <t xml:space="preserve">Execução de obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Cataguases - MG. </t>
   </si>
   <si>
     <t xml:space="preserve">M. TRINDADE CONSTRUTORA LTDA EPP </t>
   </si>
   <si>
     <t>10.862.583,00</t>
   </si>
   <si>
     <t>06-11-2024 AVISO DE LICITAÇÃO AVISO DE LICITAÇÃO - Licitação no site www.compras.mg.gov.br - Número do processo: 247 / Ano: 2024 - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.2304.0067749/2024-54 Objeto: Contratação de empresa especializada para execução de obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Cataguases ? MG.- Modalidade: Concorrência Eletrônica - Recebimento das propostas: até às 10 horas do dia 13/12/2024. Início da disputa de preços: às 10 horas do dia 13/12/2024 Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 05 de novembro de 2024 Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 21-11-2024 ESCLARECIMENTOS - PEDIDO nº 01 - Conforme manifestação da Unidade Gestora da Contratação (UGC) responsável pelos serviços desta licitação, a Superintendência de Engenharia e Arquitetura (SEA)/Diretoria de Projetos de Edificações (DPRO), segue resposta ao pedido de esclarecimentos nº 1, apresentado por empresa interessada em participar deste processo licitatório: PERGUNTAS: ?Por gentileza, solicitamos as planilhas em formato Excel com o estimado do órgão. Planilha Orçamentária. Composição BDI. Cronograma. CPU. Os modelos em Excel disponíveis são aqueles que devemos preencher, sem o estimado. Poderiam disponibilizar o estimado em Excel? Além disso, se for possível, também gostaria de solicitar os arquivos de projeto em DWG, pois isso ajudaria bastante no levantamento do projeto.? RESPOSTAS: ?Segue esclarecimento/resposta aos pedidos 1 e 2 (8351427 e 8351436) referente ao processo licitatório nº 247/2024 (SEI 19.16.2304.0067749/2024-54): - Os modelos de todos os documentos do orçamento foram disponibilizados em arquivo editável (excel). - Os projetos executivos e demais documentos técnicos são disponibilizados em pdf e contém todas as informações necessárias para perfeito entendimento e elaboração da proposta. - Para garantir a segurança da informação e os direitos autorais, os arquivos editáveis somente serão disponibilizados para o licitante vencedor. - Este é o procedimento adotado em todas as licitações da SEA/MPMG. - Nestes termos, a resposta não implica em modificação no edital.? ----------------------------- 21-11-2024 ESCLARECIMENTOS - PEDIDO nº 02 - Conforme manifestação da Unidade Gestora da Contratação (UGC) responsável pelos serviços desta licitação, a Superintendência de Engenharia e Arquitetura (SEA)/Diretoria de Projetos de Edificações (DPRO), segue resposta ao pedido de esclarecimentos nº 2, apresentado por empresa interessada em participar deste processo licitatório: PERGUNTAS: ?Gostaria de solicitar, por gentileza, requisitar os arquivos em Excel das planilhas estimativas de preços. Os arquivos disponíveis são os modelos a serem preenchidos por nós. Vocês poderiam disponibilizar as estimadas em Excel? Planilhas solicitadas: Planilha Orçamentária; Composição BDI; Cronograma; CPU. Além disso, se for possível, também gostaria de solicitar os arquivos de projeto em DWG, pois isso ajudaria bastante no levantamento do projeto.? RESPOSTAS: ?Segue esclarecimento/resposta aos pedidos 1 e 2 (8351427 e 8351436) referente ao processo licitatório nº 247/2024 (SEI 19.16.2304.0067749/2024-54): - Os modelos de todos os documentos do orçamento foram disponibilizados em arquivo editável (excel). - Os projetos executivos e demais documentos técnicos são disponibilizados em pdf e contém todas as informações necessárias para perfeito entendimento e elaboração da proposta. - Para garantir a segurança da informação e os direitos autorais, os arquivos editáveis somente serão disponibilizados para o licitante vencedor. - Este é o procedimento adotado em todas as licitações da SEA/MPMG. - Nestes termos, a resposta não implica em modificação no edital.? ----------------------------- 23-11-2024 ESCLARECIMENTOS - PEDIDO nº 3 - Conforme manifestação da Unidade Gestora da Contratação (UGC) responsável pelos serviços desta licitação, a Superintendência de Engenharia e Arquitetura (SEA)/Diretoria de Projetos de Edificações (DPRO), segue resposta ao pedido de esclarecimentos nº 3, apresentado por empresa interessada em participar deste processo licitatório: PERGUNTAS: ?Solicitamos os arquivos de projeto em DWG, pois isso ajudaria bastante no levantamento do projeto.? RESPOSTAS: ?Reiterando despacho 8359405, os arquivos de projeto são disponibilizados em ?pdf? e contém todas as informações necessárias para perfeito entendimento e elaboração da proposta. Arquivos em ?dwg? são editáveis e só serão disponibilizados para o licitante vencedor. Este é o procedimento adotado em todas as licitações da SEA/MPMG.? ----------------------------- 06-12-2024 ESCLARECIMENTOS - PEDIDO 5 - Segue, em arquivo anexo abaixo, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Diretoria de Projetos de Edificações ? DPRO / SEA) ao pedido de esclarecimento nº 5 apresentado, por e-mail, pela empresa Minas Florestais &amp; Construções Ltda. ----------------------------- 11-12-2024 ESCLARECIMENTOS - PEDIDO 6 - Segue, em arquivo anexo abaixo, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Diretoria de Projetos de Edificações ? DPRO / SEA) ao pedido de esclarecimento nº 6 apresentado, por e-mail, pela empresa Scallberi Construções e Serviços Ltda. ----------------------------- 11-12-2024 ESCLARECIMENTOS - PEDIDO nº 04 - Segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA: ?Prezados, boa tarde! Ao acessar o sistema ComprasMG para realizar o cadastramento de nossa proposta, encontramos um problema. Quando tentamos avançar para a etapa de cadastro da proposta, o sistema exibe a mensagem "Acesso negado" (conforme print em anexo). Poderiam, por gentileza, nos orientar sobre como proceder para efetuar o cadastro corretamente? Agradecemos pela atenção e aguardamos retorno.? RESPOSTA: ?Conforme estabelecido no edital, item 3.1 e seguintes, o credenciamento para participar desta Concorrência, junto ao Portal de Compras MG, assim como o gerenciamento e informações complementares relacionados a esse credenciamento são exclusivos da Secretaria de Estado de Planejamento e Gestão de Minas Gerais (SEPLAG/MG). Vejamos o trecho do edital mencionado: ?3.1 Poderão participar desta Concorrência os interessados que estiverem previamente credenciados no Cadastro Geral de Fornecedores ? CAGEF, nos termos do Decreto nº 47.524/18 e por meio do site www.compras.mg.gov.br. 3.1.1 O gerenciamento do Cadastro Geral de Fornecedores ? CAGEF é realizado exclusivamente pela Secretaria de Estado de Planejamento e Gestão de Minas Gerais (SEPLAG), não cabendo à Procuradoria-Geral de Justiça solucionar eventuais problemas a ele relacionados. 3.1.2 Informações complementares a respeito do cadastramento serão também obtidas no site www.compras.mg.gov.br ou pela Central de Atendimento aos Fornecedores do Portal de Compras ? MG via e-mail: cadastro.fornecedores@planejamento.mg.gov.br.? Dessa forma, diante do documento apresentado no pedido de esclarecimentos (print de página do portal), sugerimos o contato junto à SEPLAG, através do e-mail constante do edital (mencionado no item 3.1.2 acima), visando sanar o problema apresentado.? ----------------------------- 28-01-2025 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo por parte da licitante MINAS FLORESTAIS E CONSTRUÇÕES LTDA, empresa líder do consórcio formado por: MINAS FLORESTAIS E CONSTRUÇÕES LTDA: 85,34%; IMPERIUM ENGENHARIA LTDA: 10,68%; e N OLIVEIRA SOARES LTDA: 3,98%, contra a decisão da Comissão de Contratação que declarou vencedora a licitante M. TRINDADE CONSTRUTORA LTDA, para o lote 1 (único). O arquivo contendo a peça aviada encontra-se disponibilizado nesta página para consulta aos interessados. ----------------------------- 31-01-2025 INTERPOSIÇÃO DE RECURSO - Contrarrazões - Comunicamos a apresentação das Contrarrazões de Recurso, por parte da licitante M. TRINDADE CONSTRUTORA LTDA - EPP. O arquivo contendo a peça aviada encontra-se disponibilizado nesta página. ----------------------------- 19-02-2025 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO - Número do processo: 247/ Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2304.0067749/2024-54 Objeto: Contratação de empresa especializada para execução de obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Cataguases ? MG. Modalidade: Concorrência Recorrente: MINAS FLORESTAIS E CONSTRUÇÕES LTDA Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes do parecer da Comissão de Contratação. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.compras.mg.gov.br. Belo Horizonte, 18 de fevereiro de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa ----------------------------- 21-02-2025 HOMOLOGAÇÃO - Número do processo: 247/2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2304.0067749/2024-54 Objeto: Contratação de empresa especializada para execução de obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Cataguases ? MG. Modalidade: Concorrência Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: M. TRINDADE CONSTRUTORA LTDA ? EPP CNPJ 42.963.769/0001-55 Valor (total) adjudicado: R$ 10.862.582,96 Belo Horizonte, 19 de fevereiro de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ resposta_pedido_esclarec_n1_tf-engenharia_co_pl-247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13770/download;
+ resposta_pedido_esclarec_n2_raphaela_co_pl-247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13771/download;
+ resposta_pedido_esclarec_n3_raphaela_co_pl-247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13772/download;
  resposta_pedido_esclarec_n4_tcm-construtora_co_pl-247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13773/download;
  resposta_e-mail_pedido_esclarec_n5_minas_co_pl-247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13774/download;
  resposta_e-mail_pedido_esclarec_n6_scallberi_co_pl-247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13775/download;
- recurso_adm_F000115_MinasFlorestais_co_pl247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13821/download;
+ homologacao_processo247_co_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13855/download;
+ ata_homologacao_processo247_co_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13856/download;
  contrarrazoes_recurso_adm_MTrindade_co_pl247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13874/download;
  decisao_recurso_adm_MinasFlorestais_co_pl247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13875/download;
+ public_DOMP_result_julg_recurso_pl-247_co_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13878/download;
+ recurso_adm_F000115_MinasFlorestais_co_pl247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13821/download;
  Edital_247_2024_Concorrencia_Obra_Cataguases_SEA.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/13647/download;
  Caderno_de_Documentacao_Tecnica_pl_247_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13648/download;
- public_DOMP_result_julg_recurso_pl-247_co_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13878/download;
-[...4 lines deleted...]
- ata_homologacao_processo247_co_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13856/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 244 / 2024</t>
   </si>
   <si>
     <t>Prestação de serviço continuado de solução integrada de comunicação com uso de tecnologia VoIP (Voice over IP)</t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de Tecnologia VOIP </t>
   </si>
   <si>
     <t xml:space="preserve">MUNDO TELECOMUNICAÇÕES E INFORMÁTICA LTDA </t>
   </si>
   <si>
     <t>4.632.695,00</t>
   </si>
   <si>
     <t>ABERT. E JULG. DE NOVA DOC. E ABERT. DE PROPOSTAS Segue, em anexo, pedido de esclarecimento n. 02 e resposta da Administração. ----------------------------- ABERT. E JULG. DE NOVA DOC. E ABERT. DE PROPOSTAS Segue, em anexo, resposta ao Pedido de Esclarecimento n. 01 (Bruno Ferreira da Silva) ----------------------------- 13-12-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0010930/2024-39 Recebimento das propostas: até às 10 horas do dia 10/01/2025. Início da disputa de preços: às 10 horas do dia 10/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 12 de dezembro de 2024 Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 08-01-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0010930/2024-39 Recebimento das propostas: até às 10 horas do dia 23/01/2025. Início da disputa de preços: às 10 horas do dia 23/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 07 de janeiro de 2025 Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 13-01-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Unidade Gestora de Contratação (Diretoria de Redes e Banco de Dados - DRBD) ao(s) pedido(s) de esclarecimento(s) apresentado(s) pelo(a) Sr(a)/empresa Sempre Telecomunicações. ----------------------------- 13-01-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Unidade Gestora de Contratação (Diretoria de Rede e Banco de Dados - DRBD) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por empresa não identificada. ----------------------------- 15-01-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Unidade Gestora de Contratação (Diretoria de Rede e Banco de Dados - DRBD) ao(s) pedido(s) de esclarecimento(s) apresentado(s) pelo(a) empresa OI S/A - em recuperação judicial. . ----------------------------- 22-01-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Unidade Gestora de Contratação (Diretoria de Rede e Banco de Dados - DRBD) ao(s) pedido(s) de esclarecimento(s) apresentado(s) pelo(a) empresa Algar Telecom.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ resposta_ped_de_esclarec_n._9_10_pe_pl244_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13813/download;
+ resposta_pedido_de_esclarec_n._8_pe_pl244_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13810/download;
+ Mapa_de_Pre?os_pl_244_2024_VoIP.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13826/download;
+ Despacho_diligencias_F000139_DRBD.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13825/download;
+ edital_processo_244_2024_prestacao_servicos_VOIP_DRBD_republicacao.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13794/download;
+ pedido_de_esclarec_n_7_pe_pl244_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13802/download;
+ resposta_pedido_de_esclarec_n._3_4_Sempre_pe_pl244_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13800/download;
+ pedido_de_esclarec_n_6_pe_pl244_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13801/download;
  pedido_e_resposta_esclarecimento_2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13787/download;
  pedido_e_resposta_esclarecimento_1_Bruno.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13788/download;
- edital_processo_244_2024_prestacao_servicos_VOIP_DRBD_republicacao.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13794/download;
-[...1 lines deleted...]
- pedido_de_esclarec_n_6_pe_pl244_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13801/download;
  homologacao_processo244_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13915/download;
- Despacho_diligencias_F000139_DRBD.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13825/download;
-[...3 lines deleted...]
- resposta_ped_de_esclarec_n._9_10_pe_pl244_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13813/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 239 / 2024</t>
   </si>
   <si>
     <t>31/10/2024</t>
   </si>
   <si>
     <t>ontratação de empresa para fornecer Certificado Digital do tipo Wildcard Ov ? OrganizationSSL</t>
   </si>
   <si>
     <t xml:space="preserve">CERTIFICADO DIGITAL DO TIPO WILDCARD </t>
   </si>
   <si>
     <t>18-10-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0064198/2024-22 Recebimento das Propostas: Até as 10 horas do dia 05/11/2024. Início da Sessão de Lances: Às 10 horas do dia 05/11/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 17 de outubro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações / PGJ ----------------------------- 31-10-2024 AVISO DE LICITAÇÃO Ministério Público de Minas Gerais Procuradoria-Geral de Justiça Licitação no site www.compras.mg.gov.br Número do processo: 239 / Ano: 2024 Unidade: 1091012 Processo SEI: 19.16.1216.0064198/2024-22 Objeto: Contratação de empresa para fornecer Certificado Digital do tipo Wildcard Ov - OrganizationSSL, sob a forma de entrega integral. Modalidade: Pregão Eletrônico Recebimento das Propostas: Até as 10 horas do dia 19/11/2024. Início da Sessão de Lances: Às 10 horas do dia 19/11/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9h às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 30 de outubro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações * Edital republicado com alteração de data.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- homologacao_processo_239_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13689/download;
  pedido_esclarecimento1_AR_RP_CERTIFICACAO_DIGITAL_LTDA.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13631/download;
  edital_republicado_servico_certificado_digital_contrato_DRBD__1___2_.docx.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13640/download;
+ pedido_esclarecimento2_AR_RP_CERTIFICACAO_DIGITAL_LTDA.pdf.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13644/download;
  edital_servico_certificado_digital_contrato_DRBD__1___2_ (1).docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13606/download;
- pedido_esclarecimento2_AR_RP_CERTIFICACAO_DIGITAL_LTDA.pdf.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13644/download;
+ homologacao_processo_239_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13689/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 238 / 2024</t>
   </si>
   <si>
     <t>Prestação de serviços de gestão de conectividade com o fornecimento de link nas diversas localidades onde o MPMG atua e fornecimento de conexão de alta disponibilidade.</t>
   </si>
   <si>
     <t>08-10-2024 COMUNICAÇÃO Comunico que o PL 238/2024 será cancelado devido à necessidade de adequações no cadastro do processo de compras. O mesmo Edital será republicado e receberá um novo número de PL.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_gest?o_conectividade_DRBD_PL238_2024.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13596/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 237 / 2024</t>
   </si>
   <si>
     <t>12/12/2024</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de manutenção de segundo e terceiro níveis de extintores de incêndio, de teste hidrostático em mangueiras de incêndio e fornecimento de novos extintores.</t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de Manutenção e Reparos em Equipamentos de Combate a Incêndio </t>
   </si>
   <si>
     <t xml:space="preserve">Extiminas Extintores Minas Gerais Ltda </t>
   </si>
   <si>
     <t>21.998,99</t>
   </si>
   <si>
     <t>12-12-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2480.0045358/2024-86 Recebimento das propostas: até às 10 horas do dia 13/01/2025. Início da disputa de preços: às 10 horas do dia 13/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 13 de dezembro de 22024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 08-01-2025 ESCLARECIMENTOS Prezados, seguem respostas da Unidade Técnica (Divisão de Controle Imobiliário) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por empresa interessada na licitação: ITEM 01- PERGUNTA 1 - Manutenção em quantos extintores? RESPOSTA: As manutenções são para extintores de segundo nível, total de 300 un. e terceiro nível, total de 120 un.Estes dados estão no "Apenso IV do Termo de Referência - Modelo - planilha orçamentária". PERGUNTA 2 - Quais os modelos dos extintores? RESPOSTA: ABC (3A,40BC) - 6kg ( Está no item 19.2.3 do Termo de Referência). PERGUNTA 3 - Quantas mangueiras serão necessárias para manutenção? RESPOSTA: São 10 mangueiras. Estes dados estão no "Apenso IV do Termo de Referência - Modelo - planilha orçamentária" PERGUNTA 4: Trata-se de aquisição de 40 extintores novos? RESPOSTA: Sim, trata-se de fornecimento. Estes dados estão no "Apenso IV do TR".</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Apenso_V_A_do_Termo_de_Referencia_Modelo_composicao_BDI_Servicos.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13752/download;
-[...4 lines deleted...]
- homologacao_processo237_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13899/download;
  edital_processo_237_2024_servico_de_engenharia_manutencao_extintores_DCMIO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13743/download;
  Apenso_I_do_Termo_de_Referencia_Planilha_orcamentaria_PGJ.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13745/download;
  Apenso_II_A_do_Termo_de_Referencia_Comp_BDI_Servicos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13746/download;
  Apenso_II_B_do_Termo_de_Referencia_Comp_BDI_Equipamentos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13747/download;
+ Apenso_III_A_do_Termo_de_Referencia_Modelo_certificado_extintores.ods : https://transparencia.mpmg.mp.br/licitacao/arquivo/13748/download;
+ Apenso_III_B_do_Termo_de_Referencia_Modelo_certificado_mangueiras.ods : https://transparencia.mpmg.mp.br/licitacao/arquivo/13749/download;
+ Apenso_IV_do_Termo_de_Referencia_Modelo_planilha_orcamentaria.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13750/download;
+ Apenso_V_A_do_Termo_de_Referencia_Modelo_composicao_BDI_Servicos.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13752/download;
+ Apenso_V_B_do_Termo_de_Referencia_Modelo_comp_BDI_Equipamentos.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13753/download;
+ homologacao_processo237_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13899/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 229 / 2024</t>
   </si>
   <si>
     <t>24/09/2024</t>
   </si>
   <si>
     <t>Aquisição de persianas verticais com instalação, persianas horizontais e materiais para persianas verticais, sem instalação - com entrega sob demanda, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência.</t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS DE PERSIANAS VERTICAIS </t>
   </si>
   <si>
     <t xml:space="preserve">Alexandre Cunha de Souza - EPP </t>
   </si>
   <si>
     <t>582.975,00</t>
   </si>
   <si>
     <t>24-09-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0036018/2024-51 Recebimento das propostas: até às 10 horas do dia 09/10/2024. Início da disputa de preços: às 10 horas do dia 09/10/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 23 de setembro de 2024. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora em substituição da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 26-11-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo por parte da licitante ALEXANDRE CUNHA DE SOUZA - EPP, contra a decisão do pregoeiro que declarou vencedora a licitante GZB ZONTA LTDA, para o LOTE 3. O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página, e no campo próprio do Portal de Compras MG. ----------------------------- 10-12-2024 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO - Número do processo: 229 / Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0036018/2024-51. Objeto: Aquisição de persianas verticais com instalação, persianas horizontais e materiais para persianas verticais, sem instalação - com entrega sob demanda, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência. Modalidade: Pregão eletrônico. Lote 3: Persianas Horizontais. Recorrente: ALEXANDRE CUNHA DE SOUZA - EPP. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão do Pregoeiro. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Belo Horizonte, 9 de dezembro de 2024. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 11-12-2024 HOMOLOGAÇÃO - Número do processo: 229 / Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0036018/2024-51. Objeto: Aquisição de persianas verticais com instalação, persianas horizontais e materiais para persianas verticais, sem instalação - com entrega sob demanda, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência. Modalidade: Pregão eletrônico. Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lotes 1, 2, 4, 5: ALEXANDRE CUNHA DE SOUZA - EPP, CNPJ nº 11.050.849/0001-96; Valores totais adjudicados: 1) R$582.975,00; 2) R$6.480,00; 4) R$6.200,00; e 5) R$344.500,00, respectivamente; Lote 3: GZB ZONTA LTDA, CNPJ nº 51.940.756/0001-51; Valor (total) adjudicado: R$200.000,00. Belo Horizonte, 10 de dezembro de 2024. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- homologacao_processo_229_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13755/download;
  recurso_adm_F000393_Alexandre_pe_pl-229_L-3_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13682/download;
  edital_processo_229_2024_persianas_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13576/download;
+ homologacao_processo_229_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13755/download;
  decisao_recurso_adm_alexandre_pe_pl229_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14042/download;
  public_DOMP_result_julg_recurso_pl-229_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14043/download;
  ata_homologacao_processo-229_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14044/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CANTONEIRAS </t>
   </si>
   <si>
     <t>6.480,00</t>
   </si>
   <si>
     <t xml:space="preserve">PERSIANAS HORIZONTAIS </t>
   </si>
   <si>
     <t xml:space="preserve">GZB ZONTA LTD </t>
   </si>
   <si>
     <t>200.000,00</t>
   </si>
   <si>
     <t xml:space="preserve">PERSIANAS ROLÔ </t>
   </si>
   <si>
     <t>6.200,00</t>
@@ -1546,123 +1546,123 @@
   </si>
   <si>
     <t xml:space="preserve"> 224 / 2024</t>
   </si>
   <si>
     <t>29/08/2024</t>
   </si>
   <si>
     <t>Prestação de serviço de seguro patrimonial para os imóveis que compõem o patrimônio da Procuradoria Geral de Justiça, bem como as instalações e conteúdos alocados nos referidos imóveis, conforme especificações constantes do Termo de Referência.</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE SEGUROS DE IMÓVEIS </t>
   </si>
   <si>
     <t xml:space="preserve">Sompo Seguros S.A </t>
   </si>
   <si>
     <t>139.424,23</t>
   </si>
   <si>
     <t>29-08-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0028770/2024-98 Recebimento das propostas: até às 10 horas do dia 16/09/2024. Início da disputa de preços: às 10 horas do dia 16/09/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 28 de agosto de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 12-09-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, respostas da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Divisão de Manutenção Predial) aos pedidos de esclarecimentos apresentados pelas empresas Flanci Corretora de Seguros, Porto Seguro Companhia de Seguros e Sompo Seguros S/A.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Apenso_III_Locais_de_Risco.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13515/download;
-[...3 lines deleted...]
- docs_habilitat?rios_Sompo_PL224_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13558/download;
  homologacao_processo224_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13570/download;
  proposta_docs_inicias_Gama_Luz_F000167_F000262_F000313_F000467_ F000542_F000613_F000711_L._1_a_7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13572/download;
+ docs_habilitat?rios_Sompo_PL224_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13558/download;
+ proposta_docs_iniciais_Sompo_PL 224_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13557/download;
+ respostas_pedidos_esclarecimentos_PL 224_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13547/download;
  edital_processo_224_2024_servicos_seguro_patrimonial_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13512/download;
  Apenso_I_Planilha_com_o_Local_dos_Imoveis_e_Valores.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13513/download;
+ Apenso_IV_do_Termo_de_Referencia_Coberturas_Basicas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13516/download;
  Apenso_II_Relacao_de_Imoveis_Locados_e_Proprios.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13514/download;
+ Apenso_III_Locais_de_Risco.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13515/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 222 / 2024</t>
   </si>
   <si>
     <t>Aquisição de hastes articuladas e fechos para Janelas Maxim-ar instaladas em três edificações do Ministério Público em Belo Horizonte.</t>
   </si>
   <si>
     <t xml:space="preserve">HASTES ARTICULÁVEIS </t>
   </si>
   <si>
     <t xml:space="preserve">GLOBAL DISTRIBUIÇÃO E SERVIÇOS ? LTDA </t>
   </si>
   <si>
     <t>72.280,00</t>
   </si>
   <si>
     <t>24-09-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0007422/2024-23 Recebimento das propostas: até às 10 horas do dia 07/10/2024. Início da disputa de preços: às 10 horas do dia 07/10/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 23 de setembro de 2024. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_pl222_2024_hastes_janelas_diman_REP.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13597/download;
+ edital_processo_222_2024_hastes_articuladas_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13584/download;
  Ata_homologacao_processo222_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13625/download;
- edital_processo_222_2024_hastes_articuladas_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13584/download;
- edital_pl222_2024_hastes_janelas_diman_REP.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13597/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">HASTES ARTICULÁVEIS GD </t>
   </si>
   <si>
     <t>21.462,84</t>
   </si>
   <si>
     <t xml:space="preserve">FECHOS </t>
   </si>
   <si>
     <t>37.126,60</t>
   </si>
   <si>
     <t>03/12/2024</t>
   </si>
   <si>
     <t>Registro de preço para aquisição de bebedouros, purificadores de água e fabricador de gelo, destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">BEBEDOURO REFRIGERADO - TIPO: COLUNA/PRESSAO </t>
   </si>
   <si>
     <t xml:space="preserve">Real Bebedouros, Filtros e Purificadores de Água Ltda </t>
   </si>
   <si>
     <t>21.980,00</t>
   </si>
   <si>
     <t>11-11-2024 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0153963/2023-06 Recebimento das propostas: até às 10 horas do dia 26/11/2024 Início da disputa de preços: às 10 horas do dia 26/11/2024 Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 08 de novembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 03-12-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0153963/2023-06 Recebimento das propostas: até às 10 horas do dia 16/12/2024. Início da disputa de preços: às 10 horas do dia 16/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 2 de dezembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*)Republicado devido à correção de erro material. Houve alteração de datas. ----------------------------- 03-12-2024 COMUNICAÇÃO Prezados Licitantes, tendo em vista a necessidade de correção do Edital procedemos à republicação do atual pregão. Informo que foi realizada a alteração das descrições e códigos SIAD do item 1 do Lote 1 e do item 1 do lote 2 (Anexo III do Edital ? Modelo de Proposta). Todavia, não foi possível realizar a correção no Portal de Compras/MG, o qual permanece com as descrições equivocadas. Tendo em vista a impossibilidade de realizar a correção no sistema do Portal de Compras sem comprometer a celeridade do processo licitatório, informo aos senhores licitantes que ao realizarem o cadastro de suas respectivas propostas, o façam levando em consideração as descrições dos itens que constam do Edital. Com o intuito de subsidiar tal diretiva cito o item 1.2 do Edital, o qual determina que ", em caso de divergência entre as especificações do objeto constantes deste Edital e aquelas descritas no Portal de Compras ? MG, prevalecerão as primeiras." ----------------------------- 28-11-2202 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Divisão de Materiais - DIMAT) ao(s) pedido(s) de esclarecimento(s) nº 1.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_222_2024_bebedouros_purificadores_e_outros_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13649/download;
  edital_pl222.2024_RP_aquisicao_purificadores_e_fabricadores_de_gelo_DIMAT_versao_final__1_ (2)_Retif.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13695/download;
- edital_processo_222_2024_bebedouros_purificadores_e_outros_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13649/download;
  homologacao_planejamento222_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13849/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">BEBEDOURO REFRIGERADO - TIPO: ACESSIVEL PARA DEFICIENTES VISUAIS </t>
   </si>
   <si>
     <t xml:space="preserve">PRESTOBAT LTDA. </t>
   </si>
   <si>
     <t>73.208,50</t>
   </si>
   <si>
     <t xml:space="preserve">BEBEDOURO PARA GARRAFAO AGUA MINERAL </t>
   </si>
   <si>
     <t xml:space="preserve">ALL WORK COMERCIAL EIRELI - EPP </t>
   </si>
   <si>
     <t>28.875,00</t>
   </si>
   <si>
     <t xml:space="preserve">PURIFICADOR DE AGUA </t>
   </si>
   <si>
@@ -1673,143 +1673,143 @@
   </si>
   <si>
     <t xml:space="preserve">FABRICADOR DE GELO - MATERIA PRIMA: ACO INOX </t>
   </si>
   <si>
     <t xml:space="preserve"> 220 / 2024</t>
   </si>
   <si>
     <t>15/01/2025</t>
   </si>
   <si>
     <t>Prestação de serviço de locação de andaimes torres, multidirecionais e/ou tubos equipados, com sistemas de linhas de vida provisórias, fornecimentos de mão de obra de montagem e de desmontagem, bem como os deslocamentos (transportes), nas cidades de Ouro Preto (Região Leste), Araxá (Região do Alto do Paranaíba), Belo Horizonte, Região Metropolitana desta e Região Central do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">LOCAÇÃO DE ANDAIMES (Belo Horizonte, Região Metropolitana e demais cidades da região central) </t>
   </si>
   <si>
     <t xml:space="preserve">Revogado Cancelado </t>
   </si>
   <si>
     <t>15-01-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2304.0002150/2024-07 Recebimento das propostas: até às 10 horas do dia 30/01/2025. Início da disputa de preços: às 10 horas do dia 30/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 16 de janeiro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 31-03-2025 ESCLARECIMENTOS - IMPUGNAÇÃO - Pedidos diversos e respostas - Unidade 1091012 - PROCESSO SEI nº 19.16.2481.0014733/2024-21 - Requerente: DIVERSOS (Pedido SIAD nº 0001, 0002, 0003), e também por e-mail. As solicitações da empresa e as respectivas respostas encontram-se nos arquivos anexados abaixo, para a consulta dos interessados. ----------------------------- 22-05-2025 REVOGAÇÃO - Número do processo: 220 / Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2304.0002150/2024-07 Objeto: Prestação de serviço de locação de andaimes torres, multidirecionais e/ou tubos equipados, com sistemas de linhas de vida provisórias, fornecimentos de mão de obra de montagem e de desmontagem, bem como os deslocamentos (transportes), nas cidades de Ouro Preto (Região Leste), Araxá (Região do Alto do Paranaíba), Belo Horizonte, Região Metropolitana desta e Região Central do Estado de Minas Gerais. Modalidade: Pregão eletrônico A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do referido processo, nos termos do art. 71, inciso II, da Lei Federal nº 14.133/2021. Motivo: adequação do edital. Prazo para manifestação: 3 (três) dias úteis, nos termos do art. 165, inciso I, alínea ?d?, da Lei Federal nº 14.133/2021. Oportunamente, será publicada nova licitação com o mesmo objeto. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, telefones (31) 3330-8190 / 8233 / 9464, de 2ª a 6ª feira, das 9 às 18 h, e através do site www.mpmg.mp.br. Belo Horizonte, 20 de maio de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pedido_resposta_e-mail_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13933/download;
+ Apenso_II_Planilhas_Relacao_Cidades_Regiao_Central.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13808/download;
+ Apenso_III_Planilha_de_Orcamento_Estimado_para_a_Contratacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13809/download;
+ Apenso_I_Modelo_de_Planilha_Orcamentaria.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13806/download;
+ edital_processo_220_2024_locacao_andaimes_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13804/download;
+ justificativa_revogacao_processo-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14033/download;
+ ata_revogacao_processo-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14034/download;
+ publicacao_DOMP_revogacao_processo-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14035/download;
+ impugnacao_n.1(4)_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13927/download;
+ pedido_de_esclarec_n.1_hoist_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13928/download;
  pedido_de_esclarec_n.2(5)_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13929/download;
  pedido_de_esclarec_n.2_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13930/download;
  pedido_de_esclarec_n.3_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13931/download;
  decisao_impug_n.1(4)_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13932/download;
- justificativa_revogacao_processo-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14033/download;
-[...7 lines deleted...]
- pedido_de_esclarec_n.1_hoist_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13928/download;
+ pedido_resposta_e-mail_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13933/download;
  pedido_resposta_e-mail_haix_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13934/download;
  pedido_resposta_e-mail_hoist_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13935/download;
  resp_pedido_escl_e-mail_n.2-3_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13936/download;
  resp_pedido_escl_n.2(5)_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13937/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LOCAÇÃO DE ANDAIMES (Cidade de Ouro Preto ? Região Leste) </t>
   </si>
   <si>
     <t xml:space="preserve">LOCAÇÃO DE ANDAIMES (Cidade de Araxá ? Região do Alto do Paranaíba) </t>
   </si>
   <si>
     <t xml:space="preserve"> 219 / 2024</t>
   </si>
   <si>
     <t>30/08/2024</t>
   </si>
   <si>
     <t>Prestação de serviços de locação veicular.</t>
   </si>
   <si>
     <t xml:space="preserve">LOCAÇÃO VEÍCULOS ZERO QUILÔMETROS </t>
   </si>
   <si>
     <t xml:space="preserve">Valor Locações LTDA </t>
   </si>
   <si>
     <t>53.490.000,00</t>
   </si>
   <si>
     <t>30-08-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3907.0070458/2024-60 Recebimento das propostas: até às 10 horas do dia 16/09/2024. Início da disputa de preços: às 10 horas do dia 16/09/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 29 de agosto 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 10-10-2024 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (XXX) ao(s) pedido(s) de esclarecimento(s) apresentado(s) pelo(a) Sr(a)/empresa Valor Locações Ltda.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ publicacao_homologacao_processo_219_2024_Lote 2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13626/download;
+ publicacao_homologacao_processo219_2024_Lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13627/download;
+ Ata_homologacao_processo219_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13624/download;
+ Pedidos_de_esclarecimento_pl219_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13585/download;
+ resposta_ pedido_de_esclarec_II_5_obdi_usecar.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13560/download;
  edital_processo_219_2024_locacao_veicular_DFROT_REP.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13550/download;
  resposta_ pedido_de_esclarec_1_Valor Locacoes_pe_pl219_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13555/download;
  edital_processo_219_2024_locacao_veicular_DFROT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13517/download;
- Ata_homologacao_processo219_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13624/download;
-[...3 lines deleted...]
- resposta_ pedido_de_esclarec_II_5_obdi_usecar.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13560/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LOCAÇÃO VEÍCULOS BLINDADOS </t>
   </si>
   <si>
     <t xml:space="preserve">CS BRASIL FROTAS S.A. </t>
   </si>
   <si>
     <t>3.559.722,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 216 / 2024</t>
   </si>
   <si>
     <t>24/10/2024</t>
   </si>
   <si>
     <t>Aquisição de materiais de rede lógica</t>
   </si>
   <si>
     <t xml:space="preserve">CABO DE REDE UTP CAT 5E CM AZUL </t>
   </si>
   <si>
     <t>293.660,00</t>
   </si>
   <si>
     <t>24-10-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0030084/2024-25 Recebimento das propostas: até às 10 horas do dia 08/11/2024. Início da disputa de preços: às 10 horas do dia 08/11/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 23 de outubro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 08-11-2024 COMUNICAÇÃO DE ALTERAÇÃO DA DATA DE ABERTURA DAS PROPOSTAS ATENÇÃO: Senhores licitantes, considerando que o acesso ao Portal de Compras MG apresentou ERRO e INSTABILIDADE, a abertura da sessão foi reagendada para o dia 11/11/2024, às 10 horas.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- homologacao_processo216_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13742/download;
  edital_aquisicao_contrato_materiais_rede_logica_DIMAN_pos_SGA (1).docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13616/download;
  Apenso_I_Lista_Produtos_Referenciais_e_Obrigatorios.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13617/download;
+ homologacao_processo216_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13742/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CABO DE REDE UTP CAT 5E LSZH VERDE </t>
   </si>
   <si>
     <t>123.068,00</t>
   </si>
   <si>
     <t xml:space="preserve">CABO DE REDE UTP CAT 5E LSZH AZUL </t>
   </si>
   <si>
     <t xml:space="preserve">CABO DE REDE UTP CAT 6 LSZH VERDE </t>
   </si>
   <si>
     <t xml:space="preserve">MULTIREDE DISTRIBUIDORA LTDA </t>
   </si>
   <si>
     <t>110.000,00</t>
   </si>
   <si>
     <t xml:space="preserve">PATCH CORDS UTP CAT 5E COMPRIMENTO DE 1,5 M </t>
   </si>
   <si>
     <t xml:space="preserve">Gama Luz Comércio de Materiais Elétricos Ltda. - EPP </t>
@@ -1867,161 +1867,161 @@
   </si>
   <si>
     <t xml:space="preserve"> 212 / 2024</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>Manutenção de caixas d'água</t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de limpeza e higienização/desinfecção de caixas d?água e reservatórios </t>
   </si>
   <si>
     <t xml:space="preserve">AMBIENTAL VET LTDA - ME </t>
   </si>
   <si>
     <t>399.999,97</t>
   </si>
   <si>
     <t>19-09-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0017388/2024-19 Recebimento das propostas: até às 10 horas do dia 03/10/2024. Início da disputa de preços: às 10 horas do dia 03/10/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 18 de setembro de 2024. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG (em substituição) ----------------------------- 30-09-2024 COMUNICAÇÃO ATENÇÃO: Srs. Licitantes, o Edital de Licitação referente ao processo licitatório em epígrafe será republicado devido à necessidade de readequação do item 15 do Termo de Referência (Anexo IV do Edital) e da Cláusula Segunda da Minuta de Contrato (Anexo I do Edital). Informamos que haverá alteração de datas e solicitamos aos licitantes que acompanhem atentamente as próximas publicações referentes ao Belo Horizonte, 30/09/2024. ----------------------------- 01-10-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0017388/2024-19 Recebimento das propostas: até às 10 horas do dia 16/10/2024. Início da disputa de preços: às 10 horas do dia 16/10/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. *Republicado em razão de readequação do Edital. Houve alteração de datas Belo Horizonte, 30 de setembro de 2024. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Compras e Licitações/PGJ-MG em exercício ----------------------------- 03-12-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo por parte da licitante ZAP MUSIC E DEDETIZADORA LTDA, contra a decisão do pregoeiro que declarou vencedora do certame a licitante AMBIENTAL VET LTDA - ME. O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página, e no campo próprio do Portal de Compras MG. ----------------------------- 28-12-2024 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO - Número do processo: 212 / Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0017388/2024-19. Objeto: Contratação de empresa especializada para execução de serviços de limpeza e higienização/desinfecção de caixas d?água e reservatórios, com fornecimento de mão de obra, com materiais e acessórios hidráulicos, em edificações ocupadas pelo Ministério Público de Minas Gerais, conforme especificações, exigências e quantidades estabelecidas neste Edital e seus anexos. Modalidade: Pregão eletrônico. Recorrente: ZAP MUSIC E DEDETIZADORA LTDA. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão do Pregoeiro. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Belo Horizonte, 27 de dezembro de 2024. IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa ----------------------------- 31-12-2024 HOMOLOGAÇÃO - Número do processo: 212 / Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0017388/2024-19. Objeto: Contratação de empresa especializada para execução de serviços de limpeza e higienização/desinfecção de caixas d?água e reservatórios, com fornecimento de mão de obra, com materiais e acessórios hidráulicos, em edificações ocupadas pelo Ministério Público de Minas Gerais, conforme especificações, exigências e quantidades estabelecidas neste Edital e seus anexos. Modalidade: Pregão eletrônico. Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1 (único): AMBIENTAL VET LTDA - ME, CNPJ nº 08.859.269/0001-30; Valor (total) adjudicado: R$399.999,96. Belo Horizonte, 30 de dezembro de 2024. IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Documentos_Tecnicos_pl_212_2024_rep.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13589/download;
- edital_processo_212_2024_manut_caixa_dagua_DIMAN.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13565/download;
  contrarrazoes_recurso_adm_F000184_ambiental_pe_pl-212_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13706/download;
  recurso_adm_F000103_zap-music_pe_pl-212_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13692/download;
+ Documentos_Tecnicos_pl_212_2024_rep.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13589/download;
+ edital_processo_212_2024_servicos_de_limpeza_de_caixa_d_agua_DIMAN_rep.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13593/download;
+ edital_processo_212_2024_manut_caixa_dagua_DIMAN.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13565/download;
+ Documentos_tecnicos_pl_212_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13566/download;
  Public_DOMP_Resultado_Julg_Recurso_pl-212_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14032/download;
- edital_processo_212_2024_servicos_de_limpeza_de_caixa_d_agua_DIMAN_rep.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13593/download;
- Documentos_tecnicos_pl_212_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13566/download;
  decisao_recurso_adm_F103_zapmusic_pe_pl294_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13778/download;
  ata_homologacao_processo-212_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13780/download;
  homologacao_processo_212_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13784/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 209 / 2024</t>
   </si>
   <si>
     <t>11/10/2024</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO para aquisição de mobiliário sob medida a ser destinado aos gabinetes dos Procuradores de Justiça de Minas Gerais, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência.</t>
   </si>
   <si>
     <t xml:space="preserve">MESAS, ARMÁRIOS E GAVETEIROS </t>
   </si>
   <si>
     <t xml:space="preserve">W M PORTAS EMPREENDIMENTOS LTDA - EPP </t>
   </si>
   <si>
     <t>384.697,00</t>
   </si>
   <si>
     <t>11-10-2024 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156897/2023-37 Recebimento das propostas: até às 10 horas do dia 24/10/2024. Início da disputa de preços: às 10 horas do dia 24/10/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 10 de outubro de 2024. Amauri Silva Alves Coordenador da Diretoria de Compras e Licitações/PGJ-MG em exercício</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Homologacao_planejamento209_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13680/download;
  edital_processo_209_2024_aquisicao_de_mobiliario_sob_medida_DIMAT_rp.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13601/download;
- Homologacao_planejamento209_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13680/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 208 / 2024</t>
   </si>
   <si>
     <t>Fornecimento de climatizadores de ar; fornecimento, instalação e desinstalação de condicionadores de ar, com fornecimento de mão de obra e materiais, em edificações ocupadas pelo Ministério Público, em todo o Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">FORNECIMENTO E INSTALAÇÃO/ DESINSTALAÇÃO DE CONDICIONADORES DE AR, COM FORNECIMENTO DE MÃO DE OBRA E MATERIAIS </t>
   </si>
   <si>
     <t xml:space="preserve">FRIOMINAS MÁQUINAS REPRESENTAÇÕES LTDA. </t>
   </si>
   <si>
     <t>1.388.999,25</t>
   </si>
   <si>
     <t>29-08-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0048930/2024-45 Recebimento das propostas: até às 10 horas do dia 13/09/2024. Início da disputa de preços: às 10 horas do dia 13/09/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 28 de agosto 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 30-08-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações ao pedido de esclarecimento (solicitação nº 0001) apresentado pela empresa PRODUTOR RODRIGO LOCACOES E SERVICOS LTDA. ----------------------------- 05-09-2024 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Divisão de Manutenção Predial (DIMAN) ao Pedido de Esclarecimento 0002 apresentado pela empresa Excellence Comercial Ltda. ----------------------------- 12-09-2024 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), contendo resposta da Diretoria de Gestão de Compras e Licitações ao Pedido de Esclarecimento 0003, apresentado pela empresa Friominas Máquinas Ltda. ----------------------------- 12-09-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Unidade Gestora de Contratação (Divisão de Manutenção Predial - DIMAN) ao Pedido de Esclarecimento 0004, apresentado pela empresa 0004_44.094.743 Camila Saturnino de Assis Silva.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Pedido_de_Esclarecimento_001_Produtor_Rodrigo_Locacoes_Servicos_Ltda_e_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13519/download;
-[...2 lines deleted...]
- Pedido_de_Esclarecimento _0004_44.094.743_Camila_Saturnino_de_Assis_Silva_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13544/download;
  ata_homologacao_processo208_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13598/download;
  homologacao_processo_208_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13599/download;
  integra_da_decisao_DIMAN_proposta_e_documentacao_inicial_O_C_ARAUJO_JM_MULTIMAR_LTDA_F000191.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13579/download;
  Proposta_e_Doc_Inicial_O_C_ARAUJO_JM_MULT_LTDA_F000191.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13580/download;
+ Pedido_de_Esclarecimento _0004_44.094.743_Camila_Saturnino_de_Assis_Silva_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13544/download;
+ Pedido_de_Esclarecimento_0002_Excellence_Comercial_Ltda_e_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13528/download;
+ Pedido_de_Esclarecimento _0003_Friominas_Maquinas_Representacoes_LTDA _Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13543/download;
+ Pedido_de_Esclarecimento_001_Produtor_Rodrigo_Locacoes_Servicos_Ltda_e_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13519/download;
+ Apenso_I_ao_Termo_de_Referencia_Planilha_Orcamentaria_(modelo).xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13507/download;
+ Apenso_II_ao_Termo_de_Referencia_Planilha_de_Composicao_de_Beneficios_e_Despesas_Indiretas_BDI_(modelo).xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13508/download;
  Apenso_III_ao_Termo_de_Referencia_Planilha_de_Composicao_de_preco_unitario_(modelo).xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13509/download;
- Apenso_II_ao_Termo_de_Referencia_Planilha_de_Composicao_de_Beneficios_e_Despesas_Indiretas_BDI_(modelo).xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13508/download;
  edital_processo_208_2024_fornecimento_e_instalacao_condicionadores_de_ar_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13506/download;
- Apenso_I_ao_Termo_de_Referencia_Planilha_Orcamentaria_(modelo).xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13507/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CLIMATIZADORES DE AR </t>
   </si>
   <si>
     <t xml:space="preserve">CAMILA SATURNINO DE ASSIL SILVA </t>
   </si>
   <si>
     <t>5.500,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 207 / 2024</t>
   </si>
   <si>
     <t>06/09/2024</t>
   </si>
   <si>
     <t>Aquisição de Canaletas de PVC Dutoplast, acessórios e módulos Tramontina.</t>
   </si>
   <si>
     <t xml:space="preserve">CANALETAS DUTOPLAST 50X20 E ACESSÓRIOS </t>
   </si>
   <si>
     <t>95.748,00</t>
   </si>
   <si>
     <t>06-09-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI):19.16.2481.0048978/2024-10 Recebimento das propostas: até às 10 horas do dia 20/09/2024. Início da disputa de preços: às 10 horas do dia 20/09/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 04 de setembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 18-09-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIMAN - DIVISÃO DE MANUTENÇÃO PREDIAL) ao pedido de esclarecimento (solicitação nº 0001) apresentado pela empresa GRN Conectividade Ltda.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_processo207_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13586/download;
+ pedido_de_esclarec._n.0001_empresa_GRN_Conectividade.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13563/download;
  proposta_docs_inicias_Gama_Luz_F000167_F000262_F000313_F000467_ F000542_F000613_F000711_L._1_a_7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13573/download;
+ docs_habilitatorios_Gama_Luz_F000167_F000262_F000313_F000467_ F000542_F000613_F000711_L._1_a_7.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13578/download;
  edital_processo_207_2024_canaletas_dutoplast_e_outros_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13531/download;
  apenso_I_ao_termo_de_referencia_planilha_com_lista_de_materiais_eletricos_referenciados.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13532/download;
- pedido_de_esclarec._n.0001_empresa_GRN_Conectividade.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13563/download;
-[...1 lines deleted...]
- homologacao_processo207_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13586/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">TOMADAS ELÉTRICAS 250V/10A TRAMONTINA </t>
   </si>
   <si>
     <t>20.900,00</t>
   </si>
   <si>
     <t xml:space="preserve">TOMADAS ELÉTRICAS 250V/20A TRAMONTINA </t>
   </si>
   <si>
     <t>22.440,00</t>
   </si>
   <si>
     <t xml:space="preserve">INTERRUPTORES ELÉTRICOS TRAMONTINA </t>
   </si>
   <si>
     <t>4.500,00</t>
   </si>
   <si>
     <t xml:space="preserve">KIT PARA TOMADAS RJ-45 CAT 5E </t>
   </si>
   <si>
     <t>13.092,00</t>
@@ -2034,57 +2034,57 @@
   </si>
   <si>
     <t xml:space="preserve">CANALETAS DUTOPLAST 20X10 E ACESSÓRIOS </t>
   </si>
   <si>
     <t>7.547,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 201 / 2024</t>
   </si>
   <si>
     <t>Aquisição de canaletas metálicas Dutotec.</t>
   </si>
   <si>
     <t xml:space="preserve">CANALETAS METÁLICAS D25/D45 E TAMPA LISA </t>
   </si>
   <si>
     <t>309.900,00</t>
   </si>
   <si>
     <t>06-09-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0002131/2024-96 Recebimento das propostas: até às 10 horas do dia 24/09/2024. Início da disputa de preços: às 10 horas do dia 24/09/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 05 de setembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 13-09-2024 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (XXX) ao(s) pedido(s) de esclarecimento(s) apresentado(s) pelo(a) Sr(a)/empresa Positiva Distribuidora de Materiais e Serviços Ltda. ----------------------------- 10-10-2024 HOMOLOGAÇÃO - Número do processo: 201 / Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0002131/2024-96 Objeto: Aquisição de canaletas metálicas Dutotec, com entrega sob demanda, conforme especificações, exigências e quantidades estabelecidas neste Edital e seus anexos. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lotes 1, 2 e 3: GAMA LUZ COMERCIO DE MATERIAIS ELETRICOS LTDA ? EPP, CNPJ nº 10.174.094/0001-79; Valores (totais) adjudicados: R$309.900,00; R$51.900,00; e R$50.946,00, respectivamente; Lotes 4, 5 e 6: ASA LINK COMERCIAL LTDA - ME, CNPJ nº 03.501.690/0001-50; Valores (totais) adjudicados: R$139.999,94; R$25.000,00; e R$49.999,91, respectivamente. Belo Horizonte, 9 de outubro de 2024. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- homologacao_processo-201_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14052/download;
+ pedido_de_esclarec_1_Positiva_pe_pl201_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13567/download;
  edital_processo_201_2024_canaletas_dutotec_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13535/download;
  Apenso_I_do_Termo_de_Referencia_lista_de_produtos_obrigatorios_referenciados.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13536/download;
+ resposta_ pedido_de_esclarec_1_Positiva _pe_pl201_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13554/download;
  pedido_de_esclarec_1_Positiva_pe_pl201_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13553/download;
- resposta_ pedido_de_esclarec_1_Positiva _pe_pl201_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13554/download;
- pedido_de_esclarec_1_Positiva_pe_pl201_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13567/download;
  ata_homologacao_processo-201_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13611/download;
+ homologacao_processo-201_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14052/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">ACESSÓRIOS PARA CANALETAS METÁLICAS D25/D45 </t>
   </si>
   <si>
     <t>51.900,00</t>
   </si>
   <si>
     <t xml:space="preserve">PORTA EQUIPAMENTOS PARA CANALETAS METÁLICAS D25/D45 </t>
   </si>
   <si>
     <t>50.946,00</t>
   </si>
   <si>
     <t xml:space="preserve">CURVAS E SEPTOS PARA CANALETAS METÁLICAS D25/D45 </t>
   </si>
   <si>
     <t xml:space="preserve">ASA LINK COMERCIAL LTDA - ME </t>
   </si>
   <si>
     <t>139.999,94</t>
   </si>
   <si>
     <t xml:space="preserve">CANALETAS DUTOTEC X </t>
@@ -2100,149 +2100,149 @@
   </si>
   <si>
     <t xml:space="preserve"> 200 / 2024</t>
   </si>
   <si>
     <t>22/10/2024</t>
   </si>
   <si>
     <t>Prestação de serviços continuados de manutenção preventiva e corretiva em equipamentos de acesso com fornecimento de materiais</t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção preventiva e corretiva em equipamentos de acesso ? Regiões Central e Norte, Vale do Jequitinhonha e Mucuri </t>
   </si>
   <si>
     <t xml:space="preserve">SANTANA COMUNICAÇÃO E SEGURANÇA LTDA. </t>
   </si>
   <si>
     <t>2.030.200,00</t>
   </si>
   <si>
     <t>22-10-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0015019/2024-59 Recebimento das propostas: até às 10 horas do dia 07/11/2024. Início da disputa de preços: às 10 horas do dia 07/11/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 21 de outubro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 05-11-2024 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Unidade 1091012 - PROCESSO SEI: Nº 19.16.2481.0015019/2024-59 - Impugnante: Santana Sistemas de Segurança Ltda. Síntese da decisão: Apresentou peça impugnativa, tempestiva, no entanto, a empresa não cumpriu a exigência editalícia quanto à forma de apresentação da impugnação, estando em desconformidade com o Item 2.3.1 do edital. Dessa forma, será recebida como requerimento administrativo, em atenção ao direito constitucional de petição e ao princípio da autotutela. Não houve alteração nas datas da licitação. Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se, nesta página, para consulta aos interessados. ----------------------------- 07-11-2024 COMUNICAÇÃO DE ALTERAÇÃO DA DATA DE ABERTURA DAS PROPOSTAS ATENÇÃO: Senhores licitantes, considerando que o acesso ao Portal de compras apresentou ERRO E INSTABILIDADE e em atendimento a previsão no item 5.9 do edital que: -Quando a desconexão do sistema eletrônico persistir por tempo superior a 10 minutos para o órgão ou para a entidade promotora da licitação, a sessão pública será suspensa, após a finalização do envio dos lances, e reiniciada somente decorridas 24 horas após a comunicação do fato aos participantes no sítio eletrônico utilizado para divulgação-, comunico que a abertura da sessão de disputa dos lances será dia 08/11/2024, às 10 horas. Simone de Oliveira Capanema - Pregoeira. ----------------------------- 07-11-2024 COMUNICAÇÃO DE ALTERAÇÃO DA DATA DE ABERTURA DAS PROPOSTAS ATENÇÃO: Conforme avisos publicados nos portais Compras/MG (compras.mg.gov.br) e MPMG (www.mpmg.mp.br), informamos que a data de abertura da sessão reagendada para o dia 08/11, às 10h, devido à instabilidade frequente no acesso ao Portal de Compras, será novamente alterada. Assim considerando a previsão do item 5.9 do edital, informamos a nova data: RECEBIMENTO DAS PROPOSTAS: Até às 10 horas do dia 11/11/2024. INÍCIO DA SESSÃO DE LANCES: Às 10 horas do dia 11/11/2024. ----------------------------- 13-11-2024 COMUNICAÇÃO Prezados senhores, o portal de Compras encontra-se inoperante na data de hoje, por essa razão, a data da retomada da sessão do pregão 1091012 200/2024 será reagendada. Assim que for possível, informaremos nova data. Favor acompanharem as publicações.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Homologacao_processo200_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13678/download;
  edital_pl_200_manutencao_equip_de_acesso_DIMAN.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13614/download;
  Apensos I a III do TR.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13615/download;
  Impugnacao_Santana_processo_200_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13645/download;
  Resposta_a_Pedido_de_Esclarecimentos_Impugnacao_Santana_processo_200_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13646/download;
  Propostas_F125_F260_pl_200_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13650/download;
+ Homologacao_processo200_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13678/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção preventiva e corretiva em equipamentos de controle de acesso Regiões Leste, Sul, Triângulo e Alto Paranaíba </t>
   </si>
   <si>
     <t>2.203.355,25</t>
   </si>
   <si>
     <t xml:space="preserve"> 193 / 2024</t>
   </si>
   <si>
     <t>04/09/2024</t>
   </si>
   <si>
     <t>Prestação de serviço de monitoramento eletrônico, com inclusão de fornecimento de equipamentos, e dos serviços de instalação, de desinstalação/reinstalação, de manutenção (com troca e reposição total de peças) e de monitoramento de todos os dispositivos de segurança eletrônica que compõem o sistema.</t>
   </si>
   <si>
     <t xml:space="preserve">Monitoramento eletrônico, com inclusão de fornecimento de equipamentos, e dos serviços de instalação, de desinstalação/reinstalação, de manutenção (com troca e reposição total de peças </t>
   </si>
   <si>
     <t>3.689.999,25</t>
   </si>
   <si>
     <t>04-09-2024 AVISO DE LICITAÇÃO no site www.compras.mg.gov.br Número do processo: 193/ Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0049481/2024-05. Objeto: Prestação de serviço de monitoramento eletrônico, com inclusão de fornecimento de equipamentos, e dos serviços de instalação, de desinstalação/reinstalação, de manutenção (com troca e reposição total de peças) e de monitoramento de todos os dispositivos de segurança eletrônica que compõem o sistema. Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 19/09/2024. Início da disputa de preços: às 10 horas do dia 19/09/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 3 de setembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 10-09-2024 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Diretoria de Segurança - DSEG) ao Pedido de Esclarecimento 0001 apresentado pela empresa V2 Integradora. ----------------------------- 10-09-2024 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Diretoria de Segurança - DSEG) ao Pedido de Esclarecimento 00001 apresentado pela empresa V2 Integradora. ----------------------------- 12-09-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Unidade Gestora de Contratação (Diretoria de Segurança - DSEG) ao Pedido de Esclarecimento 0001, apresentado, via SIAD, pela empresa AZIZ SISTEMA DE SEGURANÇA LTDA. ----------------------------- 13-09-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Unidade Gestora de Contratação (Diretoria de Segurança - DSEG) ao Pedido de Esclarecimento 0002, apresentado via SIAD, pelo empresa Aziz Sistema de Segurança Ltda. ----------------------------- 17-09-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Unidade Gestora de Contratação (Diretoria de Segurança - DSEG) ao Pedido de Esclarecimento 0003, apresentado via SIAD, pela empresa Método System Comércio de Equipamentos para Telecomunicações e Serviços Ltd. ----------------------------- 11-10-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo por parte da licitante PHOENIX TECNOLOGIA EM SEGURANCA ELETRONICA LTDA - ME, contra a decisão da pregoeira que declarou vencedora a licitante MÉTODO SYSTEM COMÉRCIO DE EQUIPAMENTOS PARA TELECOMUNICAÇÕES E SERVIÇOS LTDA. O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página, e no campo próprio do Portal de Compras MG. ----------------------------- 23-10-2024 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO - Número do processo: 193 / Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0049481/2024-05. Objeto: Prestação de serviço de monitoramento eletrônico, com inclusão de fornecimento de equipamentos, e dos serviços de instalação, de desinstalação/reinstalação, de manutenção (com troca e reposição total de peças) e de monitoramento de todos os dispositivos de segurança eletrônica que compõem o sistema. Modalidade: Pregão eletrônico. Recorrente: PHOENIX TECNOLOGIA EM SEGURANCA ELETRONICA LTDA - ME. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão do Pregoeiro. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.compras.mg.gov.br. Belo Horizonte, 22 de outubro de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 24-10-2024 HOMOLOGAÇÃO - Número do processo: 193 / Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0049481/2024-05. Objeto: Prestação de serviço de monitoramento eletrônico, com inclusão de fornecimento de equipamentos, e dos serviços de instalação, de desinstalação/reinstalação, de manutenção (com troca e reposição total de peças) e de monitoramento de todos os dispositivos de segurança eletrônica que compõem o sistema. Modalidade: Pregão eletrônico. Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1(único): MÉTODO SYSTEM COMÉRCIO DE EQUIPAMENTOS PARA TELECOMUNICAÇÕES E SERVIÇOS LTDA. CNPJ nº 07.346.478/0001-17. Valor (total) adjudicado: R$3.689.999,20. Belo Horizonte, 23 de outubro de 2024. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_processo_193_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13620/download;
+ ata_homologacao_processo_193_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13619/download;
+ Proposta_e_documentacao_Phoenix_Tec_Em_Seg_Eletronica_Ltda_F000191.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13568/download;
+ Pedido_de_Esclarecimento_0003_via_SIAD_METODO_SYSTEM_e_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13559/download;
+ Proposta_e_doc_readequadas_Phoenix_Tec_Em_Seg_Eletronica_Ltda_F000191.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13569/download;
+ Proposta_e_doc_METODO_SYSTEM_COM_EQUIP_TEL_SERV_LTDA_F000119.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13590/download;
+ Docs_habilitatorios_METODO_S_COM_EQ_SERV_LTDA_F000119.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13595/download;
+ Pedido_de_Esclarecimento_0001_V2_Integradora_e_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13541/download;
  Pedido_de_Esclarecimento_0001_via_SIAD_AZIZ_SISTEMA_DE_SEGURANCA_LTDA_e_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13545/download;
- ata_homologacao_processo_193_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13619/download;
- homologacao_processo_193_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13620/download;
+ Pedido_de_Esclarecimento_0002_via_SIAD_AZIZ_SISTEMA_DE_SEGURANCA_LTDA_e_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13549/download;
  edital_servico_monitoramento_eletronico_PL193_2024_DSEG.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13523/download;
- decisao_recurso_adm_phoenix_pe_pl193_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14051/download;
- Pedido_de_Esclarecimento_0001_V2_Integradora_e_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13541/download;
  public_DOMP_result_julg_recurso_pl-193_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14049/download;
  contrarrazoes_recurso_adm_metodo_pe_pl193_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14050/download;
- Proposta_e_doc_METODO_SYSTEM_COM_EQUIP_TEL_SERV_LTDA_F000119.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13590/download;
-[...3 lines deleted...]
- Pedido_de_Esclarecimento_0002_via_SIAD_AZIZ_SISTEMA_DE_SEGURANCA_LTDA_e_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13549/download;
+ decisao_recurso_adm_phoenix_pe_pl193_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14051/download;
  recurso_adm_phoenix_pe_pl193_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14045/download;
- Pedido_de_Esclarecimento_0003_via_SIAD_METODO_SYSTEM_e_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13559/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 190 / 2024</t>
   </si>
   <si>
     <t>16/07/2024</t>
   </si>
   <si>
     <t>Aquisição de Aeronave Remotamente Pilotada (RPA/drone), incluindo treinamento e capacitação, para uso nos trabalhos de enfrentamento ao crime organizado desenvolvidos no Grupo de Atuação Especial de Combate ao Crime Organizado (GAECO) do Ministério Público de Minas Gerais, sob a forma de entrega integral.</t>
   </si>
   <si>
     <t xml:space="preserve">AERONAVES REMOTAMENTE PILOTADAS E TREINAMENTO </t>
   </si>
   <si>
     <t>538.399,94</t>
   </si>
   <si>
-    <t>16-07-2024 RETIFICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1087.0001357/2024-97 Recebimento das propostas: até às 10 horas do dia 05/08/2024. Início da disputa de preços: às 10 horas do dia 05/08/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 15 de julho de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*) Onde se lê ?Catarina Natalino Calixto?, leia-se ?Amauri Silva Alves, Coordenador da Diretoria de Gestão de Compras e Licitações em Substituição. ----------------------------- 16-07-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1087.0001357/2024-97 Recebimento das propostas: até às 10 horas do dia 05/08/2024. Início da disputa de preços: às 10 horas do dia 05/08/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 15 de julho de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*) Este PL substitui o PL114/2024, tendo em vista a necessidade de cadastro de novo processo no sistema. Trata-se de REPUBLICAÇÃO de edital de licitação devido à readequação do Termo de Referência. Houve alteração de datas.</t>
+    <t>16-07-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1087.0001357/2024-97 Recebimento das propostas: até às 10 horas do dia 05/08/2024. Início da disputa de preços: às 10 horas do dia 05/08/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 15 de julho de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*) Este PL substitui o PL114/2024, tendo em vista a necessidade de cadastro de novo processo no sistema. Trata-se de REPUBLICAÇÃO de edital de licitação devido à readequação do Termo de Referência. Houve alteração de datas. ----------------------------- 16-07-2024 RETIFICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1087.0001357/2024-97 Recebimento das propostas: até às 10 horas do dia 05/08/2024. Início da disputa de preços: às 10 horas do dia 05/08/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 15 de julho de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*) Onde se lê ?Catarina Natalino Calixto?, leia-se ?Amauri Silva Alves, Coordenador da Diretoria de Gestão de Compras e Licitações em Substituição.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_190_2024_aquisicao_drones_com_treinamento_e_capacitacao_GAECO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13444/download;
  documentos_habilitatorios_F000151_CLASSIC_COMERCIO_LTDA_ME.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13461/download;
  ata_homologacao_processo_190_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13462/download;
  homologacao_processo190_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13463/download;
+ edital_processo_190_2024_aquisicao_drones_com_treinamento_e_capacitacao_GAECO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13444/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 189 / 2024</t>
   </si>
   <si>
     <t>Prestação de serviços de fornecimento e instalação de planos de cortes de MDF/laminados com o devido acabamento e ferragens, conforme especificações, exigências e quantidades estabelecidas neste Edital.</t>
   </si>
   <si>
     <t xml:space="preserve">FORNECIMENTO E INSTALAÇÃO DE PAINEL ESPESSURA FINAL 5CM </t>
   </si>
   <si>
     <t>132.430,00</t>
   </si>
   <si>
     <t>29-08-2024 AVISO DE LICITAÇÃO no site www.compras.mg.gov.br Número do processo: 189 / Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0059582/2024-46 Objeto: Prestação de serviços de fornecimento e instalação de planos de cortes de MDF/laminados com o devido acabamento e ferragens. Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 13/09/2024. Início da disputa de preços: às 10 horas do dia 13/09/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 28 de agosto de 2024. Catarina Natalino Calixto ----------------------------- 26-09-2024 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lotes 1 a 9: W M PORTAS EMPREENDIMENTOS EM MÓVEIS PLANEJADOS LTDA ? EPP. CNPJ 17.331.294/0001-37 Valor (total) adjudicado Lote 1: R$ 132.430,00 Valor (total) adjudicado Lote 2: R$ 251.790,00 Valor (total) adjudicado Lote 3: R$ 142.660,00 Valor (total) adjudicado Lote 4: R$ 128.230,00 Valor (total) adjudicado Lote 5: R$ 36.090,00 Valor (total) adjudicado Lote 6: R$ 31.560,00 Valor (total) adjudicado Lote 7: R$ 48.930,00 Valor (total) adjudicado Lote 8: R$ 20.080,00 Valor (total) adjudicado Lote 9: 66.475,00 Belo Horizonte, 25 de setembro de 2024. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_processo189_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13577/download;
  edital_189_2024_fornecimento_instalacao_MDF_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13510/download;
- ata_homologacao_processo189_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13577/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">FORNECIMENTO E INSTALAÇÃO DE PAINEL ESPESSURA FINAL 7 CM </t>
   </si>
   <si>
     <t>251.790,00</t>
   </si>
   <si>
     <t xml:space="preserve">FORNECIMENTO E INSTALAÇÃO DE PAINEL ESPESSURA MÁXIMA 11 CM </t>
   </si>
   <si>
     <t>142.660,00</t>
   </si>
   <si>
     <t xml:space="preserve">FORNECIMENTO E INSTALAÇÃO DE PAINEL DIVISÓRIO, 90X110 CM </t>
   </si>
   <si>
     <t>128.230,00</t>
   </si>
   <si>
     <t xml:space="preserve">FORNECIMENTO E INSTALAÇÃO DE PORTA DIVISÓRIA DE CORRER, 90X240 CM </t>
   </si>
   <si>
     <t>36.090,00</t>
@@ -2273,59 +2273,59 @@
   </si>
   <si>
     <t xml:space="preserve"> 181 / 2024</t>
   </si>
   <si>
     <t>09/08/2024</t>
   </si>
   <si>
     <t>Prestação de serviços de seguro total de veículos</t>
   </si>
   <si>
     <t xml:space="preserve">Seguro total para veículos </t>
   </si>
   <si>
     <t xml:space="preserve">GENTE SEGURADORA S.A. </t>
   </si>
   <si>
     <t>660.664,56</t>
   </si>
   <si>
     <t>09-08-2024 AVISO DE LICITAÇÃO AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3907.0035780/2024-25 Recebimento das propostas: até às 10 horas do dia 28/08/2024. Início da disputa de preços: às 10 horas do dia 28/08/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 8 de agosto de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 09-08-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações, ao pedido de esclarecimento (solicitação nº 0001) apresentado pela empresa Sollievo Assessoria e Corretagem de Seguros Ltda. ----------------------------- 26-08-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIVISÃO DE FROTA) ao pedido de esclarecimento (solicitação nº 0002) apresentado pela empresa Porto Seguro Companhia de Seguros Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ doc_habilitatorios_Gente_F000173_pl181_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13537/download;
+ proposta_demonst._exequibilidade_habilitacao_outros_Gente_F000173_pl_181-2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13530/download;
+ homologacao_processo181_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13548/download;
  pedido_de_esclarec_n.0002_empresa_Porto_Seguro_pe_pl181_2024.pdf.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13489/download;
- doc_habilitatorios_Gente_F000173_pl181_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13537/download;
- homologacao_processo181_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13548/download;
+ Planilha de Veiculos a serem segurados.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13467/download;
+ Veiculos___PGJ (3).XLSX : https://transparencia.mpmg.mp.br/licitacao/arquivo/13465/download;
+ pedido_de_esclarec_n.0001_empresa_Sollievo_pe_pl181_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13469/download;
  edital_processo_181_2024_seguro_veiculos_DFROT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13464/download;
- Veiculos___PGJ (3).XLSX : https://transparencia.mpmg.mp.br/licitacao/arquivo/13465/download;
  Veiculos___FEPDC (1).XLSX : https://transparencia.mpmg.mp.br/licitacao/arquivo/13466/download;
- Planilha de Veiculos a serem segurados.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13467/download;
-[...1 lines deleted...]
- proposta_demonst._exequibilidade_habilitacao_outros_Gente_F000173_pl_181-2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13530/download;
 </t>
   </si>
   <si>
     <t>12/11/2024</t>
   </si>
   <si>
     <t>Registro de Preço para aquisição de scanners (digitalizadores) de rede</t>
   </si>
   <si>
     <t xml:space="preserve">Scanners </t>
   </si>
   <si>
     <t xml:space="preserve">VETRE COMERCIO DE EQUIPAMENTOS E SUPRIMENTOS DE INFORMATICA LTDA </t>
   </si>
   <si>
     <t>1.445.000,00</t>
   </si>
   <si>
     <t>12-11-2024 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0055250/2024-40 Recebimento das propostas: até às 10 horas do dia 27/11/2024. Início da disputa de preços: às 10 horas do dia 27/11/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 11 de Novembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 22-11-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações ao Pedido de Esclarecimento 0001 apresentado pela empresa Microsens S/A.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_181_2024_RP_aquisicao_Scanners_DSMT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13651/download;
  Pedido_de_esclarecimento_0001_Microsens _SA_e_Esclarecimentos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13671/download;
@@ -2336,55 +2336,55 @@
   <si>
     <t xml:space="preserve"> 177 / 2024</t>
   </si>
   <si>
     <t>10/12/2024</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de bens permanentes diversificados: (forno micro-ondas, refrigerador doméstico, ventilador não industrial, cafeteira elétrica, televisores de 55' e 75' polegadas, fragmentadora, suporte de teto para televisão e cafeteira industrial 6L e 20L), destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">MICROONDAS </t>
   </si>
   <si>
     <t xml:space="preserve">REIS COMÉRCIO ATACADISTA E VAREJISTA DE DIVERSOS ARTIGOS E SUPRIMENTOS LTDA. - ME </t>
   </si>
   <si>
     <t>143.880,00</t>
   </si>
   <si>
     <t>30-11-2024 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156913/2023-90 Recebimento das propostas: até às 10 horas do dia 12/12/2024. Início da disputa de preços: às 10 horas do dia 12/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 30 de novembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 07-12-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156913/2023-90 Recebimento das propostas: até as 10 horas do dia 23/12/2024. Início da disputa de preços: às 10 horas do dia 23/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 6 de dezembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações / PGJ-MG *Republicado em virtude da retificação do Edital, com alteração de data. ----------------------------- 10-12-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156913/2023-90 Recebimento das propostas: até as 10 horas do dia 09/01/2025. Início da disputa de preços: às 10 horas do dia 09/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 9 de dezembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações / PGJ-MG *Republicado em virtude da retificação do Edital, com alteração de data. ----------------------------- 03-01-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Divisão de Licitações e da Unidade Gestora de Contratação (DIRETORIA DE GESTÃO DE MATERIAIS) ao pedido de esclarecimento nº 0001 apresentado pela empresa Microsens S.A. ----------------------------- 07-01-2025 ABERT. E JULG. DE NOVA DOC. E ABERT. DE PROPOSTAS Seguem, em anexo, resposta à Impugnação n. 02 e resposta aos Pedidos de Esclarecimentos n. 03, 04. 05 e 06.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  pedido_esclarecimento1_e_resposta.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13705/download;
- homologacao_planejamento177_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13832/download;
+ edital_processo_177_2024_RP_aquisicao de bens permanentes diversificados_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13738/download;
+ pedido_de_esclarec._n.0001_empresa_Microsens.pdf.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13777/download;
  decis?o_impugnacao_2_EbaOffice.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13785/download;
  resposta_pedidos_ esclarecimentos_3_4_5_6_ Microsens.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13786/download;
- pedido_de_esclarec._n.0001_empresa_Microsens.pdf.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13777/download;
- edital_processo_177_2024_RP_aquisicao de bens permanentes diversificados_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13738/download;
+ homologacao_planejamento177_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13832/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">REFRIGERADOR </t>
   </si>
   <si>
     <t>300.860,00</t>
   </si>
   <si>
     <t xml:space="preserve">VENTILADOR </t>
   </si>
   <si>
     <t>95.220,00</t>
   </si>
   <si>
     <t xml:space="preserve">CAFETEIRA ELÉTRICA DOMÉSTICA </t>
   </si>
   <si>
     <t>20.500,00</t>
   </si>
   <si>
     <t xml:space="preserve">TELEVISÃO 55 POLEGADAS </t>
   </si>
   <si>
     <t xml:space="preserve">Repremig Representacao e Comercio de Minas Gerais Ltda. </t>
@@ -2433,65 +2433,65 @@
   </si>
   <si>
     <t xml:space="preserve"> 146 / 2024</t>
   </si>
   <si>
     <t>24/06/2024</t>
   </si>
   <si>
     <t>Contratação de empresa especializada na prestação continuada de serviços de apoio administrativo e suporte operacional, com dedicação exclusiva de mão de obra, a serem executados nas dependências do MPMG.</t>
   </si>
   <si>
     <t xml:space="preserve">Prestação continuada de serviços de apoio administrativo e suporte operacional, com dedicação exclusiva de mão de obra, a serem executados nas dependências do MPMG. </t>
   </si>
   <si>
     <t xml:space="preserve">LIDERANCA LIMPEZA E CONSERVACAO LTDA </t>
   </si>
   <si>
     <t>48.086.864,00</t>
   </si>
   <si>
     <t>24-06-2024 AVISO DE LICITAÇÃO - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.0258.0163215/2023-94 Objeto: Contratação de empresa especializada na prestação continuada de serviços de apoio administrativo e suporte operacional, com dedicação exclusiva de mão de obra, a serem executados nas dependências do MPMG. - Modalidade: Pregão eletrônico - Recebimento das propostas: até às 10 horas do dia 09/07/2024. Início da disputa de preços: às 10 horas do dia 09/07/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 21 de junho de 2024. Catarina Natalino Calixto - Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 01-07-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação, Divisão de Terceirização (DITER), ao pedido de esclarecimento SIAD n. 0001, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA 1) Qual a forma de cadastramento da proposta no portal? Valor anual ou mensal? É necessário anexar a proposta e habilitação quando do cadastramento ou somente será solicitado ao fornecedor de menor valor após a sessão de lances? RESPOSTA À PERGUNTA 1) Para o cadastramento da proposta no portal, deve-se considerar o valor global pelo período de 12 (doze) meses. Quando do cadastramento, é necessário anexar tão-somente a proposta, nos termos dos itens 4.1 e 4.2 do Edital. ----------------------------- 01-07-2024 ESCLARECIMENTOS Seguem respostas da Diretoria de Compras e Licitações e da Unidade Gestora da Contratação, Divisão de Terceirização (DITER), ao pedido de esclarecimento SIAD n. 0002, apresentado por pessoa interessada em participar do processo licitatório em epígrafe: PERGUNTA 1) Seguem respostas da Diretoria de Compras e Licitações e da área técnica, Divisão de Fiscalização Administrativa dos Contratos de Terceirização (DIFIT), ao pedido de esclarecimento SIAD n. 0002, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA 1) Está correto nosso entendimento de que a planilha de custos e formação de preços será solicitado somente para a empresa vencedora da fase de lances? RESPOSTA À PERGUNTA 1) No item 3 do modelo da proposta ( anexo II) consta a informação: - As ?Planilhas de Estimativa de Custos e de Composição de Preços da Contratação? integram a Proposta e devem ser apresentadas conjuntamente com ela, devidamente preenchidas, no prazo definido no Edital (24 horas), contado da solicitação do(a) Pregoeiro(a). Essas planilhas correspondem ao Apenso VI do Termo de Referência, que se encontra publicado no site do MPMG (www.mpmg.mp.br, Serviços, Consultas, Licitações e Contratos, Portal Transparência MPMG). Orientações de preenchimento podem ser obtidas mediante consulta ao ?APENSO V? (MEMÓRIA DE CÁLCULO DOS CUSTOS DA CONTRATAÇÃO) e ao ?APENSO VI? (aba ?ORIENTAÇÕES PARA O LICITANTE?) do Termo de Referência. Além disso, deverão ser apresentados juntamente com as planilhas: ? Comprovação do RAT ajustado, caso a empresa apresente redução desse item na planilha de custos. ? Comprovação da alíquota efetiva de PIS/COFINS, caso a empresa apresente redução desses itens na planilha de custos. As planilhas serão apresentadas pelo 1º colocado, quando solicitada pelo(a) pregoeiro(a). PERGUNTA 2) Está correto nosso entendimento de que a planilha poderá ser elaborada nos moldes da empresa, respeitada as condições da Instrução Normativa MPDG nº 05/2017 e suas alterações? Se houver modelo de planilha ou planilha estimativa, disponibilizar em formato editável contendo as fórmulas e valores. RESPOSTA À PERGUNTA 2) As planilhas já se encontram disponíveis no edital, apenso VI do termo de referência, publicado no sítio do MPMG (www.mpmg.mp.br; Serviços; Consultas; Licitações e Contratos; Portal Transparência MPMG). PERGUNTA 3) Este serviço já está (ou estava) sendo prestado por empresa terceirizada? Em caso positivo, qual é (era) a razão social da prestadora de serviços? Ressaltamos que a resposta deste esclarecimento está relacionada tanto o caráter social de um futuro aproveitamento da mão de obra terceirizada quanto nos custos de investimentos para mobilização operacional e expertise da futura contratada na implantação do primeiro contrato terceirizado do serviço licitado. RESPOSTA À PERGUNTA 3) O serviço está sendo prestado ao MPMG pela empresa Plansul - Planejamento e Consultoria Ltda., inscrita no CNPJ sob o nº 78.533.312/0001-58. PERGUNTA 4) Haverá Recesso Forense? Questionamos se os serviços serão faturados e pagos à CONTRATADA mensalmente sem interrupção ou serão faturados apenas durante os meses efetivamente prestados desconsiderando o período do recesso? RESPOSTA À PERGUNTA 4) O recesso forense não se aplica a prestadores de serviço. Logo, inexiste previsão de suspensão/interrupção do serviço durante tal período. PERGUNTA 5) Com base na resposta da pergunta anterior, como devemos proceder a execução do serviço? RESPOSTA À PERGUNTA 5) Nos termos estabelecidos no edital e no termo de referência. PERGUNTA 6) Caso o edital forneça salário de referência para as funções, será obrigatória a utilização dos salários referenciais? RESPOSTA À PERGUNTA 6) É obrigatória a utilização dos salários referenciais. PERGUNTA 7) Nosso entendimento está correto de que, balizados pelos princípios da legalidade e na garantia da ampla participação e competitividade das licitantes, os Atestados de Capacidade Técnica DEVERÃO se referir a Gestão de Mão de Obra Terceirizada que demonstre capacidade operacional para execução dos serviços? RESPOSTA À PERGUNTA 7) Deverão ser observadas as regras estabelecidas no edital e na lei nº 14.133/21. PERGUNTA 8) O orçamento da administração foi baseado na Convenção Coletiva de Trabalho de 2023 ou de 2024? RESPOSTA À PERGUNTA 8) As bases são 2023 - localidades onde ainda não havia sido homologada CCT até a data da elaboração da planilha - e 2024 - localidades cuja CCT já havia sido homologada até a data da elaboração da planilha. Tal informação pode ser observada na própria planilha de custos, aba CCT, Coluna Q. ----------------------------- 02-07-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras e da Divisão de Fiscalização Administrativa dos Contratos de Terceirização (DIFIT), ao pedido de esclarecimento SIAD n. 0003, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA 1) Sabendo que a planilha de custos deve ser alterada apenas nos campos permitidos, entretanto, as licitantes que são filiadas a outros instrumentos coletivos aos quais não estão previstos por exemplo o PAF, PQM, dentre outros , e, que o valor do Vale Alimentação é diferente daquele inserido no documento em referência. Como deveremos proceder? RESPOSTA À PERGUNTA 1) Deverão ser observados os valores dos benefícios (vale-alimentação, PAF/PAT, PQM e outros) contidos nas CCTs previstas no Apenso IX - Planilha de Composição de Custo do Termo de Referência, não cabendo alterações do instrumento coletivo na apresentação da proposta. ----------------------------- 04-07-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras e da Divisão de Fiscalização Administrativa dos Contratos de Terceirização (DIFIT), ao pedido de esclarecimento SIAD n. 0004, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA 1) Tendo em vista que na planilha demonstrativa tem a opção de alteração de alíquotas de PIS/COFINS, questionamos se as Licitantes optantes pelo lucro real poderão cotar a médias de Pis e Cofins dos últimos 12 meses ou deverão cotar obrigatoriamente os percentuais de 1,65% para Pis e 7,60% para Cofins? RESPOSTA À PERGUNTA 1) As alíquotas de PIS e COFINS são passíveis de alteração na planilha de composição de custos desde que a empresa apresente documentação que comprove as alíquotas efetivas correspondentes, conforme prevê o edital: "Cabe registrar que foi utilizada como referência a tributação com base no lucro real para elaboração da memória de cálculo dos custos da contratação, bem como adotadas as alíquotas de PIS e COFINS e utilizado o regime de recolhimento não cumulativo conforme previsto na Lei nº 10.637/2002, na Lei nº 10.833/2003 e instruções normativas da Receita Federal (1,65% de PIS e 7,60% de COFINS). Registra-se que não haverá inclusão nas planilhas de custo dos tributos IRPJ (4,80%) e CSLL (2,88%), com fundamento em manifestações do TCU, no seguinte sentido: - ?sendo assente o entendimento de que tais tributos não devem constar dos formulários encaminhados, seja na composição do BDI ou em item específico da planilha (Acórdãos 325/2007-Plenário, 440/2008-Plenário, 2715/2008-Plenário, 1453/2009-Plenário, dentre outros)?. No caso de opção por regime de tributação diverso, caberá aos licitantes preencherem a planilha observando as alíquotas efetivas correspondentes e apresentar, quando vencedor, documentação comprobatória de opção perante a Receita Federal, nos termos da legislação vigente. [GRIFO NOSSO] Além disso, deverão ser apresentados juntamente com as planilhas: ? Comprovação do RAT ajustado, caso a empresa apresente redução desse item na planilha de custos. ? Comprovação da alíquota efetiva de PIS/COFINS, caso a empresa apresente redução desses itens na planilha de custos. [GRIFO NOSSO]" ----------------------------- 04-07-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Gestão de Compras, da Divisão de Fiscalização Administrativa dos Contratos de Terceirização (DIFIT) e da Divisão de Terceirização, ao pedido de esclarecimento SIAD n. 0005, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA 1) O edital informa que ?não se aplica? para possível pagamento de adicional de insalubridade e/ou periculosidade. Tendo em vista que a aferição de agente insalubre depende da realização de laudo técnico pericial em todos os locais de prestação dos serviços, caso a empresa contratada elabore o laudo e for constato agente insalubre/periculoso, a empresa terá direito ao reequilíbrio do contrato? RESPOSTA À PERGUNTA 1) Sim, terá. PERGUNTA 2)O preposto da contratada deverá permanecer fixo (de forma presencial) no local de prestação dos serviços? RESPOSTA À PERGUNTA 2)As disposições atinentes aos prepostos da empresa encontram-se definidas no item nº 23 do termo de referência. PERGUNTA 3) Em caso positivo, visando a isonomia entre os licitantes, o custo com o preposto, equipamentos, mobiliário e outros, deve ser previsto em qual modulo da planilha? RESPOSTA À PERGUNTA 3)Custos não expressos na planilha serão custeados pela empresa contratada por meio de despesas indiretas. PERGUNTA 4)Em relação ao valor de salário, os licitantes devem adotar no MÍNIMO o valor previsto nos Apensos V e VI? Ou seja, mesmo que a empresa adote outra convenção coletiva de trabalho, se adotar salário inferior ao previsto será desclassificada? RESPOSTA À PERGUNTA 4) Os valores dos salários não são passíveis de alteração na apresentação da proposta, assim, os licitantes devem observar os custos de salário previstos no Apenso VI ? Planilha de Estimativa de Custos e de Composição de Preços da Contratação do Termo de Referência. PERGUNTA 5)No item 3 do Apenso II informa que a jornada de trabalho é de 200 horas mensais, já no Apenso V informa a jornada de 200 horas e 150 horas. Neste sentido haverá a contratação de 1 posto na jornada 150h. Esta correto? RESPOSTA À PERGUNTA 5) O entendimento do licitante está correto. Ambas as jornadas de trabalho (150h e 220h) estão previstas no certame. ----------------------------- 05-07-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta(s) da Diretoria de Gestão de Compras e Licitações, da Divisão de Fiscalização Administrativa dos Contratos de Terceirização e da Divisão de Terceirização, ao pedido de esclarecimento (solicitação nº 6) apresentado pela empresa MAP Sistema de Serviços Ltda. ----------------------------- 08-07-2024 IMPUGNAÇÃO Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora da Contratação (Divisão de Fiscalização Administrativa dos Contratos de Terceirização) à impugnação apresentada pela empresa Village Administração e Serviços Ltda. ----------------------------- 28-08-2024 COMUNICAÇÃO Comunicamos a apresentação de Recurso Administrativo por parte da licitante Orbenk Administração e Serviços Ltda., contra a decisão da pregoeira que declarou vencedora a licitante Liderança, Limpeza e Conservação Ltda. O arquivo contendo a peça aviada encontra-se disponível nesta página.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ decisao_recurso_adm_F000146_Orbenk_pl146_2024_ass.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13556/download;
  homologacao_processo146_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13564/download;
- decisao_recurso_adm_F000146_Orbenk_pl146_2024_ass.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13556/download;
-[...2 lines deleted...]
- docs_licitante_F000141_Lideranca limpeza e conservacao.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/13470/download;
+ Proposta_ajustada_F000141.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13477/download;
  check_list_declaracoes_PL146.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13472/download;
  docs habilitatorios Lideran?a.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13473/download;
  CNDT_Lideran?a.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13475/download;
  Check_list_declaracoes_preenchida_Lideran?a.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13476/download;
- Proposta_ajustada_F000141.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13477/download;
+ docs_licitante_F000141_Lideranca limpeza e conservacao.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/13470/download;
+ SEI_7815151_Despacho Pis Cofins.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13455/download;
+ SEI_7838158_Despacho - Uniformes e LDI.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13457/download;
  edital_processo_146_2024_servico_apoio_administrativo_DITER_DIFIT.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13389/download;
+ Apenso_IX_POP_procedimento_operacional_ padrao, doc_planilhas e rotinas_146_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13392/download;
  Apenso_VI_Planilha_de_Estimativa_de_Custos_e_de_Composicao_de_Precos_da_Contratacao_processo_146_2024.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13390/download;
- Apenso_IX_POP_procedimento_operacional_ padrao, doc_planilhas e rotinas_146_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13392/download;
+ impugnacao_n.01_Village_pe_pl146_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13435/download;
  pedido_esclarec_n.6_MAP_Sistema_de_Servi?os_Ltda.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13434/download;
- impugnacao_n.01_Village_pe_pl146_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13435/download;
  Despacho_SEI_7745018_DIFIT_Diligencias_pl_146_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13441/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 143 / 2024</t>
   </si>
   <si>
     <t>03/07/2024</t>
   </si>
   <si>
     <t>Prestação de serviços diversos Civil, Hidráulica, Elétrica e afins com fornecimento de materiais e mão de obra, em edificações ocupadas pelo Ministério Público de Minas Gerais nas Regiões Sul, Triângulo e Alto Paranaíba de Minas Gerais, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência.</t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviços diversos - Civil, Hidráulica, Elétrica e afins - com fornecimento de materiais e mão de obra, em edificações ocupadas pelo Ministério Público de Minas Gerais nas Regiões Sul, Triângulo e Alto Paranaíba de Minas Gerais, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência e seus Apensos. </t>
   </si>
   <si>
     <t xml:space="preserve">CONTROLE ENGENHARIA LTDA </t>
   </si>
   <si>
     <t>2.799.000,00</t>
   </si>
   <si>
     <t>03-07-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2480.0045733/2024-49 Recebimento das propostas: até às 10 horas do dia 18/07/2024. Início da disputa de preços: às 10 horas do dia 18/07/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 02 de julho de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
@@ -2509,307 +2509,307 @@
   </si>
   <si>
     <t xml:space="preserve"> 142 / 2024</t>
   </si>
   <si>
     <t>12/09/2024</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO para aquisição de CADEIRAS OPERACIONAIS, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência.</t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRAS OPERACIONAIS </t>
   </si>
   <si>
     <t xml:space="preserve">TECNO2000 INDÚSTRIA E COMÉRCIO LTDA </t>
   </si>
   <si>
     <t>5.464.200,00</t>
   </si>
   <si>
     <t>12-09-2024 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0004338/2024-22 Recebimento das propostas: até às 10 horas do dia 26/09/2024 Início da disputa de preços: às 10 horas do dia 26/09/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 11 de setembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 18-09-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIVISÃO DE MATERIAS) ao pedido de esclarecimento (solicitação nº 0001) apresentado pela empresa Centra Móveis S/A. ----------------------------- 23-09-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIVISÃO DE MATERIAS) ao pedido de esclarecimento (solicitação nº 0002) apresentado pela empresa Marcelli Móveis para Escritório e Informática LTDA. ----------------------------- 24-09-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIVISÃO DE MATERIAS) ao pedido de esclarecimento (solicitação nº 0003) apresentado pela empresa Centra Móveis S/A.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pedido_de_esclarec._n.0001_empresa_Centra_Moveis_SA.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13562/download;
+ pedido_de_esclarec._n.0002_empresa_Marcelli_Moveis.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13571/download;
  pedido_de_esclarec._n.0003_empresa_Centra_Moveis_SA.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13575/download;
  relatorio_tecnico_dispensa_de_amostras_licitante_F000166.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13594/download;
- pedido_de_esclarec._n.0001_empresa_Centra_Moveis_SA.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13562/download;
  edital_processo_142_2024_aquisicao_de_cadeiras_operacionais_DIMAT_rp.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13542/download;
- pedido_de_esclarec._n.0002_empresa_Marcelli_Moveis.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13571/download;
  homologacao_rp_processo142_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13609/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 133 / 2024</t>
   </si>
   <si>
     <t>01/08/2024</t>
   </si>
   <si>
     <t>Contratação de serviços de impressão para a produção de 3 livros comemorativos (impressão offset), conforme especificações, exigências e quantidades estabelecidas no Termo de Referência.</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS GRÁFICOS (IMPRESSÃO OFFSET) </t>
   </si>
   <si>
     <t xml:space="preserve">Benvenho &amp; CIA LTDA </t>
   </si>
   <si>
     <t>339.900,00</t>
   </si>
   <si>
     <t>01-08-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3686.0056080/2024-89 Recebimento das propostas: até às 10 horas do dia 20/08/2024. Início da disputa de preços: às 10 horas do dia 20/08/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 31 de julho de 2024. Amauri Silva Alves Coordenador da Diretoria de Gestão de Compras e Licitações /PGJ-MG (Em substituição) ----------------------------- 28-08-2024 HOMOLOGAÇÃO Número do processo: 133/ Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3686.0056080/2024-89 Objeto: Contratação de serviços de impressão para a produção de 3 livros comemorativos (impressão offset). Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: Benvenho &amp; Cia. Ltda. CNPJ: 00.350.242/0001-05 Valor (total) adjudicado: R$ 339.900,00 Belo Horizonte, 27 de agosto de 2024. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  ata_homologacao_processo133_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13491/download;
+ proposta_docs_habiltatorios_Benvenho.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13488/download;
  Edital_processo_133_2024_servi?os_gr?ficos_DIPE_CEAF.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13458/download;
- proposta_docs_habiltatorios_Benvenho.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13488/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 131 / 2024</t>
   </si>
   <si>
     <t>28/06/2024</t>
   </si>
   <si>
     <t>Prestação de serviços diversos - Civil, Hidráulica, Elétrica e afins ? com fornecimento de materiais e mão de obra, em edificações ocupadas pelo MPMG na Região Central de MG, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência.</t>
   </si>
   <si>
-    <t xml:space="preserve">Prestação de serviços diversos </t>
+    <t xml:space="preserve">Prestação de serviços diversos - Civil, Hidráulica, Elétrica e afins ? com fornecimento de materiais e mão de obra, em edificações ocupadas pelo MPMG na Região Central de MG, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência e seus Apensos. </t>
   </si>
   <si>
     <t xml:space="preserve">Almeida Toscano Construções e Reformas Ltda </t>
   </si>
   <si>
     <t>6.925.000,00</t>
   </si>
   <si>
     <t>28-06-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2480.0027897/2024-16 Recebimento das propostas: até às 10 horas do dia 15/07/2024. Início da disputa de preços: às 10 horas do dia 15/07/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 27 de junho de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_processo131_2024pdf.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13468/download;
  edital_processo_131_2024_servicos_diversos_em_edificacoes_ocupadas_pelo_MPMG_na_Regiao_Central_DCIMO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13396/download;
  Apensos_I_a_VI_do_TR_e_Lista_de_Cidades_Regiao_Central.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13397/download;
- homologacao_processo131_2024pdf.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13468/download;
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Prestação de serviços diversos - Civil, Hidráulica, Elétrica e afins ? com fornecimento de materiais e mão de obra, em edificações ocupadas pelo MPMG na Região Central de MG, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência e seus Apensos. </t>
+    <t xml:space="preserve">Prestação de serviços diversos </t>
   </si>
   <si>
     <t xml:space="preserve"> 128 / 2024</t>
   </si>
   <si>
     <t>Aquisição de Nobreaks de 3Kva, sob a forma de entrega integral.</t>
   </si>
   <si>
     <t xml:space="preserve">Nobreak </t>
   </si>
   <si>
     <t xml:space="preserve">CSI SOLUÇÕES COMERCIAIS E INDUSTRIAIS LTDA. </t>
   </si>
   <si>
     <t>89.440,00</t>
   </si>
   <si>
-    <t>12-12-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1087.0004082/2024-48. Recebimento das propostas: até às 10 horas do dia 10/01/2025. Início da disputa de preços: às 10 horas do dia 10/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 12 de dezembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 20-12-2024 ESCLARECIMENTOS - Pedidos 1 e 2 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?A Eccopower interessada em participar do Processo em Referência (P.E 128/2024), vem através desta solicitar Esclarecimentos Técnicos quanto ao NOBREAK de 03 kVA onde: NOBREAK de 03 kVA: PLUGUE DE ENTRADA: É solicitado que o equipamento possua plugue do cabo de força no padrão novo NBR14136 (20 A). Informamos que devido a potência solicitada de 3000 VA e a tensão solicitada de entrada ser 110 Vac ou 220 Vac, a corrente que o equipamento poderá fornecer será de 30,95 A (110 Vac) e 15,47 A (220 Vac), assim, não sendo possível utilizar esse cabo de 20 A. Solicitamos que seja flexibilizado este item, para que possa ser fornecidos equipamentos com bornes de entrada, visto que os padrões NBR 14136, não atendem a capacidade exigida pelo NOBREAK ofertado. Desde já agradecemos pela atenção, e ficamos no aguardo de uma posição.? RESPOSTA: ?Prezados, considerando o questionamento apresentado, bem como as ponderações técnicas descritas, entendemos como relevante a flexibilização para os equipamentos poderem ser fornecidos com bornes de entrada, viabilizando correntes de até 30,95 A (110 Vac). Portanto, serão aceitos nobreaks com borne de entrada.? ----------------------------- 23-12-2024 ESCLARECIMENTOS - Pedido 2 (SIAD) - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?Bom dia Prezados (as) Senhores (as), solicito informação sobre a prestação da garantia. O edital solicita garantia de 60 meses. Gostaríamos de pontuar que as baterias dos nobreaks deverão ser substituídas neste período. A garantia também deve ser estender às baterias, inclusive com a fornecedora sendo responsável pela substituição/troca destas baterias, arcando com todo este custo?? RESPOSTA: ?Prezados, a garantia também se estende às baterias, caso estas apresentem defeito e/ou mau funcionamento durante o lapso temporal supracitado, a fornecedora deverá realizar sua troca, sem custos ao contratante.? ----------------------------- 02-01-2025 ESCLARECIMENTOS - PEDIDO 3 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?Referente à autonomia: É solicitado no termo de referência que o Nobreak tenha autonomia de ao menos 15 minutos para equipamentos eletrônicos do GAECO, como estações forenses, clonadores e computadores. Porém, não é informada a potência desses equipamentos ou a potência total que o Nobreak deverá suportar. Sendo a autonomia de 15 minutos uma autonomia relativamente alta para um equipamento de potência nominal de 3kVA, solicitamos informar a potência exata que o Nobreak irá alimentar, para que cada fornecedor verifique a necessidade de utilizar ou não um banco de baterias externo. Diante disso, perguntamos: - I. Para o cálculo de autonomia, deverá ser considerado o Nobreak a plena carga? - II. Em caso de resposta negativa do item I., qual deverá ser a potência considerada para a autonomia de 15 minutos?? RESPOSTA: ?- I. Para o cálculo de autonomia, deverá ser considerado o Nobreak em plena carga. Destaca-se que a capacidade de 3kVA foi previamente validada pelo setor técnico competente como sendo suficiente ao atendimento da autonomia de 15 minutos para os equipamentos do MPMG, onde, cada nobreak ficará, por norma, ?alimentando? um único equipamento. Ainda nesse sentido, a média da potência dos equipamentos pode variar conforme as especificações de cada equipamento, sendo, na média, similar ao consumo de um computador com fontes entre 600W e 1300W. - II. Considerando que a resposta do "I" não resultou em resposta negativa, não cabe resposta deste tópico.? ----------------------------- 02-01-2025 ESCLARECIMENTOS - PEDIDO 5 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?Esclarecimento item 01 e item 02. No termo termo de referência do item 01 e item 02 que se refere ao "Nobreak 3000VA", não menciona o tipo de onda exigido para o equipamento. Dessa forma, gostaríamos que o Órgão esclarecesse qual tipo de onda será exigido para o equipamento.? RESPOSTA: ?O tipo de onda para o nobreak descrito no item 01 e 02 do termo de referência deverá ser o Senoidal puro.? ----------------------------- 02-01-2025 ESCLARECIMENTOS - PEDIDO 4 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?É solicitado no termo de referência que o Nobreak tenha autonomia de ao menos 15 minutos para equipamentos eletrônicos do GAECO, como estações forenses, clonadores e computadores. Porém, não é informada a potência desses equipamentos ou a potência total que o Nobreak deverá suportar. Sendo a autonomia de 15 minutos uma autonomia relativamente alta para um equipamento de potência nominal de 3kVA, solicitamos informar a potência exata que o Nobreak irá alimentar, para que cada fornecedor verifique a necessidade de utilizar ou não um banco de baterias externo. Diante disso, perguntamos: - I. Para o cálculo de autonomia, deverá ser considerado o Nobreak a plena carga? - II. Em caso de resposta negativa do item I., qual deverá ser a potência considerada para a autonomia de 15 minutos?? RESPOSTA: ?- I. Para o cálculo de autonomia, deverá ser considerado o Nobreak em plena carga. Destaca-se que a capacidade de 3kVA foi previamente validada pelo setor técnico competente como sendo suficiente ao atendimento da autonomia de 15 minutos para os equipamentos do MPMG, onde, cada nobreak ficará, por norma, ?alimentando? um único equipamento. Ainda nesse sentido, a média da potência dos equipamentos pode variar conforme as especificações de cada equipamento, sendo, na média, similar ao consumo de um computador com fontes entre 600W e 1300W. - II. Considerando que a resposta do "I" não resultou em resposta negativa, não cabe resposta deste tópico.? ----------------------------- 07-01-2025 ESCLARECIMENTOS - PEDIDO 6 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?Prezados, solicito esclarecimentos quanto as notas fiscais para as outras localidades. Cada localidade terá o seu CNPJ para emissão da nota fiscal? Aguardo obrigada.? RESPOSTA: ?Prezada, a nota fiscal será emitida somente para uma única localidade, conforme item "14.2" do termo de referência. Lembrando que o objeto deverá entregue de maneira integral em um único endereço, conforme item "13.2" do termo de referência.? ----------------------------- 27-01-2025 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo por parte da licitante CONTROLE SERVICOS E COMERCIO DE INFORMATICA LTDA, contra a decisão do Pregoeiro que declarou a licitante CSI SOLUCOES COMERCIAIS E INDUSTRIAIS LTDA, vencedora do lote 1 deste certame. O arquivo contendo a peça aviada encontra-se disponibilizado nesta página para consulta aos interessados. ----------------------------- 27-01-2025 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo por parte da licitante CONTROLE SERVICOS E COMERCIO DE INFORMATICA LTDA, contra a decisão do Pregoeiro que declarou a licitante M&amp;M IMPORTACAO E ECOMMERCE DE INFORMATICA LTDA, vencedora do lote 2 deste certame. O arquivo contendo a peça aviada encontra-se disponibilizado nesta página para consulta aos interessados. ----------------------------- 28-01-2025 INTERPOSIÇÃO DE RECURSO - Contrarrazões - Comunicamos a apresentação das Contrarrazões de recurso, por parte da licitante CSI SOLUCOES COMERCIAIS E INDUSTRIAIS LTDA, para o lote 1. O arquivo contendo a peça aviada encontra-se disponibilizado nesta página. ----------------------------- 13-02-2025 RESULTADO DE JULGAMENTO DE RECURSO E COMUNICAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.1087.0004082/2024-48 Objeto: Aquisição de Nobreaks de 3Kva, sob a forma de entrega integral.- Lote 1 - Recorrente: CONTROLE SERVIÇOS E COMÉRCIO DE INFORMÁTICA-ME., CNPJ 10.592.584/0002-76 - Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Lote 2 - Recorrente: CONTROLE SERVIÇOS E COMÉRCIO DE INFORMÁTICA-ME., CNPJ 10.592.584/0002-76 Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br Belo Horizonte, 13 de fevereiro de 2025. IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa Obs: As decisões de recurso encontram-se disponíveis nesta página. ----------------------------- 17-02-2025 HOMOLOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.1087.0004082/2024-48 - Objeto: Aquisição de Nobreaks de 3Kva, sob a forma de entrega integral.- Modalidade: Pregão eletrônico - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1: CSI SOLUÇÕES COMERCIAIS E INDUSTRIAIS LTDA. CNPJ 31.883.083/0001-38 Valor (total) adjudicado:R$ 89.440,00 Lote 2: M&amp;M IMPORTAÇÃO E ECOMMERCE DE INFORMÁTICA LTDA. CNPJ 27.414.128/0001-58 Valor (total) adjudicado:R$ 27.598,96 Belo Horizonte, 14 de fevereiro de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
+    <t>12-12-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1087.0004082/2024-48. Recebimento das propostas: até às 10 horas do dia 10/01/2025. Início da disputa de preços: às 10 horas do dia 10/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 12 de dezembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 20-12-2024 ESCLARECIMENTOS - Pedidos 1 e 2 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?A Eccopower interessada em participar do Processo em Referência (P.E 128/2024), vem através desta solicitar Esclarecimentos Técnicos quanto ao NOBREAK de 03 kVA onde: NOBREAK de 03 kVA: PLUGUE DE ENTRADA: É solicitado que o equipamento possua plugue do cabo de força no padrão novo NBR14136 (20 A). Informamos que devido a potência solicitada de 3000 VA e a tensão solicitada de entrada ser 110 Vac ou 220 Vac, a corrente que o equipamento poderá fornecer será de 30,95 A (110 Vac) e 15,47 A (220 Vac), assim, não sendo possível utilizar esse cabo de 20 A. Solicitamos que seja flexibilizado este item, para que possa ser fornecidos equipamentos com bornes de entrada, visto que os padrões NBR 14136, não atendem a capacidade exigida pelo NOBREAK ofertado. Desde já agradecemos pela atenção, e ficamos no aguardo de uma posição.? RESPOSTA: ?Prezados, considerando o questionamento apresentado, bem como as ponderações técnicas descritas, entendemos como relevante a flexibilização para os equipamentos poderem ser fornecidos com bornes de entrada, viabilizando correntes de até 30,95 A (110 Vac). Portanto, serão aceitos nobreaks com borne de entrada.? ----------------------------- 23-12-2024 ESCLARECIMENTOS - Pedido 2 (SIAD) - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?Bom dia Prezados (as) Senhores (as), solicito informação sobre a prestação da garantia. O edital solicita garantia de 60 meses. Gostaríamos de pontuar que as baterias dos nobreaks deverão ser substituídas neste período. A garantia também deve ser estender às baterias, inclusive com a fornecedora sendo responsável pela substituição/troca destas baterias, arcando com todo este custo?? RESPOSTA: ?Prezados, a garantia também se estende às baterias, caso estas apresentem defeito e/ou mau funcionamento durante o lapso temporal supracitado, a fornecedora deverá realizar sua troca, sem custos ao contratante.? ----------------------------- 02-01-2025 ESCLARECIMENTOS - PEDIDO 3 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?Referente à autonomia: É solicitado no termo de referência que o Nobreak tenha autonomia de ao menos 15 minutos para equipamentos eletrônicos do GAECO, como estações forenses, clonadores e computadores. Porém, não é informada a potência desses equipamentos ou a potência total que o Nobreak deverá suportar. Sendo a autonomia de 15 minutos uma autonomia relativamente alta para um equipamento de potência nominal de 3kVA, solicitamos informar a potência exata que o Nobreak irá alimentar, para que cada fornecedor verifique a necessidade de utilizar ou não um banco de baterias externo. Diante disso, perguntamos: - I. Para o cálculo de autonomia, deverá ser considerado o Nobreak a plena carga? - II. Em caso de resposta negativa do item I., qual deverá ser a potência considerada para a autonomia de 15 minutos?? RESPOSTA: ?- I. Para o cálculo de autonomia, deverá ser considerado o Nobreak em plena carga. Destaca-se que a capacidade de 3kVA foi previamente validada pelo setor técnico competente como sendo suficiente ao atendimento da autonomia de 15 minutos para os equipamentos do MPMG, onde, cada nobreak ficará, por norma, ?alimentando? um único equipamento. Ainda nesse sentido, a média da potência dos equipamentos pode variar conforme as especificações de cada equipamento, sendo, na média, similar ao consumo de um computador com fontes entre 600W e 1300W. - II. Considerando que a resposta do "I" não resultou em resposta negativa, não cabe resposta deste tópico.? ----------------------------- 02-01-2025 ESCLARECIMENTOS - PEDIDO 4 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?É solicitado no termo de referência que o Nobreak tenha autonomia de ao menos 15 minutos para equipamentos eletrônicos do GAECO, como estações forenses, clonadores e computadores. Porém, não é informada a potência desses equipamentos ou a potência total que o Nobreak deverá suportar. Sendo a autonomia de 15 minutos uma autonomia relativamente alta para um equipamento de potência nominal de 3kVA, solicitamos informar a potência exata que o Nobreak irá alimentar, para que cada fornecedor verifique a necessidade de utilizar ou não um banco de baterias externo. Diante disso, perguntamos: - I. Para o cálculo de autonomia, deverá ser considerado o Nobreak a plena carga? - II. Em caso de resposta negativa do item I., qual deverá ser a potência considerada para a autonomia de 15 minutos?? RESPOSTA: ?- I. Para o cálculo de autonomia, deverá ser considerado o Nobreak em plena carga. Destaca-se que a capacidade de 3kVA foi previamente validada pelo setor técnico competente como sendo suficiente ao atendimento da autonomia de 15 minutos para os equipamentos do MPMG, onde, cada nobreak ficará, por norma, ?alimentando? um único equipamento. Ainda nesse sentido, a média da potência dos equipamentos pode variar conforme as especificações de cada equipamento, sendo, na média, similar ao consumo de um computador com fontes entre 600W e 1300W. - II. Considerando que a resposta do "I" não resultou em resposta negativa, não cabe resposta deste tópico.? ----------------------------- 02-01-2025 ESCLARECIMENTOS - PEDIDO 5 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?Esclarecimento item 01 e item 02. No termo termo de referência do item 01 e item 02 que se refere ao "Nobreak 3000VA", não menciona o tipo de onda exigido para o equipamento. Dessa forma, gostaríamos que o Órgão esclarecesse qual tipo de onda será exigido para o equipamento.? RESPOSTA: ?O tipo de onda para o nobreak descrito no item 01 e 02 do termo de referência deverá ser o Senoidal puro.? ----------------------------- 07-01-2025 ESCLARECIMENTOS - PEDIDO 6 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?Prezados, solicito esclarecimentos quanto as notas fiscais para as outras localidades. Cada localidade terá o seu CNPJ para emissão da nota fiscal? Aguardo obrigada.? RESPOSTA: ?Prezada, a nota fiscal será emitida somente para uma única localidade, conforme item "14.2" do termo de referência. Lembrando que o objeto deverá entregue de maneira integral em um único endereço, conforme item "13.2" do termo de referência.? ----------------------------- 27-01-2025 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo por parte da licitante CONTROLE SERVICOS E COMERCIO DE INFORMATICA LTDA, contra a decisão do Pregoeiro que declarou a licitante CSI SOLUCOES COMERCIAIS E INDUSTRIAIS LTDA, vencedora do lote 1 deste certame. O arquivo contendo a peça aviada encontra-se disponibilizado nesta página para consulta aos interessados. ----------------------------- 27-01-2025 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo por parte da licitante CONTROLE SERVICOS E COMERCIO DE INFORMATICA LTDA, contra a decisão do Pregoeiro que declarou a licitante M&amp;M IMPORTACAO E ECOMMERCE DE INFORMATICA LTDA, vencedora do lote 2 deste certame. O arquivo contendo a peça aviada encontra-se disponibilizado nesta página para consulta aos interessados. ----------------------------- 28-01-2025 INTERPOSIÇÃO DE RECURSO - Contrarrazões - Comunicamos a apresentação das Contrarrazões de recurso, por parte da licitante CSI SOLUCOES COMERCIAIS E INDUSTRIAIS LTDA, para o lote 1. O arquivo contendo a peça aviada encontra-se disponibilizado nesta página. ----------------------------- 13-02-2025 RESULTADO DE JULGAMENTO DE RECURSO E COMUNICAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.1087.0004082/2024-48 Objeto: Aquisição de Nobreaks de 3Kva, sob a forma de entrega integral.- Lote 1 - Recorrente: CONTROLE SERVIÇOS E COMÉRCIO DE INFORMÁTICA-ME., CNPJ 10.592.584/0002-76 - Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Lote 2 - Recorrente: CONTROLE SERVIÇOS E COMÉRCIO DE INFORMÁTICA-ME., CNPJ 10.592.584/0002-76 Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br Belo Horizonte, 13 de fevereiro de 2025. IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa Obs: As decisões de recurso encontram-se disponíveis nesta página. ----------------------------- 17-02-2025 HOMOLOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.1087.0004082/2024-48 - Objeto: Aquisição de Nobreaks de 3Kva, sob a forma de entrega integral.- Modalidade: Pregão eletrônico - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1: CSI SOLUÇÕES COMERCIAIS E INDUSTRIAIS LTDA. CNPJ 31.883.083/0001-38 Valor (total) adjudicado:R$ 89.440,00 Lote 2: M&amp;M IMPORTAÇÃO E ECOMMERCE DE INFORMÁTICA LTDA. CNPJ 27.414.128/0001-58 Valor (total) adjudicado:R$ 27.598,96 Belo Horizonte, 14 de fevereiro de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_128_2024_aquisicao_nobreaks_GAECO__VF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13741/download;
+ resposta_pedido_esclarec_n6_aline_pe_pl-128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13789/download;
+ resposta_pedido_esclarec_n1_eccopower_pe_pl-128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13759/download;
+ resposta_pedido_esclarec_n2_dinamica_pe_pl-128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13765/download;
+ resposta_pedido_esclarec_n2_eccopower_pe_pl-128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13760/download;
+ resposta_pedido_esclarec_n3_engetron_pe_pl-128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13767/download;
+ resposta_pedido_esclarec_n4_engetron_pe_pl-128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13768/download;
+ resposta_pedido_esclarec_n5_controle_pe_pl-128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13769/download;
  recurso_adm_F000165_Controle_pe_pl128_L-1_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13822/download;
  recurso_adm_F000204_Controle_pe_pl128_L-2_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13823/download;
  contrarrazoes_rec_adm_F184_CSI_pe_pl128_L-1_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13824/download;
- edital_processo_128_2024_aquisicao_nobreaks_GAECO__VF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13741/download;
-[...2 lines deleted...]
- public_resultado_julg_recurso_pl-128_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13876/download;
+ decisao_recurso_empresa CSI_pl_128_2024_Lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13842/download;
  decisao_recurso_empresa CSI_pl_128_2024_Lote 2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13843/download;
  Homologacao_processo_128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13845/download;
  ata_homologacao_processo128_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13877/download;
- decisao_recurso_empresa CSI_pl_128_2024_Lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13842/download;
-[...4 lines deleted...]
- resposta_pedido_esclarec_n5_controle_pe_pl-128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13769/download;
+ public_resultado_julg_recurso_pl-128_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13876/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">M&amp;M IMPORTAÇÃOE ECOMMERCE DE INFORMÁTICA LTDA. </t>
   </si>
   <si>
     <t>27.598,96</t>
   </si>
   <si>
     <t xml:space="preserve"> 123 / 2024</t>
   </si>
   <si>
     <t>17/09/2024</t>
   </si>
   <si>
     <t>Prestação de serviços continuados de manutenção preventiva, corretiva e operação de sistemas centrais de refrigeração, renovação de ar e condicionadores de ar monobloco (ACJ), modulares (splits) e portáteis, com fornecimento de mão de obra, materiais e inclusão total de peças, em edificações ocupadas pelo MP na Região Central, Região do Triângulo e Alto Paranaíba e Região Sul.</t>
   </si>
   <si>
-    <t xml:space="preserve">Manutenção e Reparos em Sistema Central de Condicionamento de Ar- Região Central - PGJ </t>
+    <t xml:space="preserve">Manutenção e Reparos em Sistema Central de Condicionamento de Ar- Região Central - PGJ. </t>
   </si>
   <si>
     <t xml:space="preserve">AÇOMAR REFORMA E REFRIGERAÇÃO LTDA - EPP </t>
   </si>
   <si>
     <t>461.400,00</t>
   </si>
   <si>
-    <t>26-08-2024 AVISO DE LICITAÇÃO no site www.compras.mg.gov.br Número do processo: 123 / Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0033754/2024-69 Objeto: Prestação de serviços continuados de manutenção preventiva, corretiva e operação de sistemas centrais de refrigeração, renovação de ar e condicionadores de ar monobloco (ACJ), modulares (splits) e portáteis, com fornecimento de mão de obra, materiais e inclusão total de peças, em edificações ocupadas pelo Ministério Público na Região Central, Região do Triângulo e Alto Paranaíba e Região Sul. Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 10/09/2024. Início da disputa de preços: às 10 horas do dia 10/09/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 23 de agosto de 2024. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 28-08-2024 ESCLARECIMENTOS Segue(m) resposta(s) da DIRETORIA DE GESTÃO DE COMPRAS E LICITAÇÕES ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: PERGUNTA: Prezados(as), boa tarde. Gentileza encaminhar os anexos faltantes que constam no edital. Anexo I ¿ Minuta de Contrato Anexo II ¿ Modelo de Proposta (Planilha de Preços) Anexo III ¿ Relação de Documentos Exigidos Anexo IV ¿ Termo de Referência Anexo V ¿ Declarações Anexo VI ¿ Modelo de Declaração (Indicação de Profissional) Anexo VII ¿ Modelo de Declaração (Estrutura Operacional) Anexo VIII ¿ Modelo de Declaração (Equipe Técnica). RESPOSTA: informamos que os anexos mencionados já estão incluídos no edital. Solicitamos, por gentileza, que consultem o edital disponibilizado na seção correspondente do SIAD ou no site www.mpmg.mp.br, em "Serviços", "Consultas", "Licitações e Contratos" e "Portal Transparência MPMG". ----------------------------- 04-09-2024 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESPOSTA E COMUNICAÇÃO Número do processo: 123 / Ano: 2024 -Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0033754/2024-69 - Objeto: Prestação de serviços continuados de manutenção preventiva, corretiva e operação de sistemas centrais de refrigeração, renovação de ar e condicionadores de ar monobloco (ACJ), modulares (splits) e portáteis, com fornecimento de mão de obra, materiais e inclusão total de peças, em edificações ocupadas pelo Ministério Público na Região Central, Região do Triângulo e Alto Paranaíba e Região Sul. Modalidade: Pregão eletrônico Impugnante: Bravo Ar Service Comércio Máquinas e Equipamentos Ltda. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, julgamos procedente. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e nesta página. Informamos aos interessados que o edital foi REPUBLICADO com alteração de datas. Belo Horizonte, 04 de setembro de 2024. Simone de Oliveira Capanema - Pregoeira. ----------------------------- 05-09-2024 ESCLARECIMENTOS Segue(m) resposta(s) da DIVISÃO DE MANUTENÇÃO (DIMAN) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: PERGUNTA:1 ? No item 16.2 da Especificação Técnica informa que, para o Lote 1, os equipamentos do sistema central devem ser ligados às 7h00 e desligados às 20h00. Dessa forma, questionamos: 1.1 ? Os equipamentos deverão ser ligados e desligados todos os dias da semana ou somente de 2ª à 6ª feira? RESPOSTA: Somente de 2ª a 6ª Feira PERGUNTA:1.2 ? Deverá ter uma equipe de operação para cada um dos quatro prédios ou a mesma equipe realizará a operação de todos os quatro prédios? RESPOSTA: A mesma equipe poderá realizar a operação de todos os quatro prédios. PERGUNTA:1.3 ? A equipe de manutenção poderá realizar a manutenção preventiva e corretiva dos equipamentos ou essa manutenção deverá ser realizada por outra equipe? RESPOSTA: A equipe de manutenção poderá realizar a manutenção preventiva e corretiva dos equipamentos. Lembrando que existe a equipe de campo e de apoio. Transcrevemos aqui parte do item 16 do TR, válida para os quatro lotes de manutenção: 16 - DAS OBRIGAÇÕES DA CONTRATADA E DO CONTRATANTE A CONTRATADA deverá dimensionar a equipe de manutenção adequada às demandas, visando ao fiel cumprimento dos requisitos dos respectivos planos de manutenção e dos prazos estipulados (manutenção completa de todos os equipamentos a cada dois meses). A referida equipe (de campo e apoio) deve ser composta, basicamente, por operadores que ligam e desligam o sistema (apenas para os Lotes 1 e 2), mecânicos de refrigeração (de campo e apoio) e pelo responsável técnico; A CONTRATADA deverá disponibilizar equipe de apoio (supervisor) responsável pelos serviços, capaz de gerenciar pessoal e material suficientes para a manutenção preventiva/corretiva dos equipamentos, dentro dos prazos estipulados no presente Termo de Referência; A CONTRATADA deverá empregar somente pessoal especializado. A equipe de trabalho deverá apresentar-se uniformizada; PERGUNTA 2 ? Entendemos que seremos responsáveis pelo fornecimento do material de consumo (lubrificantes, estopa, graxa...) enquanto os materiais de reposição (compressores, motores, filtros, gás refrigerante, tubulações, tintas, lâmpadas, acessórios...) serão de responsabilidade do Contratante. Nosso entendimento está correto? Caso não esteja, favor esclarecer. RESPOSTA: Esse entendimento não está correto. O objeto dos quatro lotes é explícito nesse sentido e tem sido adotado pelo MPMG nos últimos dez anos: Para que não reste dúvida, transcrevemos aqui alguns itens do Termo de Referência com alguns grifos que elucidam essa questão: 1.1 ? DESCRIÇÃO DO OBJETO Prestação de serviços continuados de manutenção preventiva, corretiva e operação de sistemas centrais de refrigeração, renovação de ar e condicionadores de ar monobloco (ACJ), modulares (splits) e portáteis, com fornecimento de mão de obra, materiais e inclusão total de peças, em edificações ocupadas pelo Ministério Público na Região Central, Região do Triângulo e Alto Paranaíba e Região Sul, conforme especificações, exigências e quantidades estabelecidas neste Termo de Referência. 2 - DA FUNDAMENTAÇÃO E DESCRIÇÃO DA NECESSIDADE DA CONTRATAÇÃO: Os sistemas de ar central das quatro localidades não são padronizados, pelo fato de terem sido adquiridos em certames licitatórios diferentes, sujeitos às alterações e tendências de mercado. Com isto os sistemas variam com a marca, modelo e potência (vide Apenso I). A diversidade dos componentes sujeitos a falhas é vasta, não nos permitindo produzir uma lista prévia de todos os itens cobertos, seus preços unitários e o quantitativo de cada um. Além disso, o MPMG não dispõe de técnicos nas diversas comarcas com capacitação para questionar a real necessidade de substituição de um determinado componente. Desta forma, não havendo o alcance necessário aos dados técnicos na dimensão requerida para implementação de contratos com ressarcimentos de peças para sistemas de ar condicionado central, optamos pelos acordos com cobertura total de peças por julgá-lo mais adequado e vantajoso para a Administração Pública. 16.2. Obrigações contratuais específicas/complementares ao objeto: A CONTRATADA deverá substituir as peças e componentes por novos, originais e com garantia. Somente serão admitidas peças e componentes similares quando for comprovada a impossibilidade de aquisição da peça original; PERGUNTA 3 ? Os chamados para manutenção corretiva serão atendidos somente de 2ª à 6ª feira, durante o horário administrativo ou poderão ocorrer aos finais de semana ou de madrugada? Caso seja aos finais de semana ou madrugada, essas horas extras poderão ser compensadas ou deverão ser pagas? Caso sejam ser pagas, de quem será a reponsabilidade desse custo? RESPOSTA: Essa questão está respondida pelo item 13.1.1.3 do TR aqui transcrito: 13.1.1.3 PRAZO DE ATENDIMENTO DE CHAMADOS (MANUTENÇÃO CORRETIVA): A manutenção corretiva será realizada sempre que ocorrer interrupção ou ineficiência nos equipamentos, conforme detalhamento dos serviços no item 16 ? Obrigações do Contratado e da Contratante e no Apenso II, ambos integrantes deste Termo de Referência. a) PRAZO DE ATENDIMENTO DE UM CHAMADO REGULAR: até as 18 HORAS DO PRIMEIRO DIA ÚTIL SUBSEQUENTE, contados do recebimento da solicitação; b) PRAZO DE ATENDIMENTO DE UM CHAMADO DE URGÊNCIA: até 30 (TRINTA) MINUTOS, contados do recebimento da solicitação. 19 - DAS INFORMAÇÕES COMPLEMENTARES: Os serviços de manutenção preventiva que implicarem na paralisação do sistema deverão ser executados fora do horário de funcionamento, preferencialmente, nos fins de semana. Complementando a resposta deste item, e a fim de dirimir eventuais dúvidas: todo e qualquer gasto com mão de obra (horas de trabalho normais e/ou horas extras) será encargo da CONTRATADA. ----------------------------- 05-09-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0033754/2024-69 - Recebimento das propostas: até às 10 horas do dia 19/09/2024. Início da disputa de preços: às 10 horas do dia 19/09/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 4 de setembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG * Republicado devido à necessidade de adequações no edital. Houve alteração de datas. ----------------------------- 05-09-2024 ESCLARECIMENTOS Segue(m) resposta(s) da DIVISÃO DE MANUTENÇÃO E DIRETORIA DE GESTÃO DE COMPRAS E LICITAÇÕES ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: PERGUNTA 1. Há uma definição de equipe mínima para ser disponibilizada ao Lote 1? Se sim, qual seria? RESPOSTA: Não há definição de equipe mínima. As equipes devem ser dimensionadas pela CONTRATADA de modo a atender às exigências do Edital. Transcrevemos aqui parte do item 16 do TR, válida para os quatro lotes de manutenção: 16 - DAS OBRIGAÇÕES DA CONTRATADA E DO CONTRATANTE A CONTRATADA deverá dimensionar a equipe de manutenção adequada às demandas, visando ao fiel cumprimento dos requisitos dos respectivos planos de manutenção e dos prazos estipulados (manutenção completa de todos os equipamentos a cada dois meses). A referida equipe (de campo e apoio) deve ser composta, basicamente, por operadores que ligam e desligam o sistema (apenas para os Lotes 1 e 2), mecânicos de refrigeração (de campo e apoio) e pelo responsável técnico; A CONTRATADA deverá disponibilizar equipe de apoio (supervisor) responsável pelos serviços, capaz de gerenciar pessoal e material suficientes para a manutenção preventiva/corretiva dos equipamentos, dentro dos prazos estipulados no presente Termo de Referência; A CONTRATADA deverá empregar somente pessoal especializado. A equipe de trabalho deverá apresentar-se uniformizada; PERGUNTA 2. Para os lotes 1 e 2: a equipe de operação poderá ser a mesma que a equipe de manutenção preventiva e corretiva? Ou a Contratada deverá disponibilizar uma equipe profissionais exclusivos para a operação do sistema? RESPOSTA: Pode ser a mesma, a critério da CONTRATADA. PERGUNTA 3. Para o lote 2: qual o horário os sistemas devem ser ligados e desligados? RESPOSTA: No caso do Lote 2 o ligamento e o desligamento são feitos pelos próprios usuários por intermédio de controles remotos. PERGUNTA 4. Verificamos que a relação de equipamentos do Apenso I está diferente da relação de equipamento dos Apensos V e VI. Mesmo os Apensos considerando apenas as condensadoras, o número de condensadoras dos Apensos V e VI está inferior ao do Apenso I. Isto implica em um valor estimado abaixo da realidade. Para a elaboração de nossas propostas, devemos considerar qual lista de equipamentos? A do Apenso I ou as do Apenso V e VI? RESPOSTA: Para a elaboração de propostas devem ser considerados a listagem completa existente no Apenso I. Os Apensos V e VI são resumos que grupam por potência os sistemas centrais e os aparelhos individuais em cada lote. Os Apensos V e VI foram adotados por questão de simplificação da elaboração dos preços das propostas. PERGUNTA 5. As manutenções preventivas das centrais terão como periodicidade bimestral? RESPOSTA: Exato. PERGUNTA 6. As manutenções preventivas dos splits, ACJ e portáteis terão como periodicidade semestral? RESPOSTA: Exato. PERGUNTA 7. Todas as peças de reposição serão de fornecimento da Contratada e todos os custos deverão estar previstos na proposta, correto? RESPOSTA: Correto. PERGUNTA 8. No item 6.7.3 é informado que ?No caso de serviços de engenharia, serão consideradas inexequíveis as propostas cujos valores forem inferiores a 75% (setenta e cinco por cento) do valor orçado pela Administração, independentemente do regime de execução?. As licitantes com propostas cujos valores forem inferiores a 75% (setenta e cinco por cento) do valor orçado pela Administração poderão apresentar justificativas de exequibilidade ou serão automaticamente desclassificadas? RESPOSTA: Será oportunizado aos licitantes a demonstração de exequibilidade da proposta, conforme entendimentos recentes do TCU. ----------------------------- 06-09-2024 ESCLARECIMENTOS Segue(m) resposta(s) da DIVISÃO DE MANUTENÇÃO E DIRETORIA DE GESTÃO DE COMPRAS E LICITAÇÕES ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: PERGUNTA 01-Será exigido obrigatoriamente a utilização de alguma convenção coletiva de trabalho em específico? Se sim, qual seria a CCT e em qual lote ela deverá ser utilizada? Resposta: Não há obrigatoriedade de utilização de determinada convenção coletiva de trabalho prevista no edital. PERGUNTA 02-Algum posto de trabalho deverá contar com adicional periculosidade/insalubridade? Se sim, qual posto e qual lote? Caso seja insalubridade, qual o percentual a incidir (10%, 20%, ou 40%)? Resposta: Não há posto de trabalho previsto no edital. PERGUNTA 03-Quem será o responsável pelo descarte dos resíduos gerados na execução dos serviços, contratada ou contratante? Caso seja a contratada, existe um quantitativo mensal de caçambas? Se sim, qual o quantitativo e lote? Resposta: A responsabilidade pelo descarte dos resíduos gerados é da CONTRATADA, cabendo ao licitante estimar o quantitativo mensal para cada lote. PERGUNTA 4-A contratada deverá fornecer software de manutenção? Se sim, quais características esse software deve conter Resposta: Não existe essa exigência prevista no edital. PERGUNTA 05-Devido a alguns endereços terem uma quantidade significativa de aparelhos, pergunta-se: A contratante disponibilizará espaço destinado a guarda de ferramentas da contratada? Resposta: Existe disponibilidade de espaço para guarda de ferramentas apenas para os lotes 1 e 2. Uma única sala para os quatro prédios do Lote 1 e uma única sala no prédio do Lote 2. Não há disponibilidade de espaço nos demais lotes. PERGUNTA 06-É visto no termo de referência que: ?A alimentação elétrica sob a responsabilidade da CONTRATADA inicia-se, inclusive, pelas respectivas proteções (disjuntores), nas caixas ou quadros elétricos específicos, abrangendo todos os componentes e equipamentos elétricos conectados a essas respectivas proteções; No caso de quadro elétrico exclusivo para o sistema de ar condicionado, é de responsabilidade da empresa CONTRATADA, a manutenção de todos os elementos nele contidos, inclusive o seu gabinete;?. Sobre isso pergunta-se: Qual o quantitativo destes equipamentos, visto que impacta diretamente no dimensionamento e qualificação da equipe da contratada? Resposta: Quadros elétricos exclusivos para o sistema de ar condicionado: Lote 1: 4 (quatro) quadros Lote 2: 11 (onze) quadros Lote 3: 6 (seis) quadros Lote 4: 1 (um) quadro PERGUNTA 07-Observa-se que em alguns locais existem uma grande quantidade de aparelhos, pergunta-se: A contratante fornecerá local destinado a guarda de equipamentos e ferramentas da contratada? Resposta: Questão em duplicidade, já respondida no item 05. ----------------------------- 16-09-2024 ESCLARECIMENTOS Segue(m) resposta(s) da DIRETORIA DE GESTÃO DE COMPRAS E LICITAÇÕES ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: PERGUNTA: Prezado(a) Pregoeira,Da forma que está configurado o sistema, só dá para participar se dermos lances em todos nos 4 itens que fazem parte de apenas 01 lote. E pelo que entendi na justificativa que foi colocada no Edital a intenção é ter 04 lotes para que empresas diferentes em regiões e portes diferentes possam participar.3 - DA DIVISÃO EM LOTES: Número de Lotes: 4 (quatro) Justificativa para o parcelamento ou não do objeto: Serão divididas em quatro lotes as edificações do MPMG localizadas na Região Central (dois lotes), Região do Triângulo e Alto Paranaíba (um lote) e Região Sul (um lote) do Estado de Minas Gerais. Os quatro lotes são integrados por itens de uma mesma natureza, os quais guardam relação entre si. Tal divisão visa propiciar a participação de empresas mais próximas aos locais onde os serviços serão prestados. RESPOSTA: informamos que o edital foi REPUBLICADO para correção do nº de lotes no SIAD/PortalCompras/MG, em conformidade com o edital previamente divulgado ( 4 lotes). Houve alteração de datas. RECEBIMENTO DAS PROPOSTAS: Até às 10 horas do dia 1º/10/2024. INÍCIO DA SESSÃO DE LANCES: Às 10 horas do dia 1º/10/2024. Não houve reabertura de prazo para esclarecimentos/impugnações. ----------------------------- 16-09-2024 ESCLARECIMENTOS Segue(m) resposta(s) da DIRETORIA DE GESTÃO DE COMPRAS E LICITAÇÕES ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: PERGUNTA: Na etapa de cadastramento de propostas está constando apenas 1 lote, a empresa terá que participar do valor global para os 4 lotes simultaneamente ou poderá cadastrar e participar apenas de um ou dois lotes, caso queira? RESPOSTA: o licitante deverá apresentar proposta apenas para o(s) lote(s) que for(em) de seu interesse, desde que seu valor bem como os lances ofertados durante a sessão de disputa refiram-se à integralidade do respectivo objeto. ----------------------------- 16-09-2024 ESCLARECIMENTOS Segue(m) resposta(s) da DIVISÃO DE MANUTENÇÃO PREDIAL ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: PERGUNTA: - Qual a idade média dos equipamentos do parque de máquinas em cada um dos Lotes? RESPOSTA: Idade média (em anos) das máquinas que compõem o sistema de ar condicionado central de cada lote: Lote 1: 30 (trinta) anos; Lote 2: 5 (cinco) anos; Lote 3: Uberlândia: 12 (doze) ano, Uberaba: 10 (dez) anos, Patos de Minas: 1 (um) ano; Lote 4: 5 (cinco) anos. ----------------------------- 17-09-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*) Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0033754/2024-69 - Recebimento das propostas: até às 10 horas do dia 01/10/2024 - Início da disputa de preços: às 10 horas do dia 01/10/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 16 de setembro de 2024. Dariana Augusta de Toledo Patrocínio Ruiz - Coordenadora da Diretoria de Gestão de Compras e Licitações em substituição/PGJ-MG (*) Republicado para correção do nº de lotes no Siad, em conformidade com edital previamente divulgado. Houve alteração de datas. Não haverá reabertura de prazo para esclarecimentos e impugnações. ----------------------------- 11-10-2024 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lotes 1 e 4: ACOMAR REFORMA E REFRIGERAÇÃO LTDA -EPP. CNPJ 00.062.861/0001-02 Valor (total) adjudicado lote 1: R$ 461.400,00 Valor (total) adjudicado lote 4: R$ 65.880,00 Lotes 2 e 3: BRAVO AR SERVICE COMÉRCIO MÁQUINAS E EQUIPAMENTOS LTDA. CNPJ 20.982.406/0001-24 Valor (total) adjudicado lote 2: R$ 118.400,00 Valor (total) adjudicado lote 3: R$ 120.000,00 Belo Horizonte, 09 de outubro de 2024 MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
+    <t>26-08-2024 AVISO DE LICITAÇÃO no site www.compras.mg.gov.br Número do processo: 123 / Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0033754/2024-69 Objeto: Prestação de serviços continuados de manutenção preventiva, corretiva e operação de sistemas centrais de refrigeração, renovação de ar e condicionadores de ar monobloco (ACJ), modulares (splits) e portáteis, com fornecimento de mão de obra, materiais e inclusão total de peças, em edificações ocupadas pelo Ministério Público na Região Central, Região do Triângulo e Alto Paranaíba e Região Sul. Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 10/09/2024. Início da disputa de preços: às 10 horas do dia 10/09/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 23 de agosto de 2024. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 28-08-2024 ESCLARECIMENTOS Segue(m) resposta(s) da DIRETORIA DE GESTÃO DE COMPRAS E LICITAÇÕES ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: PERGUNTA: Prezados(as), boa tarde. Gentileza encaminhar os anexos faltantes que constam no edital. Anexo I ¿ Minuta de Contrato Anexo II ¿ Modelo de Proposta (Planilha de Preços) Anexo III ¿ Relação de Documentos Exigidos Anexo IV ¿ Termo de Referência Anexo V ¿ Declarações Anexo VI ¿ Modelo de Declaração (Indicação de Profissional) Anexo VII ¿ Modelo de Declaração (Estrutura Operacional) Anexo VIII ¿ Modelo de Declaração (Equipe Técnica). RESPOSTA: informamos que os anexos mencionados já estão incluídos no edital. Solicitamos, por gentileza, que consultem o edital disponibilizado na seção correspondente do SIAD ou no site www.mpmg.mp.br, em "Serviços", "Consultas", "Licitações e Contratos" e "Portal Transparência MPMG". ----------------------------- 04-09-2024 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESPOSTA E COMUNICAÇÃO Número do processo: 123 / Ano: 2024 -Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0033754/2024-69 - Objeto: Prestação de serviços continuados de manutenção preventiva, corretiva e operação de sistemas centrais de refrigeração, renovação de ar e condicionadores de ar monobloco (ACJ), modulares (splits) e portáteis, com fornecimento de mão de obra, materiais e inclusão total de peças, em edificações ocupadas pelo Ministério Público na Região Central, Região do Triângulo e Alto Paranaíba e Região Sul. Modalidade: Pregão eletrônico Impugnante: Bravo Ar Service Comércio Máquinas e Equipamentos Ltda. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, julgamos procedente. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e nesta página. Informamos aos interessados que o edital foi REPUBLICADO com alteração de datas. Belo Horizonte, 04 de setembro de 2024. Simone de Oliveira Capanema - Pregoeira. ----------------------------- 05-09-2024 ESCLARECIMENTOS Segue(m) resposta(s) da DIVISÃO DE MANUTENÇÃO (DIMAN) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: PERGUNTA:1 ? No item 16.2 da Especificação Técnica informa que, para o Lote 1, os equipamentos do sistema central devem ser ligados às 7h00 e desligados às 20h00. Dessa forma, questionamos: 1.1 ? Os equipamentos deverão ser ligados e desligados todos os dias da semana ou somente de 2ª à 6ª feira? RESPOSTA: Somente de 2ª a 6ª Feira PERGUNTA:1.2 ? Deverá ter uma equipe de operação para cada um dos quatro prédios ou a mesma equipe realizará a operação de todos os quatro prédios? RESPOSTA: A mesma equipe poderá realizar a operação de todos os quatro prédios. PERGUNTA:1.3 ? A equipe de manutenção poderá realizar a manutenção preventiva e corretiva dos equipamentos ou essa manutenção deverá ser realizada por outra equipe? RESPOSTA: A equipe de manutenção poderá realizar a manutenção preventiva e corretiva dos equipamentos. Lembrando que existe a equipe de campo e de apoio. Transcrevemos aqui parte do item 16 do TR, válida para os quatro lotes de manutenção: 16 - DAS OBRIGAÇÕES DA CONTRATADA E DO CONTRATANTE A CONTRATADA deverá dimensionar a equipe de manutenção adequada às demandas, visando ao fiel cumprimento dos requisitos dos respectivos planos de manutenção e dos prazos estipulados (manutenção completa de todos os equipamentos a cada dois meses). A referida equipe (de campo e apoio) deve ser composta, basicamente, por operadores que ligam e desligam o sistema (apenas para os Lotes 1 e 2), mecânicos de refrigeração (de campo e apoio) e pelo responsável técnico; A CONTRATADA deverá disponibilizar equipe de apoio (supervisor) responsável pelos serviços, capaz de gerenciar pessoal e material suficientes para a manutenção preventiva/corretiva dos equipamentos, dentro dos prazos estipulados no presente Termo de Referência; A CONTRATADA deverá empregar somente pessoal especializado. A equipe de trabalho deverá apresentar-se uniformizada; PERGUNTA 2 ? Entendemos que seremos responsáveis pelo fornecimento do material de consumo (lubrificantes, estopa, graxa...) enquanto os materiais de reposição (compressores, motores, filtros, gás refrigerante, tubulações, tintas, lâmpadas, acessórios...) serão de responsabilidade do Contratante. Nosso entendimento está correto? Caso não esteja, favor esclarecer. RESPOSTA: Esse entendimento não está correto. O objeto dos quatro lotes é explícito nesse sentido e tem sido adotado pelo MPMG nos últimos dez anos: Para que não reste dúvida, transcrevemos aqui alguns itens do Termo de Referência com alguns grifos que elucidam essa questão: 1.1 ? DESCRIÇÃO DO OBJETO Prestação de serviços continuados de manutenção preventiva, corretiva e operação de sistemas centrais de refrigeração, renovação de ar e condicionadores de ar monobloco (ACJ), modulares (splits) e portáteis, com fornecimento de mão de obra, materiais e inclusão total de peças, em edificações ocupadas pelo Ministério Público na Região Central, Região do Triângulo e Alto Paranaíba e Região Sul, conforme especificações, exigências e quantidades estabelecidas neste Termo de Referência. 2 - DA FUNDAMENTAÇÃO E DESCRIÇÃO DA NECESSIDADE DA CONTRATAÇÃO: Os sistemas de ar central das quatro localidades não são padronizados, pelo fato de terem sido adquiridos em certames licitatórios diferentes, sujeitos às alterações e tendências de mercado. Com isto os sistemas variam com a marca, modelo e potência (vide Apenso I). A diversidade dos componentes sujeitos a falhas é vasta, não nos permitindo produzir uma lista prévia de todos os itens cobertos, seus preços unitários e o quantitativo de cada um. Além disso, o MPMG não dispõe de técnicos nas diversas comarcas com capacitação para questionar a real necessidade de substituição de um determinado componente. Desta forma, não havendo o alcance necessário aos dados técnicos na dimensão requerida para implementação de contratos com ressarcimentos de peças para sistemas de ar condicionado central, optamos pelos acordos com cobertura total de peças por julgá-lo mais adequado e vantajoso para a Administração Pública. 16.2. Obrigações contratuais específicas/complementares ao objeto: A CONTRATADA deverá substituir as peças e componentes por novos, originais e com garantia. Somente serão admitidas peças e componentes similares quando for comprovada a impossibilidade de aquisição da peça original; PERGUNTA 3 ? Os chamados para manutenção corretiva serão atendidos somente de 2ª à 6ª feira, durante o horário administrativo ou poderão ocorrer aos finais de semana ou de madrugada? Caso seja aos finais de semana ou madrugada, essas horas extras poderão ser compensadas ou deverão ser pagas? Caso sejam ser pagas, de quem será a reponsabilidade desse custo? RESPOSTA: Essa questão está respondida pelo item 13.1.1.3 do TR aqui transcrito: 13.1.1.3 PRAZO DE ATENDIMENTO DE CHAMADOS (MANUTENÇÃO CORRETIVA): A manutenção corretiva será realizada sempre que ocorrer interrupção ou ineficiência nos equipamentos, conforme detalhamento dos serviços no item 16 ? Obrigações do Contratado e da Contratante e no Apenso II, ambos integrantes deste Termo de Referência. a) PRAZO DE ATENDIMENTO DE UM CHAMADO REGULAR: até as 18 HORAS DO PRIMEIRO DIA ÚTIL SUBSEQUENTE, contados do recebimento da solicitação; b) PRAZO DE ATENDIMENTO DE UM CHAMADO DE URGÊNCIA: até 30 (TRINTA) MINUTOS, contados do recebimento da solicitação. 19 - DAS INFORMAÇÕES COMPLEMENTARES: Os serviços de manutenção preventiva que implicarem na paralisação do sistema deverão ser executados fora do horário de funcionamento, preferencialmente, nos fins de semana. Complementando a resposta deste item, e a fim de dirimir eventuais dúvidas: todo e qualquer gasto com mão de obra (horas de trabalho normais e/ou horas extras) será encargo da CONTRATADA. ----------------------------- 05-09-2024 ESCLARECIMENTOS Segue(m) resposta(s) da DIVISÃO DE MANUTENÇÃO E DIRETORIA DE GESTÃO DE COMPRAS E LICITAÇÕES ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: PERGUNTA 1. Há uma definição de equipe mínima para ser disponibilizada ao Lote 1? Se sim, qual seria? RESPOSTA: Não há definição de equipe mínima. As equipes devem ser dimensionadas pela CONTRATADA de modo a atender às exigências do Edital. Transcrevemos aqui parte do item 16 do TR, válida para os quatro lotes de manutenção: 16 - DAS OBRIGAÇÕES DA CONTRATADA E DO CONTRATANTE A CONTRATADA deverá dimensionar a equipe de manutenção adequada às demandas, visando ao fiel cumprimento dos requisitos dos respectivos planos de manutenção e dos prazos estipulados (manutenção completa de todos os equipamentos a cada dois meses). A referida equipe (de campo e apoio) deve ser composta, basicamente, por operadores que ligam e desligam o sistema (apenas para os Lotes 1 e 2), mecânicos de refrigeração (de campo e apoio) e pelo responsável técnico; A CONTRATADA deverá disponibilizar equipe de apoio (supervisor) responsável pelos serviços, capaz de gerenciar pessoal e material suficientes para a manutenção preventiva/corretiva dos equipamentos, dentro dos prazos estipulados no presente Termo de Referência; A CONTRATADA deverá empregar somente pessoal especializado. A equipe de trabalho deverá apresentar-se uniformizada; PERGUNTA 2. Para os lotes 1 e 2: a equipe de operação poderá ser a mesma que a equipe de manutenção preventiva e corretiva? Ou a Contratada deverá disponibilizar uma equipe profissionais exclusivos para a operação do sistema? RESPOSTA: Pode ser a mesma, a critério da CONTRATADA. PERGUNTA 3. Para o lote 2: qual o horário os sistemas devem ser ligados e desligados? RESPOSTA: No caso do Lote 2 o ligamento e o desligamento são feitos pelos próprios usuários por intermédio de controles remotos. PERGUNTA 4. Verificamos que a relação de equipamentos do Apenso I está diferente da relação de equipamento dos Apensos V e VI. Mesmo os Apensos considerando apenas as condensadoras, o número de condensadoras dos Apensos V e VI está inferior ao do Apenso I. Isto implica em um valor estimado abaixo da realidade. Para a elaboração de nossas propostas, devemos considerar qual lista de equipamentos? A do Apenso I ou as do Apenso V e VI? RESPOSTA: Para a elaboração de propostas devem ser considerados a listagem completa existente no Apenso I. Os Apensos V e VI são resumos que grupam por potência os sistemas centrais e os aparelhos individuais em cada lote. Os Apensos V e VI foram adotados por questão de simplificação da elaboração dos preços das propostas. PERGUNTA 5. As manutenções preventivas das centrais terão como periodicidade bimestral? RESPOSTA: Exato. PERGUNTA 6. As manutenções preventivas dos splits, ACJ e portáteis terão como periodicidade semestral? RESPOSTA: Exato. PERGUNTA 7. Todas as peças de reposição serão de fornecimento da Contratada e todos os custos deverão estar previstos na proposta, correto? RESPOSTA: Correto. PERGUNTA 8. No item 6.7.3 é informado que ?No caso de serviços de engenharia, serão consideradas inexequíveis as propostas cujos valores forem inferiores a 75% (setenta e cinco por cento) do valor orçado pela Administração, independentemente do regime de execução?. As licitantes com propostas cujos valores forem inferiores a 75% (setenta e cinco por cento) do valor orçado pela Administração poderão apresentar justificativas de exequibilidade ou serão automaticamente desclassificadas? RESPOSTA: Será oportunizado aos licitantes a demonstração de exequibilidade da proposta, conforme entendimentos recentes do TCU. ----------------------------- 05-09-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0033754/2024-69 - Recebimento das propostas: até às 10 horas do dia 19/09/2024. Início da disputa de preços: às 10 horas do dia 19/09/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 4 de setembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG * Republicado devido à necessidade de adequações no edital. Houve alteração de datas. ----------------------------- 06-09-2024 ESCLARECIMENTOS Segue(m) resposta(s) da DIVISÃO DE MANUTENÇÃO E DIRETORIA DE GESTÃO DE COMPRAS E LICITAÇÕES ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: PERGUNTA 01-Será exigido obrigatoriamente a utilização de alguma convenção coletiva de trabalho em específico? Se sim, qual seria a CCT e em qual lote ela deverá ser utilizada? Resposta: Não há obrigatoriedade de utilização de determinada convenção coletiva de trabalho prevista no edital. PERGUNTA 02-Algum posto de trabalho deverá contar com adicional periculosidade/insalubridade? Se sim, qual posto e qual lote? Caso seja insalubridade, qual o percentual a incidir (10%, 20%, ou 40%)? Resposta: Não há posto de trabalho previsto no edital. PERGUNTA 03-Quem será o responsável pelo descarte dos resíduos gerados na execução dos serviços, contratada ou contratante? Caso seja a contratada, existe um quantitativo mensal de caçambas? Se sim, qual o quantitativo e lote? Resposta: A responsabilidade pelo descarte dos resíduos gerados é da CONTRATADA, cabendo ao licitante estimar o quantitativo mensal para cada lote. PERGUNTA 4-A contratada deverá fornecer software de manutenção? Se sim, quais características esse software deve conter Resposta: Não existe essa exigência prevista no edital. PERGUNTA 05-Devido a alguns endereços terem uma quantidade significativa de aparelhos, pergunta-se: A contratante disponibilizará espaço destinado a guarda de ferramentas da contratada? Resposta: Existe disponibilidade de espaço para guarda de ferramentas apenas para os lotes 1 e 2. Uma única sala para os quatro prédios do Lote 1 e uma única sala no prédio do Lote 2. Não há disponibilidade de espaço nos demais lotes. PERGUNTA 06-É visto no termo de referência que: ?A alimentação elétrica sob a responsabilidade da CONTRATADA inicia-se, inclusive, pelas respectivas proteções (disjuntores), nas caixas ou quadros elétricos específicos, abrangendo todos os componentes e equipamentos elétricos conectados a essas respectivas proteções; No caso de quadro elétrico exclusivo para o sistema de ar condicionado, é de responsabilidade da empresa CONTRATADA, a manutenção de todos os elementos nele contidos, inclusive o seu gabinete;?. Sobre isso pergunta-se: Qual o quantitativo destes equipamentos, visto que impacta diretamente no dimensionamento e qualificação da equipe da contratada? Resposta: Quadros elétricos exclusivos para o sistema de ar condicionado: Lote 1: 4 (quatro) quadros Lote 2: 11 (onze) quadros Lote 3: 6 (seis) quadros Lote 4: 1 (um) quadro PERGUNTA 07-Observa-se que em alguns locais existem uma grande quantidade de aparelhos, pergunta-se: A contratante fornecerá local destinado a guarda de equipamentos e ferramentas da contratada? Resposta: Questão em duplicidade, já respondida no item 05. ----------------------------- 16-09-2024 ESCLARECIMENTOS Segue(m) resposta(s) da DIVISÃO DE MANUTENÇÃO PREDIAL ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: PERGUNTA: - Qual a idade média dos equipamentos do parque de máquinas em cada um dos Lotes? RESPOSTA: Idade média (em anos) das máquinas que compõem o sistema de ar condicionado central de cada lote: Lote 1: 30 (trinta) anos; Lote 2: 5 (cinco) anos; Lote 3: Uberlândia: 12 (doze) ano, Uberaba: 10 (dez) anos, Patos de Minas: 1 (um) ano; Lote 4: 5 (cinco) anos. ----------------------------- 16-09-2024 ESCLARECIMENTOS Segue(m) resposta(s) da DIRETORIA DE GESTÃO DE COMPRAS E LICITAÇÕES ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: PERGUNTA: Na etapa de cadastramento de propostas está constando apenas 1 lote, a empresa terá que participar do valor global para os 4 lotes simultaneamente ou poderá cadastrar e participar apenas de um ou dois lotes, caso queira? RESPOSTA: o licitante deverá apresentar proposta apenas para o(s) lote(s) que for(em) de seu interesse, desde que seu valor bem como os lances ofertados durante a sessão de disputa refiram-se à integralidade do respectivo objeto. ----------------------------- 16-09-2024 ESCLARECIMENTOS Segue(m) resposta(s) da DIRETORIA DE GESTÃO DE COMPRAS E LICITAÇÕES ao(s) pedido(s) de esclarecimento(s) apresentado(s) por interessado em participar do processo licitatório em epígrafe: PERGUNTA: Prezado(a) Pregoeira,Da forma que está configurado o sistema, só dá para participar se dermos lances em todos nos 4 itens que fazem parte de apenas 01 lote. E pelo que entendi na justificativa que foi colocada no Edital a intenção é ter 04 lotes para que empresas diferentes em regiões e portes diferentes possam participar.3 - DA DIVISÃO EM LOTES: Número de Lotes: 4 (quatro) Justificativa para o parcelamento ou não do objeto: Serão divididas em quatro lotes as edificações do MPMG localizadas na Região Central (dois lotes), Região do Triângulo e Alto Paranaíba (um lote) e Região Sul (um lote) do Estado de Minas Gerais. Os quatro lotes são integrados por itens de uma mesma natureza, os quais guardam relação entre si. Tal divisão visa propiciar a participação de empresas mais próximas aos locais onde os serviços serão prestados. RESPOSTA: informamos que o edital foi REPUBLICADO para correção do nº de lotes no SIAD/PortalCompras/MG, em conformidade com o edital previamente divulgado ( 4 lotes). Houve alteração de datas. RECEBIMENTO DAS PROPOSTAS: Até às 10 horas do dia 1º/10/2024. INÍCIO DA SESSÃO DE LANCES: Às 10 horas do dia 1º/10/2024. Não houve reabertura de prazo para esclarecimentos/impugnações. ----------------------------- 17-09-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO (*) Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0033754/2024-69 - Recebimento das propostas: até às 10 horas do dia 01/10/2024 - Início da disputa de preços: às 10 horas do dia 01/10/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 16 de setembro de 2024. Dariana Augusta de Toledo Patrocínio Ruiz - Coordenadora da Diretoria de Gestão de Compras e Licitações em substituição/PGJ-MG (*) Republicado para correção do nº de lotes no Siad, em conformidade com edital previamente divulgado. Houve alteração de datas. Não haverá reabertura de prazo para esclarecimentos e impugnações. ----------------------------- 11-10-2024 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lotes 1 e 4: ACOMAR REFORMA E REFRIGERAÇÃO LTDA -EPP. CNPJ 00.062.861/0001-02 Valor (total) adjudicado lote 1: R$ 461.400,00 Valor (total) adjudicado lote 4: R$ 65.880,00 Lotes 2 e 3: BRAVO AR SERVICE COMÉRCIO MÁQUINAS E EQUIPAMENTOS LTDA. CNPJ 20.982.406/0001-24 Valor (total) adjudicado lote 2: R$ 118.400,00 Valor (total) adjudicado lote 3: R$ 120.000,00 Belo Horizonte, 09 de outubro de 2024 MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_processo123_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13605/download;
+ edital_123_2024_manutencao_ar_condicionado_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13492/download;
+ Apenso_IV_TR_planilha_composicao_preco_unitario_(modelo).xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13485/download;
+ Apenso_V_TR_planilha_orcamentaria (modelo).xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13486/download;
+ Apenso_VI_TR_planilha_orcamentaria.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13487/download;
+ decisao_impugnacao_Bravo_Ar_procedente_PL_123_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13524/download;
  Impugnacao_Bravo_Ar_PL-123_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13525/download;
- decisao_impugnacao_Bravo_Ar_procedente_PL_123_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13524/download;
+ Aux?lio preenchimento Planilha BDI_Pl_123_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13587/download;
+ edital_Servico_manutencao_preventiva_sistemas_centrais_de_refrigeracao_REPUBLICADO.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13526/download;
+ edital_Servico_manutencao_preventiva_sistemas_centrais_de_refrigeracao_REPUBLICADO_2.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13552/download;
+ Apenso_I_TR_ quantitativo_descricao_localizacao_equipamentos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13482/download;
+ Apenso_II_TR_ rotinas_procedimentos_intervalos_manutencao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13483/download;
  Apenso_III_TR_planilha_composicao_BDI.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13484/download;
- Apenso_II_TR_ rotinas_procedimentos_intervalos_manutencao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13483/download;
-[...8 lines deleted...]
- Apenso_IV_TR_planilha_composicao_preco_unitario_(modelo).xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13485/download;
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Manutenção e Reparos em Sistema Central de Condicionamento de Ar- Região Central - PGJ. </t>
+    <t xml:space="preserve">Manutenção e Reparos em Sistema Central de Condicionamento de Ar- Região Central - PGJ </t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção e Reparos em Sistema Central de Condicionamento de Ar-Região Central ? Torre 4 </t>
   </si>
   <si>
     <t xml:space="preserve">BRAVO AR SERVICE COMERCIO MAQUINAS E EQUIPAMENTOS LTDA EPP </t>
   </si>
   <si>
     <t>118.400,00</t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção e Reparos em Sistema Central de Condicionamento de Ar- Região do Triângulo e Alto Paranaíba </t>
   </si>
   <si>
     <t>120.000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção e Reparos em Sistema Central de Condicionamento de Ar- Região Sul </t>
   </si>
   <si>
     <t>65.880,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 116 / 2024</t>
   </si>
   <si>
     <t>19/06/2024</t>
   </si>
   <si>
     <t>Contratação de empresa especializada na prestação de serviços de vigilância armada, de forma contínua, em unidades do Ministério Público localizadas na capital e no interior do Estado de Minas Gerais, com dedicação exclusiva de mão de obra e fornecimento de uniformes e equipamentos.</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE VIGILÂNCIA ARMADA </t>
   </si>
   <si>
     <t>19-06-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3898.0048890/2024-46 Objeto: Contratação de empresa especializada na prestação de serviços de vigilância armada, de forma contínua, em unidades do Ministério Público localizadas na capital e no interior do Estado de Minas Gerais, com dedicação exclusiva de mão de obra e fornecimento de uniformes e equipamentos. Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 03/07/2024. Início da disputa de preços: às 10 horas do dia 03/07/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 17 de junho de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 27-06-2024 ESCLARECIMENTOS Seguem respostaS da Diretoria de Compras e Licitações e da área técnica, Divisão de Fiscalização Administrativa dos Contratos de Terceirização (DIFIT), ao pedido de esclarecimento SIAD n. 0001, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA 1) Considerando a estimativa de preços do edita, bem como, o item 4.1.1 da apresentação da proposta, entendemos que o cadastramento e a etapa de lances se darão pelo valor total da contratação, ou seja, pelos 12 meses. Nosso entendimento está correto? RESPOSTA À PERGUNTA 1: Sim, deve-se considerar o valor global pelo período de 12 meses. PERGUNTA 2) No momento do cadastramento da proposta, somente deverá ser lançado o valor, sem a necessidade de nenhum anexo. Nosso entendimento está correto? RESPOSTA À PERGUNTA 2: Lançar o valor e anexar a proposta. PERGUNTA 3) O item 2.5 do Anexo II, onde determina-se os documentos complementares à Proposta, entendemos que se referem a proposta ajustada, após a etapa de lances, ou seja, pela empresa vencedora. Nosso entendimento está correto? RESPOSTA À PERGUNTA 3: Correto. PERGUNTA 4) O apenso III no seu item 1.3 sobre a jornada de trabalho, determina que os postos terão caráter ininterruptos. Isto posto, considerando a CCT e as planilhas disponibilizadas, entendemos que esta rubrica não poderá ser alterada sob pena de não aceitação dos preços. Nosso entendimento está correto? RESPOSTA À PERGUNTA 4: Segue resposta da área técnica DIFIT/PGJ: [informo que o entendimento do licitante está correto, visto que as jornadas previstas para cada localidade/endereço não são passíveis de alteração, pois foram estabelecidas conforme análise da necessidade de cada imóvel/local.] ----------------------------- 28-06-2024 ESCLARECIMENTOS Seguem respostas da Diretoria de Compras e Licitações e da área técnica, Divisão de Fiscalização Administrativa dos Contratos de Terceirização (DIFIT), ao pedido de esclarecimento SIAD n. 0002, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA 1) A CCT MG000336/2024 em sua cláusula 64ª - parágrafo segundo, prevê a importância de R$ 4,00 por empregado referente ao Programa de combate à vigilância clandestina. Salvo engano, em análise a planilha de composição de custos, na aba ?CCT?, tal rubrica não está prevista. Nosso entendimento que não deverá ser considerada nesta contratação está correta? RESPOSTA À PERGUNTA 1: Segue resposta da área técnica DIFIT/PGJ: [informo que o entendimento licitante está correto.] PERGUNTA 2) Valores cadastrados acima do estimado serão desclassificadas antes da etapa de lances? RESPOSTA À PERGUNTA 2: Nesse caso, não haverá desclassificação prévia para proposta acima do preço definido pela Administração, nos termos da NLLC, art. 61, § 1º e do Decreto Estadual n.º 48.723/23, art. 28, § 1º. ----------------------------- 01-07-2024 ESCLARECIMENTOS Seguem respostas da área técnica, Divisão de Fiscalização Administrativa dos Contratos de Terceirização (DIFIT), ao pedido de esclarecimento SIAD n. 0005, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA 1 - Existem empresa executando atualmente os serviços ora licitados? Caso sim, qual? RESPOSTA À PERGUNTA: Atualmente o serviço é prestado pela Esparta Segurança. PERGUNTA 2 - Será desclassificada a licitante que cotar percentuais de encargos sociais/trabalhistas diferentes aos cotados na planilha de custos anexa ao edital? RESPOSTA À PERGUNTA 2: Conforme Apenso IV Memória de Cálculo dos Custos da Contratação: "MÓDULO 2 ENCARGOS E BENEFÍCIOS MENSAIS E DIÁRIOS ATENÇÃO: OS CUSTOS DO MÓDULO 2 SÃO DECORRENTES DE LEI E CCT. PORTANTO, NÃO PODEM SER REDUZIDOS DURANTE A LICITAÇÃO, COM EXCEÇÃO DO CUSTO RELATIVO AO RISCO AMBIENTAL DO TRABALHO AJUSTADO? RAT AJUSTADO (ITEM G DO SUBMÓDULO 2.1) E AO SEGURO DE VIDA (ITEM F DO SUBMÓDULO 2.3). (...) a) Na hipótese de isenção e/ou redução de algum dos encargos sociais, a Contratada deverá apresentar documentos comprobatórios, deduzindo este percentual do submódulo 2.1. b) No caso de isenção e/ou redução ainda não transitada em julgado, o valor será depositado em juízo até o término do contrato ou decisão terminativa." PERGUNTA 3 Os valores constantes no Item 4.2 se referem a indenização do intervalo intrajornada ou custos com o horista/almocista? RESPOSTA À PERGUNTA 3: Referem-se à indenização do intervalo intrajornada. ----------------------------- 02-07-2024 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnação: Solicitação nº 0003 - SIAD - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3898.0048890/2024-46 - Impugnante: Tutori Segurança Armada e Vigilância Ltda; CNPJ: 24.975.944/0001- 42. - Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se em arquivo nesta página. ----------------------------- 02-07-2024 COMUNICAÇÃO - ATENÇÃO - ALTERAÇÃO DE DATA DA SESSÃO DO PREGÃO - Prezados senhores, informamos alteração da data de abertura da Sessão de Pregão, devido à necessidade de prazo para análise e resposta ao Pedidos de Esclarecimento 0004. A resposta não implicará qualquer modificação sobre o Edital e, dessa forma, não impacta a formulação das propostas, nos termos do §1º do art. 55 da Lei 14.133/21. Houve alteração de data: Recebimento das Propostas: Até às 10 horas do dia 05/07/2024. Início da Sessão de Lances: Às 10 horas do dia 05/07/2024.Não houve alteração das datas para esclarecimentos/impugnações. ----------------------------- 03-07-2024 ESCLARECIMENTOS Segue resposta das unidades técnicas DIFIT e GSI, ao pedido de esclarecimento SIAD n. 0004, apresentado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA: De acordo com o Art. 63, inciso IV da Lei 14.133/2021, na fase de habilitação das licitações será exigida do licitante uma declaração de que cumpre as exigências de reserva de cargos para pessoas com deficiência(PCD) e para reabilitado da Previdência Social, previstas em lei e em outras normas específicas. Essa exigência será rigorosamente cumprida e constatada na fase de habilitação? No caso de um licitante declarar falsamente que cumpre as cotas para deficiente e reabilitados da Previdência Social, O Licitante será declarado inabilitado do processo licitatório? Além disso, haverá punições específicas para aqueles que fizerem declarações falsas sobre o cumprimento dessas cotas, como suspensão do direito de licitar, multa ou advertência? RESPOSTA: [Conforme Edital os licitantes deverão: " 4.2 No cadastramento da proposta, o fornecedor deverá, também, assinalar em campo próprio do portal de compras, as seguintes declarações: 4.2.4 que cumpre as exigências de reserva de cargos para pessoa com deficiência e para reabilitação da Previdência Social, previstas em lei nos termos do art. 93 da Lei Federal nº 8.213, de 1991 e em outras normas específicas, conforme previsto no inciso IV do art. 63 da Lei Federal nº 14.133/21." Para mais, qualquer infração identificada será analisada consoante item 10 do Edital e conforme a Lei.] Por oportuno, além de assinalar em campo próprio a referida declaração no SIAD, conforme previsto acima, a Declaração de reserva de cargos será solicitada pelo pregoeiro durante a sessão, em consonância com a Lei n.º 14.133/21. ----------------------------- 04-09-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO Comunicamos a apresentação de Recurso Administrativo por parte da licitante ESPARTA SEGURANÇA LTDA., contra a decisão do pregoeiro que declarou vencedor a licitante Olimpo Segurança e Vigilância LTDA LTDA, para o lote 1 (único). O arquivo contendo a peça aviada encontra-se disponibilizado nesta página. ----------------------------- 09-09-2024 COMUNICAÇÃO Comunicamos a apresentação de Contrarrazões por parte da licitante OLIMPO SEGURANÇA E VIGILÂNCIA EIRELI em face do Recurso Administrativo apresentado pela licitante ESPARTA SEGURANÇA LTDA. O arquivo contendo a peça contraditória aviada encontra-se disponibilizado nesta página. ----------------------------- 15-11-2024 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO - Número do processo: 116 / Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3898.0048890/2024-46 Objeto: Contratação de empresa especializada na prestação de serviços de vigilância armada, de forma contínua, em unidades do Ministério Público localizadas na capital e no interior do Estado de Minas Gerais, com dedicação exclusiva de mão de obra e fornecimento de uniformes e equipamentos. Modalidade: Pregão eletrônico Recorrente: ESPARTA SEGURANCA LTDA Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão do Pregoeiro. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Belo Horizonte, 14 de novembro de 2024. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 15-11-2024 REVOGAÇÃO DE LICITAÇÃO Número do processo: 116 / Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3898.0048890/2024-46 Objeto: Contratação de empresa especializada na prestação de serviços de vigilância armada, de forma contínua, em unidades do Ministério Público localizadas na capital e no interior do Estado de Minas Gerais, com dedicação exclusiva de mão de obra e fornecimento de uniformes e equipamentos. Modalidade: Pregão eletrônico A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do referido processo, nos termos do art. 71, inciso II, da Lei Federal nº 14.133/2021. Motivo: adequação do edital. Prazo para manifestação: 3 (três) dias úteis, nos termos do art. 165, inciso I, letra ?d?, da Lei Federal nº 14.133/2021. Oportunamente, será publicada nova licitação com o mesmo objeto. Demais informações: de 2ª a 6ª feira, das 9h às 18h, pelos telefones (31) 3330-8128 / 8129 / 8190 / 8233 / 9464, e-mail dgcl@mpmg.mp.br, e através do site www.mpmg.mp.br. Belo Horizonte, 14 de novembro de 2024. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Publicacao_DOMP_Resultado_Julgamento_Recurso.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13830/download;
-[...26 lines deleted...]
- Recurso_Licitante_Esparta_Seguranca_PL_116_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13522/download;
  habilit_atest_CBTU_licitante_Olimpo_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13493/download;
  habilit_atest_demais_licitante_Olimpo_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13494/download;
  habilit_balan-2022_licitante_Olimpo_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13495/download;
  habilit_balan-2023_licitante_Olimpo_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13496/download;
  habilit_contr_Firm_licitante_Olimpo_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13497/download;
+ seguro_vida_licitante_Olimpo_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13504/download;
+ planilha_custo_licitante_Olimpo_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13502/download;
+ proposta_docs_licitante_Olimpo_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13503/download;
+ habilit_jurid_licitante_Olimpo_pl-116_2024 (2).zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13498/download;
+ habilit_jurid_licitante_Olimpo_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13499/download;
+ listagem_armas_licitante_Olimpo_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13500/download;
+ planilha_custo_atual_licitante_Olimpo_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13501/download;
+ Recurso_Licitante_Esparta_Seguranca_PL_116_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13522/download;
+ Contrarrazoes_Licitante_Olimpo_Seguranca_PL_116_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13546/download;
+ decisao_recurso_e_revogacao_pe_pl116_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13828/download;
+ ata_revogacao_processo-116_2024 (1).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13829/download;
+ Publicacao_DOMP_Resultado_Julgamento_Recurso.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13830/download;
+ Publicacao_DOMP_Decisao_de_Revogacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13831/download;
+ Email_resposta_seplag_diligencia_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13454/download;
+ impugnacao_solicitacao_n.0003_Tutori_pe_pl116_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13400/download;
+ Apenso IX _Planilha_de_Composicao_de_Custos.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13386/download;
+ edital_processo116_2024_vigilancia_armada_DINT_DIFIT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13385/download;
+ Apenso XII_POP_ Procedimento_Operacional_Padrao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13387/download;
+ decisao_impugnacao_solicitacao_n.0003_tutori_pe_pl116_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13401/download;
+ Despacho_DSEG_pl116_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13442/download;
+ Despacho_DIFIT_pl116_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13443/download;
+ proposta_docs_licitante_Gocil_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13447/download;
+ Apenso_IX_licitante_Gocil_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13448/download;
+ proposta_corrig_licitante_Gocil_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13449/download;
+ REV01_Apenso_IX_licitante_Gocil_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13450/download;
+ diligencia_docs_esclarec_licitante_Gocil_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13451/download;
+ despacho_aprov_difit_licitante_Gocil_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13452/download;
+ despacho_aprov_nuorg_licitante_Gocil_pl-116_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13453/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 115 / 2024</t>
   </si>
   <si>
     <t>15/11/2024</t>
   </si>
   <si>
     <t>Registro de preço para aquisição de plaquetas patrimoniais</t>
   </si>
   <si>
     <t xml:space="preserve">Plaquetas Patrimoniais </t>
   </si>
   <si>
     <t xml:space="preserve">INOV ETIQUETAS LTDA. </t>
   </si>
   <si>
     <t>7.540,00</t>
   </si>
   <si>
     <t>15-11-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0136483/2023-61 Recebimento das Propostas: Até as 10 horas do dia 02/12/2024. Início da Sessão de Lances: Às 10 horas do dia 02/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18h ou pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 14 de novembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações / PGJ</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Edital_pl_rp_115_2024_plaquetas_patrimoniais_DIMAT.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13665/download;
  homologacao_planejamento115_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13763/download;
  ata_homologacao_planejamento115_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13764/download;
+ Edital_pl_rp_115_2024_plaquetas_patrimoniais_DIMAT.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13665/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 114 / 2024</t>
   </si>
   <si>
     <t>13/06/2024</t>
   </si>
   <si>
     <t xml:space="preserve">13-06-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1087.0001357/2024-97 Objeto: Aquisição de Aeronave Remotamente Pilotada (RPA/drone), incluindo treinamento e capacitação, para uso nos trabalhos de enfrentamento ao crime organizado desenvolvidos no Grupo de Atuação Especial de Combate ao Crime Organizado (GAECO) do Ministério Público de Minas Gerais, sob a forma de entrega integral. Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 28/06/2024. Início da disputa de preços: às 10 horas do dia 28/06/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 12 de junho de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 26-06-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora da Contratação (GAECO), ao pedido de esclarecimento (solicitação nº 0001) apresentado pela empresa EMBRATOP GEO TECNOLOGIAS LTDA. Contudo, cumpre esclarecer que posteriormente ao registro da resposta no Portal de Compras, a UGC informou que reanalisará a questão levantada e futuros posicionamentos serão devidamente publicizados. ----------------------------- 26-06-2024 COMUNICAÇÃO Processo Licitatório 114/2024 COMUNICAÇÃO - ATENÇÃO: Srs. Licitantes, o processo licitatório em epígrafe será republicado devido à necessidade de prazo para conclusão da reanálise do Pedido de Esclarecimento 001 e análise do Pedido de esclarecimento 002 e disponibilização das respectivas respostas, bem como para implemento de possíveis readequações do Edital, cuja versão atualizada será publicada oportunamente. Informamos que haverá alteração de datas e solicitamos aos licitantes que acompanhem atentamente as próximas publicações referentes ao PL 114/2024. Belo Horizonte, 25 de junho de 2024. ----------------------------- 29-06-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora da Contratação (GAECO), ao Pedido de Esclarecimento 0001, apresentado pela empresa EMBRATOP GEO TECNOLOGIAS LTDA, que foi reanalisado, bem como resposta ao Pedido de Esclarecimento 0002, apresentado pela empresa GOHOBBY FUTURE TECHNOLOGY LTDA. ----------------------------- 09-07-2024 COMUNICAÇÃO COMUNICAÇÃO - ATENÇÃO: Srs. Licitantes, Considerando que houve a readequação do Termo de Referência e a necessidade da realização de nova pesquisa de preços, informamos que tão logo o edital seja readequado, será republicado oportunamente. Haverá alteração de datas e solicitamos aos licitantes que acompanhem atentamente as próximas publicações referentes ao PL 114/2024. Belo Horizonte, 09 de julho de 2024. ----------------------------- 10-07-2024 COMUNICAÇÃO COMUNICAÇÃO - ATENÇÃO: Srs. Licitantes, Informo-lhes que, por equívoco, o processo de compras foi registrado como não executado, inviabilizando a republicação do edital, motivo pelo qual foi cadastrado novo pregão, que foi registrado sob o número 190/2024, o qual deverá ser o processo a ser considerado pelos interessados para fins de cadastramento de propostas. Assim, solicitamos que acompanhem atentamente as futuras publicações no PL 190/2024. Belo Horizonte, 10 de julho de 2024. </t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  Pedidos_de_Esclarecimento_0001_EMBRATOP_e_0002_GOHOBBY_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13395/download;
  edital_processo_114_2024_drones_GAECO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13380/download;
  Pedido_de_Esclarecimento_0001_EMBRATOP_GEO_TECONOLOGIAS_LTDA_e_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13393/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 113 / 2024</t>
   </si>
   <si>
     <t>Registro de preços para aquisição de materiais de higiene pessoal e de fixação de componentes, destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais.</t>
   </si>
@@ -2874,163 +2874,163 @@
   </si>
   <si>
     <t xml:space="preserve"> 112 / 2024</t>
   </si>
   <si>
     <t>17/06/2024</t>
   </si>
   <si>
     <t>Prestação de serviços técnicos especializados de engenharia de avaliação da conformidade dos projetos estruturais de concreto armado quanto às normas NBR 6118/23 e outras complementares e específicas, para edificações destinadas ao uso do MPMG</t>
   </si>
   <si>
     <t xml:space="preserve">Estudo, análise e elaboração de projeto de engenharia e/ ou arquitetura </t>
   </si>
   <si>
     <t xml:space="preserve">HC Soluções Estruturais Ltda. </t>
   </si>
   <si>
     <t>118.000,00</t>
   </si>
   <si>
     <t>23-05-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2431.0166336/2023-20 Objeto: Prestação de serviços técnicos especializados de engenharia de avaliação da conformidade dos projetos estruturais de concreto armado quanto às normas NBR 6118/23 e outras complementares e específicas, para edificações destinadas ao uso do Ministério Público do Estado de Minas Gerais. Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 11/06/2024. Início da disputa de preços: às 10 horas do dia 11/06/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 22 de maio de 2024. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora em exercício da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 11-06-2024 COMUNICAÇÃO - IMPORTANTE - Prezados Senhores, em virtude de instabilidade apresentada pelo Portal de Compras - MG, não foi possível iniciar a sessão de pregão agendada para esta data, às 10:00h. Informamos que o edital será republicado oportunamente, com alteração de datas. ----------------------------- 13-06-2024 IMPUGNAÇÃO INTEMPESTIVA RECEBIDA COMO PEDIDO DE ESCLARECIMENTO - Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações à impugnação recebida como pedido de esclarecimento (solicitação nº 0001) apresentada pela empresa Triton Engenharia LTDA. ----------------------------- 17-06-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2431.0166336/2023-20 Objeto: Prestação de serviços técnicos especializados de engenharia de avaliação da conformidade dos projetos estruturais de concreto armado quanto às normas NBR 6118/23 e outras complementares e específicas, para edificações destinadas ao uso do Ministério Público do Estado de Minas Gerais. Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 21/06/2024. Início da disputa de preços: às 10 horas do dia 21/06/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 14 de junho de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 20-06-2024 ESCLARECIMENTOS - Em que pese a intempestividade da solicitação, segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações, ao pedido de esclarecimento (solicitação nº 0002) apresentado pela empresa Triton Engenharia LTDA.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ proposta_e_demostracao_de_exequibilidade_HC_solucoes_F000105_pl112_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13398/download;
+ impugnacao_recebida_como_pedido_de_esclarec_n.0001_empresa_triton_pe_pl112_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13381/download;
+ Apenso_X_do_termo_de_ Referenca_Cronograma_fisico_financeiro.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13377/download;
+ Apenso_V_do_Termo_de_Referencia_Modelo_Planilha_de_Orcamento.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13371/download;
+ Apenso_VI_do_Termo_de_Referencia_Modelo_Planilha_de_BDI.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13372/download;
+ Apenso_VII_do_Termo_de_Referencia_Modelo_de_declaracao_indica_profissional.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13374/download;
+ Apenso_VIII_do_Termo_de_Referencia_Modelo_de_declaracao_contratacao_futura.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13375/download;
  pedido_de_esclarec_n.0002_empresa_triton_pe_pl112_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13388/download;
- impugnacao_recebida_como_pedido_de_esclarec_n.0001_empresa_triton_pe_pl112_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13381/download;
+ Apenso_IX_do_Termo_de_Referencia_cessao_direitos_patrimoniais.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13376/download;
  edital_processo_112_2024_servico_engenharia_DPRO_REPUBLICACAO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13382/download;
- proposta_e_demostracao_de_exequibilidade_HC_solucoes_F000105_pl112_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13398/download;
+ docs_habilitatorios_HC_solucoes_F000105_pl112_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13438/download;
  docs_complementares_demonstracao_exequibilidade_HC_solucoes_F000105_pl112_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13433/download;
- docs_habilitatorios_HC_solucoes_F000105_pl112_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13438/download;
  docs_tecnicos_habilitatorios_complementares_HC_solucoes_F000105_pl112_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13446/download;
  homologacao_processo112_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13459/download;
  edital_processo_112_2024_objeto_servico_engenharia_DPRO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13365/download;
  Apenso_I_do_Termo_de_Referencia_Especificacoes_gerais.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13366/download;
  Apenso_II_do_Termo_de_Referencia_Recomendacoes_da_ABECE.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13368/download;
  Apenso_III_do_Termo_de_Referencia_Orcamento_de_referencia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13369/download;
  Apenso_IV_do_Termo_de_Referencia_BDI_de_referencia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13370/download;
- Apenso_V_do_Termo_de_Referencia_Modelo_Planilha_de_Orcamento.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13371/download;
-[...4 lines deleted...]
- Apenso_X_do_termo_de_ Referenca_Cronograma_fisico_financeiro.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13377/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 101 / 2024</t>
   </si>
   <si>
     <t>Registro de Preços para aquisição de cadeiras para salas de reuniões, conforme quantidades, especificações técnicas e exigências estabelecidas no Termo de Referência.</t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRA DE ESPALDAR ALTO </t>
   </si>
   <si>
     <t xml:space="preserve">Detto Mobiliário Corporativo Ltda. </t>
   </si>
   <si>
     <t>1.937.430,00</t>
   </si>
   <si>
     <t>31-10-2024 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0004241/2024-22 Recebimento das propostas: até às 10 horas do dia 13/11/2024. Início da disputa de preços: às 10 horas do dia 13/11/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 29 de outubro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 05-11-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIVISÃO DE MATERIAS) aos pedidos de esclarecimentos (solicitações nº 0001 e nº0002) apresentado pela empresa Alberflex Indústria de Móveis Ltda. ----------------------------- 05-11-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIVISÃO DE MATERIAS) ao pedido de esclarecimento apresentado via email pela empresa SK Engenharia. ----------------------------- 13-11-2024 COMUNICAÇÃO DE ALTERAÇÃO DA DATA DE ABERTURA DAS PROPOSTAS - ATENÇÃO! Srs. Licitantes, esclarecemos que em virtude da indisponibilidade do Portal de Compras-MG não foi possível iniciar o certame nesta data. Assim, informamos que a sessão inaugural do pregão para registro de preços nº 101/2024 foi reagendada para dia 18/11/2024, às 10:00h.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_processo_101_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13740/download;
+ pedido_de_esclarec._via_email_SK_Engenharia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13643/download;
+ pedido_de_esclarec._n.0001_n.0002_Alberflex.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13642/download;
  edital_processo_101_2024_rp_cadeiras_sala_de_reuniao_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13639/download;
- homologacao_processo_101_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13740/download;
-[...1 lines deleted...]
- pedido_de_esclarec._via_email_SK_Engenharia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13643/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 72 / 2024</t>
   </si>
   <si>
     <t>29/06/2024</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestar serviço denominado no mercado como "programa de assistência ao empregado" (ou similar).</t>
   </si>
   <si>
     <t xml:space="preserve">PROGRAMA DE ASSISTÊNCIA AO EMPREGADO </t>
   </si>
   <si>
     <t xml:space="preserve">CHESTNUT GLOBAL PARTNERS DO BRASIL LTDA </t>
   </si>
   <si>
     <t>918.720,00</t>
   </si>
   <si>
     <t>22-05-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3693.0166560/2023-68 Recebimento das propostas: até às 10 horas do dia 10/06/2024. Início da disputa de preços: às 10 horas do dia 10/06/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 21 de maio de 2024. Dariana Augusta de Toledo Patrocinio Ruiz Coordenadora em exercício da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 07-06-2024 COMUNICAÇÃO ATENÇÃO, Srs. Licitantes: o processo licitatório em epígrafe será republicado em razão de possível inconsistência no sistema do Portal de Compras-MG. Haverá alteração de datas, nos seguintes termos: RECEBIMENTO DAS PROPOSTAS: Até as 10 horas do dia 20/06/2024;INÍCIO DA SESSÃO DE LANCES: Às 10 horas do dia 20/06/2024; ESCLARECIMENTOS E IMPUGNAÇÕES: Na forma prevista no item 2 do Edital, até às 18 horas do dia 17/06/2024. Gentileza se manterem a par das publicações correspondentes nesta plataforma (www.mpmg.mp.br, Serviços, Consultas, Licitações e Contratos, Portal Transparência MPMG, pesquisar processo nº 72/2024). Catarina Natalino Calixto. Coordenadora da Diretoria de Gestão de Compras e Licitações / PJG-MG. ----------------------------- 19-06-2024 COMUNICAÇÃO ATENÇÃO, Srs. Licitantes: este processo licitatório será republicado devido à necessidade de prazo para conclusão da análise dos Pedidos de Esclarecimento 0001 e 0002 (de teores coincidentes), disponibilização das respectivas respostas e adaptações decorrentes sobre o Edital, cuja versão atualizada será publicada oportunamente (assegurado o intervalo legal mínimo de 10 dias úteis entre sua disponibilização e a data-limite para apresentação das propostas). Informamos que a sessão inicial do Pregão foi adiada para as 10h do dia 11/07/24 (novo limite para o recebimento das propostas) e que haverá a reabertura de prazo para eventual pedido de esclarecimento ou impugnação (até 08/07/24). Solicitamos aos licitantes que acompanhem atentamente as próximas publicações oficiais atinentes ao PL 72/2024, por meio deste Portal e do site do Ministério Público do Estado de Minas Gerais (www.mpmg.mp.br, Serviços, Consultas, Licitações e Contratos, Portal Transparência MPMG, pesquisar processo nº 72, ano 2024). Catarina Natalino Calixto. Coordenadora da Diretoria de Gestão de Compras e Licitações / PJG-MG. ----------------------------- 28-06-2024 ESCLARECIMENTOS Seguem, em arquivo abaixo anexado, respostas da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Setor Técnico "Diretoria de Gestão de Pessoas") aos Pedidos de Esclarecimento 0001 e 0002. ----------------------------- 28-06-2024 COMUNICAÇÃO ATENÇÃO, Srs. Licitantes: Haja vista que as respostas aos Pedidos de Esclarecimento 0001 e 0002 não implicam qualquer modificação sobre o Edital e, portanto, não impactam a formulação das propostas, torna-se desnecessária a repetição do aguardo da integralidade do prazo mínimo legal para cadastro das propostas a partir do Edital republicado, nos termos do §1º do art. 55 da Lei 14.133/21. O Edital atualizado contemplará apenas a alteração das datas designadas como limite para o recebimento de propostas e início da sessão de lances (10h de 11/07/24) e como limite para eventuais Pedidos de Esclarecimento e Impugnação (18h de 08/07/24), conforme já noticiado previamente. De todo modo, permanece assegurada ampla margem de prazo para a apresentação das respectivas propostas, até as 10h de 11/07/24. ----------------------------- 29-06-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Republicado em razão da necessidade de prazo para prestação de esclarecimentos. Não houve modificação do Edital. Apenas alteração de datas. Unidade: 1091012; Processo no Sistema Eletrônico de Informações (SEI): 19.16.3693.0166560/2023-68; Recebimento das propostas: até às 10 horas do dia 11/07/2024. Início da disputa de preços: às 10 horas do dia 11/07/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 28 de junho de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG. ----------------------------- 09-07-2024 ESCLARECIMENTOS Segue, em Arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Setor Técnico "Diretoria de Gestão de Pessoas") ao Pedido de Esclarecimento 0003. ----------------------------- 30-07-2024 HOMOLOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3693.0166560/2023-68 - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1(único): CHESTNUT GLOBAL PARTNERS DO BRASIL LTDA. CNPJ 07.843.950/0001-27 Valor (total) adjudicado: R$ 918.720,00 Belo Horizonte, 30 de julho de 2024 MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_72_2024_programa_assistencia_empregado_SGP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13342/download;
+ ata_homologacao_processo72_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13456/download;
  resposta_ao_pedido_de_esclarecimento_0003_empresa_Chestnut_pe_pl72_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13436/download;
+ edital_processo_72_2024_programa_assistencia_empregado_SGP_REPUBLICADO.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13379/download;
  edital_processo_72_2024_programa_assistencia_empregado_SGP_REPUBLICADO_3a_versao.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13399/download;
- edital_processo_72_2024_programa_assistencia_empregado_SGP_REPUBLICADO.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13379/download;
- edital_processo_72_2024_programa_assistencia_empregado_SGP.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13342/download;
  resposta_aos_pedidos_de_esclarecimento_0001_e_0002_empresa_Chestnut_pe_pl72_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13394/download;
- ata_homologacao_processo72_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13456/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 436 / 2023</t>
   </si>
   <si>
     <t>27/12/2023</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de materiais de construção civil, de máquina e dos alicates para corte e furo de lâmina de PVC para persianas verticais.</t>
   </si>
   <si>
     <t xml:space="preserve">MAQNETE COMÉRCIO E SERVIÇOS EIRELI - ME </t>
   </si>
   <si>
     <t>4.413,50</t>
   </si>
   <si>
     <t>27-12-2023 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0069251/2023-13 - Recebimento das propostas: até às 10 horas do dia 18/01/2024. Início da disputa de preços: às 10 horas do dia 18/01/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 26 de dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 09-02-2024 HOMOLOGAÇÃO - Número do planejamento: 436 / Ano: 2023 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0069251/2023-13 Objeto: Registro de Preços para aquisição de materiais de construção civil, de máquina e dos alicates para corte e furo de lâmina de PVC para persianas verticais. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1: MAQNETE COMERCIO E SERVIÇOS EIRELI, CNPJ nº 18.152.404/0001-66; Valor (total) registrado: R$4.413,50; Lotes 2, 3, 5, 6, 7 e 9: GLOBAL DISTRIBUICAO E SERVICOS EIRELI, CNPJ nº 28.429.720/0001-96; Valores (totais) registrados: R$144.431,55; R$20.279,81; R$5.928,00; R$104.280,00; R$3.185,27 e R$18.427,95, respectivamente; Lotes 4 e 8: SOLUÇÃO FERRAMENTAS LTDA, CNPJ nº 32.275.011/0001-70; Valores (totais) registrados: R$15.414,10 e R$1.465,22, respectivamente. Os lotes 10 e 11 resultaram desertos, por não terem sido apresentadas propostas para atendimento aos seus objetos. Belo Horizonte, 8 de fevereiro de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- habilitacao_licitante_Global_L-2-3-5-6-7-9_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13254/download;
+ ata_homologacao_planejamento-436_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13287/download;
+ proposta_corrigida_licitante_Maqnete_L-1_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13288/download;
  proposta_corrig_licit_Global_L-2-3-5-6-7-9_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13289/download;
  proposta_corrigida_licitante_Solucao_L-4-8_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13290/download;
- habilitacao_licitante_Maqnete_L-1_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13253/download;
-[...3 lines deleted...]
- proposta_corrigida_licitante_Maqnete_L-1_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13288/download;
  Proposta_Catalogo_Licitante_Maqnete_L-1_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13211/download;
  Proposta_Catals_Licitante_Global_L-2-3-5-7-9_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13212/download;
  Proposta_Catals_Licitante_Global_L-6_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13213/download;
  Proposta_Catals_Licitante_Solucao_L-4-8_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13214/download;
+ habilitacao_licitante_Maqnete_L-1_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13253/download;
+ habilitacao_licitante_Global_L-2-3-5-6-7-9_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13254/download;
+ habilit_tecn_licitante_Global_L-2-3-5-6-7-9_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13255/download;
+ habilitacao_licitante_Solucao_L-4-8_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13256/download;
  edital_RP_436_2023_material_de_construcao_civil_DIMAN.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13138/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS PARA CONSTRUÇÃO CIVIL DIVERSOS </t>
   </si>
   <si>
     <t xml:space="preserve">Global Distribuição e Serviços LTDA- EPP </t>
   </si>
   <si>
     <t>144.431,55</t>
   </si>
   <si>
     <t xml:space="preserve">FITA ADESIVA </t>
   </si>
   <si>
     <t>20.279,81</t>
   </si>
   <si>
     <t xml:space="preserve">CONE PARA SINALIZAÇÃO </t>
   </si>
   <si>
     <t xml:space="preserve">SOLUÇÃO FERRAMENTAS LTDA </t>
   </si>
   <si>
@@ -3077,55 +3077,55 @@
   </si>
   <si>
     <t xml:space="preserve"> 351 / 2023</t>
   </si>
   <si>
     <t>21/12/2023</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de cabos elétricos flexíveis monopolares, paralelos e multipolares.</t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS PVC BWF 750V - CLASSE 4 </t>
   </si>
   <si>
     <t xml:space="preserve">Suprema Hidroelétrica Ltda - EPP </t>
   </si>
   <si>
     <t>4.321,20</t>
   </si>
   <si>
     <t>21-12-2023 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0116520/2023-76 Recebimento das propostas: até às 10 horas do dia 12/01/2024. Início da disputa de preços: às 10 horas do dia 12/01/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 20 de dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 30-01-2024 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0116520/2023-76 Homologo o resultado do julgamento deste processo, no qual foi vencedor e registrou seus preços o licitante: SUPREMA HIDROELÉTRICA LTDA ? EPP CNPJ: 42.981.902/0001-04 Valores (totais) registrados: - Lote 1: R$4.321,20; - Lote 2: R$213.180,00; - Lote 3: R$195.326,40; - Lote 4: R$49.000,00; - Lote 5: R$26.474,96; - Lote 6: R$13.296,00; - Lote 7: R$19.715,00; - Lote 8: R$13.787,00; - Lote 9: R$12.490,00; - Lote 10: R$2.189,70; - Lote 11: R$3.528,30; - Lote 12: R$2.567,00; - Lote 13: R$8.060,00; - Lote 14: R$6.554,10; - Lote 15: R$6.784,20; - Lote 16: R$10.168,20. Belo Horizonte, 29 de janeiro de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ proposta_e_docs_iniciais_licitante_Suprema_Hidroeletrica_F000138_a_F001613_pl351_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13190/download;
+ docs_habilitatorios_licitante_Suprema_Hidroeletrica_F000138_a_F001613_pl351_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13246/download;
+ ata_homologacao_processo351_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13249/download;
  Parecer_Tecnico_DIMAN_sobre_propostas_do_arrematante_Suprema_Hidroeletrica.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13244/download;
  proposta_final_corrigida_licitante_Suprema_Hidroeletrica_F000138_a_F001613_pl351_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13245/download;
- docs_habilitatorios_licitante_Suprema_Hidroeletrica_F000138_a_F001613_pl351_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13246/download;
-[...1 lines deleted...]
- proposta_e_docs_iniciais_licitante_Suprema_Hidroeletrica_F000138_a_F001613_pl351_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13190/download;
  Mapa_de_Precos_parametro_para_readequacao_de_valores_propostos.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13185/download;
  edital_processo_351_2023_rp_aquisicao_de_cabos_eletricos_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13107/download;
  pl_351_2023_Apenso_I_Especificacao_de_Itens.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13109/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS 2,5 MM2 750V - NÃO HALOGENADOS - CLASSE 5 </t>
   </si>
   <si>
     <t>213.180,00</t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS 4,0 MM2 750V - NÃO HALOGENADOS - CLASSE 5 </t>
   </si>
   <si>
     <t>195.326,41</t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS 6,0 MM2 750V - NÃO HALOGENADOS - CLASSE 5 </t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS 10,0 MM2 750V - NÃO HALOGENADOS - CLASSE 5 </t>
   </si>
   <si>
     <t>26.474,96</t>
@@ -3193,507 +3193,508 @@
   <si>
     <t xml:space="preserve">CABO TRIPOLAR NÃO HALOGENADO 3X4,00 MM2 </t>
   </si>
   <si>
     <t>10.168,20</t>
   </si>
   <si>
     <t xml:space="preserve"> 347 / 2023</t>
   </si>
   <si>
     <t>29/12/2023</t>
   </si>
   <si>
     <t>Contratação de empresa especializada na prestação de serviços de gerenciamento de almoxarifado, pelo período de 24 meses.</t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviços de gerenciamento de almoxarifado, para atendimento de todas as unidades do Ministério Público no Estado de Minas Gerais e seu escritório em Brasília/DF, pelo período de 24 meses. </t>
   </si>
   <si>
     <t xml:space="preserve">EXPRESSO MINAS FRIOS LTDA </t>
   </si>
   <si>
     <t>9.788.988,00</t>
   </si>
   <si>
-    <t>29-12-2023 AVISO DE LICITAÇÃO Unidade 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3916.0162545/2023-77 - Recebimento das propostas: até às 10 horas do dia 23/01/2024. Início da disputa de preços: às 10 horas do dia 23/01/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 28 dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 19-01-2024 ESCLARECIMENTOS - Pedido 1 - De acordo com manifestação do setor técnico/solicitante, a Divisão de Material (DIMAT) / DMAS, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA ? ?Por favor, gostaria de tirar algumas dúvidas quanto ao edital, em especial quanto a qualificação técnica, as várias licenças e autorizações se conflitam, o armazenamento de produtos químicos e perigosos é incompatível com alimentos, as empresas que querem participar da licitação podem desistir tendo em vista que a maioria que tem todas as licenças da ANVISA, de armazenamento, de alimentos, dificilmente vão ter de produtos químicos perigosos, além das emissões de CR pelo Exército estarem suspensas e, consequentemente, as da Polícia Civil. Há o risco da licitação ser deserta ou surja aventureiros. Quanto a lista de bens a serem armazenados e transportados disponibilizada no site do MPMG, ela não consta os materiais perigosos e químicos. Outro item que poderá gerar o pregão deserto e até a impugnação. Por último, item 4.1.5, nem toda autoridade sanitária emite laudo de vistoria veicular.? RESPOSTA: ?No tocante a qualificação técnica prevista no item 9.2 do Termo de Referência, informamos que todo o armazenamento de alimentos deve ser feito em separado dos demais pelas exigências diferentes de temperatura e acondicionamento. Toda a documentação diz respeito a itens em que há necessidade de armazenamento e transporte, motivo pelo qual as respectivas licenças foram exigidas, conforme exposto nas razões abaixo: a. Certificado de Registro Cadastral junto à Polícia Federal nos termos da Lei 10.357, de 27 de dezembro de 2001; Nos termos dos arts. 1º c/c 2º da norma, estão sujeitos a controle e fiscalização o transporte e a distribuição de todos os produtos químicos que possam ser utilizados como insumo na elaboração de substâncias entorpecentes, psicotrópicas ou que determinem dependência física ou psíquica. Tais produtos são listados pelo Ministro de Estado da Justiça (Portaria MJSP Nº 204/2022). Na Portaria citada, constam álcool etílico e outros produtos químicos que estão sujeitos a controle e fiscalização e que poderão ser transportados/armazenados pela contratada, uma vez que tanto o álcool quanto outros produtos de limpeza fazem parte do catálogo de bens fornecidos pela DIMAT. b. Licença junto a Polícia Civil, que autorize o transporte e armazenamento de produtos perigosos; Com a mesma finalidade do item anterior, transporte de álcool e derivados, solicita-se a licença do item b. Em Minas Gerais, a licença para transporte de produtos perigosos é regulamentada pela Polícia Civil, Resolução SSP MG nº 5.416/80, que possui a lista de documentos controlados. Embora a norma seja antiga, pesquisa eletrônica no site do Governo do Estado de Minas Gerais demonstrou sua vigência (https://www.mg.gov.br/servico/obter-licenca-de-atividade - acesso em 26/12/2023). c. Apresentar Licença junto ao Exército Brasileiro, que autorize o transporte de produtos químicos; À semelhança do item a, solicita-se a licença prevista na Portaria nº 118-COLOG/2019 emitida pelo Exército Brasileiro com a finalidade se se abrangerem todos os itens que hoje são e que podem a vir ser armazenados e/ou transportados pelo Operador Logístico contratado pelo MPMG, considerando as atividades hoje exercidas pela DIMAT, como apoio às mudanças de endereços do GSI, de GAECOs e outras unidades com esse perfil. d) A empresa licitante deverá obedecer à normatização específica e/ou procedimentos particulares emitidos pelo Ministério da Saúde, Agência Nacional de Vigilância Sanitária ANVISA, entre outros, apresentando as seguintes comprovações: d.1) Licença de funcionamento expedida pela autoridade sanitária do município onde estiver o galpão da empresa licitante, nos termos da portaria nº 1.052/98 da ANVISA/MS; d.2) Licença Sanitária Estadual ou Municipal, da empresa licitante, expedida pela Vigilância Sanitária do Município ou do Estado, renovada anualmente, dentro de seu prazo de validade autorizando distribuição, transporte, armazenagem, saneantes, domissanitários, produtos de limpeza e produtos alimentícios; d.3) Apresentar Laudo de vistoria veicular emitido pela autoridade sanitária do município onde estiver a sede da empresa licitante para distribuir e transportar saneantes; d.4) Autorização de Funcionamento para transporte e armazenagem de saneantes domissanitários expedida pela Agência Nacional de Vigilância Sanitária, na forma da legislação vigente; d.5) Autorização de Funcionamento (AFE) para armazenagem e para transporte de saneantes emitida pelo Ministério da Saúde ou cópia legível de sua publicação no Diário Oficial da União; Nos termos do art. 2º da Resolução-RDC Nº 28/2012, são bens e produtos sob controle sanitário: alimentos; medicamentos; cosméticos; perfumes; saneantes domissanitários; produtos de higiene pessoal; material e equipamentos médicos; produtos para diagnóstico in vitro; e outros produtos de interesse à saúde humana. Tendo em vista que o licitante vencedor deverá armazenar e transportar produtos alimentícios como café, açúcar e adoçante e produtos de higiene pessoal, como sabão em espuma, para abastecimento das unidades do MPMG, verifica-se a necessidade de cumprimento das normas vigentes quanto às licenças a serem apresentadas como as descritas nos itens d.1 a d.5. d.6) Autorização junto à ANTT (Agência Nacional de Transporte Terrestre) para transporte de carga, em conformidade com a lei 10.233/2001 e a lei 11.442/2007 e Resolução ANTT 3.056/2009. A resolução ANTT 3.056/2009 estabelece em seu artigo 2º que o exercício da atividade econômica, de natureza comercial, de transporte rodoviário de cargas por conta de terceiros e mediante remuneração, depende de prévia inscrição no RNTRC. Sendo assim, solicita-se que a empresa a ser contratada pelo MPMG apresente a referida inscrição para comprovar sua regularidade. ----------------------------- 22-01-2024 ESCLARECIMENTOS - Pedido 2 - De acordo com manifestação do setor técnico/solicitante, a Divisão de Material (DIMAT) / DMAS, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA 1 ? ?Na lista de bens a serem armazenados e transportados, disponibilizada na página do MPMG (link abaixo), não consta álcool etílico, nem produtos perigosos e/químicos, seria o caso de não se exigir as licenças do Exército e da Polícia Civil, talvez o caso de ser refeito o edital.? RESPOSTA 1: ?O álcool etílico é um item de consumo sazonal de fornecimento. Atualmente não consta na planilha de bens a serem fornecidos, mas foi solicitada tal licença para eventual caso de necessidade de aquisição e movimentação do produto. Além disso, no item 4.2 consta a seguinte redação: INICIALMENTE, OS BENS A SEREM MOVIMENTADOS E OS RESPECTIVOS VOLUMES SÃO AQUELES CONSTANTES DO CATÁLOGO DA PROCURADORIA-GERAL DE JUSTIÇA DE MINAS GERAIS, APENSO VII DESTE TERMO DE REFERÊNCIA. Assim, a listagem de produtos podem sofrer alteração no decorrer da vigência do contrato. PERGUNTA 2 ? ?Quanto ao armazenamento, seriam necessários vários locais, tendo em vista que alimentos não podem ser armazenados com produtos químicos e perigosos?? RESPOSTA 2: ?Não é necessário vários locais, mas que apenas sejam armazenados separadamente, afastados uns dos outros.? ----------------------------- 22-01-2024 ESCLARECIMENTOS - Pedido 3 - De acordo com manifestação do setor técnico/solicitante, a Divisão de Material (DIMAT) / DMAS, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA ? ?Gostaria de esclarecer qual a atual prestadora dos serviços?? RESPOSTA: ?Atualmente, a Divisão de Materiais do MPMG possui contrato para prestação de serviço de transporte com a empresa Super Urgente (Mix Cargo), que realiza as entregas e recolhimentos dos bens de consumo e permanente em todo o Estado. Os referidos bens, hoje, ficam armazenados em galpões alugados pelo MPMG e toda a logística de distribuição é feita pela por equipe própria formada por terceirizados e servidores.? ----------------------------- 23-01-2024 ESCLARECIMENTOS - Pedido 4 - Pedido de esclarecimentos apresentado após o prazo legal, estabelecido no edital. Contudo, conforme recomendações do TCU e jurisprudências do STF, e em obediência ao princípio da autotutela, mesmo extemporâneo o pedido foi analisado pelo setor técnico. De acordo com manifestação do setor técnico/solicitante, a Divisão de Material (DIMAT) / DMAS, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA ? ?item 9.2.1 - d4 e d5. Pede-se esclarecer qual a diferenciação para os documentos solicitados? RESPOSTA: ?Trata-se da mesma autorização. Nos termos do art. 2º da Resolução-RDC Nº 28/2012, são bens e produtos sob controle sanitário: alimentos; medicamentos; cosméticos; perfumes; saneantes domissanitários; produtos de higiene pessoal; material e equipamentos médicos; produtos para diagnóstico in vitro; e outros produtos de interesse à saúde humana. Tendo em vista que o licitante vencedor deverá armazenar e transportar produtos alimentícios como café, açúcar e adoçante e produtos de higiene pessoal, como sabão em espuma, para abastecimento das unidades do MPMG, verifica-se a necessidade de cumprimento das normas vigentes quanto às licenças a serem apresentadas como as descritas nos itens d.1 a d.5.? ----------------------------- 23-01-2024 COMUNICAÇÃO - ATENÇÃO - ALTERAÇÃO DE DATA DA SESSÃO DO PREGÃO - Prezados senhores, informamos que a data da abertura da Sessão de Pregão ocorrerá às 10h do dia 24/01/2024, devido à necessidade de prazo para respostas aos pedidos de Esclarecimentos e pedido de Impugnação. Não haverá reabertura de prazo para apresentação de novos questionamentos ou impugnações. ----------------------------- 23-01-2024 ESCLARECIMENTOS - Pedido 5 - Pedido de esclarecimentos apresentado após o prazo legal, estabelecido no edital. Contudo, conforme recomendações do TCU e jurisprudências do STF, e em obediência ao princípio da autotutela, mesmo extemporâneo o pedido foi analisado pelo setor técnico. De acordo com manifestação do setor técnico/solicitante, a Divisão de Material (DIMAT) / DMAS, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA ? ?As razões apresentadas na resposta anterior para a exigência de autorização do Exército, Polícia Federal e Polícia Civil, não são pertinentes, visto que, conforme normas no arquivo anexo, o álcool etílico não configura na lista dos órgãos, trata-se de um erro do edital, portanto o pregão deve ser suspenso e/ou impugnado para que seja refeito o Edital. Segue abaixo as legislações específicas que devem ser seguidas: SE FOR ÁLCOOL ETILICO HIDRATADO 46° INPM Norma ABNT-NBR 14725-2:2009. *A ABNT NBR 14725-2:2019 equivale ao conjunto ABNT NBR 147252:2009 - Versão corrigida:2010 - e Emenda 1, de 13.06.2019. Sistema Globalmente Harmonizado para a Classificação e Rotulagem de Produtos Químicos, ONU. ARMAZENAMENTO: P403 + P233 Armazene em local bem ventilado. Mantenha o recipiente hermeticamente fechado. P403 + P235 Armazene em local bem ventilado. Mantenha em local fresco. Condições de armazenamento seguro, incluindo qualquer incompatibilidade Prevenção: Mantenha afastado do calor, faísca, chama aberta e superfícies quentes. ? Não fume. Mantenha o recipiente hermeticamente fechado. Aterre o vaso contentor e o receptor do produto durante transferências. Utilize apenas ferramentas anti-faiscante. Evite o acúmulo de cargas eletrostáticas. Utilize equipamento elétrico, de ventilação e de iluminação à prova de explosão. Condições adequadas: Armazene em local bem ventilado, longe da luz solar. Mantenha o recipiente fechado. Manter armazenado em temperatura ambiente que não exceda 35°C. Este produto pode reagir, de forma perigosa, com alguns materiais incompatíveis conforme destacado na Seção 10. SE FOR ALCOOL EM GEL 70% O transporte do álcool em gel 70 não é considerado um produto perigoso e seu transporte deve seguir as recomendações da Agência Nacional de Vigilância Sanitária (Anvisa), sendo apontado um material destinado ao uso humano ou animal e normalmente distribuído em embalagens menores prontas para a sua utilização?, diz Sérgio Sukadolnick, vice-presidente da ABTLP. O álcool etílico é composto por 30% de água e 70% de álcool, com uma porcentagem ideal para acabar com os vírus e bactérias mais resistentes. Por isso, a logística desse material precisa de uma atenção redobrada, devido ao alto risco para os motoristas, vias públicas e meio ambiente. Por todo o exposto, requer a suspensão do pregão.? RESPOSTA: ?Ao contrário do mencionado pelo manifestante, o álcool etílico consta das normas que exige as licenças do Polícia Civil e Federal conforme abaixo: a. Certificado de Registro Cadastral junto à Polícia Federal nos termos da Lei 10.357, de 27 de dezembro de 2001; Nos termos dos arts. 1º c/c 2º da norma, estão sujeitos a controle e fiscalização o transporte e a distribuição de todos os produtos químicos que possam ser utilizados como insumo na elaboração de substâncias entorpecentes, psicotrópicas ou que determinem dependência física ou psíquica. Tais produtos são listados pelo Ministro de Estado da Justiça (Portaria MJSP Nº 204/2022). Na Portaria citada, constam álcool etílico e outros produtos químicos que estão sujeitos a controle e fiscalização e que poderão ser transportados/armazenados pela contratada, uma vez que tanto o álcool quanto outros produtos de limpeza fazem parte do catálogo de bens fornecidos pela DIMAT. b. Licença junto a Polícia Civil, que autorize o transporte e armazenamento de produtos perigosos; Com a mesma finalidade do item anterior, transporte de álcool e derivados, solicita-se a licença do item b. Em Minas Gerais, a licença para transporte de produtos perigosos é regulamentada pela Polícia Civil, Resolução SSP MG nº 5.416/80, que possui a lista de documentos controlados. Embora a norma seja antiga, pesquisa eletrônica no site do Governo do Estado de Minas Gerais demonstrou sua vigência (https://www.mg.gov.br/servico/obter-licenca-de-atividade - acesso em 26/12/2023). Além disso, o próprio solicitante, contradiz-se ao informar que: "O álcool etílico é composto por 30% de água e 70% de álcool, com uma porcentagem ideal para acabar com os vírus e bactérias mais resistentes. Por isso, a logística desse material precisa de uma atenção redobrada, devido ao alto risco para os motoristas, vias públicas e meio ambiente." No tocante ao questionamento relacionado a licença expedida pelo exército brasileiro, importa ressaltar que se solicita a licença prevista na Portaria nº 118-COLOG/2019 com a finalidade de se abrangerem todos os itens (como diversos materiais apreendidos) que hoje são e que deverão ser transportados pelo Operador Logístico contratado pelo MPMG, considerando as atividades hoje exercidas pela DIMAT, como apoio às mudanças de endereços do Gabinete de Segurança e Inteligência e dos Grupos de Atuação Especial de Combate ao Crime Organizado e outras unidades com esse perfil. Esclarece-se que não se trata do transporte de itens durante as operações, mas da realização de movimentação de bens entre unidades do MPMG (mudanças de endereço), conforme previsto no item 13.2.1 do edital. No mais, a DIMAT afirma que o objeto foi claramente delimitado no item 1.1 do edital e os quantitativos deste foram devidamente definidos, conforme previsto no item 4.2 do mesmo instrumento. Acrescenta-se, ainda, que o cálculo dos quantitativos foi exposto no item 4.1 do instrumento convocatório.? ----------------------------- 23-01-2024 IMPUGNAÇÃO - RECEBIDO COMO PEDIDO DE ESCLARECIMENTOS - Pedido 6(1) - Pedido de impugnação/esclarecimentos apresentado após o prazo legal, estabelecido no edital. Contudo, conforme recomendações do TCU e jurisprudências do STF, e em obediência ao princípio da autotutela, mesmo extemporâneo o pedido foi analisado pelo setor técnico. De acordo com manifestação do setor técnico/solicitante, a Divisão de Material (DIMAT) / DMAS, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe. Como o pedido de impugnação foi apresentado extemporâneo, há apenas 1 dia da abertura da licitação, sem tempo hábil para uma resposta mais formal, recebemos o pedido e vamos respondê-lo como se fosse um pedido de esclarecimentos. Ressaltamos, contudo, que a simplicidade está apenas na forma da resposta, visto que, mesmo com o tempo exíguo, o pedido foi alvo de análise do setor técnico, e a nossa resposta será baseada, integralmente, nessa manifestação técnica do setor solicitante: PERGUNTA ? ?As razões apresentadas para a pergunta elaborada em 19 de janeiro de 2024 para a exigência de autorização do Exército, Polícia Federal e Polícia Civil, não são pertinentes, visto que, conforme normas o álcool etílico não configura na lista dos órgãos, trata-se de um erro do edital, portanto o pregão deve ser impugnado para que seja refeito o Edital. De acordo com manifestação do setor técnico/solicitante, a Divisão de Material (DIMAT) / DMAS, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: RESPOSTA 1: ?O álcool etílico é um item de consumo sazonal de fornecimento. Atualmente não consta na planilha de bens a serem fornecidos, mas foi solicitada tal licença para eventual caso de necessidade de aquisição e movimentação do produto. Além disso, no item 4.2 consta a seguinte redação: INICIALMENTE, OS BENS A SEREM MOVIMENTADOS E OS RESPECTIVOS VOLUMES SÃO AQUELES CONSTANTES DO CATÁLOGO DA PROCURADORIA-GERAL DE JUSTIÇA DE MINAS GERAIS, APENSO VII DESTE TERMO DE REFERÊNCIA. Assim, a listagem de produtos pode sofrer alteração no decorrer da vigência do contrato. Segue abaixo as legislações específicas que devem ser seguidas: SE FOR ÁLCOOL ETILICO HIDRATADO 46° INPM Norma ABNT-NBR 14725-2:2009. *A ABNT NBR 14725-2:2019 equivale ao conjunto ABNT NBR 147252:2009 - Versão corrigida:2010 - e Emenda 1, de 13.06.2019. Sistema Globalmente Harmonizado para a Classificação e Rotulagem de Produtos Químicos, ONU. ARMAZENAMENTO: P403 + P233 Armazene em local bem ventilado. Mantenha o recipiente hermeticamente fechado. P403 + P235 Armazene em local bem ventilado. Mantenha em local fresco. Condições de armazenamento seguro, incluindo qualquer incompatibilidade Prevenção: Mantenha afastado do calor, faísca, chama aberta e superfícies quentes. ? Não fume. Mantenha o recipiente hermeticamente fechado. Aterre o vaso contentor e o receptor do produto durante transferências. Utilize apenas ferramentas anti-faiscante. Evite o acúmulo de cargas eletrostáticas. Utilize equipamento elétrico, de ventilação e de iluminação à prova de explosão. Condições adequadas: Armazene em local bem ventilado, longe da luz solar. Mantenha o recipiente fechado. Manter armazenado em temperatura ambiente que não exceda 35°C. Este produto pode reagir, de forma perigosa, com alguns materiais incompatíveis conforme destacado na Seção 10. SE FOR ALCOOL EM GEL 70% O transporte do álcool em gel 70 não é considerado um produto perigoso e seu transporte deve seguir as recomendações da Agência Nacional de Vigilância Sanitária (Anvisa), sendo apontado um material destinado ao uso humano ou animal e normalmente distribuído em embalagens menores prontas para a sua utilização?, diz Sérgio Sukadolnick, vice-presidente da ABTLP. O álcool etílico é composto por 30% de água e 70% de álcool, com uma porcentagem ideal para acabar com os vírus e bactérias mais resistentes. Por isso, a logística desse material precisa de uma atenção redobrada, devido ao alto risco para os motoristas, vias públicas e meio ambiente. Outra razão para a impugnação do pregão é que ele fere a legislação vigente e o decidido pelos tribunais, em especial o TCU, é vedado licitar sem a inclusão, no objeto da licitação, de fornecimento de materiais e serviços SEM PREVISÃO DE QUANTIDADES OU CUJOS QUANTITATIVOS NÃO CORRESPONDAM ÀS PREVISÕES REAIS DO PROJETO BÁSICO OU EXECUTIVO, no mesmo pedido feito no dia 19 de janeiro foi solicitado o OBJETO dos questionamentos anteriores e não foi respondido e qualquer cidadão poderá requerer à Administração Pública os quantitativos das obras e preços unitários de determinada obra executada: *(...) Não esgotamos as fontes para demonstramos que o processo deveria ter sido conduzido de maneira diferente no tocante a lei e a transparência e lamentavelmente, pois, temos um apreço enorme por esse Órgão e foram dadas chances para a correção do processo. Por todo o exposto e em virtude dos erros encontrados no edital do PROCESSO SIAD: Nº 347/2023, erros que foram questionados em momentos anteriores, que não houveram respostas condizentes e poderiam ter sido sanados em tempo hábil, pela legislação, jurisprudências e doutrinas apresentadas REQUEREMOS a IMPUGNAÇÃO do referido processo de pregão. *(por conter uma quantidade de elevada de páginas -, 30 no total -, suprimimos as citações do pedido. Contudo, essas citações constam do arquivo: pedido_de_impugnacao_n.1_Frederico_pe_pl-347_2023, arquivado também no site do MPMG)? RESPOSTA: ?Ao contrário do mencionado pelo manifestante, o álcool etílico consta das normas que exige as licenças do Polícia Civil e Federal conforme abaixo: a. Certificado de Registro Cadastral junto à Polícia Federal nos termos da Lei 10.357, de 27 de dezembro de 2001; Nos termos dos arts. 1º c/c 2º da norma, estão sujeitos a controle e fiscalização o transporte e a distribuição de todos os produtos químicos que possam ser utilizados como insumo na elaboração de substâncias entorpecentes, psicotrópicas ou que determinem dependência física ou psíquica. Tais produtos são listados pelo Ministro de Estado da Justiça (Portaria MJSP Nº 204/2022). Na Portaria citada, constam álcool etílico e outros produtos químicos que estão sujeitos a controle e fiscalização e que poderão ser transportados/armazenados pela contratada, uma vez que tanto o álcool quanto outros produtos de limpeza fazem parte do catálogo de bens fornecidos pela DIMAT. b. Licença junto a Polícia Civil, que autorize o transporte e armazenamento de produtos perigosos; Com a mesma finalidade do item anterior, transporte de álcool e derivados, solicita-se a licença do item b. Em Minas Gerais, a licença para transporte de produtos perigosos é regulamentada pela Polícia Civil, Resolução SSP MG nº 5.416/80, que possui a lista de documentos controlados. Embora a norma seja antiga, pesquisa eletrônica no site do Governo do Estado de Minas Gerais demonstrou sua vigência (https://www.mg.gov.br/servico/obter-licenca-de-atividade - acesso em 26/12/2023). Além disso, o próprio solicitante, contradiz-se ao informar que: "O álcool etílico é composto por 30% de água e 70% de álcool, com uma porcentagem ideal para acabar com os vírus e bactérias mais resistentes. Por isso, a logística desse material precisa de uma atenção redobrada, devido ao alto risco para os motoristas, vias públicas e meio ambiente." No tocante ao questionamento relacionado a licença expedida pelo exército brasileiro, importa ressaltar que se solicita a licença prevista na Portaria nº 118-COLOG/2019 com a finalidade de se abrangerem todos os itens (como diversos materiais apreendidos) que hoje são e que deverão ser transportados pelo Operador Logístico contratado pelo MPMG, considerando as atividades hoje exercidas pela DIMAT, como apoio às mudanças de endereços do Gabinete de Segurança e Inteligência e dos Grupos de Atuação Especial de Combate ao Crime Organizado e outras unidades com esse perfil. Esclarece-se que não se trata do transporte de itens durante as operações, mas da realização de movimentação de bens entre unidades do MPMG (mudanças de endereço), conforme previsto no item 13.2.1 do edital. No mais, a DIMAT afirma que o objeto foi claramente delimitado no item 1.1 do edital e os quantitativos deste foram devidamente definidos, conforme previsto no item 4.2 do mesmo instrumento. Acrescenta-se, ainda, que o cálculo dos quantitativos foi exposto no item 4.1 do instrumento convocatório.? ----------------------------- 24-01-2024 IMPUGNAÇÃO - RECEBIDO COMO PEDIDO DE ESCLARECIMENTOS - Pedido 7(2) - INÍCIO DA SESSÃO DE LANCES ADIADO PARA: Às 10 horas do dia 23/01/2024. ESCLARECIMENTOS E IMPUGNAÇÕES: Na forma prevista no item 3 deste Edital, até às 18 horas do dia 18/01/2024. O pedido de impugnação foi apresentado no dia 23/01/2024, às 23h49min, e, de acordo com o edital e com o art. 24 do Decreto 48.012/2020, a apresentação foi extemporânea. Vejamos: ?Art. 24 ? Qualquer pessoa poderá impugnar os termos do edital do pregão, por meio eletrônico, na forma prevista no edital, até três dias úteis antes da data fixada para a abertura da sessão pública. § 1º ? A impugnação não possui efeito suspensivo e caberá ao pregoeiro, auxiliado pelos responsáveis pela elaboração do edital e dos anexos, decidir sobre a impugnação no prazo de dois dias úteis, contados da data de recebimento da impugnação.? ESTE PEDIDO 7(2) É REAPRESENTAÇÃO DO PEDIDO 6(1) APRESENTADO NO DIA 22/01/2024 E JÁ RESPONDIDO. VIDE RESPOSTA DO PEDIDO 7(2) JUNTO AO PEDIDO 6 (1). ----------------------------- 25-01-2024 COMUNICAÇÃO - No dia 24/01/2024, às 00h55min, às 01h01min, e às 17h11min, foi(ram) apresentado(s), por e-mail, em desacordo com a forma e prazo de envio estabelecidos do edital (?3.1. Os pedidos de esclarecimentos deverão ser enviados ao Pregoeiro por meio eletrônico, exclusivamente via Portal de Compras ? MG, respeitada a data limite prevista no preâmbulo.), e o último deles após a abertura da licitação, realização da disputa, com a participação de 4 (quatro) empresas licitantes, e conhecida a licitante arrematante, pela mesma pessoa física que havia apresentado 2 (dois) outros, mais 3 (três) pedidos de impugnação referente(s) ao edital deste processo licitatório. ----------------------------- 21-03-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo por parte da licitante SIMAS LOGÍSTICA LTDA., contra a decisão do pregoeiro que declarou vencedora a licitante EXPRESSO MINAS FRIOS LTDA., para o lote 1 (único). O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página, e no campo próprio do Portal de Compras MG. ----------------------------- 26-03-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação das CONTRARRAZÕES de recurso por parte da licitante EXPRESSO MINAS FRIOS LTDA., para o lote 1 (único). O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página, e no campo próprio do Portal de Compras MG. ----------------------------- 05-04-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo, por parte da licitante AC TRANSPORTE E LOGISTICA LTDA., contra a decisão do pregoeiro que declarou vencedora a licitante EXPRESSO MINAS FRIOS LTDA., no lote 1 (único). O arquivo contendo a peça aviada encontra-se disponível para consulta somente nesta página, tendo em vista a apresentação do recurso ter ocorrido via e-mail, e após o decurso do prazo. ----------------------------- 30-04-2024 RESULTADO DE JULGAMENTO DE RECURSO ADMINISTRATIVO Número do processo: 347 / Ano: 2023 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3916.0162545/2023-77 Objeto: Contratação de empresa especializada na prestação de serviços de gerenciamento de almoxarifado, compreendendo o controle logístico, o recebimento, o armazenamento, a guarda, o transporte (distribuição, transferência, movimentação e recolhimento), a montagem e desmontagem de bens, disponibilização conforme layout/projeto, o recolhimento de materiais de consumo e de bens permanentes, inclusive com disponibilização de softwares e outros recursos de gerenciamento por meio de tecnologia da informação (TI), para atendimento de todas as unidades do Ministério Público no Estado de Minas Gerais e seu escritório em Brasília/DF, pelo período de 24 meses. Modalidade: Pregão eletrônico Recorrente: AC Transporte e Logística Ltda. Síntese da decisão: Não conheço do recurso interposto pela licitante AC Transporte e Logística Ltda., em razão de sua intempestividade. Decido pela fundamentação constante da manifestação do Pregoeiro. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Belo Horizonte, 29 de abril de 2024. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 30-04-2024 RESULTADO DE JULGAMENTO DE RECURSO ADMINISTRATIVO E HOMOLOGAÇÃO Número do processo: 347 / Ano: 2023 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3916.0162545/2023-77 Objeto: Contratação de empresa especializada na prestação de serviços de gerenciamento de almoxarifado, compreendendo o controle logístico, o recebimento, o armazenamento, a guarda, o transporte (distribuição, transferência, movimentação e recolhimento), a montagem e desmontagem de bens, disponibilização conforme layout/projeto, o recolhimento de materiais de consumo e de bens permanentes, inclusive com disponibilização de softwares e outros recursos de gerenciamento por meio de tecnologia da informação (TI), para atendimento de todas as unidades do Ministério Público no Estado de Minas Gerais e seu escritório em Brasília/DF, pelo período de 24 meses. Modalidade: Pregão eletrônico Recorrente: Simas Logística Ltda. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da manifestação do Pregoeiro. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1 (único): Expresso Minas Frios Ltda.; CNPJ nº 05.151.226/0001-07; Valor (total) adjudicado: R$9.788.988,00. Belo Horizonte, 29 de abril de 2024. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
+    <t>29-12-2023 AVISO DE LICITAÇÃO Unidade 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3916.0162545/2023-77 - Recebimento das propostas: até às 10 horas do dia 23/01/2024. Início da disputa de preços: às 10 horas do dia 23/01/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 28 dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 19-01-2024 ESCLARECIMENTOS - Pedido 1 - De acordo com manifestação do setor técnico/solicitante, a Divisão de Material (DIMAT) / DMAS, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA ? ?Por favor, gostaria de tirar algumas dúvidas quanto ao edital, em especial quanto a qualificação técnica, as várias licenças e autorizações se conflitam, o armazenamento de produtos químicos e perigosos é incompatível com alimentos, as empresas que querem participar da licitação podem desistir tendo em vista que a maioria que tem todas as licenças da ANVISA, de armazenamento, de alimentos, dificilmente vão ter de produtos químicos perigosos, além das emissões de CR pelo Exército estarem suspensas e, consequentemente, as da Polícia Civil. Há o risco da licitação ser deserta ou surja aventureiros. Quanto a lista de bens a serem armazenados e transportados disponibilizada no site do MPMG, ela não consta os materiais perigosos e químicos. Outro item que poderá gerar o pregão deserto e até a impugnação. Por último, item 4.1.5, nem toda autoridade sanitária emite laudo de vistoria veicular.? RESPOSTA: ?No tocante a qualificação técnica prevista no item 9.2 do Termo de Referência, informamos que todo o armazenamento de alimentos deve ser feito em separado dos demais pelas exigências diferentes de temperatura e acondicionamento. Toda a documentação diz respeito a itens em que há necessidade de armazenamento e transporte, motivo pelo qual as respectivas licenças foram exigidas, conforme exposto nas razões abaixo: a. Certificado de Registro Cadastral junto à Polícia Federal nos termos da Lei 10.357, de 27 de dezembro de 2001; Nos termos dos arts. 1º c/c 2º da norma, estão sujeitos a controle e fiscalização o transporte e a distribuição de todos os produtos químicos que possam ser utilizados como insumo na elaboração de substâncias entorpecentes, psicotrópicas ou que determinem dependência física ou psíquica. Tais produtos são listados pelo Ministro de Estado da Justiça (Portaria MJSP Nº 204/2022). Na Portaria citada, constam álcool etílico e outros produtos químicos que estão sujeitos a controle e fiscalização e que poderão ser transportados/armazenados pela contratada, uma vez que tanto o álcool quanto outros produtos de limpeza fazem parte do catálogo de bens fornecidos pela DIMAT. b. Licença junto a Polícia Civil, que autorize o transporte e armazenamento de produtos perigosos; Com a mesma finalidade do item anterior, transporte de álcool e derivados, solicita-se a licença do item b. Em Minas Gerais, a licença para transporte de produtos perigosos é regulamentada pela Polícia Civil, Resolução SSP MG nº 5.416/80, que possui a lista de documentos controlados. Embora a norma seja antiga, pesquisa eletrônica no site do Governo do Estado de Minas Gerais demonstrou sua vigência (https://www.mg.gov.br/servico/obter-licenca-de-atividade - acesso em 26/12/2023). c. Apresentar Licença junto ao Exército Brasileiro, que autorize o transporte de produtos químicos; À semelhança do item a, solicita-se a licença prevista na Portaria nº 118-COLOG/2019 emitida pelo Exército Brasileiro com a finalidade se se abrangerem todos os itens que hoje são e que podem a vir ser armazenados e/ou transportados pelo Operador Logístico contratado pelo MPMG, considerando as atividades hoje exercidas pela DIMAT, como apoio às mudanças de endereços do GSI, de GAECOs e outras unidades com esse perfil. d) A empresa licitante deverá obedecer à normatização específica e/ou procedimentos particulares emitidos pelo Ministério da Saúde, Agência Nacional de Vigilância Sanitária ANVISA, entre outros, apresentando as seguintes comprovações: d.1) Licença de funcionamento expedida pela autoridade sanitária do município onde estiver o galpão da empresa licitante, nos termos da portaria nº 1.052/98 da ANVISA/MS; d.2) Licença Sanitária Estadual ou Municipal, da empresa licitante, expedida pela Vigilância Sanitária do Município ou do Estado, renovada anualmente, dentro de seu prazo de validade autorizando distribuição, transporte, armazenagem, saneantes, domissanitários, produtos de limpeza e produtos alimentícios; d.3) Apresentar Laudo de vistoria veicular emitido pela autoridade sanitária do município onde estiver a sede da empresa licitante para distribuir e transportar saneantes; d.4) Autorização de Funcionamento para transporte e armazenagem de saneantes domissanitários expedida pela Agência Nacional de Vigilância Sanitária, na forma da legislação vigente; d.5) Autorização de Funcionamento (AFE) para armazenagem e para transporte de saneantes emitida pelo Ministério da Saúde ou cópia legível de sua publicação no Diário Oficial da União; Nos termos do art. 2º da Resolução-RDC Nº 28/2012, são bens e produtos sob controle sanitário: alimentos; medicamentos; cosméticos; perfumes; saneantes domissanitários; produtos de higiene pessoal; material e equipamentos médicos; produtos para diagnóstico in vitro; e outros produtos de interesse à saúde humana. Tendo em vista que o licitante vencedor deverá armazenar e transportar produtos alimentícios como café, açúcar e adoçante e produtos de higiene pessoal, como sabão em espuma, para abastecimento das unidades do MPMG, verifica-se a necessidade de cumprimento das normas vigentes quanto às licenças a serem apresentadas como as descritas nos itens d.1 a d.5. d.6) Autorização junto à ANTT (Agência Nacional de Transporte Terrestre) para transporte de carga, em conformidade com a lei 10.233/2001 e a lei 11.442/2007 e Resolução ANTT 3.056/2009. A resolução ANTT 3.056/2009 estabelece em seu artigo 2º que o exercício da atividade econômica, de natureza comercial, de transporte rodoviário de cargas por conta de terceiros e mediante remuneração, depende de prévia inscrição no RNTRC. Sendo assim, solicita-se que a empresa a ser contratada pelo MPMG apresente a referida inscrição para comprovar sua regularidade. ----------------------------- 22-01-2024 ESCLARECIMENTOS - Pedido 2 - De acordo com manifestação do setor técnico/solicitante, a Divisão de Material (DIMAT) / DMAS, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA 1 ? ?Na lista de bens a serem armazenados e transportados, disponibilizada na página do MPMG (link abaixo), não consta álcool etílico, nem produtos perigosos e/químicos, seria o caso de não se exigir as licenças do Exército e da Polícia Civil, talvez o caso de ser refeito o edital.? RESPOSTA 1: ?O álcool etílico é um item de consumo sazonal de fornecimento. Atualmente não consta na planilha de bens a serem fornecidos, mas foi solicitada tal licença para eventual caso de necessidade de aquisição e movimentação do produto. Além disso, no item 4.2 consta a seguinte redação: INICIALMENTE, OS BENS A SEREM MOVIMENTADOS E OS RESPECTIVOS VOLUMES SÃO AQUELES CONSTANTES DO CATÁLOGO DA PROCURADORIA-GERAL DE JUSTIÇA DE MINAS GERAIS, APENSO VII DESTE TERMO DE REFERÊNCIA. Assim, a listagem de produtos podem sofrer alteração no decorrer da vigência do contrato. PERGUNTA 2 ? ?Quanto ao armazenamento, seriam necessários vários locais, tendo em vista que alimentos não podem ser armazenados com produtos químicos e perigosos?? RESPOSTA 2: ?Não é necessário vários locais, mas que apenas sejam armazenados separadamente, afastados uns dos outros.? ----------------------------- 22-01-2024 ESCLARECIMENTOS - Pedido 3 - De acordo com manifestação do setor técnico/solicitante, a Divisão de Material (DIMAT) / DMAS, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA ? ?Gostaria de esclarecer qual a atual prestadora dos serviços?? RESPOSTA: ?Atualmente, a Divisão de Materiais do MPMG possui contrato para prestação de serviço de transporte com a empresa Super Urgente (Mix Cargo), que realiza as entregas e recolhimentos dos bens de consumo e permanente em todo o Estado. Os referidos bens, hoje, ficam armazenados em galpões alugados pelo MPMG e toda a logística de distribuição é feita pela por equipe própria formada por terceirizados e servidores.? ----------------------------- 23-01-2024 COMUNICAÇÃO - ATENÇÃO - ALTERAÇÃO DE DATA DA SESSÃO DO PREGÃO - Prezados senhores, informamos que a data da abertura da Sessão de Pregão ocorrerá às 10h do dia 24/01/2024, devido à necessidade de prazo para respostas aos pedidos de Esclarecimentos e pedido de Impugnação. Não haverá reabertura de prazo para apresentação de novos questionamentos ou impugnações. ----------------------------- 23-01-2024 ESCLARECIMENTOS - Pedido 4 - Pedido de esclarecimentos apresentado após o prazo legal, estabelecido no edital. Contudo, conforme recomendações do TCU e jurisprudências do STF, e em obediência ao princípio da autotutela, mesmo extemporâneo o pedido foi analisado pelo setor técnico. De acordo com manifestação do setor técnico/solicitante, a Divisão de Material (DIMAT) / DMAS, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA ? ?item 9.2.1 - d4 e d5. Pede-se esclarecer qual a diferenciação para os documentos solicitados? RESPOSTA: ?Trata-se da mesma autorização. Nos termos do art. 2º da Resolução-RDC Nº 28/2012, são bens e produtos sob controle sanitário: alimentos; medicamentos; cosméticos; perfumes; saneantes domissanitários; produtos de higiene pessoal; material e equipamentos médicos; produtos para diagnóstico in vitro; e outros produtos de interesse à saúde humana. Tendo em vista que o licitante vencedor deverá armazenar e transportar produtos alimentícios como café, açúcar e adoçante e produtos de higiene pessoal, como sabão em espuma, para abastecimento das unidades do MPMG, verifica-se a necessidade de cumprimento das normas vigentes quanto às licenças a serem apresentadas como as descritas nos itens d.1 a d.5.? ----------------------------- 23-01-2024 ESCLARECIMENTOS - Pedido 5 - Pedido de esclarecimentos apresentado após o prazo legal, estabelecido no edital. Contudo, conforme recomendações do TCU e jurisprudências do STF, e em obediência ao princípio da autotutela, mesmo extemporâneo o pedido foi analisado pelo setor técnico. De acordo com manifestação do setor técnico/solicitante, a Divisão de Material (DIMAT) / DMAS, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA ? ?As razões apresentadas na resposta anterior para a exigência de autorização do Exército, Polícia Federal e Polícia Civil, não são pertinentes, visto que, conforme normas no arquivo anexo, o álcool etílico não configura na lista dos órgãos, trata-se de um erro do edital, portanto o pregão deve ser suspenso e/ou impugnado para que seja refeito o Edital. Segue abaixo as legislações específicas que devem ser seguidas: SE FOR ÁLCOOL ETILICO HIDRATADO 46° INPM Norma ABNT-NBR 14725-2:2009. *A ABNT NBR 14725-2:2019 equivale ao conjunto ABNT NBR 147252:2009 - Versão corrigida:2010 - e Emenda 1, de 13.06.2019. Sistema Globalmente Harmonizado para a Classificação e Rotulagem de Produtos Químicos, ONU. ARMAZENAMENTO: P403 + P233 Armazene em local bem ventilado. Mantenha o recipiente hermeticamente fechado. P403 + P235 Armazene em local bem ventilado. Mantenha em local fresco. Condições de armazenamento seguro, incluindo qualquer incompatibilidade Prevenção: Mantenha afastado do calor, faísca, chama aberta e superfícies quentes. ? Não fume. Mantenha o recipiente hermeticamente fechado. Aterre o vaso contentor e o receptor do produto durante transferências. Utilize apenas ferramentas anti-faiscante. Evite o acúmulo de cargas eletrostáticas. Utilize equipamento elétrico, de ventilação e de iluminação à prova de explosão. Condições adequadas: Armazene em local bem ventilado, longe da luz solar. Mantenha o recipiente fechado. Manter armazenado em temperatura ambiente que não exceda 35°C. Este produto pode reagir, de forma perigosa, com alguns materiais incompatíveis conforme destacado na Seção 10. SE FOR ALCOOL EM GEL 70% O transporte do álcool em gel 70 não é considerado um produto perigoso e seu transporte deve seguir as recomendações da Agência Nacional de Vigilância Sanitária (Anvisa), sendo apontado um material destinado ao uso humano ou animal e normalmente distribuído em embalagens menores prontas para a sua utilização?, diz Sérgio Sukadolnick, vice-presidente da ABTLP. O álcool etílico é composto por 30% de água e 70% de álcool, com uma porcentagem ideal para acabar com os vírus e bactérias mais resistentes. Por isso, a logística desse material precisa de uma atenção redobrada, devido ao alto risco para os motoristas, vias públicas e meio ambiente. Por todo o exposto, requer a suspensão do pregão.? RESPOSTA: ?Ao contrário do mencionado pelo manifestante, o álcool etílico consta das normas que exige as licenças do Polícia Civil e Federal conforme abaixo: a. Certificado de Registro Cadastral junto à Polícia Federal nos termos da Lei 10.357, de 27 de dezembro de 2001; Nos termos dos arts. 1º c/c 2º da norma, estão sujeitos a controle e fiscalização o transporte e a distribuição de todos os produtos químicos que possam ser utilizados como insumo na elaboração de substâncias entorpecentes, psicotrópicas ou que determinem dependência física ou psíquica. Tais produtos são listados pelo Ministro de Estado da Justiça (Portaria MJSP Nº 204/2022). Na Portaria citada, constam álcool etílico e outros produtos químicos que estão sujeitos a controle e fiscalização e que poderão ser transportados/armazenados pela contratada, uma vez que tanto o álcool quanto outros produtos de limpeza fazem parte do catálogo de bens fornecidos pela DIMAT. b. Licença junto a Polícia Civil, que autorize o transporte e armazenamento de produtos perigosos; Com a mesma finalidade do item anterior, transporte de álcool e derivados, solicita-se a licença do item b. Em Minas Gerais, a licença para transporte de produtos perigosos é regulamentada pela Polícia Civil, Resolução SSP MG nº 5.416/80, que possui a lista de documentos controlados. Embora a norma seja antiga, pesquisa eletrônica no site do Governo do Estado de Minas Gerais demonstrou sua vigência (https://www.mg.gov.br/servico/obter-licenca-de-atividade - acesso em 26/12/2023). Além disso, o próprio solicitante, contradiz-se ao informar que: "O álcool etílico é composto por 30% de água e 70% de álcool, com uma porcentagem ideal para acabar com os vírus e bactérias mais resistentes. Por isso, a logística desse material precisa de uma atenção redobrada, devido ao alto risco para os motoristas, vias públicas e meio ambiente." No tocante ao questionamento relacionado a licença expedida pelo exército brasileiro, importa ressaltar que se solicita a licença prevista na Portaria nº 118-COLOG/2019 com a finalidade de se abrangerem todos os itens (como diversos materiais apreendidos) que hoje são e que deverão ser transportados pelo Operador Logístico contratado pelo MPMG, considerando as atividades hoje exercidas pela DIMAT, como apoio às mudanças de endereços do Gabinete de Segurança e Inteligência e dos Grupos de Atuação Especial de Combate ao Crime Organizado e outras unidades com esse perfil. Esclarece-se que não se trata do transporte de itens durante as operações, mas da realização de movimentação de bens entre unidades do MPMG (mudanças de endereço), conforme previsto no item 13.2.1 do edital. No mais, a DIMAT afirma que o objeto foi claramente delimitado no item 1.1 do edital e os quantitativos deste foram devidamente definidos, conforme previsto no item 4.2 do mesmo instrumento. Acrescenta-se, ainda, que o cálculo dos quantitativos foi exposto no item 4.1 do instrumento convocatório.? ----------------------------- 23-01-2024 IMPUGNAÇÃO - RECEBIDO COMO PEDIDO DE ESCLARECIMENTOS - Pedido 6(1) - Pedido de impugnação/esclarecimentos apresentado após o prazo legal, estabelecido no edital. Contudo, conforme recomendações do TCU e jurisprudências do STF, e em obediência ao princípio da autotutela, mesmo extemporâneo o pedido foi analisado pelo setor técnico. De acordo com manifestação do setor técnico/solicitante, a Divisão de Material (DIMAT) / DMAS, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe. Como o pedido de impugnação foi apresentado extemporâneo, há apenas 1 dia da abertura da licitação, sem tempo hábil para uma resposta mais formal, recebemos o pedido e vamos respondê-lo como se fosse um pedido de esclarecimentos. Ressaltamos, contudo, que a simplicidade está apenas na forma da resposta, visto que, mesmo com o tempo exíguo, o pedido foi alvo de análise do setor técnico, e a nossa resposta será baseada, integralmente, nessa manifestação técnica do setor solicitante: PERGUNTA ? ?As razões apresentadas para a pergunta elaborada em 19 de janeiro de 2024 para a exigência de autorização do Exército, Polícia Federal e Polícia Civil, não são pertinentes, visto que, conforme normas o álcool etílico não configura na lista dos órgãos, trata-se de um erro do edital, portanto o pregão deve ser impugnado para que seja refeito o Edital. De acordo com manifestação do setor técnico/solicitante, a Divisão de Material (DIMAT) / DMAS, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: RESPOSTA 1: ?O álcool etílico é um item de consumo sazonal de fornecimento. Atualmente não consta na planilha de bens a serem fornecidos, mas foi solicitada tal licença para eventual caso de necessidade de aquisição e movimentação do produto. Além disso, no item 4.2 consta a seguinte redação: INICIALMENTE, OS BENS A SEREM MOVIMENTADOS E OS RESPECTIVOS VOLUMES SÃO AQUELES CONSTANTES DO CATÁLOGO DA PROCURADORIA-GERAL DE JUSTIÇA DE MINAS GERAIS, APENSO VII DESTE TERMO DE REFERÊNCIA. Assim, a listagem de produtos pode sofrer alteração no decorrer da vigência do contrato. Segue abaixo as legislações específicas que devem ser seguidas: SE FOR ÁLCOOL ETILICO HIDRATADO 46° INPM Norma ABNT-NBR 14725-2:2009. *A ABNT NBR 14725-2:2019 equivale ao conjunto ABNT NBR 147252:2009 - Versão corrigida:2010 - e Emenda 1, de 13.06.2019. Sistema Globalmente Harmonizado para a Classificação e Rotulagem de Produtos Químicos, ONU. ARMAZENAMENTO: P403 + P233 Armazene em local bem ventilado. Mantenha o recipiente hermeticamente fechado. P403 + P235 Armazene em local bem ventilado. Mantenha em local fresco. Condições de armazenamento seguro, incluindo qualquer incompatibilidade Prevenção: Mantenha afastado do calor, faísca, chama aberta e superfícies quentes. ? Não fume. Mantenha o recipiente hermeticamente fechado. Aterre o vaso contentor e o receptor do produto durante transferências. Utilize apenas ferramentas anti-faiscante. Evite o acúmulo de cargas eletrostáticas. Utilize equipamento elétrico, de ventilação e de iluminação à prova de explosão. Condições adequadas: Armazene em local bem ventilado, longe da luz solar. Mantenha o recipiente fechado. Manter armazenado em temperatura ambiente que não exceda 35°C. Este produto pode reagir, de forma perigosa, com alguns materiais incompatíveis conforme destacado na Seção 10. SE FOR ALCOOL EM GEL 70% O transporte do álcool em gel 70 não é considerado um produto perigoso e seu transporte deve seguir as recomendações da Agência Nacional de Vigilância Sanitária (Anvisa), sendo apontado um material destinado ao uso humano ou animal e normalmente distribuído em embalagens menores prontas para a sua utilização?, diz Sérgio Sukadolnick, vice-presidente da ABTLP. O álcool etílico é composto por 30% de água e 70% de álcool, com uma porcentagem ideal para acabar com os vírus e bactérias mais resistentes. Por isso, a logística desse material precisa de uma atenção redobrada, devido ao alto risco para os motoristas, vias públicas e meio ambiente. Outra razão para a impugnação do pregão é que ele fere a legislação vigente e o decidido pelos tribunais, em especial o TCU, é vedado licitar sem a inclusão, no objeto da licitação, de fornecimento de materiais e serviços SEM PREVISÃO DE QUANTIDADES OU CUJOS QUANTITATIVOS NÃO CORRESPONDAM ÀS PREVISÕES REAIS DO PROJETO BÁSICO OU EXECUTIVO, no mesmo pedido feito no dia 19 de janeiro foi solicitado o OBJETO dos questionamentos anteriores e não foi respondido e qualquer cidadão poderá requerer à Administração Pública os quantitativos das obras e preços unitários de determinada obra executada: *(...) Não esgotamos as fontes para demonstramos que o processo deveria ter sido conduzido de maneira diferente no tocante a lei e a transparência e lamentavelmente, pois, temos um apreço enorme por esse Órgão e foram dadas chances para a correção do processo. Por todo o exposto e em virtude dos erros encontrados no edital do PROCESSO SIAD: Nº 347/2023, erros que foram questionados em momentos anteriores, que não houveram respostas condizentes e poderiam ter sido sanados em tempo hábil, pela legislação, jurisprudências e doutrinas apresentadas REQUEREMOS a IMPUGNAÇÃO do referido processo de pregão. *(por conter uma quantidade de elevada de páginas -, 30 no total -, suprimimos as citações do pedido. Contudo, essas citações constam do arquivo: pedido_de_impugnacao_n.1_Frederico_pe_pl-347_2023, arquivado também no site do MPMG)? RESPOSTA: ?Ao contrário do mencionado pelo manifestante, o álcool etílico consta das normas que exige as licenças do Polícia Civil e Federal conforme abaixo: a. Certificado de Registro Cadastral junto à Polícia Federal nos termos da Lei 10.357, de 27 de dezembro de 2001; Nos termos dos arts. 1º c/c 2º da norma, estão sujeitos a controle e fiscalização o transporte e a distribuição de todos os produtos químicos que possam ser utilizados como insumo na elaboração de substâncias entorpecentes, psicotrópicas ou que determinem dependência física ou psíquica. Tais produtos são listados pelo Ministro de Estado da Justiça (Portaria MJSP Nº 204/2022). Na Portaria citada, constam álcool etílico e outros produtos químicos que estão sujeitos a controle e fiscalização e que poderão ser transportados/armazenados pela contratada, uma vez que tanto o álcool quanto outros produtos de limpeza fazem parte do catálogo de bens fornecidos pela DIMAT. b. Licença junto a Polícia Civil, que autorize o transporte e armazenamento de produtos perigosos; Com a mesma finalidade do item anterior, transporte de álcool e derivados, solicita-se a licença do item b. Em Minas Gerais, a licença para transporte de produtos perigosos é regulamentada pela Polícia Civil, Resolução SSP MG nº 5.416/80, que possui a lista de documentos controlados. Embora a norma seja antiga, pesquisa eletrônica no site do Governo do Estado de Minas Gerais demonstrou sua vigência (https://www.mg.gov.br/servico/obter-licenca-de-atividade - acesso em 26/12/2023). Além disso, o próprio solicitante, contradiz-se ao informar que: "O álcool etílico é composto por 30% de água e 70% de álcool, com uma porcentagem ideal para acabar com os vírus e bactérias mais resistentes. Por isso, a logística desse material precisa de uma atenção redobrada, devido ao alto risco para os motoristas, vias públicas e meio ambiente." No tocante ao questionamento relacionado a licença expedida pelo exército brasileiro, importa ressaltar que se solicita a licença prevista na Portaria nº 118-COLOG/2019 com a finalidade de se abrangerem todos os itens (como diversos materiais apreendidos) que hoje são e que deverão ser transportados pelo Operador Logístico contratado pelo MPMG, considerando as atividades hoje exercidas pela DIMAT, como apoio às mudanças de endereços do Gabinete de Segurança e Inteligência e dos Grupos de Atuação Especial de Combate ao Crime Organizado e outras unidades com esse perfil. Esclarece-se que não se trata do transporte de itens durante as operações, mas da realização de movimentação de bens entre unidades do MPMG (mudanças de endereço), conforme previsto no item 13.2.1 do edital. No mais, a DIMAT afirma que o objeto foi claramente delimitado no item 1.1 do edital e os quantitativos deste foram devidamente definidos, conforme previsto no item 4.2 do mesmo instrumento. Acrescenta-se, ainda, que o cálculo dos quantitativos foi exposto no item 4.1 do instrumento convocatório.? ----------------------------- 24-01-2024 IMPUGNAÇÃO - RECEBIDO COMO PEDIDO DE ESCLARECIMENTOS - Pedido 7(2) - INÍCIO DA SESSÃO DE LANCES ADIADO PARA: Às 10 horas do dia 23/01/2024. ESCLARECIMENTOS E IMPUGNAÇÕES: Na forma prevista no item 3 deste Edital, até às 18 horas do dia 18/01/2024. O pedido de impugnação foi apresentado no dia 23/01/2024, às 23h49min, e, de acordo com o edital e com o art. 24 do Decreto 48.012/2020, a apresentação foi extemporânea. Vejamos: ?Art. 24 ? Qualquer pessoa poderá impugnar os termos do edital do pregão, por meio eletrônico, na forma prevista no edital, até três dias úteis antes da data fixada para a abertura da sessão pública. § 1º ? A impugnação não possui efeito suspensivo e caberá ao pregoeiro, auxiliado pelos responsáveis pela elaboração do edital e dos anexos, decidir sobre a impugnação no prazo de dois dias úteis, contados da data de recebimento da impugnação.? ESTE PEDIDO 7(2) É REAPRESENTAÇÃO DO PEDIDO 6(1) APRESENTADO NO DIA 22/01/2024 E JÁ RESPONDIDO. VIDE RESPOSTA DO PEDIDO 7(2) JUNTO AO PEDIDO 6 (1). ----------------------------- 25-01-2024 COMUNICAÇÃO - No dia 24/01/2024, às 00h55min, às 01h01min, e às 17h11min, foi(ram) apresentado(s), por e-mail, em desacordo com a forma e prazo de envio estabelecidos do edital (?3.1. Os pedidos de esclarecimentos deverão ser enviados ao Pregoeiro por meio eletrônico, exclusivamente via Portal de Compras ? MG, respeitada a data limite prevista no preâmbulo.), e o último deles após a abertura da licitação, realização da disputa, com a participação de 4 (quatro) empresas licitantes, e conhecida a licitante arrematante, pela mesma pessoa física que havia apresentado 2 (dois) outros, mais 3 (três) pedidos de impugnação referente(s) ao edital deste processo licitatório. ----------------------------- 21-03-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo por parte da licitante SIMAS LOGÍSTICA LTDA., contra a decisão do pregoeiro que declarou vencedora a licitante EXPRESSO MINAS FRIOS LTDA., para o lote 1 (único). O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página, e no campo próprio do Portal de Compras MG. ----------------------------- 26-03-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação das CONTRARRAZÕES de recurso por parte da licitante EXPRESSO MINAS FRIOS LTDA., para o lote 1 (único). O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página, e no campo próprio do Portal de Compras MG. ----------------------------- 05-04-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo, por parte da licitante AC TRANSPORTE E LOGISTICA LTDA., contra a decisão do pregoeiro que declarou vencedora a licitante EXPRESSO MINAS FRIOS LTDA., no lote 1 (único). O arquivo contendo a peça aviada encontra-se disponível para consulta somente nesta página, tendo em vista a apresentação do recurso ter ocorrido via e-mail, e após o decurso do prazo. ----------------------------- 30-04-2024 RESULTADO DE JULGAMENTO DE RECURSO ADMINISTRATIVO Número do processo: 347 / Ano: 2023 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3916.0162545/2023-77 Objeto: Contratação de empresa especializada na prestação de serviços de gerenciamento de almoxarifado, compreendendo o controle logístico, o recebimento, o armazenamento, a guarda, o transporte (distribuição, transferência, movimentação e recolhimento), a montagem e desmontagem de bens, disponibilização conforme layout/projeto, o recolhimento de materiais de consumo e de bens permanentes, inclusive com disponibilização de softwares e outros recursos de gerenciamento por meio de tecnologia da informação (TI), para atendimento de todas as unidades do Ministério Público no Estado de Minas Gerais e seu escritório em Brasília/DF, pelo período de 24 meses. Modalidade: Pregão eletrônico Recorrente: AC Transporte e Logística Ltda. Síntese da decisão: Não conheço do recurso interposto pela licitante AC Transporte e Logística Ltda., em razão de sua intempestividade. Decido pela fundamentação constante da manifestação do Pregoeiro. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Belo Horizonte, 29 de abril de 2024. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 30-04-2024 RESULTADO DE JULGAMENTO DE RECURSO ADMINISTRATIVO E HOMOLOGAÇÃO Número do processo: 347 / Ano: 2023 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3916.0162545/2023-77 Objeto: Contratação de empresa especializada na prestação de serviços de gerenciamento de almoxarifado, compreendendo o controle logístico, o recebimento, o armazenamento, a guarda, o transporte (distribuição, transferência, movimentação e recolhimento), a montagem e desmontagem de bens, disponibilização conforme layout/projeto, o recolhimento de materiais de consumo e de bens permanentes, inclusive com disponibilização de softwares e outros recursos de gerenciamento por meio de tecnologia da informação (TI), para atendimento de todas as unidades do Ministério Público no Estado de Minas Gerais e seu escritório em Brasília/DF, pelo período de 24 meses. Modalidade: Pregão eletrônico Recorrente: Simas Logística Ltda. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da manifestação do Pregoeiro. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1 (único): Expresso Minas Frios Ltda.; CNPJ nº 05.151.226/0001-07; Valor (total) adjudicado: R$9.788.988,00. Belo Horizonte, 29 de abril de 2024. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pedido_de_esclarec_n.1_Frederico_pe_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13200/download;
+ resposta_pedido_de_esclarec_n.1_Frederico_pe_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13201/download;
+ pedido_de_esclarec_n.2_Frederico_pe_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13217/download;
+ pedido_de_esclarec_n.3_PvaxConsultoria_pe_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13218/download;
+ resposta_pedido_de_esclarec_n.2_Frederico_pe_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13219/download;
+ resposta_pedido_de_esclarec_n.3_PvaxConsultoria_pe_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13220/download;
+ pedido_de_impug_n.2(7)_Frederico_pe_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13236/download;
+ resposta_pedido_de_impug_n.2(7)_Frederico_pe_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13237/download;
+ Proposta_docs_licitante_Expresso-Minas_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13238/download;
+ proposta_nova_docs_licitante_Expresso-Minas_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13240/download;
+ pedido_de_esclarec_n.4_Simas_pe_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13226/download;
+ pedido_de_esclarec_n.5_Frederico_pe_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13227/download;
+ pedido_de_impugnacao_n.1_Frederico_pe_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13228/download;
+ resposta_pedido_de_esclarec_n.4_Simas_pe_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13230/download;
+ resposta_pedido_de_esclarec_n.5_Frederico_pe_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13232/download;
+ resposta_pedido_de_impug_n.1_Frederico_pe_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13233/download;
+ contratos_eletricom_licitante-F166_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13278/download;
+ laudo_AVCB_licitante-F166_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13279/download;
+ ata_vistoria_estrutura_fisica_licitante-F166_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13274/download;
+ checklist_vistoria_estrutura_fisica_apenso-IX_TR_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13275/download;
+ contratos_emive_licitante-F166_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13276/download;
+ contratos_insetan_licitante-F166_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13277/download;
+ Relatorio_PoC_licitante_ExpressoMinas-F166_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13301/download;
+ Apenso-IV_PoC_licitante_ExpressoMinas-F166_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13302/download;
+ Solucao_DataPar_PoC_licitante_ExpressoMinas-F166_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13303/download;
+ habilitacao_fiscal_outros_licitante_ExpressoMinas_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13304/download;
+ Decisao_recurso_adm_F152_PL347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13338/download;
  ata_homologacao_processo-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13340/download;
- habilit_licenca-PCMG-atual_licitante_ExpressoMinas_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13310/download;
+ recurso_adm_F000152_ac-transporte_pe_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13325/download;
  contrarrazoes_recurso_adm_replica_F000166_Expresso_pe_pl347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13327/download;
  decisao_recurso_adm_F176_PL347_2023.PDF : https://transparencia.mpmg.mp.br/licitacao/arquivo/13337/download;
- Decisao_recurso_adm_F152_PL347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13338/download;
-[...2 lines deleted...]
- laudo_AVCB_licitante-F166_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13279/download;
+ habilitacao_balanco_licitante_ExpressoMinas_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13306/download;
+ habilitacao_tecnica_licitante_ExpressoMinas_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13307/download;
+ habilitacao_fiscal_outros_atual_licitante_ExpressoMinas_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13308/download;
+ habilit_licenca-PCMG-atual_licitante_ExpressoMinas_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13310/download;
+ recurso_adm_F000176_Simas_pe_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13319/download;
+ contrarrazoes_recurso_adm_F000166_ExpressoMinas_pe_pl-347_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13320/download;
+ recurso_adm_replica_licitante_Simas_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13321/download;
  edital_347_2023_operador_logistico_DIMAT_VF.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/13151/download;
  APENSO_VI__PLANILHA_COMPOSICAO_CUSTOS-PL_347_2023.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13152/download;
  APENSO_VII_TABELA_DE_VOLUME_DOS_BENS_PERMANENTES_E_DE_CONSUMO`PL_247_2023.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13153/download;
  APENSO_VIII_ENDERECOS_UNIDADES_PL_347_2023.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13154/download;
- recurso_adm_F000176_Simas_pe_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13319/download;
-[...28 lines deleted...]
- contratos_emive_licitante-F166_pl-347_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13276/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 340 / 2023</t>
   </si>
   <si>
     <t>02/12/2023</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de capachos personalizados a serem destinados às unidades administrativas e Promotorias de Justiça do MPMG.</t>
   </si>
   <si>
     <t xml:space="preserve">CAPACHO PERSONALIZADO 120 X 80 </t>
   </si>
   <si>
     <t xml:space="preserve">MASTER COMÉRCIO DE TAPETES LTDA - ME </t>
   </si>
   <si>
     <t>52.500,00</t>
   </si>
   <si>
     <t>02-12-2023 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0080988/2023-13 Recebimento das propostas: até às 10 horas do dia 18/12/2023. Início da disputa de preços: às 10 horas do dia 18/12/2023.. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 01 de dezembro de 2023. ----------------------------- 24-01-2024 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0080988/2023-13 Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(aram) seu(s) preço(s) o(s) licitante(s): Lotes 1, 2 e 3: MASTER COMERCIO DE TAPETES LTDA - ME CNPJ 15.807.911/0001- 00 Valor (total) registrado (respectivamente): R$ 52.500,00; R$ 99.752,00 e R$ 116.634,60. Belo Horizonte, 23 de janeiro de 2024. ELIANE MARIA GONÇALVES FALCÃO Procuradora-Geral de Justiça Adjunta Administrativa em substituição</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- fotos_reprovacao_amostra_F000135_F000237_F000321_pl340_2023_Lotes_1_2_e_3.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13166/download;
-[...2 lines deleted...]
- edital_processo_340_2023_rp_capachos_personalizados_diman.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13038/download;
+ CRC_transp_F000190_259_340_pl_340_2023_Master.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13224/download;
+ Proposta_1_outros_docs_F000190_259_340_pl_34_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13196/download;
  Proposta_1_docs_F000190_259_340_pl_34_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13195/download;
- Proposta_1_outros_docs_F000190_259_340_pl_34_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13196/download;
+ ata_homologacao_planejamento340_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13242/download;
  Doc_habilitacao_1_F000190_259_340_pl_340_2023_Master.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13222/download;
  Doc_habilitacao_2_F000190_259_340_pl_340_2023_Master.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13223/download;
- CRC_transp_F000190_259_340_pl_340_2023_Master.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13224/download;
- ata_homologacao_planejamento340_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13242/download;
+ fotos_reprovacao_amostra_F000135_F000237_F000321_pl340_2023_Lotes_1_2_e_3.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13166/download;
+ proposta_readequada_e_declaracao_de_regularidade_licitante_F000135_F000237_e F000321_processo340_2023_lotes_1_2_e_3.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13100/download;
+ proposta_e_declaracao_de_regularidade_licitante_F000135_F000237_e F000321_processo340_2023_lotes_1_2_e_3.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13096/download;
+ edital_processo_340_2023_rp_capachos_personalizados_diman.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13038/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CAPACHOS PERSONALIZADOS 100 X 50 </t>
   </si>
   <si>
     <t>99.752,00</t>
   </si>
   <si>
     <t xml:space="preserve">CAPACHOS PERSONALIZADOS 180 X 100 </t>
   </si>
   <si>
     <t>116.634,60</t>
   </si>
   <si>
     <t xml:space="preserve"> 322 / 2023</t>
   </si>
   <si>
     <t>28/12/2023</t>
   </si>
   <si>
     <t>Prestação do serviço de monitoramento eletrônico, com inclusão de fornecimento de equipamentos, e dos serviços de instalação, de manutenção (com troca e reposição total de peças) e de monitoramento de todos os dispositivos de segurança eletrônica que compõem o sistema.</t>
   </si>
   <si>
     <t xml:space="preserve">MONITORAMENTO ELETRÔNICO </t>
   </si>
   <si>
-    <t>28-12-2023 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0099756/2023-98 Recebimento das propostas: até às 10 horas do dia 19/01/2024. Início da disputa de preços: às 10 horas do dia 19/01/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 27 de dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 18-01-2024 COMUNICAÇÃO ATENÇÃO - ALTERAÇÃO DE DATA DA SESSÃO DO PREGÃO - Prezados senhores, informamos que a data da abertura da Sessão de Pregão ocorrerá às 10h do dia 25/01/2024, devido à necessidade de prazo para resposta à Impugnação. Não haverá reabertura de prazo para apresentação de novos questionamentos ou impugnações. ----------------------------- 24-01-2024 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Número do processo: 322 / Ano: 2023 - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0099756/2023-98 Objeto: Contratação de empresa especializada na prestação do serviço de monitoramento eletrônico, com inclusão de fornecimento de equipamentos, e dos serviços de instalação, de manutenção (com troca e reposição total de peças) e de monitoramento de todos os dispositivos de segurança eletrônica que compõem o sistema. - Modalidade: Pregão eletrônico.- Impugnante: AZIZ SISTEMAS DE SEGURANÇA LTDA.; CNPJ: 07.301.055/0001-80. - Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br, Serviços, Consultas, Licitações e Contratos. Informamos aos interessados que esta licitação ocorrerá às 10 horas do dia 25/01/2024. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9h às 18h ou pelos telefones: (31) 3330-8190 / 8233 / 9464. Belo Horizonte, 23 de janeiro de 2024. Simone de Oliveira Capanema - Pregoeira. ----------------------------- 05-02-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO Comunicamos a apresentação de Recurso Administrativo apenas da licitante ARAÚJO EQUIPAMENTOS LTDA., contra a decisão da pregoeira que declarou vencedora a licitante METODO SYSTEM COMERCIO DE EQUIPAMENTOS PARA TELECOMUNICACOES E SERVICOS LTDA, para o lote 1 (único). O arquivo contendo a peça aviada encontra-se disponibilizada nesta página para consulta aos interessados. ----------------------------- 15-02-2024 INTERPOSIÇÃO DE RECURSO Comunicamos a apresentação das Contrarrazões de recurso por parte da licitante METODO SYSTEM COMÉRCIO DE EQUIPAMENTOS PARA TELECOMUNICAÇÕES E SERVIÇOS LTDA. para o lote 1 (único). O arquivo contendo a peça aviada encontra-se disponibilizada nesta página. ----------------------------- 21-03-2024 REVOGAÇÃO DE LICITAÇÃO Número do processo: 322 / Ano: 2023 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0099756/2023-98 Objeto: Contratação de empresa especializada na prestação do serviço de monitoramento eletrônico, com inclusão de fornecimento de equipamentos, e dos serviços de instalação, de manutenção (com troca e reposição total de peças) e de monitoramento de todos os dispositivos de segurança eletrônica que compõem o sistema. Modalidade: Pregão eletrônico A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do referido processo. Motivo: Adequação do ETP, do TR e das especificações do objeto. Prazo para manifestação: 5 (cinco) dias úteis, nos termos do art. 49, § 3º, da Lei nº 8.666/93. Oportunamente, será publicada nova licitação com o mesmo objeto. Demais informações: de 2ª a 6ª feira, das 9h às 18h, pelos telefones (31) 3330-8128 e 3330-8129, e-mail: dgcl@mpmg.mp.br, e através do site www.mpmg.mp.br. Belo Horizonte, 20 de março de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 21-03-2024 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO - Número do processo: 322 / Ano: 2023 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0099756/2023-98 Objeto: Contratação de empresa especializada na prestação do serviço de monitoramento eletrônico, com inclusão de fornecimento de equipamentos, e dos serviços de instalação, de manutenção (com troca e reposição total de peças) e de monitoramento de todos os dispositivos de segurança eletrônica que compõem o sistema. Modalidade: Pregão eletrônico Recorrente: ARAÚJO EQUIPAMENTOS LTDA. Síntese da decisão: Conheço do recurso interposto para, no mérito, provê-lo parcialmente pelos fundamentos constantes da decisão do Pregoeiro. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Belo Horizonte, 20 de março de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
+    <t>28-12-2023 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0099756/2023-98 Recebimento das propostas: até às 10 horas do dia 19/01/2024. Início da disputa de preços: às 10 horas do dia 19/01/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 27 de dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 18-01-2024 COMUNICAÇÃO ATENÇÃO - ALTERAÇÃO DE DATA DA SESSÃO DO PREGÃO - Prezados senhores, informamos que a data da abertura da Sessão de Pregão ocorrerá às 10h do dia 25/01/2024, devido à necessidade de prazo para resposta à Impugnação. Não haverá reabertura de prazo para apresentação de novos questionamentos ou impugnações. ----------------------------- 24-01-2024 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Número do processo: 322 / Ano: 2023 - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0099756/2023-98 Objeto: Contratação de empresa especializada na prestação do serviço de monitoramento eletrônico, com inclusão de fornecimento de equipamentos, e dos serviços de instalação, de manutenção (com troca e reposição total de peças) e de monitoramento de todos os dispositivos de segurança eletrônica que compõem o sistema. - Modalidade: Pregão eletrônico.- Impugnante: AZIZ SISTEMAS DE SEGURANÇA LTDA.; CNPJ: 07.301.055/0001-80. - Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br, Serviços, Consultas, Licitações e Contratos. Informamos aos interessados que esta licitação ocorrerá às 10 horas do dia 25/01/2024. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9h às 18h ou pelos telefones: (31) 3330-8190 / 8233 / 9464. Belo Horizonte, 23 de janeiro de 2024. Simone de Oliveira Capanema - Pregoeira. ----------------------------- 05-02-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO Comunicamos a apresentação de Recurso Administrativo apenas da licitante ARAÚJO EQUIPAMENTOS LTDA., contra a decisão da pregoeira que declarou vencedora a licitante METODO SYSTEM COMERCIO DE EQUIPAMENTOS PARA TELECOMUNICACOES E SERVICOS LTDA, para o lote 1 (único). O arquivo contendo a peça aviada encontra-se disponibilizada nesta página para consulta aos interessados. ----------------------------- 15-02-2024 INTERPOSIÇÃO DE RECURSO Comunicamos a apresentação das Contrarrazões de recurso por parte da licitante METODO SYSTEM COMÉRCIO DE EQUIPAMENTOS PARA TELECOMUNICAÇÕES E SERVIÇOS LTDA. para o lote 1 (único). O arquivo contendo a peça aviada encontra-se disponibilizada nesta página. ----------------------------- 21-03-2024 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO - Número do processo: 322 / Ano: 2023 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0099756/2023-98 Objeto: Contratação de empresa especializada na prestação do serviço de monitoramento eletrônico, com inclusão de fornecimento de equipamentos, e dos serviços de instalação, de manutenção (com troca e reposição total de peças) e de monitoramento de todos os dispositivos de segurança eletrônica que compõem o sistema. Modalidade: Pregão eletrônico Recorrente: ARAÚJO EQUIPAMENTOS LTDA. Síntese da decisão: Conheço do recurso interposto para, no mérito, provê-lo parcialmente pelos fundamentos constantes da decisão do Pregoeiro. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Belo Horizonte, 20 de março de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 21-03-2024 REVOGAÇÃO DE LICITAÇÃO Número do processo: 322 / Ano: 2023 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0099756/2023-98 Objeto: Contratação de empresa especializada na prestação do serviço de monitoramento eletrônico, com inclusão de fornecimento de equipamentos, e dos serviços de instalação, de manutenção (com troca e reposição total de peças) e de monitoramento de todos os dispositivos de segurança eletrônica que compõem o sistema. Modalidade: Pregão eletrônico A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do referido processo. Motivo: Adequação do ETP, do TR e das especificações do objeto. Prazo para manifestação: 5 (cinco) dias úteis, nos termos do art. 49, § 3º, da Lei nº 8.666/93. Oportunamente, será publicada nova licitação com o mesmo objeto. Demais informações: de 2ª a 6ª feira, das 9h às 18h, pelos telefones (31) 3330-8128 e 3330-8129, e-mail: dgcl@mpmg.mp.br, e através do site www.mpmg.mp.br. Belo Horizonte, 20 de março de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ impugnacao_solicitacao_n.0001_Aziz_pe_pl322_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13225/download;
+ Proposta__licitanteF188_Phoenix_processo322_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13243/download;
  publicacao DOMP decisao impugnacao_Aziz_pe_pl322_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13235/download;
- decisao_recurso_adm_F000164_araujo_pe_pl-322_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13311/download;
-[...3 lines deleted...]
- edital_processo_322_2023_monitoramento_eletronico_DSEG.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13143/download;
+ decisao_impugnacao_solicitacao_n.0001_Aziz_pe_pl322_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13234/download;
  Mapa_processo_322_2023.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13247/download;
  proposta_documentacaoF198_Metodo_processo_322_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13248/download;
+ Contrarrazao_Licitante_Metodo_pl_322_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13285/download;
  Recurso_Licitante_Araujo_pl_322_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13271/download;
- Contrarrazao_Licitante_Metodo_pl_322_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13285/download;
-[...2 lines deleted...]
- decisao_impugnacao_solicitacao_n.0001_Aziz_pe_pl322_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13234/download;
+ decisao_recurso_adm_F000164_araujo_pe_pl-322_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13311/download;
+ Publicacao_DOMP_Decisao_de_Recurso_e_Revogacao_pl-322_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13318/download;
+ decisao_de_revogacao_pe_pl-322_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13312/download;
+ edital_processo_322_2023_monitoramento_eletronico_DSEG.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13143/download;
+ ata_revogacao_processo-322_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13827/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 300 / 2023</t>
   </si>
   <si>
     <t>22/12/2023</t>
   </si>
   <si>
     <t>Aquisição de equipamentos e serviços para ampliação da solução do sistema de monitoramento de imagens para diversas sedes do Ministério Público, incluindo instalação, configuração e manutenção, em conformidade com as especificações, condições e quantidades estabelecidas no Termo de Referência e de acordo com o seu Apenso Único.</t>
   </si>
   <si>
     <t xml:space="preserve">Fornecimento e Instalação de Câmeras de Segurança, Gravadores para Sistema de Segurança, Televisões e Nobreaks; Serviço de Manutenção e Reparo em Equipamentos e Sistemas de Segurança Eletrônica, incluindo equipamentos, materiais e acessórios. </t>
   </si>
   <si>
     <t>22-12-2023 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0086584/2023-43 Recebimento das propostas: até às 10 horas do dia 09/01/2024. Início da disputa de preços: às 10 horas do dia 09/01/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 21 de dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 13-07-2024 REVOGAÇÃO REVOGAÇÃO DE LICITAÇÃO Número do processo: 300 / Ano: 2023 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0086584/2023-43 A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do referido processo. Motivo: constatação superveniente de incongruências nas especificações do Edital, conforme decisão de recurso disponibilizada abaixo. Prazo para manifestação: 5 (cinco) dias úteis, nos termos do art. 49, § 3º, c/c art. 109, I, c, da Lei nº 8.666/93, contados da publicação do extrato da respectiva decisão no Diário Oficial do Ministério Público do Estado de Minas Gerais, a qual ocorrerá em 13/07/24. Oportunamente, será publicada nova licitação com o mesmo objeto. Demais informações: de 2ª a 6ª feira, das 9h às 18h, pelos telefones (31) 3330-8128 e 3330-8129, e-mail dgcl@mpmg.mp.br, e através do site www.mpmg.mp.br. Belo Horizonte, 10 de julho de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ docs_habilitatorios_iniciais_licitante_Metropole_F000123_pl_300_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13197/download;
  proposta_e_docs_iniciais_licitante_Metropole_F000123_pl_300_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13194/download;
- documentos_de_habilitacao_atualizados_apos_decisao_recursal_licitante_Metropole_F000123_pl_300_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13336/download;
- PROPOSTA_FINAL_READEQUADA_APOS_DECISAO_RECURSAL_E_ESPECIFICACOES_TECNICAS_licitante_Metropole_F000123_pl_300_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13334/download;
+ recurso_F000182_Metodo_System_pe_pl300_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13286/download;
  CRC_e_CNDT_atualizados_licitante_Metropole_F000123_pl_300_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13281/download;
+ Declaracao_Qualificacao_EPP_corrigida_e_demais_docs_remetidos_licitante_Metropole_F000123_pl_300_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13283/download;
  Balanco_Patrimonial_Demonstracoes_Contabeis_e_historico_de_inclusao_consultados_junto_ao_CAGEF_MG_licitante_Metropole_F000123.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13273/download;
- Declaracao_Qualificacao_EPP_corrigida_e_demais_docs_remetidos_licitante_Metropole_F000123_pl_300_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13283/download;
+ contrarrazoes_F000123_Metropole_Security_pe_pl_300_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13294/download;
  CND_municipal_atualizada_licitante_Metropole_F000123_pl_300_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13284/download;
- recurso_F000182_Metodo_System_pe_pl300_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13286/download;
-[...6 lines deleted...]
- docs_habilitatorios_iniciais_licitante_Metropole_F000123_pl_300_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13197/download;
  segundo_recurso_F000182_Metodo_System_pe_pl300_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13339/download;
  contrarrazoes_ao_segundo_recurso_F000123_Metropole_Security_pe_pl300_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13341/download;
+ Decisao_Recurso_F000182_Metodo_System_desprovimento_e_oportunidade_para_readequacao_pe_pl_300_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13333/download;
+ PROPOSTA_FINAL_READEQUADA_APOS_DECISAO_RECURSAL_E_ESPECIFICACOES_TECNICAS_licitante_Metropole_F000123_pl_300_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13334/download;
+ Decisao_Segundo_Recurso_F000182_Metodo_System_Revogacao_pe_pl_300_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13439/download;
+ documentos_de_habilitacao_atualizados_apos_decisao_recursal_licitante_Metropole_F000123_pl_300_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13336/download;
+ Edital_processo_300_2023_Sistema_Monitoramento_Imagens_DSEG_GSI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13124/download;
+ proposta_e_docs_iniciais_licitante_Online_F000198_pl_300_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13172/download;
+ mapa_de_precos_para_readequacao_de_proposta_pelo_arrematante.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13171/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 294 / 2023</t>
   </si>
   <si>
     <t>Aquisição de coletes e camisetas personalizados para agentes fiscais do Procon-MG</t>
   </si>
   <si>
     <t xml:space="preserve">COLETES E CAMISAS PERSONALIZADOS </t>
   </si>
   <si>
     <t xml:space="preserve">Citerol - Comercio e Industria de Tecidos e Roupas S/A </t>
   </si>
   <si>
     <t>61.215,00</t>
   </si>
   <si>
     <t>21-12-2023 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1019.0068355/2023-60 Objeto: Aquisição de coletes e camisetas personalizados para agentes fiscais do Procon-MG Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 08/01/2024. Início da disputa de preços: às 10 horas do dia 08/01/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 20 de dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 12-04-2024 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1019.0068355/2023-60 Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1: Citerol ? Comércio e Indústria de Tecidos e Roupas S/A CNPJ 17.183.666/0001-25 Valor (total) adjudicado: R$61.215,00 Belo Horizonte, 11 de abril de 2024. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ proposta_docs_licitante_NR Comercio_pl 294_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13266/download;
+ proposta_docs_licitante_Leonardo_pl294_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13267/download;
+ edital_processo_294_2023_aquisao_coletes_DIFIS_.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13265/download;
+ proposta_docs_licitante_Citerol_pl294_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13292/download;
  proposta_corrigida_licitante_Citerol_pl294_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13324/download;
+ pedido_prorrogacao_entrega_amostra_Citerol_pl294_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13309/download;
  docs_habilitacao_F000158_pl294_2023_Citerol.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13331/download;
  ata_homologacao_processo294_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13332/download;
- pedido_prorrogacao_entrega_amostra_Citerol_pl294_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13309/download;
-[...3 lines deleted...]
- proposta_docs_licitante_Citerol_pl294_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13292/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 293 / 2023</t>
   </si>
   <si>
     <t>28/11/2023</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de cadeira de hotelaria destinadas a mobiliar o auditório da UCC, ASSCOM e da unidade do MPMG em Caeté, conforme quantidades, especificações técnicas e exigências estabelecidas no Edital e demais anexos.</t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRA PARA AUDITÓRIO </t>
   </si>
   <si>
     <t xml:space="preserve">META X INDUSTRIA E COMERCIO LTDA </t>
   </si>
   <si>
     <t>556.700,00</t>
   </si>
   <si>
     <t>28-11-2023 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI):19.16.3913.0029919/2023-75 Recebimento das propostas: até às 10 horas do dia 12/12/2023. Início da disputa de preços: às 10 horas do dia 12/12/2023. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 28 de novembro de 2023. Catarina Natalino Calixto. Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 30-01-2024 HOMOLOGAÇÃO - Número do planejamento: 293 / Ano: 2023 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0029919/2023-75 Objeto: REGISTRO DE PREÇOS para aquisição de cadeira de hotelaria destinadas a mobiliar o auditório da UCC, ASSCOM e da unidade do Ministério Público do Estado de Minas Gerais em Caeté, conforme quantidades, especificações técnicas e exigências estabelecidas no Edital e demais anexos. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1 (único): META X INDUSTRIA E COMERCIO LTDA, CNPJ nº 18.493.830/0001-63; Valor (total) registrado: R$556.700,00. Belo Horizonte, 29 de janeiro de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
-    <t xml:space="preserve">"&gt;
+    <t xml:space="preserve">
+"&gt;
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ proposta_corrig_licitante_MetaX_pl-rp-293_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13216/download;
  ata_homologacao_planejamento293_2023.pdf : http://ws.mpmg.mp.br/licitacao/anexos/ata_homologacao_planejamento293_2023.pdf.exe;
- Edital_processo_293_2023_rp_cadeiras_hotelaria_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13005/download;
- proposta_corrig_licitante_MetaX_pl-rp-293_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13216/download;
  proposta_e_docs_licitante_MetaX_pl-rp-293_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13067/download;
  habilitacao_jurid_licitante_MetaX_pl-rp-293_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13068/download;
  habilitacao_balan_licitante_MetaX_pl-rp-293_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13069/download;
  habilitacao_atest_licitante_MetaX_pl-rp-293_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13070/download;
+ Edital_processo_293_2023_rp_cadeiras_hotelaria_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13005/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 282 / 2023</t>
   </si>
   <si>
     <t>Aquisição de hardware, sob a forma de entrega integral.</t>
   </si>
   <si>
     <t xml:space="preserve">Óculos Metaverso </t>
   </si>
   <si>
     <t xml:space="preserve">CONEXAO MAXIMA INFORMATICA LTDA </t>
   </si>
   <si>
     <t>3.900,00</t>
   </si>
   <si>
     <t>21-12-2023 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2187.0078228/2023-82 Recebimento das propostas: até às 10 horas do dia 10/01/2024. Início da disputa de preços: às 10 horas do dia 10/01/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 20 de dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 10-01-2024 ESCLARECIMENTOS - Manifestação do pregoeiro sobre o pedido de esclarecimentos apresentado: PERGUNTA ? ?Prezados, sobre "DA EXIGÊNCIA DE AMOSTRA". Mesmo sendo os modelos de referência é obrigatório envio de amostra? essa amostra enviada é aceita como item fornecido? Pois se tiver de enviar amostrados itens é como ter de fornecer 2 unidades de cada, vai encarecer muito as propostas. Se os itens oferecidos são os modelos de referência não creio que deva exigis amostra, afinal é o que pediram mesmo.? RESPOSTA: A abertura da sessão deste processo foi marcada para o dia 10/01/2024. Consta do Edital: ?ESCLARECIMENTOS E IMPUGNAÇÕES: Na forma prevista no item 3 deste Edital, até às 18 horas do dia 05/01/2024.? O pedido de esclarecimentos foi apresentado no dia 09/01/2024 e, de acordo com o edital e com o art. 23 do Decreto 48.012/2020, a apresentação foi extemporânea. Vejamos: ?Art. 23 ? Os pedidos de esclarecimentos referentes ao processo licitatório serão enviados ao pregoeiro até três dias úteis antes da data fixada para a abertura da sessão pública, por meio eletrônico, na forma do edital.? Dessa forma, em atendimento à legislação e aos princípios que regem as licitações públicas, esse pedido em questão não será apreciado. ----------------------------- 13-04-2024 HOMOLOGAÇÃO Número do processo: 282 / Ano: 2023 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2187.0078228/2023-82 Objeto: Aquisição de hardware, sob a forma de entrega integral. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lotes 1 e 2: CONEXAO MAXIMA INFORMATICA LTDA, CNPJ nº 24.490.141/0001-06. Valores (totais) adjudicados: R$3.900,00 e R$2.202,07, respectivamente. Belo Horizonte, 12 de abril de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
 "&gt;
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ proposta_docs_licitante_GomesPaz_L-1_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13295/download;
  proposta_docs_licitante_Conexao_L-2_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13300/download;
- proposta_docs_licitante_GomesPaz_L-1_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13295/download;
  proposta_docs_licitante_MinasCom_L-2_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13296/download;
  proposta_docs_licitante_EmpresaTI_L-1_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13297/download;
  proposta_corrig_docs_licitante_MinasCom_L-2_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13298/download;
  proposta_docs_licitante_Conexao_L-1_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13299/download;
+ habilitacao_licitante_Conexao_L-1-2_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13330/download;
+ ata_homologacao_processo282_2023.pdf : http://ws.mpmg.mp.br/licitacao/editais/ata_homologaca.exe;
  proposta_atualiz_licitante_Conexao_L-1-2_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13329/download;
- ata_homologacao_processo282_2023.pdf : http://ws.mpmg.mp.br/licitacao/anexos/ata_homologacao_processo282_2023.pdf.exe;
+ edital_processo_282_2023_aquisi??o_hardware_GAECIBER.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13118/download;
  proposta_docs_licitante_Distrib-Peres_L-1-2_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13173/download;
- habilitacao_licitante_Conexao_L-1-2_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13330/download;
- edital_processo_282_2023_aquisi??o_hardware_GAECIBER.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13118/download;
  habilitacao_licitante_Distrib-Peres_L-1-2_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13174/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Camera NTSC/PAL </t>
   </si>
   <si>
     <t>2.202,07</t>
   </si>
   <si>
     <t xml:space="preserve"> 257 / 2023</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de materiais hidráulicos e materiais para purificadores.</t>
   </si>
   <si>
     <t xml:space="preserve">HIDRÁULICOS E PVC </t>
   </si>
   <si>
     <t xml:space="preserve">MERCEARIA INDIANÓPOLIS LTDA - EPP </t>
   </si>
   <si>
     <t>217.088,89</t>
   </si>
   <si>
     <t>22-12-2023 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0056402/2023-64 Recebimento das propostas: até às 10 horas do dia 15/01/2024. Início da disputa de preços: às 10 horas do dia 15/01/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 21 de dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 09-02-2024 HOMOLOGAÇÃO - Número do planejamento: 257 / Ano: 2023 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0056402/2023-64 Objeto: Registro de Preços para aquisição de materiais hidráulicos e materiais para purificadores. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1: MERCEARIA INDIANOPOLIS LTDA - EPP, CNPJ nº 17.263.096/0001-83; Valor (total) registrado: R$217.088,89; Lotes 3 e 4: GLOBAL DISTRIBUICAO E SERVICOS EIRELI, CNPJ nº 28.429.720/0001-96; Valores (totais) registrados: R$348.280,00 e R$467.273,94, respectivamente. O lote 2 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 8 de fevereiro de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  ata_homologacao_planejamento-257_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13293/download;
  proposta_corrig_licit_Indianopolis_L-1_pl-rp-257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13291/download;
- habilitacao_licitante_Indianopolis_L-1_pl-rp-257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13250/download;
-[...1 lines deleted...]
- habilitacao_tecnica_licitante_Global_L-3-4_pl-rp-257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13252/download;
  Proposta_Catals_licitante_Merc-Indianopolis_L-1_pl-rp_257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13202/download;
  Proposta_Catalogos_licitante_Global_L-3_pl-rp_257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13203/download;
  Proposta_Catalogos_licitante_Global_L-4_pl-rp_257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13204/download;
  Catalogo_2_licitante_Merc-Indianopolis_L-1_pl-rp_257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13207/download;
  Catalogo_1_licitante_Merc-Indianopolis_L-1_pl-rp_257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13208/download;
- edital_processo_257_2023_rp_material_hidraulico_e_para_purificadores_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13116/download;
  Catalogo_3_licitante_Merc-Indianopolis_L-1_pl-rp_257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13209/download;
  Catalogo_Metais_licitante_Global_L-3-4_pl-rp_257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13210/download;
+ habilitacao_tecnica_licitante_Global_L-3-4_pl-rp-257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13252/download;
+ habilitacao_licitante_Indianopolis_L-1_pl-rp-257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13250/download;
+ habilitacao_licitante_Global_L-3-4_pl-rp-257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13251/download;
+ edital_processo_257_2023_rp_material_hidraulico_e_para_purificadores_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13116/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">EXAUSTOR E CHUVEIRO </t>
   </si>
   <si>
     <t xml:space="preserve">HIDRÁULICOS E METAIS </t>
   </si>
   <si>
     <t>348.280,00</t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS DE PURIFICADORES </t>
   </si>
   <si>
     <t>467.273,94</t>
   </si>
   <si>
     <t xml:space="preserve"> 251 / 2023</t>
   </si>
   <si>
     <t>Prestação de serviço continuado, visando a implantação, fornecimento e manutenção de solução global de Contact Center (Contact Center as a Service), com adoção de plataforma de integração de multicanais e módulo de gestão de atendimento, utilizando modelo omnichannel, destinados à Superintendência de Tecnologia da Informação, Ouvidoria, Diretoria de Gestão Documental, Superintendência de Recursos Humanos, dentre outras unidades da Instituição que necessitarem do serviço.</t>
   </si>
   <si>
     <t xml:space="preserve">CONTACT CENTER </t>
   </si>
   <si>
-    <t>27-12-2023 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0028419/2023-35 Recebimento das propostas: até às 10 horas do dia 16/01/2024. Início da disputa de preços: às 10 horas do dia 16/01/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte,26 de dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 04-01-2024 ESCLARECIMENTOS - Pedido 1 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA 1 ? ?O edital cita ?solução global de Contact Center (Contact Center as a Service). Entendemos que o certame originário desta licitação não englobará ofertas combinadas de tecnologia + pessoas para atendimento (Serviços de contact center). Está correto nosso entendimento??; Resposta: ?Está correto o entendimento.?; PERGUNTA 2 ? ?Quanto à solicitação de ?acesso aos parâmetros? da plataforma, entendemos que a contratante ficará responsável por fazer ajustes de forma independente na solução, tais como alterações em BOTs, URAs e Flows de atendimento e não fazem parte do escopo de serviços fornecidos pela contratada. Estamos corretos??; Resposta: ?Está incorreto o entendimento. Conforme TR, itens: 1.2.16.3. Deverá possuir facilidade para configuração de árvores neurais para os atendimentos autônomos, assim como os parâmetros de configuração deverão estar acessíveis à CONTRATANTE. 1.2.16.6. As árvores neurais serão construídas pelos especialistas da CONTRATADA, a partir da análise de requisitos junto aos representantes da CONTRATANTE.?; PERGUNTA 3.a ? ?Quanto ao canal MS Teams, pedimos esclarecer: Entendemos que o licenciamento referente aos componentes da plataforma Teams serão fornecidos pela contratante. Está correto nosso entendimento??; Resposta: ?Está correto o entendimento.?; PERGUNTA 3.b ? ?Quanto ao canal MS Teams, pedimos esclarecer: Quanto às chamadas de voz, entendemos que se tratam exclusivamente de chamadas INTERNAS provenientes de aplicações MS-Teams de colaboradores da contratante. Está correto nosso entendimento? Se sim, estas chamadas deverão seguir o fluxo normal de chamadas entrantes via URA ou Assistente virtual de Voz? Haverá um acesso diferenciado (área logada) para atendimento destas chamadas??; Resposta: ?Conforme TR item 1.2.13, a solução deverá possuir o atendimento comunicador instantâneo para o "ATENDIMENTO POR INTERAÇÃO TEXTUAL OU MÍDIA": "1.2.13. Deverá possuir ATENDIMENTO COMUNICADOR INSTANTÂNEO, multimídia, para o atendimento por interação textual ou mídia, associado ao ASSISTENTE VIRTUAL - CHATBOT, possibilitando ao usuário escolher a forma desejada de interação."; PERGUNTA 3.c ? ?Quanto ao canal MS Teams, pedimos esclarecer: Quanto as interações de chat entendemos que contratante desenvolverá app específico dentro do MS-Teams para conectar com a plataforma de atendimento. Está correto nosso entendimento??; Resposta: ?Está incorreto o entendimento. Conforme itens 1.2.1.13.1 e 1.2.13.2 trata-se de chat via API própria do comunicador, ou seja, da solução de contact center. "1.2.13.1. O atendimento RECEPTIVO por comunicadores (Facebook Messenger, Whatsapp, MS Teams) consiste no atendimento por operador (assistente virtual ou humano) de diálogo iniciado por usuário via API própria do comunicador e com possibilidade de integração com plataformas (API) de terceiros. 1.2.13.2. O atendimento ATIVO por comunicadores consiste no atendimento iniciado por mensagem do operador a usuário via API e com possibilidade de integração com plataformas (API) de terceiros."; PERGUNTA 4 ? ?São citados no edital a destinação da solução para as seguintes áreas: Superintendência de Tecnologia da Informação, Ouvidoria, Diretoria de Gestão Documental, Superintendência de Recursos Humanos e outros. Poderiam compartilhar os fluxos de atendimento e árvores de URA existentes??; Resposta: ?Seguem modelos de fluxos, 6615797, anexo (disponibilizados no site do MPMG: https://www.mpmg.mp.br/ portal/ Serviços/ Consultas/ Licitações e Contratos/ Portal Transparência MPMG). Esclarecemos, entretanto, que não é a documentação final, portanto, os arquivos poderão ser alterados.?; PERGUNTA 5 ? ?O edital cita que a Central de Atendimento da STI recebeu no último ano, período relativo entre janeiro/2022 e dezembro/2022, 89.701 solicitações de atendimento. Em relação ao trídigito 127, Ouvidoria, considerando o período compreendido entre fevereiro/2022 e fevereiro/2023, o total de ligações recebidas foi de 21.958 ligações anuais. Solicitamos esclarecer: As 89.701 solicitações de atendimento foram TODAS geradas nas 21.958 ligações? Quantas foram geradas a partir de outros canais além de voz? Quantas foram geradas por atendimento automático ou autosserviços (sem intervenção humana)??; Resposta: ?Esclarecemos que 89.701 solicitações de atendimento/ligações foram destinadas somente à Superintendência de Tecnologia e Informação e 21.958 ligações anuais foram recebidas pelas Ouvidoria, totalizando 111.658 ligações recebidas durante o período de 1(um) ano. Não foram fornecidos os quantitativos dos outros canais, pois trata-se de serviço novo a ser contratado e implementado.?; PERGUNTA 6.a ? ?Os canais citados foram: Atendimento Receptivo Humano Telefônico, Receptivo Eletrônico (URA), Ativo (Humano), Atendimento Multicanal, (e-mail/formulário eletrônico, Aplicativos Móveis, Mensageria Instantânea, Chat, Chatbot e Voicebot), bem como criação e atendimento nas principais mídias sociais, abrangendo todos os recursos necessários à execução e manutenção dos serviços. Pedimos esclarecer: Aplicativos móveis: Quantos aplicativos serão utilizados? Entendemos que a contratante é a responsável pelos aplicativos e fornecerá todos os componentes (API´s) de integração. Está correto nosso entendimento??; PERGUNTA 6.b ? ?Os canais citados foram: Atendimento Receptivo Humano Telefônico, Receptivo Eletrônico (URA), Ativo (Humano), Atendimento Multicanal, (e-mail/formulário eletrônico, Aplicativos Móveis, Mensageria Instantânea, Chat, Chatbot e Voicebot), bem como criação e atendimento nas principais mídias sociais, abrangendo todos os recursos necessários à execução e manutenção dos serviços. Pedimos esclarecer: Mensageria Instantânea: Quais plataformas de IM serão utilizadas? Entendemos que a contratante é a responsável pela contratação dos serviços referentes a estas plataformas, bem como serão considerados somente aquelas para as quais existirem componentes (API´s) de integração disponíveis. Está correto nosso entendimento??; PERGUNTA 6.c ? ?Os canais citados foram: Atendimento Receptivo Humano Telefônico, Receptivo Eletrônico (URA), Ativo (Humano), Atendimento Multicanal, (e-mail/formulário eletrônico, Aplicativos Móveis, Mensageria Instantânea, Chat, Chatbot e Voicebot), bem como criação e atendimento nas principais mídias sociais, abrangendo todos os recursos necessários à execução e manutenção dos serviços. Pedimos esclarecer: Mídias Sociais: Quais plataformas de Mídias Sociais serão utilizadas? Entendemos que a contratante é a responsável pela contratação dos serviços referentes a estas plataformas, bem como serão considerados somente aquelas para as quais existirem componentes (API´s) de integração disponíveis. Está correto nosso entendimento??; PERGUNTA 6.d ? ?Os canais citados foram: Atendimento Receptivo Humano Telefônico, Receptivo Eletrônico (URA), Ativo (Humano), Atendimento Multicanal, (e-mail/formulário eletrônico, Aplicativos Móveis, Mensageria Instantânea, Chat, Chatbot e Voicebot), bem como criação e atendimento nas principais mídias sociais, abrangendo todos os recursos necessários à execução e manutenção dos serviços. Pedimos esclarecer: WhatsApp: Entendemos que a contratante fornecerá os serviços de broker com o WhastApp além das integrações com esta plataforma. Está correto nosso entendimento??; Resposta: ?Em resposta a todos os itens relacionados ao item 6, esclarecemos que a solução de contact center deverá possuir comunicador instantâneo, conforme item 1.2.13, e, caso necessário, dentre os comunicadores citados, seja necessário serviço de broker para implementação dos serviços, caberá a Contratada todo o processo de contratação com os serviços de broker. "1.2.13. Deverá possuir ATENDIMENTO COMUNICADOR INSTANTÂNEO, multimídia, para o atendimento por interação textual ou mídia, associado ao ASSISTENTE VIRTUAL - CHATBOT, possibilitando ao usuário escolher a forma desejada de interação. 1.2.13.1. O atendimento RECEPTIVO por comunicadores (Facebook Messenger, Whatsapp, MS Teams) consiste no atendimento por operador (assistente virtual ou humano) de diálogo iniciado por usuário via API própria do comunicador e com possibilidade de integração com plataformas (API) de terceiros. 1.2.13.2. O atendimento ATIVO por comunicadores consiste no atendimento iniciado por mensagem do operador a usuário via API e com possibilidade de integração com plataformas (API) de terceiros. 1.2.13.3. Caberá à CONTRATADA a habilitação e manutenção, em nome da CONTRATANTE, em todas as etapas necessárias para criação, acompanhamento e aprovação do contato oficial (número confirmado) junto aos provedores de comunicadores, incluindo custos de ativação, mensagens e suporte. 1.2.13.4. A CONTRATANTE fornecerá os números próprios e válidos de acessos telefônicos para cadastro junto aos provedores de comunicadores. 1.2.13.5.Todo o processo de contratação com os serviços de broker (empresas que comercializam serviços junto aos comunicadores) homologados, deverá ser feito diretamente pela CONTRATADA, em nome da CONTRATANTE, e terá responsabilidades direcionadas a integração, através de API, com a solução de atendimento omnichannel.?; PERGUNTA 7.a ? ?O edital cita que todos os canais digitais deverão respeitar a(s) árvore(s) neural(is) com inteligência conversacional definida pela CONTRATANTE. Pedimos esclarecer: A contratante já utiliza/utilizou esta modelagem? Se sim, poderiam compartilhar os fluxos ou modelos estatísticos utilizados??; Resposta: ?Não, trata-se de um novo serviço a ser implementado.?; PERGUNTA 7.b.i ? ?O edital cita que todos os canais digitais deverão respeitar a(s) árvore(s) neural(is) com inteligência conversacional definida pela CONTRATANTE. Pedimos esclarecer: Se não: Esta modelagem deverá partir de uma estrutura existente que pode ser fluxos atuais de URA e/ou BOTs? Quais??; PERGUNTA 7.b.ii ? ?O edital cita que todos os canais digitais deverão respeitar a(s) árvore(s) neural(is) com inteligência conversacional definida pela CONTRATANTE. Pedimos esclarecer: Se não: Esta modelagem será construída do zero. Para quantas aplicações/serviços serão aplicadas? Qual a profundidade (prompts) de respostas esperado para cada aplicação??; Resposta: ?Verificar a resposta do ?Item 4?.?; PERGUNTA 8 ? ?No item ?1.2.12.2. As informações que comporão a URA serão definidas pela CONTRATANTE e implementadas pelos especialistas da CONTRATADA.? Entendemos que as informações a que a contratante se refere são aquelas provenientes e disponíveis na plataforma e/ou integrações de sistemas já previstas, como por exemplo dados de usuário, fila do agente, horário do atendimento, etc. Está correto nosso entendimento??; Resposta: ?Está correto o entendimento.?; PERGUNTA 9 ? ?O suporte técnico em sistema de informação citado no item 1.2.10 diz respeito a suporte/assistência para que possam ser efetuadas as integrações via API entre a solução de contact center e os sistemas institucionais. Entendemos que este suporte diz respeito a fornecer documentações e proceder com parametrizações do lado da plataforma de atendimento com o intuito de viabilizar as integrações com as tecnologias da contratante. Da mesma forma, não aplicam neste suporte quaisquer serviços de desenvolvimentos ou customizações em códigos em conectores ou API´s. Está correto nosso entendimento??; Resposta: ?Está correto o entendimento.?; PERGUNTA 10 ? ?No item: ?1.2.11.23. Deverá reunir diferentes objetos associados de forma a satisfazer uma determinada tarefa indicada especificamente pela sequência completa de instruções contidas nas propriedades destes objetos, montando um script que será obedecido pelo canal de atendimento.? ? Entendemos que os objetos a que a contratante se refere são aqueles provenientes e disponíveis na plataforma e/ou integrações de sistemas já previstas, como por exemplo dados de usuário, fila do agente, horário do atendimento, etc. Está correto nosso entendimento??; Resposta: ?Este item trata-se da solução de uma solicitação de acordo com as instruções contidas no canal de atendimento. "1.2.11.17. Todos os canais digitais deverão respeitar a(s) árvore(s) neural(is) com inteligência conversacional definida pela CONTRATANTE.?; PERGUNTA 11 ? ?No item: ?1.2.13. Deverá possuir ATENDIMENTO COMUNICADOR INSTANTÂNEO, multimídia, para o atendimento por interação textual ou mídia, associado ao ASSISTENTE VIRTUAL - CHATBOT, possibilitando ao usuário escolher a forma desejada de interação.? Entendemos que se trata de opção na URA oferecida ao usuário para atendimento através de prompt tradicional (DTMF) ou por conversação natural com ASR. Está correto nosso entendimento??; Resposta: ?Está correto o entendimento.?; PERGUNTA 12 ? ?No item: ?1.2.13.3. Caberá à CONTRATADA a habilitação e manutenção, em nome da CONTRATANTE, em todas as etapas necessárias para criação, acompanhamento e aprovação do contato oficial (número confirmado) junto aos provedores de comunicadores, incluindo custos de ativação, mensagens e suporte.? Entendemos que se trata especificamente a contratação dos serviços de WhatsApp. Está correto nosso entendimento??; Resposta: ?Está correto o entendimento.?; ----------------------------- 04-01-2024 ESCLARECIMENTOS - Pedido 2 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA 1 ? ?Uma vez que a META (proprietária do Whatsapp) cobra por mensagem enviada e recebida, qual é a quantidade de mensagens que a CONTRATADA deve prever para atendimento deste contrato? Em qual item este valor deve ser adicionado??; Resposta: ?Em resposta ao Despacho nº 6616235, esclarecimento nº 6616230, informamos que como o serviço de whatsapp ainda não é utilizado pela Instituição na forma a ser contratada, no momento, não é possível mensurar o quantitativo de mensagens. Recomenda-se contratar serviço que permita o envio e recebimento do maior número de mensagens e em relação ao questionamento sobre a cobrança, esclarecemos que o custo deverá fazer parte da composição da solução.?; ----------------------------- 05-01-2024 ESCLARECIMENTOS - Pedido 3 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA 3 ? ?A contratação total do contrato serão de 130 licenças pelo período de 36 meses, independente da implementação inicial de 70 licenças, correto?? Resposta: ?Entendimento incorreto. Conforme informado no item 4.1 do ANEXO VII ? TERMO DE REFERÊNCIA: 4.1. DA JUSTIFICATIVA DO CÁLCULO ESTIMATIVO DOS QUANTITATIVOS APURADOS:(...) A quantidade de licenças a serem utilizadas de imediato é de 70 licenças para atendimento a Superintendência de Tecnologia da Informação, Ouvidoria, Diretoria de Gestão Documental e Superintendência de Recursos Humanos. Prevendo a escalabilidade e utilização da plataforma em outras unidades, estamos estimando a contratação de 130 licenças. (grifo nosso) (...) Ressalta-se ainda que o faturamento ocorre de acordo com a quantidade de licenças em uso, conforme preconiza o edital em seu ANEXO VII ? TERMO DE REFERÊNCIA, item 14.1.4 inciso III, sendo que a quantidade consumida de imediato será de 70 licenças, podendo atingir o máximo de 130 licenças, de acordo com a necessidade da contratante. 14 - DOS CRITÉRIOS DE MEDIÇÃO E PAGAMENTO: 14.1. CRITÉRIOS DE MEDIÇÃO: 14.1.4. A aferição da execução contratual para fins de pagamento considerará os seguintes critérios: I) Relatório da implementação e validação da solução; II) Relatório dos treinamentos efetuados e seus devidos certificados; III) Relatório com a quantidade de licenças que estão sendo utilizadas; (grifo nosso) IV) Relatório informando a quantidade de chamados abertos para manutenção preventiva e/ou corretiva; V) Relatório informando a disponibilidade do serviço. ----------------------------- 05-01-2024 ESCLARECIMENTOS - Pedido 4 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA 4 ? ?Qual o CRM utilizado pelo MPMG?? Resposta: ?O MPMG não utiliza ferramenta de CRM.? ----------------------------- 06-01-2024 ESCLARECIMENTOS - Pedido 5 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA 5 ? ?Haverá integração na plataforma com o Microsoft Teams?? Resposta: ?Sim. Conforme previsto no edital em seu ANEXO VII ? TERMO DE REFERÊNCIA, item 1.2.13.1: 1.2 - DESCRIÇÃO DETALHADA DA SOLUÇÃO ESCOLHIDA: 1.2.13. Deverá possuir ATENDIMENTO COMUNICADOR INSTANTÂNEO, multimídia, para o atendimento por interação textual ou mídia, associado ao ASSISTENTE VIRTUAL - CHATBOT, possibilitando ao usuário escolher a forma desejada de interação. 1.2.13.1. O atendimento RECEPTIVO por comunicadores (Facebook Messenger, Whatsapp, MS Teams) consiste no atendimento por operador (assistente virtual ou humano) de diálogo iniciado por usuário via API própria do comunicador e com possibilidade de integração com plataformas (API) de terceiros. (grifo nosso) ----------------------------- 08-01-2024 ESCLARECIMENTOS - Pedido 6 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA 6 ? ?O item 4.1.1.2. exige comprovação de prestação de serviço com uso de WebRTC, no entanto, o Objeto busca a contratação de empresa especializada para implantar, fornecer e dar manutenção em uma solução de contact center, adotando plataforma de integração e atendimento Omnichannel e demais ferramentas e softwares necessários para a operação da CONTRATANTE, conforme descrição do Termo de Referência. Nesse caso, o recurso de WebRTC não é da empresa especializada, mas da plataforma|software que ela utilizará para compor a solução. Diante o exposto entendemos que a comprovação de capacidade técnica será atendida com atestado de capacidade técnica compatível com o objeto licitado. Está correto o nosso entendimento?? Resposta: Esclarecemos que a comprovação da Qualificação Técnica deve ser feita através de um contrato com a empresa proponente e não com um terceiro ou pelo detentor da plataforma de software, como fica claro no item 4.1.1.2 do ANEXO VII ? TERMO DE REFERÊNCIA: 4 ? Relativa à Qualificação Técnica: 4.1.1.2. No mínimo, 01(um) contrato que comprove a prestação do serviço com o uso do WebRTC, uma vez que o atendimento será realizado tanto de forma presencial quanto remoto e com o uso do referido padrão não haverá necessidade de adquirir aplicativos extras; e (grifo nosso) 4.1.1.3. O fornecedor deverá emitir documentação contendo autodeclaração no sentido de que a solução possui todos os requisitos solicitados. ----------------------------- 12-01-2024 ESCLARECIMENTOS - Pedido 7 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA 1 ? ?Considerando que a Meta não limita a quantidade de envio e recebimento de mensagens, a cobrança da Meta é feita por mensagem e o edital não informa o volume de mensagens por mês, como serão efetuados os pagamentos mensais sabendo que esse valor vai flutuar mês a mês?? RESPOSTA 1 ? ?Conforme já informado em questionamento anterior, esclarecemos que como o serviço de whatsapp ainda não é utilizado pela Instituição na forma a ser contratada, no momento, não é possível mensurar o quantitativo de mensagens. Recomenda-se contratar serviço que permita o envio e recebimento do maior número de mensagens e em relação ao questionamento sobre a cobrança, esclarecemos que o custo deverá fazer parte da composição da solução.? PERGUNTA 2 ? ?Quantos usuários/cidadãos o MPMG se comunica por mês por canal digital (whatsapp, chat, e-mail)?? RESPOSTA 2 ? ?Em relação ao quantitativo foi informado no Edital os dados que foram possíveis apurar para nova contratação: "4.1. DA JUSTIFICATIVA DO CÁLCULO ESTIMATIVO DOS QUANTITATIVOS APURADOS: A Central de Atendimento da STI recebeu no último ano, período relativo entre janeiro/2022 e dezembro/2022, 89.701 solicitações de atendimento. Em relação ao trídigito 127, Ouvidoria, considerando o período compreendido entre fevereiro/2022 e fevereiro/2023, o total de ligações recebidas foi de 21.958 ligações anuais. A quantidade de licenças a serem utilizadas de imediato é de 70 licenças para atendimento a Superintendência de Tecnologia da Informação, Ouvidoria, Diretoria de Gestão Documental e Superintendência de Recursos Humanos. Prevendo a escalabilidade e utilização da plataforma em outras unidades, estamos estimando a contratação de 130 licenças" PERGUNTA 3 e 4 ? ?As mensagens de Chatbot são cobradas por turnos (perguntas &amp; respostas). Desta forma, poderiam enviar o volume de mensagens que serão trocadas no chatbot?" As mensagens de Voicebot são cobradas por minutos. Desta forma, poderiam enviar a estimativa de minutos de URA?? RESPOSTA 3 e 4 ? ?Informamos que os serviços de Chatbot e Voicebot ainda não são utilizados pela Instituição, não sendo possível, no momento, mensurar o quantitativo de mensagens a serem utilizadas.? PERGUNTA 5 ? ?Será necessário fornecer também o número de telefone para chamadas de voz ou apenas para WhatsApp?? RESPOSTA 5 ? ?A CONTRATANTE fornecerá os números próprios e válidos a serem utilizados na solução de contact center, conforme item, 1.2.13.4 do TR: ?1.2.13.4. A CONTRATANTE fornecerá os números próprios e válidos de acessos telefônicos para cadastro junto aos provedores de comunicadores. 1.2.13.5. Todo o processo de contratação com os serviços de broker (empresas que comercializam serviços junto aos comunicadores) homologados, deverá ser feito diretamente pela CONTRATADA, em nome da CONTRATANTE, e terá responsabilidades direcionadas a integração, através de API, com a solução de atendimento omnichannel.? (grifo nosso) PERGUNTA 6 ? ?Sobre a integração com CRM, a solicitação é apenas fornecer a documentação da API para que vocês realizem a integração. Nosso entendimento está correto? RESPOSTA 6 ? ?Favor verificar o item 1.2.6 do TR do Edital: ?Item 1.2.6. Deverá implementar componente de integração por API/Webservice ao Customer Relationship Manager - CRM da CONTRATANTE para intercâmbio dos dados entre os sistemas, fornecendo em conjunto documentação suficiente e necessária para o desenvolvimento do conector no CRM pela CONTRATANTE.? PERGUNTA 7 ? ?Sobre a integração SSO, podem por gentileza especificar qual ferramenta devemos considerar a integração utilizando LDAP. RESPOSTA 7 ? ?Microsoft Entra ID (antigo Azure Active Directory).? ----------------------------- 12-01-2024 ESCLARECIMENTOS - Pedido 8 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA ? ?Para o correto dimensionamento do esforço de implementação é fundamental sabermos todos os fluxos de URA e BOT que devem ser considerados para o desenvolvimento. Entendemos que foram compartilhados alguns modelos, poderiam compartilhar todos os fluxos que deveram ser considerados no projeto? RESPOSTA: ?Esclarecemos que, até o presente momento, fornecemos todos os fluxos existentes, entretanto, como mencionado em resposta anterior, os arquivos poderão sofrer alguma modificação. Acrescentamos, também, que, conforme descrito no objeto da contratação, outras unidades da Instituição poderão ser atendidas, sendo criados, posteriormente, novos fluxos para os atendimentos: 1.1.1. Contratação de empresa especializada para prestação de serviço continuado, visando a implantação, fornecimento e manutenção de solução global de Contact Center (Contact Center as a Service), com adoção de plataforma de integração de multicanais e módulo de gestão de atendimento, utilizando modelo omnichannel, destinados à Superintendência de Tecnologia da Informação, Ouvidoria, Diretoria de Gestão Documental, Superintendência de Recursos Humanos, dentre outras unidades da Instituição que necessitarem do serviço. (grifo nosso)? ----------------------------- 12-01-2024 ESCLARECIMENTOS - Pedido 9 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA ? ?Notamos que na planilha de precicação, existe apenas uma linha de licenciamento mensal, porém no edital está sendo solicitado URA com reconhecimento de voz (ASR) e Bot de voz e texto e WhatsApp. Para esses itens, o tipo de cobrança é diferente de um licenciamento mês, por exemplo ASR é por minuto de conversa, bot de voz e texto são por interação (início em de uma conversa), existem os custos do broker Meta para WhatsApp que também é cobrado por sessão. Sendo assim, não é possível colocar esses custos na linha de licenciamento. Como devemos seguir para demonstração desses valores, podemos adicionar linha na planilha (modelo de proposta)?? RESPOSTA: ?Conforme informado em questionamentos anteriores, esclarecemos que os custos deverão fazer parte da composição da solução.? ----------------------------- 15-01-2024 ESCLARECIMENTOS Pedido 10 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe. Devido à extensão de caracteres, as RESPOSTAS foram disponibilizadas em arquivo intitulado "respostas_pedido_de_esclarec_n.10_Claro_pe_pl-251_2023 ----------------------------- 15-01-2024 ESCLARECIMENTOS Pedido 11 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA: Como se trata de uma contratação de solução global de Contact Center (Contact Center as a Service), devemos considerar tecnologias que estão dentro do Quadrante Magico do Gartner (https://www.gartner.com/en/documents/4605499)? RESPOSTA: Entendemos que é prudente que sejam consideradas soluções dentro do Quadrante Mágico do Gartner, entretanto, não é obrigatório, desde que a solução ofertada cumpra todos os requisitos constantes no Edital. ----------------------------- 15-01-2024 ESCLARECIMENTOS Pedido 12 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe. Devido à extensão de caracteres, as RESPOSTAS foram disponibilizadas em arquivo intitulado "respostas_pedido_de_esclarec_n.12_Jane-Ribeiro_pe_pl-251_2023 ----------------------------- 15-01-2024 ESCLARECIMENTOS Prezados senhores, esclarecemos que modelos de fluxos mencionados nas respostas 1 e 12 encontram-se disponibilizados, nesta página, para consulta aos interessados. ----------------------------- 22-01-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO Comunicamos a apresentação de Recurso Administrativo apenas da licitante TELMEX DO BRASIL S/A, contra a decisão da pregoeira que declarou vencedora a licitante A5 SOLUTIONS SERVIÇOS E COMÉRCIO EM TELECOMUNICAÇÕES LTDA, para o lote 1 (único). O arquivo contendo a peça aviada encontra-se disponibilizada nesta página para consulta aos interessados. ----------------------------- 25-01-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO Comunicamos a apresentação das Contrarrazões de recurso por parte da licitante A5 Solutions Serviços e Comércio Em Telecomunicações Ltda para o lote 1 (único). O arquivo contendo a peça aviada encontra-se disponibilizada nesta página. ----------------------------- 02-02-2024 COMUNICAÇÃO Comunicamos o desprovimento, por parte da Pregoeira e da Autoridade Competente, do Recurso Administrativo apresentado pela licitante Telmex do Brasil S/A, CNPJ 02.667.694/0001-40. O arquivo contendo a íntegra da decisão encontra-se disponibilizada nesta página (www.mpmg.mp.br) para conhecimento dos interessados. ----------------------------- 03-02-2024 HOMOLOGAÇÃO Unidade 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0028419/2023-35 - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1 (único): A5 SOLUTIONS SERVIÇOS E COMÉRCIO EM TELECOMUNICAÇÕES LTDA. CNPJ 08.571.310/0001-78 Valor (total) adjudicado: R$ 2.531.000,00 Belo Horizonte, 2 de fevereiro de 2024 MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
+    <t>27-12-2023 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0028419/2023-35 Recebimento das propostas: até às 10 horas do dia 16/01/2024. Início da disputa de preços: às 10 horas do dia 16/01/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte,26 de dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 04-01-2024 ESCLARECIMENTOS - Pedido 1 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA 1 ? ?O edital cita ?solução global de Contact Center (Contact Center as a Service). Entendemos que o certame originário desta licitação não englobará ofertas combinadas de tecnologia + pessoas para atendimento (Serviços de contact center). Está correto nosso entendimento??; Resposta: ?Está correto o entendimento.?; PERGUNTA 2 ? ?Quanto à solicitação de ?acesso aos parâmetros? da plataforma, entendemos que a contratante ficará responsável por fazer ajustes de forma independente na solução, tais como alterações em BOTs, URAs e Flows de atendimento e não fazem parte do escopo de serviços fornecidos pela contratada. Estamos corretos??; Resposta: ?Está incorreto o entendimento. Conforme TR, itens: 1.2.16.3. Deverá possuir facilidade para configuração de árvores neurais para os atendimentos autônomos, assim como os parâmetros de configuração deverão estar acessíveis à CONTRATANTE. 1.2.16.6. As árvores neurais serão construídas pelos especialistas da CONTRATADA, a partir da análise de requisitos junto aos representantes da CONTRATANTE.?; PERGUNTA 3.a ? ?Quanto ao canal MS Teams, pedimos esclarecer: Entendemos que o licenciamento referente aos componentes da plataforma Teams serão fornecidos pela contratante. Está correto nosso entendimento??; Resposta: ?Está correto o entendimento.?; PERGUNTA 3.b ? ?Quanto ao canal MS Teams, pedimos esclarecer: Quanto às chamadas de voz, entendemos que se tratam exclusivamente de chamadas INTERNAS provenientes de aplicações MS-Teams de colaboradores da contratante. Está correto nosso entendimento? Se sim, estas chamadas deverão seguir o fluxo normal de chamadas entrantes via URA ou Assistente virtual de Voz? Haverá um acesso diferenciado (área logada) para atendimento destas chamadas??; Resposta: ?Conforme TR item 1.2.13, a solução deverá possuir o atendimento comunicador instantâneo para o "ATENDIMENTO POR INTERAÇÃO TEXTUAL OU MÍDIA": "1.2.13. Deverá possuir ATENDIMENTO COMUNICADOR INSTANTÂNEO, multimídia, para o atendimento por interação textual ou mídia, associado ao ASSISTENTE VIRTUAL - CHATBOT, possibilitando ao usuário escolher a forma desejada de interação."; PERGUNTA 3.c ? ?Quanto ao canal MS Teams, pedimos esclarecer: Quanto as interações de chat entendemos que contratante desenvolverá app específico dentro do MS-Teams para conectar com a plataforma de atendimento. Está correto nosso entendimento??; Resposta: ?Está incorreto o entendimento. Conforme itens 1.2.1.13.1 e 1.2.13.2 trata-se de chat via API própria do comunicador, ou seja, da solução de contact center. "1.2.13.1. O atendimento RECEPTIVO por comunicadores (Facebook Messenger, Whatsapp, MS Teams) consiste no atendimento por operador (assistente virtual ou humano) de diálogo iniciado por usuário via API própria do comunicador e com possibilidade de integração com plataformas (API) de terceiros. 1.2.13.2. O atendimento ATIVO por comunicadores consiste no atendimento iniciado por mensagem do operador a usuário via API e com possibilidade de integração com plataformas (API) de terceiros."; PERGUNTA 4 ? ?São citados no edital a destinação da solução para as seguintes áreas: Superintendência de Tecnologia da Informação, Ouvidoria, Diretoria de Gestão Documental, Superintendência de Recursos Humanos e outros. Poderiam compartilhar os fluxos de atendimento e árvores de URA existentes??; Resposta: ?Seguem modelos de fluxos, 6615797, anexo (disponibilizados no site do MPMG: https://www.mpmg.mp.br/ portal/ Serviços/ Consultas/ Licitações e Contratos/ Portal Transparência MPMG). Esclarecemos, entretanto, que não é a documentação final, portanto, os arquivos poderão ser alterados.?; PERGUNTA 5 ? ?O edital cita que a Central de Atendimento da STI recebeu no último ano, período relativo entre janeiro/2022 e dezembro/2022, 89.701 solicitações de atendimento. Em relação ao trídigito 127, Ouvidoria, considerando o período compreendido entre fevereiro/2022 e fevereiro/2023, o total de ligações recebidas foi de 21.958 ligações anuais. Solicitamos esclarecer: As 89.701 solicitações de atendimento foram TODAS geradas nas 21.958 ligações? Quantas foram geradas a partir de outros canais além de voz? Quantas foram geradas por atendimento automático ou autosserviços (sem intervenção humana)??; Resposta: ?Esclarecemos que 89.701 solicitações de atendimento/ligações foram destinadas somente à Superintendência de Tecnologia e Informação e 21.958 ligações anuais foram recebidas pelas Ouvidoria, totalizando 111.658 ligações recebidas durante o período de 1(um) ano. Não foram fornecidos os quantitativos dos outros canais, pois trata-se de serviço novo a ser contratado e implementado.?; PERGUNTA 6.a ? ?Os canais citados foram: Atendimento Receptivo Humano Telefônico, Receptivo Eletrônico (URA), Ativo (Humano), Atendimento Multicanal, (e-mail/formulário eletrônico, Aplicativos Móveis, Mensageria Instantânea, Chat, Chatbot e Voicebot), bem como criação e atendimento nas principais mídias sociais, abrangendo todos os recursos necessários à execução e manutenção dos serviços. Pedimos esclarecer: Aplicativos móveis: Quantos aplicativos serão utilizados? Entendemos que a contratante é a responsável pelos aplicativos e fornecerá todos os componentes (API´s) de integração. Está correto nosso entendimento??; PERGUNTA 6.b ? ?Os canais citados foram: Atendimento Receptivo Humano Telefônico, Receptivo Eletrônico (URA), Ativo (Humano), Atendimento Multicanal, (e-mail/formulário eletrônico, Aplicativos Móveis, Mensageria Instantânea, Chat, Chatbot e Voicebot), bem como criação e atendimento nas principais mídias sociais, abrangendo todos os recursos necessários à execução e manutenção dos serviços. Pedimos esclarecer: Mensageria Instantânea: Quais plataformas de IM serão utilizadas? Entendemos que a contratante é a responsável pela contratação dos serviços referentes a estas plataformas, bem como serão considerados somente aquelas para as quais existirem componentes (API´s) de integração disponíveis. Está correto nosso entendimento??; PERGUNTA 6.c ? ?Os canais citados foram: Atendimento Receptivo Humano Telefônico, Receptivo Eletrônico (URA), Ativo (Humano), Atendimento Multicanal, (e-mail/formulário eletrônico, Aplicativos Móveis, Mensageria Instantânea, Chat, Chatbot e Voicebot), bem como criação e atendimento nas principais mídias sociais, abrangendo todos os recursos necessários à execução e manutenção dos serviços. Pedimos esclarecer: Mídias Sociais: Quais plataformas de Mídias Sociais serão utilizadas? Entendemos que a contratante é a responsável pela contratação dos serviços referentes a estas plataformas, bem como serão considerados somente aquelas para as quais existirem componentes (API´s) de integração disponíveis. Está correto nosso entendimento??; PERGUNTA 6.d ? ?Os canais citados foram: Atendimento Receptivo Humano Telefônico, Receptivo Eletrônico (URA), Ativo (Humano), Atendimento Multicanal, (e-mail/formulário eletrônico, Aplicativos Móveis, Mensageria Instantânea, Chat, Chatbot e Voicebot), bem como criação e atendimento nas principais mídias sociais, abrangendo todos os recursos necessários à execução e manutenção dos serviços. Pedimos esclarecer: WhatsApp: Entendemos que a contratante fornecerá os serviços de broker com o WhastApp além das integrações com esta plataforma. Está correto nosso entendimento??; Resposta: ?Em resposta a todos os itens relacionados ao item 6, esclarecemos que a solução de contact center deverá possuir comunicador instantâneo, conforme item 1.2.13, e, caso necessário, dentre os comunicadores citados, seja necessário serviço de broker para implementação dos serviços, caberá a Contratada todo o processo de contratação com os serviços de broker. "1.2.13. Deverá possuir ATENDIMENTO COMUNICADOR INSTANTÂNEO, multimídia, para o atendimento por interação textual ou mídia, associado ao ASSISTENTE VIRTUAL - CHATBOT, possibilitando ao usuário escolher a forma desejada de interação. 1.2.13.1. O atendimento RECEPTIVO por comunicadores (Facebook Messenger, Whatsapp, MS Teams) consiste no atendimento por operador (assistente virtual ou humano) de diálogo iniciado por usuário via API própria do comunicador e com possibilidade de integração com plataformas (API) de terceiros. 1.2.13.2. O atendimento ATIVO por comunicadores consiste no atendimento iniciado por mensagem do operador a usuário via API e com possibilidade de integração com plataformas (API) de terceiros. 1.2.13.3. Caberá à CONTRATADA a habilitação e manutenção, em nome da CONTRATANTE, em todas as etapas necessárias para criação, acompanhamento e aprovação do contato oficial (número confirmado) junto aos provedores de comunicadores, incluindo custos de ativação, mensagens e suporte. 1.2.13.4. A CONTRATANTE fornecerá os números próprios e válidos de acessos telefônicos para cadastro junto aos provedores de comunicadores. 1.2.13.5.Todo o processo de contratação com os serviços de broker (empresas que comercializam serviços junto aos comunicadores) homologados, deverá ser feito diretamente pela CONTRATADA, em nome da CONTRATANTE, e terá responsabilidades direcionadas a integração, através de API, com a solução de atendimento omnichannel.?; PERGUNTA 7.a ? ?O edital cita que todos os canais digitais deverão respeitar a(s) árvore(s) neural(is) com inteligência conversacional definida pela CONTRATANTE. Pedimos esclarecer: A contratante já utiliza/utilizou esta modelagem? Se sim, poderiam compartilhar os fluxos ou modelos estatísticos utilizados??; Resposta: ?Não, trata-se de um novo serviço a ser implementado.?; PERGUNTA 7.b.i ? ?O edital cita que todos os canais digitais deverão respeitar a(s) árvore(s) neural(is) com inteligência conversacional definida pela CONTRATANTE. Pedimos esclarecer: Se não: Esta modelagem deverá partir de uma estrutura existente que pode ser fluxos atuais de URA e/ou BOTs? Quais??; PERGUNTA 7.b.ii ? ?O edital cita que todos os canais digitais deverão respeitar a(s) árvore(s) neural(is) com inteligência conversacional definida pela CONTRATANTE. Pedimos esclarecer: Se não: Esta modelagem será construída do zero. Para quantas aplicações/serviços serão aplicadas? Qual a profundidade (prompts) de respostas esperado para cada aplicação??; Resposta: ?Verificar a resposta do ?Item 4?.?; PERGUNTA 8 ? ?No item ?1.2.12.2. As informações que comporão a URA serão definidas pela CONTRATANTE e implementadas pelos especialistas da CONTRATADA.? Entendemos que as informações a que a contratante se refere são aquelas provenientes e disponíveis na plataforma e/ou integrações de sistemas já previstas, como por exemplo dados de usuário, fila do agente, horário do atendimento, etc. Está correto nosso entendimento??; Resposta: ?Está correto o entendimento.?; PERGUNTA 9 ? ?O suporte técnico em sistema de informação citado no item 1.2.10 diz respeito a suporte/assistência para que possam ser efetuadas as integrações via API entre a solução de contact center e os sistemas institucionais. Entendemos que este suporte diz respeito a fornecer documentações e proceder com parametrizações do lado da plataforma de atendimento com o intuito de viabilizar as integrações com as tecnologias da contratante. Da mesma forma, não aplicam neste suporte quaisquer serviços de desenvolvimentos ou customizações em códigos em conectores ou API´s. Está correto nosso entendimento??; Resposta: ?Está correto o entendimento.?; PERGUNTA 10 ? ?No item: ?1.2.11.23. Deverá reunir diferentes objetos associados de forma a satisfazer uma determinada tarefa indicada especificamente pela sequência completa de instruções contidas nas propriedades destes objetos, montando um script que será obedecido pelo canal de atendimento.? ? Entendemos que os objetos a que a contratante se refere são aqueles provenientes e disponíveis na plataforma e/ou integrações de sistemas já previstas, como por exemplo dados de usuário, fila do agente, horário do atendimento, etc. Está correto nosso entendimento??; Resposta: ?Este item trata-se da solução de uma solicitação de acordo com as instruções contidas no canal de atendimento. "1.2.11.17. Todos os canais digitais deverão respeitar a(s) árvore(s) neural(is) com inteligência conversacional definida pela CONTRATANTE.?; PERGUNTA 11 ? ?No item: ?1.2.13. Deverá possuir ATENDIMENTO COMUNICADOR INSTANTÂNEO, multimídia, para o atendimento por interação textual ou mídia, associado ao ASSISTENTE VIRTUAL - CHATBOT, possibilitando ao usuário escolher a forma desejada de interação.? Entendemos que se trata de opção na URA oferecida ao usuário para atendimento através de prompt tradicional (DTMF) ou por conversação natural com ASR. Está correto nosso entendimento??; Resposta: ?Está correto o entendimento.?; PERGUNTA 12 ? ?No item: ?1.2.13.3. Caberá à CONTRATADA a habilitação e manutenção, em nome da CONTRATANTE, em todas as etapas necessárias para criação, acompanhamento e aprovação do contato oficial (número confirmado) junto aos provedores de comunicadores, incluindo custos de ativação, mensagens e suporte.? Entendemos que se trata especificamente a contratação dos serviços de WhatsApp. Está correto nosso entendimento??; Resposta: ?Está correto o entendimento.?; ----------------------------- 04-01-2024 ESCLARECIMENTOS - Pedido 2 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA 1 ? ?Uma vez que a META (proprietária do Whatsapp) cobra por mensagem enviada e recebida, qual é a quantidade de mensagens que a CONTRATADA deve prever para atendimento deste contrato? Em qual item este valor deve ser adicionado??; Resposta: ?Em resposta ao Despacho nº 6616235, esclarecimento nº 6616230, informamos que como o serviço de whatsapp ainda não é utilizado pela Instituição na forma a ser contratada, no momento, não é possível mensurar o quantitativo de mensagens. Recomenda-se contratar serviço que permita o envio e recebimento do maior número de mensagens e em relação ao questionamento sobre a cobrança, esclarecemos que o custo deverá fazer parte da composição da solução.?; ----------------------------- 05-01-2024 ESCLARECIMENTOS - Pedido 3 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA 3 ? ?A contratação total do contrato serão de 130 licenças pelo período de 36 meses, independente da implementação inicial de 70 licenças, correto?? Resposta: ?Entendimento incorreto. Conforme informado no item 4.1 do ANEXO VII ? TERMO DE REFERÊNCIA: 4.1. DA JUSTIFICATIVA DO CÁLCULO ESTIMATIVO DOS QUANTITATIVOS APURADOS:(...) A quantidade de licenças a serem utilizadas de imediato é de 70 licenças para atendimento a Superintendência de Tecnologia da Informação, Ouvidoria, Diretoria de Gestão Documental e Superintendência de Recursos Humanos. Prevendo a escalabilidade e utilização da plataforma em outras unidades, estamos estimando a contratação de 130 licenças. (grifo nosso) (...) Ressalta-se ainda que o faturamento ocorre de acordo com a quantidade de licenças em uso, conforme preconiza o edital em seu ANEXO VII ? TERMO DE REFERÊNCIA, item 14.1.4 inciso III, sendo que a quantidade consumida de imediato será de 70 licenças, podendo atingir o máximo de 130 licenças, de acordo com a necessidade da contratante. 14 - DOS CRITÉRIOS DE MEDIÇÃO E PAGAMENTO: 14.1. CRITÉRIOS DE MEDIÇÃO: 14.1.4. A aferição da execução contratual para fins de pagamento considerará os seguintes critérios: I) Relatório da implementação e validação da solução; II) Relatório dos treinamentos efetuados e seus devidos certificados; III) Relatório com a quantidade de licenças que estão sendo utilizadas; (grifo nosso) IV) Relatório informando a quantidade de chamados abertos para manutenção preventiva e/ou corretiva; V) Relatório informando a disponibilidade do serviço. ----------------------------- 05-01-2024 ESCLARECIMENTOS - Pedido 4 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA 4 ? ?Qual o CRM utilizado pelo MPMG?? Resposta: ?O MPMG não utiliza ferramenta de CRM.? ----------------------------- 06-01-2024 ESCLARECIMENTOS - Pedido 5 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA 5 ? ?Haverá integração na plataforma com o Microsoft Teams?? Resposta: ?Sim. Conforme previsto no edital em seu ANEXO VII ? TERMO DE REFERÊNCIA, item 1.2.13.1: 1.2 - DESCRIÇÃO DETALHADA DA SOLUÇÃO ESCOLHIDA: 1.2.13. Deverá possuir ATENDIMENTO COMUNICADOR INSTANTÂNEO, multimídia, para o atendimento por interação textual ou mídia, associado ao ASSISTENTE VIRTUAL - CHATBOT, possibilitando ao usuário escolher a forma desejada de interação. 1.2.13.1. O atendimento RECEPTIVO por comunicadores (Facebook Messenger, Whatsapp, MS Teams) consiste no atendimento por operador (assistente virtual ou humano) de diálogo iniciado por usuário via API própria do comunicador e com possibilidade de integração com plataformas (API) de terceiros. (grifo nosso) ----------------------------- 08-01-2024 ESCLARECIMENTOS - Pedido 6 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA 6 ? ?O item 4.1.1.2. exige comprovação de prestação de serviço com uso de WebRTC, no entanto, o Objeto busca a contratação de empresa especializada para implantar, fornecer e dar manutenção em uma solução de contact center, adotando plataforma de integração e atendimento Omnichannel e demais ferramentas e softwares necessários para a operação da CONTRATANTE, conforme descrição do Termo de Referência. Nesse caso, o recurso de WebRTC não é da empresa especializada, mas da plataforma|software que ela utilizará para compor a solução. Diante o exposto entendemos que a comprovação de capacidade técnica será atendida com atestado de capacidade técnica compatível com o objeto licitado. Está correto o nosso entendimento?? Resposta: Esclarecemos que a comprovação da Qualificação Técnica deve ser feita através de um contrato com a empresa proponente e não com um terceiro ou pelo detentor da plataforma de software, como fica claro no item 4.1.1.2 do ANEXO VII ? TERMO DE REFERÊNCIA: 4 ? Relativa à Qualificação Técnica: 4.1.1.2. No mínimo, 01(um) contrato que comprove a prestação do serviço com o uso do WebRTC, uma vez que o atendimento será realizado tanto de forma presencial quanto remoto e com o uso do referido padrão não haverá necessidade de adquirir aplicativos extras; e (grifo nosso) 4.1.1.3. O fornecedor deverá emitir documentação contendo autodeclaração no sentido de que a solução possui todos os requisitos solicitados. ----------------------------- 12-01-2024 ESCLARECIMENTOS - Pedido 7 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA 1 ? ?Considerando que a Meta não limita a quantidade de envio e recebimento de mensagens, a cobrança da Meta é feita por mensagem e o edital não informa o volume de mensagens por mês, como serão efetuados os pagamentos mensais sabendo que esse valor vai flutuar mês a mês?? RESPOSTA 1 ? ?Conforme já informado em questionamento anterior, esclarecemos que como o serviço de whatsapp ainda não é utilizado pela Instituição na forma a ser contratada, no momento, não é possível mensurar o quantitativo de mensagens. Recomenda-se contratar serviço que permita o envio e recebimento do maior número de mensagens e em relação ao questionamento sobre a cobrança, esclarecemos que o custo deverá fazer parte da composição da solução.? PERGUNTA 2 ? ?Quantos usuários/cidadãos o MPMG se comunica por mês por canal digital (whatsapp, chat, e-mail)?? RESPOSTA 2 ? ?Em relação ao quantitativo foi informado no Edital os dados que foram possíveis apurar para nova contratação: "4.1. DA JUSTIFICATIVA DO CÁLCULO ESTIMATIVO DOS QUANTITATIVOS APURADOS: A Central de Atendimento da STI recebeu no último ano, período relativo entre janeiro/2022 e dezembro/2022, 89.701 solicitações de atendimento. Em relação ao trídigito 127, Ouvidoria, considerando o período compreendido entre fevereiro/2022 e fevereiro/2023, o total de ligações recebidas foi de 21.958 ligações anuais. A quantidade de licenças a serem utilizadas de imediato é de 70 licenças para atendimento a Superintendência de Tecnologia da Informação, Ouvidoria, Diretoria de Gestão Documental e Superintendência de Recursos Humanos. Prevendo a escalabilidade e utilização da plataforma em outras unidades, estamos estimando a contratação de 130 licenças" PERGUNTA 3 e 4 ? ?As mensagens de Chatbot são cobradas por turnos (perguntas &amp; respostas). Desta forma, poderiam enviar o volume de mensagens que serão trocadas no chatbot?" As mensagens de Voicebot são cobradas por minutos. Desta forma, poderiam enviar a estimativa de minutos de URA?? RESPOSTA 3 e 4 ? ?Informamos que os serviços de Chatbot e Voicebot ainda não são utilizados pela Instituição, não sendo possível, no momento, mensurar o quantitativo de mensagens a serem utilizadas.? PERGUNTA 5 ? ?Será necessário fornecer também o número de telefone para chamadas de voz ou apenas para WhatsApp?? RESPOSTA 5 ? ?A CONTRATANTE fornecerá os números próprios e válidos a serem utilizados na solução de contact center, conforme item, 1.2.13.4 do TR: ?1.2.13.4. A CONTRATANTE fornecerá os números próprios e válidos de acessos telefônicos para cadastro junto aos provedores de comunicadores. 1.2.13.5. Todo o processo de contratação com os serviços de broker (empresas que comercializam serviços junto aos comunicadores) homologados, deverá ser feito diretamente pela CONTRATADA, em nome da CONTRATANTE, e terá responsabilidades direcionadas a integração, através de API, com a solução de atendimento omnichannel.? (grifo nosso) PERGUNTA 6 ? ?Sobre a integração com CRM, a solicitação é apenas fornecer a documentação da API para que vocês realizem a integração. Nosso entendimento está correto? RESPOSTA 6 ? ?Favor verificar o item 1.2.6 do TR do Edital: ?Item 1.2.6. Deverá implementar componente de integração por API/Webservice ao Customer Relationship Manager - CRM da CONTRATANTE para intercâmbio dos dados entre os sistemas, fornecendo em conjunto documentação suficiente e necessária para o desenvolvimento do conector no CRM pela CONTRATANTE.? PERGUNTA 7 ? ?Sobre a integração SSO, podem por gentileza especificar qual ferramenta devemos considerar a integração utilizando LDAP. RESPOSTA 7 ? ?Microsoft Entra ID (antigo Azure Active Directory).? ----------------------------- 12-01-2024 ESCLARECIMENTOS - Pedido 8 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA ? ?Para o correto dimensionamento do esforço de implementação é fundamental sabermos todos os fluxos de URA e BOT que devem ser considerados para o desenvolvimento. Entendemos que foram compartilhados alguns modelos, poderiam compartilhar todos os fluxos que deveram ser considerados no projeto? RESPOSTA: ?Esclarecemos que, até o presente momento, fornecemos todos os fluxos existentes, entretanto, como mencionado em resposta anterior, os arquivos poderão sofrer alguma modificação. Acrescentamos, também, que, conforme descrito no objeto da contratação, outras unidades da Instituição poderão ser atendidas, sendo criados, posteriormente, novos fluxos para os atendimentos: 1.1.1. Contratação de empresa especializada para prestação de serviço continuado, visando a implantação, fornecimento e manutenção de solução global de Contact Center (Contact Center as a Service), com adoção de plataforma de integração de multicanais e módulo de gestão de atendimento, utilizando modelo omnichannel, destinados à Superintendência de Tecnologia da Informação, Ouvidoria, Diretoria de Gestão Documental, Superintendência de Recursos Humanos, dentre outras unidades da Instituição que necessitarem do serviço. (grifo nosso)? ----------------------------- 12-01-2024 ESCLARECIMENTOS - Pedido 9 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA ? ?Notamos que na planilha de precicação, existe apenas uma linha de licenciamento mensal, porém no edital está sendo solicitado URA com reconhecimento de voz (ASR) e Bot de voz e texto e WhatsApp. Para esses itens, o tipo de cobrança é diferente de um licenciamento mês, por exemplo ASR é por minuto de conversa, bot de voz e texto são por interação (início em de uma conversa), existem os custos do broker Meta para WhatsApp que também é cobrado por sessão. Sendo assim, não é possível colocar esses custos na linha de licenciamento. Como devemos seguir para demonstração desses valores, podemos adicionar linha na planilha (modelo de proposta)?? RESPOSTA: ?Conforme informado em questionamentos anteriores, esclarecemos que os custos deverão fazer parte da composição da solução.? ----------------------------- 15-01-2024 ESCLARECIMENTOS Prezados senhores, esclarecemos que modelos de fluxos mencionados nas respostas 1 e 12 encontram-se disponibilizados, nesta página, para consulta aos interessados. ----------------------------- 15-01-2024 ESCLARECIMENTOS Pedido 12 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe. Devido à extensão de caracteres, as RESPOSTAS foram disponibilizadas em arquivo intitulado "respostas_pedido_de_esclarec_n.12_Jane-Ribeiro_pe_pl-251_2023 ----------------------------- 15-01-2024 ESCLARECIMENTOS Pedido 10 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe. Devido à extensão de caracteres, as RESPOSTAS foram disponibilizadas em arquivo intitulado "respostas_pedido_de_esclarec_n.10_Claro_pe_pl-251_2023 ----------------------------- 15-01-2024 ESCLARECIMENTOS Pedido 11 - De acordo com manifestação do setor técnico/solicitante, a Diretoria de Redes e Bancos de Dados (DRBD) / STI, segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA: Como se trata de uma contratação de solução global de Contact Center (Contact Center as a Service), devemos considerar tecnologias que estão dentro do Quadrante Magico do Gartner (https://www.gartner.com/en/documents/4605499)? RESPOSTA: Entendemos que é prudente que sejam consideradas soluções dentro do Quadrante Mágico do Gartner, entretanto, não é obrigatório, desde que a solução ofertada cumpra todos os requisitos constantes no Edital. ----------------------------- 22-01-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO Comunicamos a apresentação de Recurso Administrativo apenas da licitante TELMEX DO BRASIL S/A, contra a decisão da pregoeira que declarou vencedora a licitante A5 SOLUTIONS SERVIÇOS E COMÉRCIO EM TELECOMUNICAÇÕES LTDA, para o lote 1 (único). O arquivo contendo a peça aviada encontra-se disponibilizada nesta página para consulta aos interessados. ----------------------------- 25-01-2024 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO Comunicamos a apresentação das Contrarrazões de recurso por parte da licitante A5 Solutions Serviços e Comércio Em Telecomunicações Ltda para o lote 1 (único). O arquivo contendo a peça aviada encontra-se disponibilizada nesta página. ----------------------------- 02-02-2024 COMUNICAÇÃO Comunicamos o desprovimento, por parte da Pregoeira e da Autoridade Competente, do Recurso Administrativo apresentado pela licitante Telmex do Brasil S/A, CNPJ 02.667.694/0001-40. O arquivo contendo a íntegra da decisão encontra-se disponibilizada nesta página (www.mpmg.mp.br) para conhecimento dos interessados. ----------------------------- 03-02-2024 HOMOLOGAÇÃO Unidade 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0028419/2023-35 - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1 (único): A5 SOLUTIONS SERVIÇOS E COMÉRCIO EM TELECOMUNICAÇÕES LTDA. CNPJ 08.571.310/0001-78 Valor (total) adjudicado: R$ 2.531.000,00 Belo Horizonte, 2 de fevereiro de 2024 MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Recurso_Licitante_Telmex_pl_251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13221/download;
+ Documentacao__licitanteF128_A5_processo251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13199/download;
+ Proposta__licitanteF128_A5_processo251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13192/download;
+ modelos de fluxos_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13191/download;
+ respostas_pedido_de_esclarec_n.12_Jane-Ribeiro_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13189/download;
+ respostas_pedido_de_esclarec_n.10_Claro_pe_pl-251_2023.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/13187/download;
+ resposta_pedido_de_esclarec_n.11_A5-Solutions_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13188/download;
  Contrarrazao_Licitante_A5_pl_251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13268/download;
  decisao_recurso_adm_Telmex_pe_pl251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13269/download;
  ata_homologacao_processo251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13270/download;
  edital_processo_251_2023_contact_center_DRBD.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13134/download;
- pedido_de_esclarec_n.5_Lettel_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13162/download;
-[...2 lines deleted...]
- resposta_pedido_de_esclarec_n.2_ABL-System_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13159/download;
  Apenso_I_Caderno_de_Especificacoes_Tecnicas.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13135/download;
  Apenso_II_Niveis_Minimos_de_Servico_NMS.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13136/download;
  Apenso_III_Termo_de_Sigilo_Contratada.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13137/download;
- pedido_de_esclarec_n.1_claro_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13156/download;
  pedido_de_esclarec_n.2_ABL-System_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13157/download;
  resposta_pedido_de_esclarec_n.1_Claro_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13158/download;
- pedido_de_esclarec_n.10_Claro_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13182/download;
- resposta_pedido_de_esclarec_n.9_A5-Solutions_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13181/download;
+ pedido_de_esclarec_n.1_claro_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13156/download;
+ resposta_pedido_de_esclarec_n.2_ABL-System_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13159/download;
+ pedido_de_esclarec_n.3_Lettel_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13160/download;
+ pedido_de_esclarec_n.4_Lettel_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13161/download;
+ pedido_de_esclarec_n.5_Lettel_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13162/download;
  resposta_pedido_de_esclarec_n.6_Gwcloud_pe_pl-251_2023.pdf.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13170/download;
+ pedido_de_esclarec_n.7_Coddera_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13175/download;
+ pedido_de_esclarec_n.8_Coddera_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13176/download;
  pedido_de_esclarec_n.6_Gwcloud_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13167/download;
  resposta_pedido_de_esclarec_n.5_Lettel_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13165/download;
  resposta_pedido_de_esclarec_n.3_Lettel_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13163/download;
  resposta_pedido_de_esclarec_n.4_Lettel_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13164/download;
- pedido_de_esclarec_n.8_Coddera_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13176/download;
-[...1 lines deleted...]
- resposta_pedido_de_esclarec_n.11_A5-Solutions_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13188/download;
+ pedido_de_esclarec_n.12_Jane-Ribeiro_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13184/download;
+ pedido_de_esclarec_n.10_Claro_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13182/download;
+ pedido_de_esclarec_n.11_A5-Solutions_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13183/download;
  pedido_de_esclarec_n.9_A5-Solutions_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13178/download;
- respostas_pedido_de_esclarec_n.10_Claro_pe_pl-251_2023.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/13187/download;
+ resposta_pedido_de_esclarec_n.7_Coddera_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13179/download;
  resposta_pedido_de_esclarec_n.8_Coddera_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13180/download;
- resposta_pedido_de_esclarec_n.7_Coddera_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13179/download;
-[...6 lines deleted...]
- pedido_de_esclarec_n.12_Jane-Ribeiro_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13184/download;
+ resposta_pedido_de_esclarec_n.9_A5-Solutions_pe_pl-251_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13181/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">A5 SOLUTIONS SERVICOS E COMERCIO EM TELECOMUNICACOES LTDA </t>
   </si>
   <si>
     <t>2.531.000,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 239 / 2023</t>
   </si>
   <si>
     <t>11/11/2023</t>
   </si>
   <si>
     <t>Contratação de empresa especializada no fornecimento de solução de virtualização de desktops e aplicativos, contendo licenças de software, acompanhados de suporte e atualização por 36 meses, incluindo serviços de instalação e configuração, bem como serviços técnicos especializados.</t>
   </si>
   <si>
     <t xml:space="preserve">Solução de Virtualização de Desktops </t>
   </si>
   <si>
     <t xml:space="preserve">ADD VALUE PARTICIPACOES, COMERCIO E SERVICOS DE INFORMATICA LTDA. </t>
   </si>
   <si>
     <t>772.933,81</t>
   </si>
   <si>
     <t>11-11-2023 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0049095/2023-18 Recebimento das propostas: até às 10 horas do dia 27/11/2023. Início da disputa de preços: às 10 horas do dia 27/11/2023. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h. Demais informações:(31) 3330-8190/8233/8334. Belo Horizonte, 10 de novembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 23-11-2023 ESCLARECIMENTOS Seguem, em arquivo abaixo anexado, respostas da Diretoria de Gestão de Compras e Licitações e do Setor Técnico (Diretoria de Redes e Bancos de Dados) aos Pedidos de Esclarecimento 0001 a 0005. ----------------------------- 23-11-2023 ESCLARECIMENTOS Seguem, em arquivo anexo, respostas da Diretoria de Gestão de Compras e Licitações e do Setor Técnico (Diretoria de Redes e Bancos de Dados) aos Pedidos de Esclarecimento 0006 a 0008. ----------------------------- 04-01-2024 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0049095/2023-18 Homologo o resultado do julgamento deste processo, no qual foram vencedores e adjudicatários os licitantes: Lote 1: ADD VALUE PARTICIPAÇÕES, COMÉRCIO E SERVIÇOS DE INFORMÁTICA LTDA CNPJ: 10.864.910/0001-76 Valor (total) adjudicado: R$772.933,84. Lote 2: SOLO NETWORK BRASIL S.A. CNPJ: 00.258.246/0001-68 Valor (total) adjudicado: R$107.544,00 Belo Horizonte, 3 de janeiro de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Respostas_aos_Pedidos_de_Esclarecimento_0006_a_0008_Solo_Network_processo_239_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12987/download;
- Respostas_aos_Pedidos_de_Esclarecimento_0001_a_0005_Add_Value_processo_239_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12986/download;
  Decisao_recurso_F000142_NIVA_TECNOLOGIA_desprovimento_pe_pl_239_2023_lote_1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13155/download;
  ata_homologacao_processo239_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13177/download;
- edital_processo_239_2023_VDI_DRBD.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12962/download;
-[...1 lines deleted...]
- proposta_e_docs_iniciais_licitante_Solo_Network_F000221_pl239_2023_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13002/download;
+ Recurso_F000142_Niva_Tecnologia_pe_pl239_2023_lote_1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13074/download;
+ CRC_e_CNDT_atualizados_licitante_Solo_Network_F000221_pl239_2023_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13059/download;
+ Contrarrazoes_F000124_Add_Value_pe_pl239_2023_lote_1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13094/download;
  docs_habilitatorios_iniciais_licitante_Add_Value_F000124_pl239_2023_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13012/download;
  proposta_readequada_licitante_Solo_Network_F000221_pl239_2023_lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13015/download;
  docs_habilitatorios_iniciais_licitante_Solo_Network_F000221_pl239_2023_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13026/download;
  CRC_e_CNDT_atualizados_licitante_Add_Value_F000124_pl239_2023_lote1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13058/download;
- CRC_e_CNDT_atualizados_licitante_Solo_Network_F000221_pl239_2023_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13059/download;
-[...1 lines deleted...]
- Contrarrazoes_F000124_Add_Value_pe_pl239_2023_lote_1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13094/download;
+ edital_processo_239_2023_VDI_DRBD.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12962/download;
+ Respostas_aos_Pedidos_de_Esclarecimento_0001_a_0005_Add_Value_processo_239_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12986/download;
+ Respostas_aos_Pedidos_de_Esclarecimento_0006_a_0008_Solo_Network_processo_239_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12987/download;
+ proposta_e_docs_iniciais_licitante_Add_Value_F000124_pl239_2023_lote1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13001/download;
+ proposta_e_docs_iniciais_licitante_Solo_Network_F000221_pl239_2023_lote2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13002/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Subscrição de Licenças Microsoft RDS </t>
   </si>
   <si>
     <t xml:space="preserve">Solo Network Brasil S.A. </t>
   </si>
   <si>
     <t>107.544,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 234 / 2023</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de materiais para sinalização visual, com ou sem instalação.</t>
   </si>
   <si>
     <t xml:space="preserve">Porta-Avisos em Acrílico </t>
   </si>
   <si>
     <t xml:space="preserve">JUSTINO DAVINO PERES - ME </t>
   </si>
   <si>
     <t>51.800,00</t>
   </si>
   <si>
     <t>02-12-2023 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0077271/2023-74 Recebimento das propostas: até às 10 horas do dia 20/12/2023. Início da disputa de preços: às 10 horas do dia 20/12/2023. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 1.º de dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 05-12-2023 COMUNICAÇÃO Prezados senhores, informamos que foi disponibilizado o "catalogo de placas" referente a este processo, nesta página, para um melhor entendimento. Em caso de dúvidas, reportar ao setor solicitante ? Divisão de Manutenção DIMAN (sala de apoio) procurar Fabiana/Isabella/Kelly nos telefones: (31)3330-9526/ (31)3330-9546/ (31)3330-8410/(31)3330-8237. ----------------------------- 18-12-2023 ESCLARECIMENTOS Prezados senhores, segue resposta do setor técnico (Divisão de Manutencao - DIMAN) ao pedido de esclarecimento apresentado por interessado em participar processo licitatório em epígrafe: 1) PERGUNTA: Gostaria de saber, se o atestado de material de escritório, se encaixa nos lotes do edital. Aguardo resposta. RESPOSTA: No termo de referência, o campo 9 - ESPECIALIZAÇÃO DE PROFISSIONAL E ATESTADO DE CAPACIDADE - informa que nos atestados de capacidade técnica devem constar a "(...) licitante como fornecedora dos materiais com compatibilidade técnica com o objeto a ser contratado". Isso quer dizer que atestados cujos materiais não sejam compatíveis (linha de fornecimento, características editalícias) não serão aceitos. ----------------------------- 23-01-2024 HOMOLOGAÇÃO Número do planejamento: 234/ Ano: 2023 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0077271/2023-74 Objeto: REGISTRO DE PREÇOS para aquisição de materiais para sinalização visual, com ou sem instalação. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lotes 1, 2, 6 e 7: JUSTINO DAVINO PERES - EPP CNPJ 05.588.878/0001- 03 Valor (total) registrado para o lote 1: R$ 51.800,00 Valor (total) adjudicado para o lote 2: R$ 99.000,00 Valor (total) adjudicado para o lote 6: R$ 55.185,00 Valor (total) adjudicado para o lote 7: R$ 170.989,00 Lote 5: VITORIA DIGITAL LTDA CNPJ 13.586.248/0001- 28 Valor (total) registrado: R$ 52.500,00 O resultado dos lotes 3 (Placas de Identificação em Acrílico), 4 (Serviços de Impressão Gráfica), 8 (Placas de Identificação em Vidro Lapidado) e 9 (Placas de Identificação em Alumínio) como ?fracassados?, por não terem restado propostas classificadas para atendimento aos seus objetos. Belo Horizonte, 19 de janeiro de 2024 ELIANE MARIA GONÇALVES FALCÃO Procuradora-Geral de Justiça Adjunta Administrativa em exercício</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ proposta_documentacao_F230_F737_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13139/download;
+ proposta_documentacao_F563_PL234_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13140/download;
+ Catalogo_Placas_Processo_234_2023_RP.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13043/download;
  edital_processo_234_2023_rp_,materiais_sinaliza??o_visual_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13040/download;
- Catalogo_Placas_Processo_234_2023_RP.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13043/download;
- proposta_documentacao_F563_PL234_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13140/download;
  ata_homologacao_processo_234_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13215/download;
- proposta_documentacao_F230_F737_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13139/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Placas de Identificação em Alumínio </t>
   </si>
   <si>
     <t>99.000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Placas de Identificação em Acrílico </t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de Impressão Gráfica </t>
   </si>
   <si>
     <t xml:space="preserve">Confecção, instalação e montagem de painéis e letreiros </t>
   </si>
   <si>
     <t xml:space="preserve">VITÓRIA DIGITAL LTDA </t>
   </si>
   <si>
     <t>52.000,00</t>
   </si>
   <si>
     <t xml:space="preserve">Placas de Identificação em Aço Inox </t>
@@ -3706,155 +3707,155 @@
   </si>
   <si>
     <t xml:space="preserve">Placas de Identificação em Vidro Lapidado </t>
   </si>
   <si>
     <t xml:space="preserve"> 180 / 2023</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de café em pó destinado a suprir as necessidades das unidades do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">Café em pó </t>
   </si>
   <si>
     <t xml:space="preserve">Agropecuária Fazenda do Bento Ind. e Com. Ltda </t>
   </si>
   <si>
     <t>918.335,00</t>
   </si>
   <si>
     <t>01-09-2023 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0054414/2023-56 Recebimento das propostas: até às 10 horas do dia 18/09/2023. Início da disputa de preços: às 10 horas do dia 18/09/2023. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 31 de agosto de 2023. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 21-11-2023 HOMOLOGAÇÃO Unidade 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0054414/2023-56 Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1: Agropecuária Fazenda do Bento Ind. e Com. Ltda CNPJ 38.749.487/0001-82 Valor (total) registrado: R$ 918.335,00 Lote 2: Alimentos Soretto Ltda CNPJ 41.955.367/0001-46 Valor (total) registrado: R$ 140.000,00 Belo Horizonte, 20 de novembro de 2023. MÁRCIO GOMES DE SOUZA Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 12-11-2024 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0055250/2024-40 Recebimento das propostas: até às 10 horas do dia 27/11/2024. Início da disputa de preços: às 10 horas do dia 27/11/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 11 de novembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- Relatorios_de_Ensaio_licitante_Alimentos_Soretto_F000268_pl180_2023_Lote_2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12680/download;
-[...1 lines deleted...]
- edital_processo_180_2023_rp_aquisicao_cafe_em_po_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12593/download;
  decisao_recurso_adm_SuperCestaBasica_pe_pl180_2023_Arq_SEi.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12970/download;
  ata_homologacao_planejamento180_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12980/download;
+ Laudos_SEAPA_e_Parecer_Conclusivo_DIMAT_sobre_amostras_dos_licitantes_F000195_e_F000268.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12798/download;
+ docs_habilitatorios_licitante_Agropecuaria_F000195_pl180_2023_lote 1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12800/download;
+ docs_habilitatorios_licitante_Alimentos_Soretto_F000268_pl180_2023_lote 2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12801/download;
+ Razaoes_de_recurso_pl_rp_180_2023_Alimentos_Ltda.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12899/download;
+ Relatorios_de_Ensaio_licitante_Alimentos_Soretto_F000268_pl180_2023_Lote_2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12680/download;
+ proposta_e_docs_iniciais_licitante_Alimentos_Soretto_F000268_pl180_2023_Lote_2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12679/download;
+ Relatorio_de_Esaio_de_Rotulagem_atualizado_licitante_Agropecuaria_F000195_pl180_2023_Lote_1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12722/download;
  Pre-analise_das_amostras_dos_licitantes_F000195_e_F000268_DISEV.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12796/download;
- Laudos_SEAPA_e_Parecer_Conclusivo_DIMAT_sobre_amostras_dos_licitantes_F000195_e_F000268.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12798/download;
- Razaoes_de_recurso_pl_rp_180_2023_Alimentos_Ltda.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12899/download;
+ edital_processo_180_2023_rp_aquisicao_cafe_em_po_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12593/download;
  proposta_e_docs_iniciais_licitante_Agropecuaria_F000195_pl180_2023_Lote_1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12648/download;
  Email_Relat_Ensaio_Balanco_DRE_Certidao_Municip_licitante_Agropecuaria_F000195_pl180_2023_Lote_1.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12678/download;
- proposta_e_docs_iniciais_licitante_Alimentos_Soretto_F000268_pl180_2023_Lote_2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12679/download;
-[...1 lines deleted...]
- docs_habilitatorios_licitante_Alimentos_Soretto_F000268_pl180_2023_lote 2.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12801/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">COMERCIO ATACADISTA DE PRODUTOS ALIMENTICIOS SORETTO DO BRASIL LTDA </t>
   </si>
   <si>
     <t>140.000,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 144 / 2023</t>
   </si>
   <si>
     <t>05/12/2023</t>
   </si>
   <si>
     <t>Serviços de planejamento, gerenciamento e execução de eventos</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE ORGANIZAÇÃO, EXECUÇÃO DE EVENTOS E ATIVIDADES CORRELATAS </t>
   </si>
   <si>
     <t xml:space="preserve">INOV LOCAÇÕES E EVENTOS LTDA - ME </t>
   </si>
   <si>
     <t>4.103.130,00</t>
   </si>
   <si>
-    <t>ESCLARECIMENTOS Segue, em arquivo anexo, resposta da Diretoria de Gestão de Compras e Licitações, por meio de manifestação do Setor Técnico (Diretoria de Relações Institucionais - DRIN) - Despacho SEI nº 6091645 -, ao Pedido de Esclarecimentos 0002. ----------------------------- 12-09-2023 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2107.0061138/2023-22 Recebimento das propostas: até às 10 horas do dia 26/09/2023. Início da disputa de preços: às 10 horas do dia 26/09/2023. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 11 de setembro de 2023. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 25-09-2023 COMUNICAÇÃO ATENÇÃO, Srs. Licitantes: o processo licitatório em epígrafe será republicado devido à necessidade de prazo para conclusão da análise e de providências atinentes aos Pedidos de Esclarecimento 0001 e 0002 e disponibilização das respectivas respostas, bem como para atualização do Valor de Referência no Edital, cuja versão adaptada será publicada oportunamente (assegurado o intervalo legal mínimo de 8 dias úteis entre sua disponibilização e a data-limite para apresentação das propostas). Informamos que a sessão de Pregão foi adiada para as 10h do dia 10/10/23 (novo limite para o recebimento das propostas). Haverá reabertura de prazo para esclarecimentos e impugnação. Solicitamos aos licitantes que acompanhem atentamente as próximas publicações referentes ao PL 144/2023. Belo Horizonte, 25 de setembro de 2023. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações / PGJ-MG. ----------------------------- 25-09-2023 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações ao Pedido de Esclarecimento nº 0003. ----------------------------- 03-10-2023 COMUNICAÇÃO ATENÇÃO, Srs. Licitantes! O Pregão Eletrônico nº 144/2023 sofrerá nova republicação. O Edital atualizado será publicado oportunamente, assegurado o intervalo legal mínimo de 8 dias úteis entre sua disponibilização e a data-limite para apresentação das propostas. Solicitamos aos interessados que se mantenham a par das futuras publicações oficiais atinentes a este Pregão. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. ----------------------------- 04-10-2023 COMUNICAÇÃO SOBRE ADIAMENTO PROVISÓRIO DA SESSÃO DE PREGÃO PARA 23/10/23: ATENÇÃO, Srs. Licitantes: o processo licitatório em epígrafe será republicado devido à necessidade de prazo para a conclusão de atos processuais pendentes decorrentes de atualização do Mapa de Preços, bem como para ultimação da análise e emissão de resposta ao Pedido de Esclarecimento 0001 e de decisão quanto à Impugnação 0004. Informamos que a data da sessão de Pregão sofreu adiamento por ora provisório, para 23/10/2023. Solicitamos aos licitantes que acompanhem atentamente as próximas publicações oficiais atinentes ao PL 144/2023, por meio das quais se cientificará acerca da ratificação da nova data até então designada para a sessão ou de remarcação para data posterior. Em qualquer caso, será assegurado o intervalo mínimo legal de oito dias úteis até a data da sessão de disputa. ----------------------------- 05-10-2023 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, Resposta da Diretoria de Gestão de Compras e Licitações a Pedido de Esclarecimento apresentado via e-mail por empresa interessada em participar do processo licitatório em epígrafe. ----------------------------- 16-10-2023 COMUNICAÇÃO NOVO ADIAMENTO DA SESSÃO DE PREGÃO: ATENÇÃO, Srs. Licitantes: o processo licitatório em epígrafe será republicado devido à necessidade de prazo para a conclusão da análise e emissão de resposta ao Pedido de Esclarecimento 0001 e de decisão quanto à Impugnação 0004. Informamos que a data da sessão de Pregão sofrerá novo adiamento (portanto, não ocorrerá em 23/10/23) e que será assegurado o intervalo mínimo legal de oito dias úteis até a data da sessão de disputa. Solicitamos aos licitantes que acompanhem atentamente as próximas publicações oficiais atinentes ao PL 144/2023. ----------------------------- 20-10-2023 COMUNICAÇÃO NOVO ADIAMENTO DA SESSÃO DE PREGÃO: "ATENÇÃO, Srs. Licitantes: o processo licitatório em epígrafe será republicado devido à necessidade de prazo para a conclusão de atos processuais pendentes decorrentes de atualização do Mapa de Preços, bem como para ultimação da análise e emissão de resposta ao Pedido de Esclarecimento 0001 e de decisão quanto à Impugnação 0004. Informamos que a data da sessão de Pregão sofreu adiamento por ora provisório, para 10/11/2023. Solicitamos aos licitantes que acompanhem atentamente as próximas publicações oficiais atinentes ao PL 144/2023, por meio das quais se cientificará acerca da ratificação da nova data até então designada para a sessão ou de remarcação para data posterior. Em qualquer caso, será assegurado o intervalo mínimo legal de oito dias úteis até a data da sessão de disputa." ----------------------------- 09-11-2023 COMUNICAÇÃO ATENÇÃO, Srs. Licitantes: o processo licitatório em epígrafe será republicado devido à necessidade de prazo para a conclusão de atos processuais pendentes decorrentes de atualização do Mapa de Preços, bem como para ultimação da análise e emissão de resposta aos Pedidos de Esclarecimento 0001 e 0005 e de decisão quanto à Impugnação 0004. Informamos que a data da sessão de Pregão sofreu adiamento por ora provisório, para 28/11/2023. Solicitamos aos licitantes que acompanhem atentamente as próximas publicações oficiais atinentes ao PL 144/2023, por meio das quais se cientificará acerca da ratificação da nova data até então designada para a sessão ou de remarcação para data posterior. Em qualquer caso, será assegurado o intervalo mínimo legal de oito dias úteis até a data da sessão de disputa. ----------------------------- 27-11-2023 COMUNICAÇÃO ATENÇÃO, Srs. Licitantes: o presente processo licitatório será republicado devido à necessidade de prazo para a conclusão de atos processuais pendentes decorrentes de atualização do Mapa de Preços, bem como para ultimação da análise e emissão de resposta aos Pedidos de Esclarecimento 0001 e 0005 e de decisão quanto à Impugnação 0004. Informamos que a data da sessão de Pregão foi adiada para 18/12/2023. Solicitamos aos licitantes que acompanhem atentamente as próximas publicações oficiais atinentes ao PL 144/2023, por meio das quais se cientificará acerca da ratificação da nova data até então designada para a sessão ou de remarcação para data posterior. Em qualquer caso, será assegurado o intervalo mínimo legal de oito dias úteis até a data da sessão de disputa. ----------------------------- 04-12-2023 COMUNICAÇÃO ATENÇÃO, Srs. Licitantes: o presente processo licitatório será republicado devido à necessidade de prazo para a conclusão de atos processuais decorrentes da atualização do Mapa de Preços, bem como para ultimação da análise e emissão de resposta a Pedidos de Esclarecimento e Impugnação. Informamos que a data da sessão de Pregão foi adiada para 19/12/2023. O respectivo aviso de republicação será divulgado, em 05.12.23, no Diário Oficial Eletrônico do Estado de Minas Gerais, bem como no jornal de grande circulação Diário do Comércio. Solicitamos aos licitantes que acompanhem as próximas publicações oficiais atinentes ao PL 144/2023. Haverá a disponibilização da resposta aos Pedidos de Esclarecimento 0001 e 0005 na presente data. Durante o prazo legal de oito dias úteis até a data da sessão de disputa, será disponibilizada a decisão quanto à Impugnação 0004. ----------------------------- 04-12-2023 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e dos Setores Técnicos (Diretoria de Relações Institucionais, Divisão de Serviços, Diretoria de Gestão de Transportes) aos Pedidos de Esclarecimento 0001 e 0005. ----------------------------- 05-12-2023 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2107.0061138/2023-22 Recebimento das propostas: até às 10 horas do dia 19/12/2023. Início da disputa de preços: às 10 horas do dia 19/12/2023. Disposições Gerais: O Edital e seus Anexos estão disponíveis para consulta e download no site www.mpmg.mp.br (O ?Apenso I? anteriormente publicado permanece vigente). Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 04 de dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*)Republicado em razão de atualização do Valor de Referência, bem como para tempestiva disponibilização de Resposta a Pedidos de Esclarecimento e de Decisão sobre Impugnação. Houve alteração de datas. ----------------------------- 14-12-2023 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações ao Pedido de Esclarecimento 0007. ----------------------------- 15-12-2023 IMPUGNAÇÃO Número do processo: 144 / Ano: 2023. Unidade: 1091012. Processo no Sistema Eletrônico de Informações (SEI): 19.16.2107.0061138/2023-22 Objeto: Contratação de empresa especializada na prestação, sob demanda, de serviços de planejamento, gerenciamento, coordenação, organização, montagem, execução, assessoria, promoção e operacionalização de eventos de interesse institucional do Ministério Público do Estado de Minas Gerais - MPMG, compreendendo o fornecimento de toda a infraestrutura e apoio logístico, nos termos do APENSO I ? Especificação. Impugnante: A&amp;C Eventos e Promoções Eireli; CNPJ: 26.497.800.0001/53. Síntese da decisão: Conhece-se da peça impugnativa interposta e, no mérito, nega-se-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no em Arquivo abaixo anexado. Reitera-se aos interessados que esta licitação ocorrerá às 10 horas do dia 19/12/2023. Demais informações: de 2ª a 6ª feira, das 9h às 18h, pelos telefones (31) 3330-8128 e 3330-8129, e-mail dgcl@mpmg.mp.br. Belo Horizonte, 15 de dezembro de 2023. Lilian de Campos Mendes Pregoeira ----------------------------- 25-01-2024 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2107.0061138/2023-22 Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): INOV LOCAÇÕES E EVENTOS LTDA ? ME CNPJ: 15.839.804/0001-56 Valor (total) adjudicado: R$4.103.130,00 Belo Horizonte, 24 de janeiro de 2024. Eliane Maria Gonçalves Falcão Procuradora-Geral de Justiça Adjunta Administrativa em Exercício</t>
+    <t>ESCLARECIMENTOS Segue, em arquivo anexo, resposta da Diretoria de Gestão de Compras e Licitações, por meio de manifestação do Setor Técnico (Diretoria de Relações Institucionais - DRIN) - Despacho SEI nº 6091645 -, ao Pedido de Esclarecimentos 0002. ----------------------------- 12-09-2023 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2107.0061138/2023-22 Recebimento das propostas: até às 10 horas do dia 26/09/2023. Início da disputa de preços: às 10 horas do dia 26/09/2023. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 11 de setembro de 2023. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 25-09-2023 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações ao Pedido de Esclarecimento nº 0003. ----------------------------- 25-09-2023 COMUNICAÇÃO ATENÇÃO, Srs. Licitantes: o processo licitatório em epígrafe será republicado devido à necessidade de prazo para conclusão da análise e de providências atinentes aos Pedidos de Esclarecimento 0001 e 0002 e disponibilização das respectivas respostas, bem como para atualização do Valor de Referência no Edital, cuja versão adaptada será publicada oportunamente (assegurado o intervalo legal mínimo de 8 dias úteis entre sua disponibilização e a data-limite para apresentação das propostas). Informamos que a sessão de Pregão foi adiada para as 10h do dia 10/10/23 (novo limite para o recebimento das propostas). Haverá reabertura de prazo para esclarecimentos e impugnação. Solicitamos aos licitantes que acompanhem atentamente as próximas publicações referentes ao PL 144/2023. Belo Horizonte, 25 de setembro de 2023. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações / PGJ-MG. ----------------------------- 03-10-2023 COMUNICAÇÃO ATENÇÃO, Srs. Licitantes! O Pregão Eletrônico nº 144/2023 sofrerá nova republicação. O Edital atualizado será publicado oportunamente, assegurado o intervalo legal mínimo de 8 dias úteis entre sua disponibilização e a data-limite para apresentação das propostas. Solicitamos aos interessados que se mantenham a par das futuras publicações oficiais atinentes a este Pregão. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. ----------------------------- 04-10-2023 COMUNICAÇÃO SOBRE ADIAMENTO PROVISÓRIO DA SESSÃO DE PREGÃO PARA 23/10/23: ATENÇÃO, Srs. Licitantes: o processo licitatório em epígrafe será republicado devido à necessidade de prazo para a conclusão de atos processuais pendentes decorrentes de atualização do Mapa de Preços, bem como para ultimação da análise e emissão de resposta ao Pedido de Esclarecimento 0001 e de decisão quanto à Impugnação 0004. Informamos que a data da sessão de Pregão sofreu adiamento por ora provisório, para 23/10/2023. Solicitamos aos licitantes que acompanhem atentamente as próximas publicações oficiais atinentes ao PL 144/2023, por meio das quais se cientificará acerca da ratificação da nova data até então designada para a sessão ou de remarcação para data posterior. Em qualquer caso, será assegurado o intervalo mínimo legal de oito dias úteis até a data da sessão de disputa. ----------------------------- 05-10-2023 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, Resposta da Diretoria de Gestão de Compras e Licitações a Pedido de Esclarecimento apresentado via e-mail por empresa interessada em participar do processo licitatório em epígrafe. ----------------------------- 16-10-2023 COMUNICAÇÃO NOVO ADIAMENTO DA SESSÃO DE PREGÃO: ATENÇÃO, Srs. Licitantes: o processo licitatório em epígrafe será republicado devido à necessidade de prazo para a conclusão da análise e emissão de resposta ao Pedido de Esclarecimento 0001 e de decisão quanto à Impugnação 0004. Informamos que a data da sessão de Pregão sofrerá novo adiamento (portanto, não ocorrerá em 23/10/23) e que será assegurado o intervalo mínimo legal de oito dias úteis até a data da sessão de disputa. Solicitamos aos licitantes que acompanhem atentamente as próximas publicações oficiais atinentes ao PL 144/2023. ----------------------------- 20-10-2023 COMUNICAÇÃO NOVO ADIAMENTO DA SESSÃO DE PREGÃO: "ATENÇÃO, Srs. Licitantes: o processo licitatório em epígrafe será republicado devido à necessidade de prazo para a conclusão de atos processuais pendentes decorrentes de atualização do Mapa de Preços, bem como para ultimação da análise e emissão de resposta ao Pedido de Esclarecimento 0001 e de decisão quanto à Impugnação 0004. Informamos que a data da sessão de Pregão sofreu adiamento por ora provisório, para 10/11/2023. Solicitamos aos licitantes que acompanhem atentamente as próximas publicações oficiais atinentes ao PL 144/2023, por meio das quais se cientificará acerca da ratificação da nova data até então designada para a sessão ou de remarcação para data posterior. Em qualquer caso, será assegurado o intervalo mínimo legal de oito dias úteis até a data da sessão de disputa." ----------------------------- 09-11-2023 COMUNICAÇÃO ATENÇÃO, Srs. Licitantes: o processo licitatório em epígrafe será republicado devido à necessidade de prazo para a conclusão de atos processuais pendentes decorrentes de atualização do Mapa de Preços, bem como para ultimação da análise e emissão de resposta aos Pedidos de Esclarecimento 0001 e 0005 e de decisão quanto à Impugnação 0004. Informamos que a data da sessão de Pregão sofreu adiamento por ora provisório, para 28/11/2023. Solicitamos aos licitantes que acompanhem atentamente as próximas publicações oficiais atinentes ao PL 144/2023, por meio das quais se cientificará acerca da ratificação da nova data até então designada para a sessão ou de remarcação para data posterior. Em qualquer caso, será assegurado o intervalo mínimo legal de oito dias úteis até a data da sessão de disputa. ----------------------------- 27-11-2023 COMUNICAÇÃO ATENÇÃO, Srs. Licitantes: o presente processo licitatório será republicado devido à necessidade de prazo para a conclusão de atos processuais pendentes decorrentes de atualização do Mapa de Preços, bem como para ultimação da análise e emissão de resposta aos Pedidos de Esclarecimento 0001 e 0005 e de decisão quanto à Impugnação 0004. Informamos que a data da sessão de Pregão foi adiada para 18/12/2023. Solicitamos aos licitantes que acompanhem atentamente as próximas publicações oficiais atinentes ao PL 144/2023, por meio das quais se cientificará acerca da ratificação da nova data até então designada para a sessão ou de remarcação para data posterior. Em qualquer caso, será assegurado o intervalo mínimo legal de oito dias úteis até a data da sessão de disputa. ----------------------------- 04-12-2023 COMUNICAÇÃO ATENÇÃO, Srs. Licitantes: o presente processo licitatório será republicado devido à necessidade de prazo para a conclusão de atos processuais decorrentes da atualização do Mapa de Preços, bem como para ultimação da análise e emissão de resposta a Pedidos de Esclarecimento e Impugnação. Informamos que a data da sessão de Pregão foi adiada para 19/12/2023. O respectivo aviso de republicação será divulgado, em 05.12.23, no Diário Oficial Eletrônico do Estado de Minas Gerais, bem como no jornal de grande circulação Diário do Comércio. Solicitamos aos licitantes que acompanhem as próximas publicações oficiais atinentes ao PL 144/2023. Haverá a disponibilização da resposta aos Pedidos de Esclarecimento 0001 e 0005 na presente data. Durante o prazo legal de oito dias úteis até a data da sessão de disputa, será disponibilizada a decisão quanto à Impugnação 0004. ----------------------------- 04-12-2023 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e dos Setores Técnicos (Diretoria de Relações Institucionais, Divisão de Serviços, Diretoria de Gestão de Transportes) aos Pedidos de Esclarecimento 0001 e 0005. ----------------------------- 05-12-2023 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2107.0061138/2023-22 Recebimento das propostas: até às 10 horas do dia 19/12/2023. Início da disputa de preços: às 10 horas do dia 19/12/2023. Disposições Gerais: O Edital e seus Anexos estão disponíveis para consulta e download no site www.mpmg.mp.br (O ?Apenso I? anteriormente publicado permanece vigente). Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 04 de dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*)Republicado em razão de atualização do Valor de Referência, bem como para tempestiva disponibilização de Resposta a Pedidos de Esclarecimento e de Decisão sobre Impugnação. Houve alteração de datas. ----------------------------- 14-12-2023 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações ao Pedido de Esclarecimento 0007. ----------------------------- 15-12-2023 IMPUGNAÇÃO Número do processo: 144 / Ano: 2023. Unidade: 1091012. Processo no Sistema Eletrônico de Informações (SEI): 19.16.2107.0061138/2023-22 Objeto: Contratação de empresa especializada na prestação, sob demanda, de serviços de planejamento, gerenciamento, coordenação, organização, montagem, execução, assessoria, promoção e operacionalização de eventos de interesse institucional do Ministério Público do Estado de Minas Gerais - MPMG, compreendendo o fornecimento de toda a infraestrutura e apoio logístico, nos termos do APENSO I ? Especificação. Impugnante: A&amp;C Eventos e Promoções Eireli; CNPJ: 26.497.800.0001/53. Síntese da decisão: Conhece-se da peça impugnativa interposta e, no mérito, nega-se-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no em Arquivo abaixo anexado. Reitera-se aos interessados que esta licitação ocorrerá às 10 horas do dia 19/12/2023. Demais informações: de 2ª a 6ª feira, das 9h às 18h, pelos telefones (31) 3330-8128 e 3330-8129, e-mail dgcl@mpmg.mp.br. Belo Horizonte, 15 de dezembro de 2023. Lilian de Campos Mendes Pregoeira ----------------------------- 25-01-2024 HOMOLOGAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2107.0061138/2023-22 Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote 1 (único): INOV LOCAÇÕES E EVENTOS LTDA ? ME CNPJ: 15.839.804/0001-56 Valor (total) adjudicado: R$4.103.130,00 Belo Horizonte, 24 de janeiro de 2024. Eliane Maria Gonçalves Falcão Procuradora-Geral de Justiça Adjunta Administrativa em Exercício</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ resposta_ao_pedido_de_esclarecimento_0003_LS_LOCACOES_processo_144_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12699/download;
+ Pedido_de_Esclarecimento_e_Resposta_via_email_ProFoxNetworks_processo_144_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12764/download;
+ resposta_ao_pedido_de_esclarecimento_0002_LOCAFLEX_processo_144_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12729/download;
+ edital_pl_144__2023_Servicos_eventos_MPMG_Novo (2).docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/12619/download;
+ Apenso_I___Especificacoes_ATUALIZADO (3).xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/12621/download;
  respostas_aos_pedidos_de_esclarecimento_0001_LOCAFLEX_e_0005_EVENTUAL_processo_144_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13042/download;
  edital_republicado_pl_144_2023_Servicos_eventos_ASSCOM_SLS_MPMG.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13049/download;
- Pedido_de_Esclarecimento_e_Resposta_via_email_ProFoxNetworks_processo_144_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12764/download;
- resposta_ao_pedido_de_esclarecimento_0002_LOCAFLEX_processo_144_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12729/download;
  Mapa_de_Precos_ATUALIZADO_com_valores_unitarios_e_totais_pl_144_2023.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13066/download;
  resposta_ao_Pedido_de_Esclarecimento_0007_EVENTUAL_processo_144_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13082/download;
  decisao_impugnacao_0004_0006_A&amp;C_processo_144_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13088/download;
  proposta_e_docs_iniciais_licitante_Inov_F000109_pl144_2023_ATUALIZADO.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13121/download;
- resposta_ao_pedido_de_esclarecimento_0003_LS_LOCACOES_processo_144_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12699/download;
  docs_habilitatorios_iniciais_licitante_Inov_F000109_pl144_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13132/download;
  Diligencia_docs_habilitatorios_adicionais_licitante_Inov_F000109_pl144_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13198/download;
  CRC_e_CNDT_atualizados_licitante_Inov_F000109_pl144_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13229/download;
  ata_homologacao_processo144_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13241/download;
- edital_pl_144__2023_Servicos_eventos_MPMG_Novo (2).docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/12619/download;
- Apenso_I___Especificacoes_ATUALIZADO (3).xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/12621/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 284 / 2022</t>
   </si>
   <si>
     <t>04/04/2023</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de materiais elétricos diversos para organização e suporte nas instalações e adequações de redes elétricas e lógicas nos imóveis ocupados pelas unidades administrativas do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">ORGANIZADORES DE CABOS </t>
   </si>
   <si>
     <t>04-04-2023 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0106851/2022-73 Recebimento das propostas: até às 10 horas do dia 24/04/2023. Início da disputa de preços: às 10 horas do dia 24/04/2023. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31)3330- 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 03 de abril de 2023. Dariana Augusta de Toledo Patrocínio Ruiz Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 05-07-2023 HOMOLOGAÇÃO - Número do planejamento: 284 / Ano: 2022 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3900.0106851/2022-73 Objeto: Registro de Preços para aquisição de materiais elétricos diversos para organização e suporte nas instalações e adequações de redes elétricas e lógicas nos imóveis ocupados pelas unidades administrativas do Ministério Público de Minas Gerais. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lotes 1 e 2: D.P.R COMERCIO E SERVICOS EIRELI - EPP, CNPJ 07.106.755/0001-14; Valores (totais) registrados: R$7.868,82 e R$9.672,00; respectivamente; Lotes 3, 6, 8 e 9: SUPREMA HIDROELETRICA LTDA - EPP, CNPJ 42.981.902/0001-04; Valores (totais) registrados: R$13.900,00; R$30.750,00; R$10.740,00 e R$11.220,00; respectivamente; Lote 4: BARBARA CRISTINA MARTINS DANTAS, CNPJ 32.032.538/0001-74; Valor (total) registrado: R$8.322,00; Lote 5: BRASIL PAPERS, INDUSTRIA, COMERCIO E DISTRIBUICAO DE PRODUTOS E EQUIPAMENTOS DIVERSOS LTDA - EPP, CNPJ 26.218.155/0001-92; Valor (total) registrado: R$1.787,50; Lote 7: GLOBAL DISTRIBUICAO E SERVICOS EIRELI, CNPJ 28.429.720/0001-96; Valor (total) registrado: R$11.250,00; Belo Horizonte, 4 de julho de 2023. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo ----------------------------- 25-11-2024 INTERPOSIÇÃO DE RECURSO Comunicamos a apresentação das CONTRARRAZÕES de recurso por parte da licitante VOGEL SOLUCOES EM TELECOMUNICACOES E INFORMATICA S.A, para o lote 1 . O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página, e no campo próprio do Portal de Compras MG.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- habilitacao_licitante_barbara_L-4_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12295/download;
+ ata_homologacao_planejamento-284_2022.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12466/download;
  habilitacao_licitante_brasil_L-5_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12296/download;
- habilit_atualiz_licitante_dpr-comercio_L-1-2_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12292/download;
-[...1 lines deleted...]
- habilit_atualiz_licitante_suprema_L-3-6-8-9_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12294/download;
  habilitacao_licitante_global_L-7_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12297/download;
  CRC_atualizado_CND_municipal_F173_F230_processo284_2022.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12390/download;
- proposta_docs_licitante_suprema_L-3_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12243/download;
-[...6 lines deleted...]
- proposta_docs_licitante_suprema_L-6_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12134/download;
  edital_pl_284_2022_rp_materiais_eletricos_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12044/download;
- proposta_docs_licitante_dpr-comer_L-7_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12155/download;
- proposta_docs-2_licitante_suprema_L-6_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12146/download;
  proposta_docs_licitante_barbara_L-4_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12087/download;
  proposta_docs_licitante_brasil_L-2-5-8_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12088/download;
  proposta_docs_licitante_dpr-comercio_L-1-3_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12089/download;
  proposta_docs_licitante_inconfidentes_L-7_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12090/download;
  proposta_docs_licitante_mjf-informatica_L-6_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12091/download;
  proposta_docs_licitante_dpr-comercio_L-9_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12094/download;
- ata_homologacao_planejamento-284_2022.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/12466/download;
+ proposta_docs_licitante_dpr-comercio_L-2_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12133/download;
+ proposta_docs_licitante_suprema_L-6_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12134/download;
+ proposta_corrig_docs_licitante_dpr-comer_L-2_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12142/download;
+ proposta_docs-2_licitante_suprema_L-6_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12146/download;
+ proposta_docs_licitante_dpr-comer_L-7_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12155/download;
+ proposta_docs_licitante_barbara_L-3_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12169/download;
+ proposta_docs_licitante_suprema_L-8-9_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12170/download;
+ proposta_docs_licitante_suprema_L-3_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12243/download;
+ proposta_docs_licitante_global_L-7_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12244/download;
+ habilitacao_licitante_dpr-comercio_L-1-2_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12291/download;
+ habilit_atualiz_licitante_dpr-comercio_L-1-2_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12292/download;
+ habilitacao_licitante_suprema_L-3-6-8-9_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12293/download;
+ habilit_atualiz_licitante_suprema_L-3-6-8-9_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12294/download;
+ habilitacao_licitante_barbara_L-4_pl-rp-284_2022.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/12295/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">D.P.R COMERCIO E SERVICOS EIRELI - EPP </t>
   </si>
   <si>
     <t>7.868,82</t>
   </si>
   <si>
     <t xml:space="preserve">CABO DE ALIMENTAÇÃO PARA MONITOR PADRÃO Y </t>
   </si>
   <si>
     <t>9.672,00</t>
   </si>
   <si>
     <t xml:space="preserve">FITAS ADESIVAS PARA ROTULADORES </t>
   </si>
   <si>
     <t>13.900,00</t>
   </si>
   <si>
     <t xml:space="preserve">BARBARA CRISTINA MARTINS DANTAS </t>
   </si>
   <si>
     <t>8.322,00</t>
@@ -3886,51 +3887,51 @@
   <si>
     <t>10.740,00</t>
   </si>
   <si>
     <t xml:space="preserve">FECHADURA ELÉTRICA </t>
   </si>
   <si>
     <t>11.220,00</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>* Data de publicação do último aviso licitatório no Diário Oficial Eletrônico do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t>** Situação e resultado variam conforme o lote.</t>
   </si>
   <si>
     <t>*** Consulta de planilha (XLSX) apresenta nome e url (endereço web) dos arquivos sob a forma de texto. Para acessar determinado arquivo, favor copiar e colar o respectivo url no navegador. Para visualizar todos os hiperlinks de arquivos, favor consultar pesquisa HTML.</t>
   </si>
   <si>
     <t>Fonte: Sistema de Controle de Processos Licitatórios - MPMG</t>
   </si>
   <si>
-    <t>Data da última atualização: 21/11/2025</t>
+    <t>Data da última atualização: 25/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4308,51 +4309,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13917/download" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13669/download" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13700/download" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13816/download" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13820/download" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13766/download" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13834/download" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13676/download" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13790/download" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13719/download" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13668/download" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13661/download" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13715/download" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13600/download" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13811/download" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13637/download" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13701/download" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13653/download" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13622/download" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13660/download" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13684/download" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13607/download" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13758/download" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13647/download" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13794/download" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13606/download" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13596/download" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13743/download" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13576/download" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13512/download" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13597/download" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13649/download" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13804/download" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13517/download" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13616/download" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13593/download" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13601/download" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13506/download" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13531/download" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13535/download" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13614/download" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13523/download" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13444/download" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13510/download" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13464/download" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13651/download" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13738/download" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13389/download" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13423/download" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13542/download" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13458/download" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13396/download" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13741/download" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13492/download" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13385/download" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13665/download" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13380/download" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13681/download" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13365/download" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13639/download" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13342/download" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13138/download" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13107/download" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13151/download" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13038/download" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13143/download" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13124/download" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13265/download" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13005/download" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13118/download" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13116/download" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13134/download" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/12962/download" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13040/download" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/12593/download" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/12619/download" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/12044/download" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13917/download" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13669/download" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13700/download" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13816/download" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13820/download" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13766/download" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13834/download" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13676/download" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13790/download" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13719/download" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13668/download" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13661/download" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13715/download" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13600/download" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13811/download" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13637/download" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13701/download" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13653/download" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13622/download" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13660/download" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13684/download" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13607/download" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13758/download" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13647/download" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13794/download" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13606/download" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13596/download" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13743/download" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13576/download" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13512/download" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13584/download" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13695/download" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13804/download" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13517/download" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13616/download" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13565/download" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13601/download" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13506/download" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13531/download" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13535/download" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13614/download" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13523/download" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13444/download" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13510/download" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13464/download" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13651/download" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13738/download" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13389/download" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13423/download" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13542/download" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13458/download" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13396/download" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13741/download" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13552/download" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13385/download" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13665/download" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13380/download" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13681/download" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13365/download" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13639/download" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13399/download" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13138/download" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13107/download" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13151/download" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13038/download" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13143/download" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13124/download" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13265/download" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13005/download" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13118/download" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13116/download" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13134/download" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/12962/download" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13040/download" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/12593/download" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13049/download" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/12044/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z291"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="60" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="100" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="60" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
@@ -12596,51 +12597,51 @@
         <v>708</v>
       </c>
       <c r="K192" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L192" s="5" t="s">
         <v>709</v>
       </c>
       <c r="M192" s="5" t="s">
         <v>710</v>
       </c>
       <c r="N192"/>
       <c r="O192"/>
       <c r="P192"/>
       <c r="Q192"/>
       <c r="R192"/>
       <c r="S192"/>
       <c r="T192"/>
       <c r="U192"/>
       <c r="V192"/>
       <c r="W192"/>
       <c r="X192"/>
       <c r="Y192"/>
       <c r="Z192"/>
     </row>
-    <row r="193" spans="1:26" customHeight="1" ht="41.571428571429">
+    <row r="193" spans="1:26" customHeight="1" ht="46">
       <c r="A193" s="8"/>
       <c r="B193" s="8"/>
       <c r="C193" s="8"/>
       <c r="D193" s="8"/>
       <c r="E193" s="8"/>
       <c r="F193" s="5">
         <v>1</v>
       </c>
       <c r="G193" s="5" t="s">
         <v>711</v>
       </c>
       <c r="H193" s="5" t="s">
         <v>22</v>
       </c>
       <c r="I193" s="5" t="s">
         <v>707</v>
       </c>
       <c r="J193" s="6" t="s">
         <v>708</v>
       </c>
       <c r="K193" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L193" s="5"/>
       <c r="M193" s="5"/>
@@ -12784,51 +12785,51 @@
         <v>726</v>
       </c>
       <c r="K196" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L196" s="5" t="s">
         <v>727</v>
       </c>
       <c r="M196" s="5" t="s">
         <v>728</v>
       </c>
       <c r="N196"/>
       <c r="O196"/>
       <c r="P196"/>
       <c r="Q196"/>
       <c r="R196"/>
       <c r="S196"/>
       <c r="T196"/>
       <c r="U196"/>
       <c r="V196"/>
       <c r="W196"/>
       <c r="X196"/>
       <c r="Y196"/>
       <c r="Z196"/>
     </row>
-    <row r="197" spans="1:26" customHeight="1" ht="91">
+    <row r="197" spans="1:26" customHeight="1" ht="90">
       <c r="A197" s="8"/>
       <c r="B197" s="8"/>
       <c r="C197" s="8"/>
       <c r="D197" s="8"/>
       <c r="E197" s="8"/>
       <c r="F197" s="5">
         <v>1</v>
       </c>
       <c r="G197" s="5" t="s">
         <v>729</v>
       </c>
       <c r="H197" s="5" t="s">
         <v>22</v>
       </c>
       <c r="I197" s="5" t="s">
         <v>725</v>
       </c>
       <c r="J197" s="6" t="s">
         <v>726</v>
       </c>
       <c r="K197" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L197" s="5"/>
       <c r="M197" s="5"/>