--- v1 (2026-01-25)
+++ v2 (2026-03-27)
@@ -2988,50 +2988,51 @@
   <si>
     <t xml:space="preserve">MAQNETE COMÉRCIO E SERVIÇOS EIRELI - ME </t>
   </si>
   <si>
     <t>4.413,50</t>
   </si>
   <si>
     <t>27-12-2023 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0069251/2023-13 - Recebimento das propostas: até às 10 horas do dia 18/01/2024. Início da disputa de preços: às 10 horas do dia 18/01/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: de 2ª a 6ª feira, das 9 às 18h, pelos telefones: (31) 3330-8128 e 3330-8129, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 26 de dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 09-02-2024 HOMOLOGAÇÃO - Número do planejamento: 436 / Ano: 2023 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0069251/2023-13 Objeto: Registro de Preços para aquisição de materiais de construção civil, de máquina e dos alicates para corte e furo de lâmina de PVC para persianas verticais. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1: MAQNETE COMERCIO E SERVIÇOS EIRELI, CNPJ nº 18.152.404/0001-66; Valor (total) registrado: R$4.413,50; Lotes 2, 3, 5, 6, 7 e 9: GLOBAL DISTRIBUICAO E SERVICOS EIRELI, CNPJ nº 28.429.720/0001-96; Valores (totais) registrados: R$144.431,55; R$20.279,81; R$5.928,00; R$104.280,00; R$3.185,27 e R$18.427,95, respectivamente; Lotes 4 e 8: SOLUÇÃO FERRAMENTAS LTDA, CNPJ nº 32.275.011/0001-70; Valores (totais) registrados: R$15.414,10 e R$1.465,22, respectivamente. Os lotes 10 e 11 resultaram desertos, por não terem sido apresentadas propostas para atendimento aos seus objetos. Belo Horizonte, 8 de fevereiro de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  ata_homologacao_planejamento-436_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13287/download;
  proposta_corrigida_licitante_Maqnete_L-1_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13288/download;
  proposta_corrig_licit_Global_L-2-3-5-6-7-9_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13289/download;
  proposta_corrigida_licitante_Solucao_L-4-8_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13290/download;
  Proposta_Catalogo_Licitante_Maqnete_L-1_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13211/download;
  Proposta_Catals_Licitante_Global_L-2-3-5-7-9_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13212/download;
  Proposta_Catals_Licitante_Global_L-6_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13213/download;
  Proposta_Catals_Licitante_Solucao_L-4-8_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13214/download;
  habilitacao_licitante_Maqnete_L-1_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13253/download;
  habilitacao_licitante_Global_L-2-3-5-6-7-9_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13254/download;
  habilit_tecn_licitante_Global_L-2-3-5-6-7-9_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13255/download;
  habilitacao_licitante_Solucao_L-4-8_pl-rp-436_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13256/download;
  edital_RP_436_2023_material_de_construcao_civil_DIMAN.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13138/download;
+ public_homologacao_planejamento436_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14425/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS PARA CONSTRUÇÃO CIVIL DIVERSOS </t>
   </si>
   <si>
     <t xml:space="preserve">Global Distribuição e Serviços LTDA- EPP </t>
   </si>
   <si>
     <t>144.431,55</t>
   </si>
   <si>
     <t xml:space="preserve">FITA ADESIVA </t>
   </si>
   <si>
     <t>20.279,81</t>
   </si>
   <si>
     <t xml:space="preserve">CONE PARA SINALIZAÇÃO </t>
   </si>
   <si>
     <t xml:space="preserve">SOLUÇÃO FERRAMENTAS LTDA </t>
   </si>
   <si>
     <t>15.414,10</t>
@@ -3423,128 +3424,131 @@
     <t>REGISTRO DE PREÇOS para aquisição de cadeira de hotelaria destinadas a mobiliar o auditório da UCC, ASSCOM e da unidade do MPMG em Caeté, conforme quantidades, especificações técnicas e exigências estabelecidas no Edital e demais anexos.</t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRA PARA AUDITÓRIO </t>
   </si>
   <si>
     <t xml:space="preserve">META X INDUSTRIA E COMERCIO LTDA </t>
   </si>
   <si>
     <t>556.700,00</t>
   </si>
   <si>
     <t>28-11-2023 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI):19.16.3913.0029919/2023-75 Recebimento das propostas: até às 10 horas do dia 12/12/2023. Início da disputa de preços: às 10 horas do dia 12/12/2023. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 28 de novembro de 2023. Catarina Natalino Calixto. Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 30-01-2024 HOMOLOGAÇÃO - Número do planejamento: 293 / Ano: 2023 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0029919/2023-75 Objeto: REGISTRO DE PREÇOS para aquisição de cadeira de hotelaria destinadas a mobiliar o auditório da UCC, ASSCOM e da unidade do Ministério Público do Estado de Minas Gerais em Caeté, conforme quantidades, especificações técnicas e exigências estabelecidas no Edital e demais anexos. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1 (único): META X INDUSTRIA E COMERCIO LTDA, CNPJ nº 18.493.830/0001-63; Valor (total) registrado: R$556.700,00. Belo Horizonte, 29 de janeiro de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
 "&gt;
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  proposta_corrig_licitante_MetaX_pl-rp-293_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13216/download;
  ata_homologacao_planejamento293_2023.pdf : http://ws.mpmg.mp.br/licitacao/anexos/ata_homologacao_planejamento293_2023.pdf.exe;
  proposta_e_docs_licitante_MetaX_pl-rp-293_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13067/download;
  habilitacao_jurid_licitante_MetaX_pl-rp-293_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13068/download;
  habilitacao_balan_licitante_MetaX_pl-rp-293_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13069/download;
  habilitacao_atest_licitante_MetaX_pl-rp-293_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13070/download;
  Edital_processo_293_2023_rp_cadeiras_hotelaria_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13005/download;
+ public_homologacao_planejamento293_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14427/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 282 / 2023</t>
   </si>
   <si>
     <t>Aquisição de hardware, sob a forma de entrega integral.</t>
   </si>
   <si>
     <t xml:space="preserve">Óculos Metaverso </t>
   </si>
   <si>
     <t xml:space="preserve">CONEXAO MAXIMA INFORMATICA LTDA </t>
   </si>
   <si>
     <t>3.900,00</t>
   </si>
   <si>
     <t>21-12-2023 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2187.0078228/2023-82 Recebimento das propostas: até às 10 horas do dia 10/01/2024. Início da disputa de preços: às 10 horas do dia 10/01/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 20 de dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 10-01-2024 ESCLARECIMENTOS - Manifestação do pregoeiro sobre o pedido de esclarecimentos apresentado: PERGUNTA ? ?Prezados, sobre "DA EXIGÊNCIA DE AMOSTRA". Mesmo sendo os modelos de referência é obrigatório envio de amostra? essa amostra enviada é aceita como item fornecido? Pois se tiver de enviar amostrados itens é como ter de fornecer 2 unidades de cada, vai encarecer muito as propostas. Se os itens oferecidos são os modelos de referência não creio que deva exigis amostra, afinal é o que pediram mesmo.? RESPOSTA: A abertura da sessão deste processo foi marcada para o dia 10/01/2024. Consta do Edital: ?ESCLARECIMENTOS E IMPUGNAÇÕES: Na forma prevista no item 3 deste Edital, até às 18 horas do dia 05/01/2024.? O pedido de esclarecimentos foi apresentado no dia 09/01/2024 e, de acordo com o edital e com o art. 23 do Decreto 48.012/2020, a apresentação foi extemporânea. Vejamos: ?Art. 23 ? Os pedidos de esclarecimentos referentes ao processo licitatório serão enviados ao pregoeiro até três dias úteis antes da data fixada para a abertura da sessão pública, por meio eletrônico, na forma do edital.? Dessa forma, em atendimento à legislação e aos princípios que regem as licitações públicas, esse pedido em questão não será apreciado. ----------------------------- 13-04-2024 HOMOLOGAÇÃO Número do processo: 282 / Ano: 2023 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2187.0078228/2023-82 Objeto: Aquisição de hardware, sob a forma de entrega integral. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lotes 1 e 2: CONEXAO MAXIMA INFORMATICA LTDA, CNPJ nº 24.490.141/0001-06. Valores (totais) adjudicados: R$3.900,00 e R$2.202,07, respectivamente. Belo Horizonte, 12 de abril de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
 "&gt;
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  proposta_docs_licitante_GomesPaz_L-1_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13295/download;
  proposta_docs_licitante_Conexao_L-2_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13300/download;
  proposta_docs_licitante_MinasCom_L-2_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13296/download;
  proposta_docs_licitante_EmpresaTI_L-1_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13297/download;
  proposta_corrig_docs_licitante_MinasCom_L-2_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13298/download;
  proposta_docs_licitante_Conexao_L-1_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13299/download;
  habilitacao_licitante_Conexao_L-1-2_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13330/download;
  ata_homologacao_processo282_2023.pdf : http://ws.mpmg.mp.br/licitacao/editais/ata_homologaca.exe;
  proposta_atualiz_licitante_Conexao_L-1-2_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13329/download;
  edital_processo_282_2023_aquisi??o_hardware_GAECIBER.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13118/download;
  proposta_docs_licitante_Distrib-Peres_L-1-2_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13173/download;
  habilitacao_licitante_Distrib-Peres_L-1-2_pl-282_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13174/download;
+ public_homologacao_processo282_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14429/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Camera NTSC/PAL </t>
   </si>
   <si>
     <t>2.202,07</t>
   </si>
   <si>
     <t xml:space="preserve"> 257 / 2023</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de materiais hidráulicos e materiais para purificadores.</t>
   </si>
   <si>
     <t xml:space="preserve">HIDRÁULICOS E PVC </t>
   </si>
   <si>
     <t xml:space="preserve">MERCEARIA INDIANÓPOLIS LTDA - EPP </t>
   </si>
   <si>
     <t>217.088,89</t>
   </si>
   <si>
     <t>22-12-2023 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0056402/2023-64 Recebimento das propostas: até às 10 horas do dia 15/01/2024. Início da disputa de preços: às 10 horas do dia 15/01/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 21 de dezembro de 2023. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 09-02-2024 HOMOLOGAÇÃO - Número do planejamento: 257 / Ano: 2023 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0056402/2023-64 Objeto: Registro de Preços para aquisição de materiais hidráulicos e materiais para purificadores. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1: MERCEARIA INDIANOPOLIS LTDA - EPP, CNPJ nº 17.263.096/0001-83; Valor (total) registrado: R$217.088,89; Lotes 3 e 4: GLOBAL DISTRIBUICAO E SERVICOS EIRELI, CNPJ nº 28.429.720/0001-96; Valores (totais) registrados: R$348.280,00 e R$467.273,94, respectivamente. O lote 2 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 8 de fevereiro de 2024. Márcio Gomes de Souza Procurador-Geral de Justiça Adjunto Administrativo</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  ata_homologacao_planejamento-257_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13293/download;
  proposta_corrig_licit_Indianopolis_L-1_pl-rp-257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13291/download;
  Proposta_Catals_licitante_Merc-Indianopolis_L-1_pl-rp_257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13202/download;
  Proposta_Catalogos_licitante_Global_L-3_pl-rp_257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13203/download;
  Proposta_Catalogos_licitante_Global_L-4_pl-rp_257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13204/download;
  Catalogo_2_licitante_Merc-Indianopolis_L-1_pl-rp_257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13207/download;
  Catalogo_1_licitante_Merc-Indianopolis_L-1_pl-rp_257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13208/download;
  Catalogo_3_licitante_Merc-Indianopolis_L-1_pl-rp_257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13209/download;
  Catalogo_Metais_licitante_Global_L-3-4_pl-rp_257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13210/download;
  habilitacao_tecnica_licitante_Global_L-3-4_pl-rp-257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13252/download;
  habilitacao_licitante_Indianopolis_L-1_pl-rp-257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13250/download;
  habilitacao_licitante_Global_L-3-4_pl-rp-257_2023.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13251/download;
  edital_processo_257_2023_rp_material_hidraulico_e_para_purificadores_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13116/download;
+ public_homologacao_planejamento257_2023.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14430/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">EXAUSTOR E CHUVEIRO </t>
   </si>
   <si>
     <t xml:space="preserve">HIDRÁULICOS E METAIS </t>
   </si>
   <si>
     <t>348.280,00</t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS DE PURIFICADORES </t>
   </si>
   <si>
     <t>467.273,94</t>
   </si>
   <si>
     <t xml:space="preserve"> 251 / 2023</t>
   </si>
   <si>
     <t>Prestação de serviço continuado, visando a implantação, fornecimento e manutenção de solução global de Contact Center (Contact Center as a Service), com adoção de plataforma de integração de multicanais e módulo de gestão de atendimento, utilizando modelo omnichannel, destinados à Superintendência de Tecnologia da Informação, Ouvidoria, Diretoria de Gestão Documental, Superintendência de Recursos Humanos, dentre outras unidades da Instituição que necessitarem do serviço.</t>
   </si>
   <si>
     <t xml:space="preserve">CONTACT CENTER </t>
@@ -3887,51 +3891,51 @@
   <si>
     <t>10.740,00</t>
   </si>
   <si>
     <t xml:space="preserve">FECHADURA ELÉTRICA </t>
   </si>
   <si>
     <t>11.220,00</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>* Data de publicação do último aviso licitatório no Diário Oficial Eletrônico do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t>** Situação e resultado variam conforme o lote.</t>
   </si>
   <si>
     <t>*** Consulta de planilha (XLSX) apresenta nome e url (endereço web) dos arquivos sob a forma de texto. Para acessar determinado arquivo, favor copiar e colar o respectivo url no navegador. Para visualizar todos os hiperlinks de arquivos, favor consultar pesquisa HTML.</t>
   </si>
   <si>
     <t>Fonte: Sistema de Controle de Processos Licitatórios - MPMG</t>
   </si>
   <si>
-    <t>Data da última atualização: 25/01/2026</t>
+    <t>Data da última atualização: 27/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -15247,51 +15251,51 @@
       <c r="I252" s="5" t="s">
         <v>913</v>
       </c>
       <c r="J252" s="6" t="s">
         <v>918</v>
       </c>
       <c r="K252" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L252" s="5"/>
       <c r="M252" s="5"/>
       <c r="N252"/>
       <c r="O252"/>
       <c r="P252"/>
       <c r="Q252"/>
       <c r="R252"/>
       <c r="S252"/>
       <c r="T252"/>
       <c r="U252"/>
       <c r="V252"/>
       <c r="W252"/>
       <c r="X252"/>
       <c r="Y252"/>
       <c r="Z252"/>
     </row>
-    <row r="253" spans="1:26" customHeight="1" ht="251">
+    <row r="253" spans="1:26" customHeight="1" ht="267.42857142857">
       <c r="A253" s="7" t="s">
         <v>919</v>
       </c>
       <c r="B253" s="8" t="s">
         <v>890</v>
       </c>
       <c r="C253" s="8" t="s">
         <v>920</v>
       </c>
       <c r="D253" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E253" s="8" t="s">
         <v>20</v>
       </c>
       <c r="F253" s="5">
         <v>1</v>
       </c>
       <c r="G253" s="5" t="s">
         <v>921</v>
       </c>
       <c r="H253" s="5" t="s">
         <v>39</v>
       </c>
       <c r="I253" s="5" t="s">