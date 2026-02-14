--- v0 (2025-10-10)
+++ v1 (2026-02-14)
@@ -12,686 +12,1673 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Transparência - MPMG" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="802">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1054">
   <si>
     <t>MPMG - Transparência</t>
   </si>
   <si>
     <t>Licitações, Contratos e Convênios - Licitações</t>
   </si>
   <si>
     <t>Período: 2025</t>
   </si>
   <si>
     <t>Nº do Processo / Ano</t>
   </si>
   <si>
     <t>Data do Edital *</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Lotes</t>
   </si>
   <si>
     <t>Publicações</t>
   </si>
   <si>
     <t>Arquivo(s) ***</t>
   </si>
   <si>
     <t>Lote nº</t>
   </si>
   <si>
     <t>Situação **</t>
   </si>
   <si>
     <t>Resultado (licitante vendedor)</t>
   </si>
   <si>
     <t>Valor Adjudicado/Registrado (R$)</t>
   </si>
   <si>
     <t>Margem de Preferência</t>
   </si>
   <si>
+    <t xml:space="preserve"> 401 / 2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇO para aquisição de Bebedouros refrigerados de Coluna, Bebedouros para pessoas com deficiência, Apoio para os pés, Fones de ouvido Headset e Cadeira Fixa para Escritório destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MENOR PREÇO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BEBEDOURO REFRIGERADO - TIPO: PRESSAO/COLUNA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EM ANDAMENTO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aguardando </t>
+  </si>
+  <si>
+    <t>0,00</t>
+  </si>
+  <si>
+    <t>Não se aplica</t>
+  </si>
+  <si>
+    <t>30-12-2025 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0089294/2025-63 Recebimento das propostas: até às 10 horas do dia 14/01/2026. Início da disputa de preços: às 10 horas do dia 14/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 29 de dezembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG (*) O PL 284/2025 foi cancelado, sendo recadastrado novo PL, que recebeu o número 401/2025. Trata-se de republicação do edital devido à adequação na descrição do item único dos lotes 2 e 6. Houve alteração de datas. ----------------------------- 02-02-2026 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO Comunicamos a apresentação de Recurso Administrativo por parte da licitante B2W INFORMÁTICA LTDA ? EPP, contra a decisão da pregoeira que declarou vencedora do LOTE2 desta licitação a licitante WU COMÉRCIO &amp; SERVIÇOS LTDA. O arquivo contendo a peça aviada encontra-se disponível para consulta nesta página e no campo próprio do site do Portal de Compras MG, www. compras.mg.gov.br. ----------------------------- 04-02-2026 INTERPOSIÇÃO DE RECURSO CONTRARRAZÃO DE RECURSO: Comunicamos a apresentação de Contrarrazão de Recurso Administrativo por parte da licitante WU COMÉRCIO &amp; SERVIÇOS LTDA face ao Recurso apresentado pela empresa B2W INFORMÁTICA LTDA ? EPP. O arquivo contendo a peça aviada encontra-se disponível para consulta nesta página e no campo próprio do site do Portal de Compras MG, www.compras.mg.gov.br. ----------------------------- 10-02-2026 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Número do processo: 401 / Ano: 2025 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0089294/2025-63 Objeto: REGISTRO DE PREÇO para aquisição de Bebedouros refrigerados de Coluna, Bebedouros para pessoas com deficiência, Apoio para os pés, Fones de ouvido Headset e Cadeira Fixa para Escritório destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais. Modalidade: Pregão eletrônico Recorrente: B2W Informática Ltda ? EPP, CNPJ 31.495.962/0002-73. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório, nos sites www.compras.mg.gov.br e www.mpmg.mp.br. Belo Horizonte, 6 de fevereiro de 2026 IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_401_2025_bebedouros_apoio_de_pes_fone_cadeiras_DMAT_rp.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14291/download;
+ Documentacao_habiitacao_F134_lote1_PL_401_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14348/download;
+ parecer_reprova_proposta_F575_PL_401_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14349/download;
+ Documentacao_habiitacao_F351_lote3_PL_401_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14351/download;
+ Documentacao_habilitacao_F626_lote_6_PL_401_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14352/download;
+ Documentacao_habiitacao_F876_lote8_PL_401_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14354/download;
+ Documentacao_habiitacao_F949_lote9_PL_401_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14355/download;
+ razoes_recurso_adm_B2W_lote_2_pl401_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14358/download;
+ Contrarrazoes_adm_WU_lote2_pl401_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14359/download;
+ dec_rec_adm_F000269_pe_pl401_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14363/download;
+ Parecer_tecnico_aprova_amostra_F540_lote_5_pl401_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14365/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BEBEDOURO REFRIGERADO - TIPO: PARA PESSOAS COM DEFICIENCIA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">APOIO PARA PÉS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FONE - TIPO: BIAURICULAR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CADEIRA FIXA PARA ESCRITORIO </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 397 / 2025</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇO para aquisição de mobiliário padrão.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mobiliário Padrão </t>
+  </si>
+  <si>
+    <t xml:space="preserve">10-02-2026 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0057984/2025-78 Recebimento das propostas: até as 10 horas do dia 26/02/2026. Início da disputa de preços: às 10 horas do dia 26/02/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 9 de fevereiro de 2026. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 13-02-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e ao Pedido de Esclarecimento 0001 apresentado empresa ALBERFLEX INDUSTRIA DE MOVEIS LTDA. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_397_2025_rp_mobiliariopadrao_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14366/download;
+  : https://transparencia.mpmg.mp.br/licitacao/arquivo/14369/download;
+ Resposta_Pedido_Esclarecimento_0001_Alberflex_Ind_de_Moveis_Ltda_pe_pl_397_2025_rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14370/download;
+ errata_data_da_resposta_ao_pedido_de_esclarecimento_0001.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14371/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mobiliário Padrão Promotor </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 354 / 2025</t>
+  </si>
+  <si>
+    <t>26/11/2025</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇO para aquisição de material cívico, canetas personalizadas, corda, abraçadeira, quadro de acrílico individual, carpete e tecido, fita para rotulador, cabo HDMI e cantoneiras, conforme especificações, exigências e quantidades estabelecidas neste Edital.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MATERIAL CÍVICO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Homologado Fracassado </t>
+  </si>
+  <si>
+    <t xml:space="preserve">- </t>
+  </si>
+  <si>
+    <t>19-11-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0021176/2024-35 Recebimento das propostas: até as 10 horas do dia 04/12/2025. Início da disputa de preços: às 10 horas do dia 04/12/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 19 de novembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 25-11-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2110.0066682/2025-51 Recebimento das propostas: até As 10 horas do dia 10/12/2025. Início da disputa de preços: às 10 horas do dia 10/12/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 25 de novembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 26-11-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2372.0058619/2025-34 Recebimento das propostas: até às 10 horas do dia 12/12/2025. Início da disputa de preços: às 10 horas do dia 12/12/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 9464 / 0263 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 25 de novembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ F000842.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14288/download;
+ F000268.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14289/download;
+ proposta_F000706_lote_7.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14336/download;
+ homologacao_planejamento354_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14340/download;
+ F000198_494_697_952_1_3_4_6_9.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14275/download;
+ edital_processo_354_2025_rp_material civico e outros_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14228/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CANETAS PERSONALIZADAS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CORDA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABRAÇADEIRA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">QUADRO DE ACRÍLICO INDIVIDUAL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Homologado Adjudicado </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Multimix Distribuidora LTDA </t>
+  </si>
+  <si>
+    <t>1.700,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CARPETE E TECIDO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FITA PARA ROTULADOR </t>
+  </si>
+  <si>
+    <t>648,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CABO HDMI </t>
+  </si>
+  <si>
+    <t>30.750,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CANTONEIRA </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 344 / 2025</t>
+  </si>
+  <si>
+    <t>Registro de Preços para aquisição de materiais diversificados</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 344 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Etiqueta Adesiva </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Revogado </t>
+  </si>
+  <si>
+    <t>30-12-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0055644/2025-14 Recebimento das propostas: até às 10 horas do dia 19/01/2026. Início da disputa de preços: às 10 horas do dia 19/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 30 de dezembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 14-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DMAT) ao pedido de esclarecimento n. 0001, apresentado pela empresa MAXIMO DISTRIBUIDORA LTDA. ----------------------------- 15-01-2026 REVOGAÇÃO LOTE 1 - Número do planejamento: 344 / Ano: 2025 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0055644/2025-14 Objeto: REGISTRO DE PREÇO para a aquisição de materiais diversificados de consumo. Modalidade: Pregão eletrônico A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do Lote 1 - Etiqueta Adesiva. Motivo: necessidade de ajuste na unidade de medida do item. Prazo para manifestação: 3 (três) dias úteis, nos termos do art. 165, inciso I, alínea ?d?, da Lei 14.133/21. Oportunamente, será publicada nova licitação com o mesmo objeto. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, telefones (31) 3330-8129 / 8334 / 0263 / 9464 / 0237, de 2ª a 6ª feira, das 9 às 18 h, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 15 de janeiro de 2026. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ parecer_analise_amostra_reprovada_F000596_lote_5_pl344_2025.pdf.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14375/download;
+ parecer_analise_amostra_reprovada_F000518_lote_5_pl344_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14356/download;
+ resposta_ pedido_de_esclarec_n.1_empresa_MAXIMO_DISTRIBUIDORA_LTDA _pe_pl344_2025.png : https://transparencia.mpmg.mp.br/licitacao/arquivo/14335/download;
+ decisao_revogacao_lote_1_pe_pl344_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14338/download;
+ edital_processo_344_2025_rp_materiais_diversificados_DMAT.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14292/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Borracha Escritório </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pilha Alcalina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fita Adesiva </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Envelope de Segurança </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 316 / 2025</t>
+  </si>
+  <si>
+    <t>04/11/2025</t>
+  </si>
+  <si>
+    <t>Registro de preços para aquisição de impressos personalizados (envelope modelo PGJ 02 e PGJ 49)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IMPRESSOS PERSONALIZADOS </t>
+  </si>
+  <si>
+    <t>04-11-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0052314/2025-05 Recebimento das propostas: até às 10 horas do dia 18/11/2025. Início da disputa de preços: às 10 horas do dia 18/11/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 03 de novembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 16-12-2025 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO Comunicamos a apresentação de Recurso Administrativo por parte da licitante 3F Comércio e Serviços LTDA, contra a decisão da pregoeira que declarou fracassado o certame O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página e no campo próprio do Portal de Compras MG. ----------------------------- 30-12-2025 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Número do processo: 316/ Ano: 2025 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0052314/2025-05 Objeto: Registro de preços para aquisição de impressos personalizados (envelope modelo PGJ 02 e PGJ 49). Modalidade: Pregão eletrônico Recorrente: 3F Comércio e Serviços Ltda. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.compras.mg.gov.br. Belo Horizonte, 29 de dezembro de 2025. IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ razoes_recurso_adm_F181_3F_pe_pl316_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14293/download;
+ decisao_recurso_3F_pe_pl316_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14294/download;
+ homologacao_planejamento316_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14297/download;
+ edital_processo_316_2025_rp_impressospersonalizados_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14207/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 313 / 2025</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇO para aquisição de materiais de higiene pessoal e de fixação de componentes destinados a suprir as necessidades das unidades do Ministério Público do Estado de Minas Gerais.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SABONETE LÍQUIDO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fracassado </t>
+  </si>
+  <si>
+    <t>25-11-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0050169/2025-11 Recebimento das propostas: até às 10 horas do dia 11/12/2025. Início da disputa de preços: às 10 horas do dia 11/12/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 24 de novembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 09-12-2025 ESCLARECIMENTOS Segue resposta da unidade técnica Diretoria de Gestão de Materiais (DIMAT-PGJ) ao pedido de esclarecimento apresentado por interessado em participar do processo licitatório em epígrafe: QUESTIONAMENTO SIAD 0001: "Sr(a)comissão,o edital em seu anexo especificação tecnica exige:PAPEL HIGIÊNICO - FOLHA: SIMPLES; COMPOSIÇÃO: 100% CELULOSE VIRGEM, BRANCO,acontece que as licitações em sua maioria especialmente no estado de MG,existe uma diferença tecnica enorme entre papel higienico 100% celulose virgem e papel higienico 100% fibras celuloses,sendo assim perguntamos:vai ser aceito papel higienico 100% FIBRAS celulose OU somente o papel higienico já defenido e caracterizado no edital,Papel higienico 100% celulose VIRGEM?" RESPOSTA:"?Ocorre que as especificações atinentes aos itens do Termo de Referência são vinculantes, sendo de extrema relevância para a aceitação do produto o atendimento das características atinentes à matéria-prima demandada, qual seja, "100% Celulose Virgem". Dessa forma, não será aceita a proposta e o fornecimento de item que apresente especificação diversa da constante no Edital, uma vez que o preço e a qualidade do produto sofre grande variação a depender de sua composição. Além disso, quanto à questão da qualidade do produto, há que se salientar que a composição "100% Fibras Celulósicas" é inferior àquela prevista no TR ("100% Celulose Virgem"). Esclarece-se, portanto, haver sensível diferença entre a utilização de matéria "100% Fibras Celulósicas" e "100% Celulose Virgem", tendo, inclusive, sido frisada tal diferenciação por meio do Despacho 9326086, do qual se extrai a seguinte explicação: "Informa-se que a matéria prima"100% Fibras Naturais" pode englobar diferentes tipos de celulose, incluindo a reciclada ou as aparas (sobras de outros papéis), enquanto a matéria prima "100% Celulose Virgem" não possui adição de material reciclado. Acrescenta-se que também existe diferença entre as especificações "100% Celulose" e "100% Celulose Virgem", sendo que a "celulose virgem" exclui a possibilidade de utilização de aparas na composição." [Trecho do Despacho 9326086]. Por fim, acrescenta-se que todas essas especificidades elencadas no TR foram levadas em consideração quando da elaboração do Mapa de Preços, instrumento fundamental para o alcance do valor de referência, que se trata de elemento norteador do orçamento estimado da contratação. Diante do exposto, depreende-se que as diferenças apresentadas influenciam tanto no valor, quanto na qualidade do produto, razão pela qual não se pode aceitar produto com especificação diversa. Conclui-se, assim, em resposta ao questionamento formulado, que não será admitida a proposta em que conste Papel Higiênico de composição "100% Fibras Celulósicas". Dessa forma, ressalta-se que a resposta do setor não implica qualquer modificação no Edital, podendo haver normal prosseguimento do feito.? ----------------------------- 30-01-2026 HOMOLOGAÇÃO Unidade 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0050169/2025-11 - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 3: CTE - CAMARGO TECNOLOGIA EMPREENDIMENTOS LTDA. CNPJ 37.311.261/0001-32 Valor (total) registrado: R$ 17.000,00. Lote 4: CLEAR INDÚSTRIA DE PAPÉIS LTDA. CNPJ 03.790.761/0001-82 Valor (total) registrado: R$ 92.808,00. Os lotes 1 (sabonete líquido) e 2 (dispensador de sabonete/álcool) resultaram fracassados, por não terem restado propostas classificadas para atendimento aos seus objetos. Belo Horizonte, 28 de janeiro de 2026 Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_313_2025_aquisicao_materiais_de_higiene_DMAT_rp.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14235/download;
+ ata_homologacao_processo_313_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14357/download;
+ Amostra_lote_3_pl_313_2025-rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14341/download;
+ Amostra_lote_4_pl_313_2025-rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14342/download;
+ Foto_amostra_reprovada_lote_1_pl_313_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14343/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DISPENSADOR DE SABONETE/ALCOOL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAPEL TOALHA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Homologado Preço registrado </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CTE - CAMARGO TECNOLOGIA EMPREENDIMENTOS LTDA. </t>
+  </si>
+  <si>
+    <t>17.000,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAPEL HIGIÊNICO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLEAR INDÚSTRIA DE PAPÉIS LTDA </t>
+  </si>
+  <si>
+    <t>92.808,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 284 / 2025</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇO para aquisição de Bebedouros refrigerados de Coluna, Bebedouros para pessoas com deficiência, Apoio para os pés, Fones de ouvido Headset e Cadeira Fixa para Escritório</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bebedouro Refrigerado - Tipo: pressão/coluna </t>
+  </si>
+  <si>
+    <t>28-11-2025 AVISO DE LICITAÇÃO Número do planejamento: 284 / Ano: 2025 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0089294/2025-63 Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 16/12/2025 Início da disputa de preços: às 10 horas do dia 16/12/2025 Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 0263 / 9464 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 27 de novembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 04-12-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Divisão de Licitação (DILIC) ao Pedido de Esclarecimento 0001 apresentado pela empresa B2G VIX Comércio de Produtos e Equipamentos Ltada. ----------------------------- 11-12-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Divisão de Licitações (DILIC) ao Pedido de Esclarecimento 0004 apresentado empresa B2W_Informática_Ltda. ----------------------------- 11-12-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Divisão de Licitações (DILIC) ao Pedido de Esclarecimento 0005 apresentado empresa B2W_Informática_Ltda. ----------------------------- 12-12-2025 COMUNICAÇÃO COMUNICAÇÃO - ATENÇÃO: Srs. Licitantes, em virtude da resposta do setor técnico ao Pedidos de Esclarecimento 0003 e 006, serão feitas adequações no Edital de Licitação, motivo pelo qual o certame será republicado. A versão atualizada do Edital de Licitação será publicada oportunamente. Informamos que haverá alteração de datas, assegurado o intervalo mínimo de 8 dias úteis entre a sua disponibilização e a data-limite para a apresentação das propostas. Solicitamos aos interessados que se mantenham a par das futuras publicações oficiais atinentes a este Pregão (PL 284/2025). Belo Horizonte, 12 de dezembro de 2025. ----------------------------- 12-12-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Unidade Gestora de Contratação (Diretoria de Gestão de Materiais - DMAT) ao Pedido de Esclarecimento 0002 apresentado pela empresa Quinta Onda Servicos em Tecnologia da Informacao Ltda. ----------------------------- 15-12-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Unidade Gestora de Contratação (Diretoria de Gestão de Materiais - DMAT) ao Pedido de Esclarecimento 0003 e 0006, apresentados pela empresa Vanguarda Informática Ltda. ----------------------------- 26-12-2025 COMUNICAÇÃO COMUNICAÇÃO - ATENÇÃO: Srs. Licitantes, comunicamos que o do Termo de Referência (Anexo V do Edital) foi readequado, considerando os Pedidos de Esclarecimento 0003 e 0006, bem como que houve a necessidade de cancelamento do atual do PL e recadastro de novo PL. Informamos que o edital será republicado oportunamente. Haverá alteração de datas e solicitamos aos licitantes que acompanhem atentamente as próximas publicações no novo PL (PL 401/2025). Belo Horizonte, 26 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_284_2025_rp_aquisicao_bebedouros_DMAT.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14249/download;
+ Pedido_de_Esclarecimento_0001_B2G_VIX_Com_de_Prod_e_Equip_Ltda_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14253/download;
+ Pedido_de_Esclarecimento_0004_B2W_Informatica_Ltda_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14258/download;
+ Pedido_de_Esclarecimento_0005_B2W_Informatica_Ltda_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14259/download;
+ edital_processo_284_2025_rp_aquisicao_DMAT_rep.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14277/download;
+ Pedido_de_Esclarecimento_0002_Quinta_Onda_Servicos_em_Tecnologia_da_Informaca _Ltda_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14269/download;
+ Pedido_de_Esclarecimento_0003_e_0006_Vanguarda_Informatica_Ltda_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14273/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bebedouro Refrigerado - Tipo: para pessoas com deficiência </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Apoio para pés </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fone - tipo Biauricular </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cadeira para escritório </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bebedouro refrigerado </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fone - tipo:Biauricular </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bebedouro refrigerado - tipo: pressão/coluna </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 269 / 2025</t>
+  </si>
+  <si>
+    <t>07/11/2025</t>
+  </si>
+  <si>
+    <t>Cadeiras operacionais</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cadeira Operacional </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RHODES S/A </t>
+  </si>
+  <si>
+    <t>6.113.425,50</t>
+  </si>
+  <si>
+    <t>07-11-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0057127/2025-34 Recebimento das propostas: até as 10 horas do dia 25/11/2025. Início da disputa de preços: às 10 horas do dia 25/11/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 07 de novembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_269_2025_rp_cadeiraoperacional_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14211/download;
+ DO-20260103.PDF : https://transparencia.mpmg.mp.br/licitacao/arquivo/14298/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 264 / 2025</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>Contratação de solução de subscrição de licenças da plataforma Zoom, incluindo 1 (uma) licença ?Zoom Webinar Plus?, 1 (uma) licença ?Zoom Workplace Pro? e armazenamento em nuvem de 200 GB.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLATAFORMA ZOOM </t>
+  </si>
+  <si>
+    <t>29-01-2026 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3686.0095499/2025-57 Recebimento das propostas: até às 10 horas do dia 23/02/2026. Início da disputa de preços: às 10 horas do dia 23/02/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 28 de janeiro de 2026. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_264_2026_plataforma zoom_DIPE-GESTAO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14353/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 256 / 2025</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>Prestação continuada de serviços de apoio administrativo e atividades auxiliares, motorista, manutenção predial, limpeza e conservação, com fornecimento de equipamentos, dispensadores ou suportes, materiais e insumos, com dedicação exclusiva de mão de obra, a serem executados nas dependências do MPMG.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">prestação continuada de serviços de apoio administrativo e atividades auxiliares, motorista, manutenção predial, limpeza e conservação, com fornecimento de equipamentos, dispensadores ou suportes, materiais e insumos, com dedicação exclusiva de mão de obra, a serem executados nas dependências do MPMG. </t>
+  </si>
+  <si>
+    <t>06-01-2026 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.6294.0081396/2025-84 Objeto Contratação de empresa especializada na prestação continuada de serviços de apoio administrativo e atividades auxiliares, motorista, manutenção predial, limpeza e conservação, com fornecimento de equipamentos, dispensadores ou suportes, materiais e insumos, com dedicação exclusiva de mão de obra, a serem executados nas dependências do MPMG. - Modalidade: Pregão eletrônico - Recebimento das propostas: até as 10 horas do dia 22/01/2026. Início da disputa de preços: às 10 horas do dia 22/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 9464 / 0263 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 02 de janeiro de 2026. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 06-01-2026 ESCLARECIMENTOS Prezados senhores, informamos que o valor total da contratação corresponde a R$ 176.195.663,27, conforme disponibilidade orçamentária lançada no SIAD. A divergência de R$ 0,01 em relação ao valor global indicado no Termo de Referência (R$ 176.195.663,28) decorre exclusivamente de arredondamento na apuração dos diversos itens que compõem os custos da contratação, conforme detalhado nos Apensos VI-A e VI-B. ----------------------------- 06-01-2026 ESCLARECIMENTOS Prezados senhores, informamos que os arquivos do Apenso I - Quantitativo de profissionais e salários; Apenso II - Locais de prestação dos serviços e Apenso XVI - POP Procedimento Operacional Padrão, integrantes do edital deste processo licitatório encontram-se publicados nesta página para conhecimento dos interessados. ----------------------------- 20-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta das Unidades Gestoras da Contração (Diretoria de Gestão de Terceirização - Diretoria de Fiscalização Administrativa dos Contratos de Terceirização) e da Diretoria de Gestão de Compras e Licitações aos pedidos de esclarecimentos nº0003 e nº0004 apresentados pela empresa Costa Oeste Serviços Ltda. ----------------------------- 20-01-2026 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: Costa Oeste Serviços Ltda (solicitação n.º 0001 e 0002 - SIAD): Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se publicada nesta página, bem como no Portal de Compras/MG. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9h às 18h ou pelos telefones: (31) 3330-8190 / 8233 / 9464. Belo Horizonte, 20 de janeiro de 2026. Lizziane de Souza Trindade - Pregoeira Suplente. ----------------------------- 21-01-2026 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: Ágile Empreendimentos e Serviços Ltda (solicitação nº 0005 - SIAD): Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se publicada nesta página, bem como no Portal de Compras/MG. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9h às 18h ou pelos telefones: (31) 3330-8190/8233/9464, Belo Horizonte, 21 de janeiro de 2026. Patrícia Fernandes Antônio Lustosa - Pregoeira. ----------------------------- 21-01-2026 COMUNICAÇÃO - ATENÇÃO Srs. licitantes! Informamos que houve a alteração da data da sessão inaugural do certame, tendo em vista a necessidade de prazo para análise e resposta à impugnação apresentada por empresa interessada em participar desta licitação. Dessa forma, o Prazo para recebimento das propostas deste certame é até às 10 horas do dia 23/01/2026 - Início da disputa de preços: às 10 horas do dia 23/01/2026. Não houve alteração do instrumento convocatório. ----------------------------- 28-01-2026 ABERTURA E JULGAMENTO DE NOVA DOCUMENTAÇÃO E ABERTURA DE PROPOSTAS Inserido, nos arquivos desse processo, o despacho da Unidade Gestora de Contratação (DFIT) acerca da análise da proposta e documentos técnicos apresentados pelo licitante F000197.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pedido_de_esclarecimento_0003_0004_Costa_Oeste_Servicos_Ltda_pe_pl256_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14345/download;
+ Despacho_DFIT_solicita_documenta??o_complementar_PL256_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14350/download;
+ Despacho_DIFIT_aprovacao_proposta_comercial_F000197_pl256_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14360/download;
+ decisao_impugnacao_0001_0002_Costa_Oeste_Servicos_Ltda_pe_pl256_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14346/download;
+ decis?o_impugnacao_0005_Agile Empreendimentos Ltda_pe_pl256_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14347/download;
+ Despacho_DTER_aprovacao_docs_habilitatorios_PL_256_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14361/download;
+ Despacho_CACFL_aprovacao_docs_habilitatorios_PL_256_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14362/download;
+ edital_processo_256_2025_Contratacao_servicos_de_apoio_adm_e_ativ_auxiliares_motorista_manut. predial_ limpeza_conservacao_SLS.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14307/download;
+ APENSO_I_Quantitativo_de_profissionais_e_salarios.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14310/download;
+ APENSO_II_Locais_de_prestacao_dos_servicos.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14311/download;
+ APENSO_VI_B_Planilha_de_Estimativa_de_Custos_e_de_Composicao_de_Precos_da_Contratacao-Apoio_Administrativo_e_Motoristas.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14313/download;
+ APENSO_VI_A_Planilha_de_Estimativa_de_Custos_e_de_Composicao_de Precos_da_Contratacao_Limpeza_ATUALIZADA.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14339/download;
+ Apenso_XVI_POP_Procedimento_Operacional_Padrao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14314/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 250 / 2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para prestação de serviços de hospedagem Moodle em servidor de internet, incluindo serviço de atualização, instalação, configuração e migração de dados e plug-ins da plataforma atualmente em uso pelo Ministério Público de Minas Gerais ? MPMG, serviços de manutenção e suporte à gestão operacional da plataforma, armazenamento de dados.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prestação de serviços de hospedagem Moodle em servidor de internet, incluindo serviço de atualização, instalação, configuração e migração de dados e plug-ins da plataforma atualmente em uso pelo Ministério Público de Minas Gerais ? MPMG, serviços de manutenção e suporte à gestão operacional da plataforma, armazenamento de dados.  </t>
+  </si>
+  <si>
+    <t>30-12-2025 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3708.0063261/2025-63 -Modalidade: Pregão eletrônico Recebimento das propostas: até as 10 horas do dia 21/01/2026. Início da disputa de preços: às 10 horas do dia 21/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 9464 / 0263 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 29 de dezembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 19-01-2026 COMUNICAÇÃO Srs. licitantes, informamos que houve a alteração da data da sessão inaugural do certame, tendo em vista a necessidade de prazo para análise e resposta às impugnações e aos pedidos de esclarecimentos apresentados por empresas interessadas em participar desta licitação. Dessa forma, o Prazo para recebimento das propostas deste certame é até às 10 horas do dia 28/01/2026 - Início da disputa de preços: às 10 horas do dia 28/01/2026. ----------------------------- 26-01-2026 COMUNICAÇÃO Srs. licitantes, informamos que houve a alteração da data da sessão inaugural do certame, tendo em vista a necessidade de prazo para análise e resposta às impugnações e aos pedidos de esclarecimentos apresentados por empresas interessadas em participar desta licitação. Dessa forma, o Prazo para recebimento das propostas deste certame é até às 10 horas do dia 03/02/2026 - Início da disputa de preços: às 10 horas do dia 03/02/2026. ----------------------------- 02-02-2026 COMUNICAÇÃO Diante dos diversos pedidos de esclarecimento e impugnações, a Unidade de Gestão da Contratação (DFAP-GESTÃO), como responsável técnica pelo processo, necessitará de maior prazo para analisar e decidir sobre o questionado com a cautela e responsabilidade exigidas. A previsão de resposta é 26/02/2026. Dessa forma, informa-se que a sessão inicial do pregão foi prorrogada para as 10 horas do dia 26/02/2026 a fim de possibilitar tempo hábil para a decisão da área técnica. Agradeço a paciência. Para maiores informações favor encaminhar aos meios de contato constantes no Edital.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_250_2025_hospedagem_Moodle_em_servidor_de_internet_DPAF.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14296/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 249 / 2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>Prestação de serviços gráficos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SERVIÇOS GRÁFICOS DIVERSOS PROCON-MG </t>
+  </si>
+  <si>
+    <t>09-01-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Diretoria de Criação de Mídias - DMID) ao pedido de esclarecimento n. 01 apresentado(s) por empresa não identificada. ----------------------------- 29-12-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2107.0028924/2025-92 Objeto: Prestação de serviços gráficos Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 19/01/2026. Início da disputa de preços: às 10 horas do dia 19/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 9464 / 0263 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 23 de dezembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_249_2025_servi?os_graficos_DMID.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14290/download;
+ resposta_ ped_de_esclarec_n1 _pe_pl_249_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14325/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SERVIÇOS GRÁFICOS DIVERSOS INSTITUCIONAIS/ASSCOM/POR DENTRO/ ATENDO BEM/COPLI/CAODCA/FUNEMP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SERVIÇOS GRÁFICOS DIVERSOS GERAL </t>
+  </si>
+  <si>
     <t xml:space="preserve"> 247 / 2025</t>
   </si>
   <si>
     <t>20/09/2025</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO para a aquisição de açúcar cristal.</t>
   </si>
   <si>
-    <t xml:space="preserve">MENOR PREÇO </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Açúcar cristal </t>
   </si>
   <si>
-    <t xml:space="preserve">Homologado Preço registrado </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">51.726.415 GRAZIELLE XAVIER SANTOS OTONI </t>
   </si>
   <si>
     <t>57.420,00</t>
-  </si>
-[...1 lines deleted...]
-    <t>Não se aplica</t>
   </si>
   <si>
     <t>20-09-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0054059/2025-32 Recebimento das propostas: até às 10 horas do dia 06/10/2025. Início da disputa de preços: às 10 horas do dia 06/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 19 de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_PL247_2025_acucar_cristal_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14132/download;
  CRC_e CNDT_F159_PL_247_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14151/download;
  ata_homologacao_planejamento_247_pe_2025_rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14156/download;
 </t>
   </si>
   <si>
-    <t xml:space="preserve"> 237 / 2025</t>
-[...23 lines deleted...]
-    <t>07-10-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI):19.16.3913.0043617/2025-84 Recebimento das propostas: até às 10 horas do dia 22/10/2025 Início da disputa de preços: às 10 horas do dia 22/10/2025 Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 07 de outubro de 2025. Amauri Silva Alves Coordenador da Diretoria de Compras e Licitações em Exercício/PGJ-MG</t>
+    <t xml:space="preserve"> 244 / 2025</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>Prestação de serviços de fornecimento de lanches e materiais correlatos para atender os eventos da Procuradoria-Geral de Justiça do Ministério Público do Estado de Minas Gerais.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PRESTAÇÃO DE SERVIÇOS DE FORNECIMENTO DE LANCHES E MATERIAIS CORRELATOS </t>
+  </si>
+  <si>
+    <t>24-12-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3914.0062992/2025-65 Recebimento das propostas: até as 10 horas do dia 19/01/2026. Início da disputa de preços: às 10 horas do dia 19/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 29 de dezembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 06-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DSEV) ao pedido de esclarecimento apresentado pela empresa CRISART EVENTOS LTDA - ME. ----------------------------- 07-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DSEV) ao pedido de esclarecimento apresentado pela empresa ARTE DO FOGO. ----------------------------- 07-01-2026 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3914.0062992/2025-65 Recebimento das propostas: até as 10 horas do dia 22/01/2026. Início da disputa de preços: às 10 horas do dia 22/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 06 de janeiro de 2026. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG (*) Republicado devido à necessidade de disponibilização dos Apensos ao Termo de Referência. Houve alteração de datas. ----------------------------- 12-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DSEV) ao pedido de esclarecimento apresentado pela empresa BUFFET REQUINTE RECEPÇÕES LTDA. ----------------------------- 12-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DSEV) ao pedido de esclarecimento apresentado pela empresa CRISART EVENTOS LTDA - ME</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_237_2025_rp_?guamineral_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14153/download;
+ 244_2025_lanches_DSEV.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14286/download;
+ Apenso_V_Instrumento_de_Medicao_de_Resultado_IMR.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14323/download;
+ resposta_ pedido_de_esclarec_n.001_empresaCrisartEventosLTDA_pe_pl244_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14331/download;
+ resposta_ pedido_de_esclarec_n.001e-mail_empresaArteDoFogo_pe_pl244_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14332/download;
+ edital_processo_244_2025_lanches_DSEV_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14315/download;
+ Apenso_I_Especificacao_de_Cardapios_e_Materiais.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14317/download;
+ Apenso_II_Especificacao_de_Materiais_da_Amostra.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14318/download;
+ Apenso_III_Analise_da_Amostra.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14321/download;
+ Apenso_IV_Planilha_de_Composicao_do_Preco_Total.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14322/download;
+ resposta_ pedido_de_esclarec_n.002_empresaBuffetRequinte_pe_pl244_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14333/download;
+ resposta_ pedido_de_esclarec_n.003_empresaCrisartEventos_pe_pl244_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14334/download;
+ ANALISES_DA_AMOSTRA.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14374/download;
+ APENSO_III_ANALISE_DAS_AMOSTRAS___LICITANTE_F000138___CRISART_EVENTOS_LTDA___ME___09.02.26.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14373/download;
+ SEI_9743342_Despacho.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14372/download;
 </t>
   </si>
   <si>
-    <t xml:space="preserve"> 228 / 2025</t>
-[...14 lines deleted...]
-    <t>23-09-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0041893/2025-72 Recebimento das propostas: até às 10 horas do dia 07/10/2025. Início da disputa de preços: às 10 horas do dia 07/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 22 de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
+    <t xml:space="preserve"> 237 / 2025</t>
+  </si>
+  <si>
+    <t>07/10/2025</t>
+  </si>
+  <si>
+    <t>Registro de Preços para a aquisição de garrafas de água mineral de 500ml.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 237 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Água Mineral Natural </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mais Comercio e Assessoria LTDA </t>
+  </si>
+  <si>
+    <t>15.288,00</t>
+  </si>
+  <si>
+    <t>07-10-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI):19.16.3913.0043617/2025-84 Recebimento das propostas: até às 10 horas do dia 22/10/2025 Início da disputa de preços: às 10 horas do dia 22/10/2025 Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 07 de outubro de 2025. Amauri Silva Alves Coordenador da Diretoria de Compras e Licitações em Exercício/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_planejamento237_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14212/download;
+ pedido_dilacao_F000143_pl237_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14200/download;
+ edital_processo_237_2025_rp_guamineral_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14153/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 235 / 2025</t>
+  </si>
+  <si>
+    <t>Prestação de serviços de subscrição de licenças de aplicações, sob a forma de entrega integral.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ferramenta Cursor. </t>
+  </si>
+  <si>
+    <t>25-11-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0067120/2025-35 Recebimento das propostas: até as 10 horas do dia 10/12/2025. Início da disputa de preços: às 10 horas do dia 10/12/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 25 de novembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 28-11-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (STI-Compras) ao pedido de esclarecimentos apresentado pela empresa REFERENCE TECNOLOGIA DA INFORMAÇÃO LTDA.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ pedido_esclarec_n.01_Reference_pe_pl235_2025.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14244/download;
+ edital_processo_235_2025_licencas_STI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14236/download;
+ homologacao_processo235_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14272/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ferramenta Uptime Robot. </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 232 / 2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de telhas para construção de viveiros</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Telhas PV Colonial </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MERCEARIA INDIANOPOLIS LTDA </t>
+  </si>
+  <si>
+    <t>11.752,80</t>
+  </si>
+  <si>
+    <t>26-11-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2372.0058619/2025-34 Objeto: Aquisição de telhas para construção de viveiros Modalidade: Pregão eletrônico Recebimento das propostas: até às 10 horas do dia 12/12/2025. Início da disputa de preços: às 10 horas do dia 12/12/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 9464 / 0263 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 25 de novembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 11-12-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação ao pedido de esclarecimento nº 0001, apresentado pela empresa Mercearia Indianópolis LTDA. ----------------------------- 11-12-2025 COMUNICAÇÃO Srs. licitantes, informamos que houve modificação da data da sessão inaugural do certame, devido à necessidade de alteração do instrumento convocatório, o qual será oportunamente republicado. A data prevista para a sessão inaugural é 07/01/2026. ----------------------------- 18-12-2025 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2372.0058619/2025-34 Recebimento das propostas: até às 10 horas do dia 07/01/2026. Início da disputa de preços: às 10 horas do dia 07/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 18 de dezembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG * Republicado para adequação da especificação do objeto. Houve alteração da data.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_232_2025_aquisicao_telhas_CEDA.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14239/download;
+ pedido_esclarec_n.01_indianopolis_pe_pl232_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14257/download;
+ edital_processo_232_2025_telhas_CEDA_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14276/download;
+ homologacao_processo232_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14329/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 231 / 2025</t>
+  </si>
+  <si>
+    <t>Aquisição de solução integrada para implantação de Fábrica de Inteligência Artificial, licenças de software e plataformas especializadas em IA, bem como serviços essenciais para operação, suporte e manutenção, sob a forma de entrega integral para equipamentos e licenças de software, e sob demanda para os serviços.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FÁBRICA DE INTELIGÊNCIA ARTIFICIAL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLICK TI TECNOLOGIA LTDA </t>
+  </si>
+  <si>
+    <t>43.970.000,00</t>
+  </si>
+  <si>
+    <t>28-11-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0060831/2025-39 Recebimento das propostas: até às 10 horas do dia 16/12/2025. Início da disputa de preços: às 10 horas do dia 16/12/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 9464 / 0263 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 27 de novembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 02-12-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Diretoria de Infraestrutura e Conectividade - DINF) ao pedido de esclarecimento apresentado pela empresa Dell Computadores do Brasil Ltda. ----------------------------- 11-12-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Diretoria de Infraestrutura e Conectividade - DINF) ao pedido de esclarecimento apresentado pelo Sr. Karlos Antônio.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ homologacao_processo231_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14279/download;
+ ped_escl_n.01_Dell_pe_pl231_25.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14252/download;
+ ped_escl_n.02_Karlos_pe_pl231_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14260/download;
+ edital_processo_231_2025_FabricaDeIA_DINF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14248/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 228 / 2025</t>
+  </si>
+  <si>
+    <t>23/09/2025</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇO para aquisição de xícaras personalizadas e canecas promocionais.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 228 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CANECAS PROMOCIONAIS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Victor Tavora Valadares Coelho </t>
+  </si>
+  <si>
+    <t>10.300,50</t>
+  </si>
+  <si>
+    <t>23-09-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0041893/2025-72 Recebimento das propostas: até às 10 horas do dia 07/10/2025. Início da disputa de preços: às 10 horas do dia 07/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 22 de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 12-01-2026 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Assessoria de Comunicação Integrada - ASSCOM) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por empresa não identificada:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_planejamento228_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14234/download;
+  : https://transparencia.mpmg.mp.br/licitacao/arquivo/14233/download;
+ resposta_ ped_de_esclarec_n1 _pe_pl_228_2025_scpl.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14328/download;
  Edital_processo_pl_228_2025_RP_xicaras_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14135/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">XÍCARAS PERSONALIZADAS </t>
   </si>
   <si>
-    <t xml:space="preserve"> 216 / 2025</t>
-[...11 lines deleted...]
-    <t>01-09-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0023910/2025-31 Recebimento das propostas: até às 10 horas do dia 15/09/2025. Início da disputa de preços: às 10 horas do dia 15/09/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 1º de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
+    <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>Prestação de serviços de clipping, mailing e análise de redes sociais.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clipping </t>
+  </si>
+  <si>
+    <t>20-12-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2107.0053689/2025-58 Recebimento das propostas: até às 10 horas do dia 13/01/2026. Início da disputa de preços: às 10 horas do dia 13/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 23 de dezembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_228_2025_clipping, mailing e analise redes_ASSCOM.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14285/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mailing </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monitoramento de redes </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 222 / 2025</t>
+  </si>
+  <si>
+    <t>Prestação de serviços de manutenção preventiva e corretiva, com cobertura de peças, em equipamento de áudio e vídeo, e em seus respectivos cabeamentos, componentes e periféricos.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MANUTENÇÃO DE EQUIPAMENTOS DE ÁUDIO E VÍDEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AVP AUDIO &amp; VIDEO PROJETOS E COMERCIO LTDA - ME </t>
+  </si>
+  <si>
+    <t>25-11-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2110.0066682/2025-51 Recebimento das propostas: até as 10 horas do dia 10/12/2025. Início da disputa de preços: às 10 horas do dia 10/12/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 25 de novembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_processo222_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14280/download;
+ edital_processo_222_2025_audioevideo_ASSCOM.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14238/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 221 / 2025</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada em serviços gráficos (impressão silk, offset, digital e tampografia) para o fornecimento de camisetas e kits escolares personalizados.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Camisetas </t>
+  </si>
+  <si>
+    <t>18-11-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3705.0025896/2025-66 Recebimento das propostas: até às 10 horas do dia 04/12/2025. Início da disputa de preços: às 10 horas do dia 04/12/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 18 de novembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Especifica??es Camisetas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14225/download;
+ edital_processo_221_2025_servi?osgr?ficos_camisetas_kitsescolares_DIVEC.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14224/download;
+ homologacao_processo221_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14283/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kits escolares </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 220 / 2025</t>
+  </si>
+  <si>
+    <t>05/11/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de fechaduras, películas, molas e cones de sinalização, sob demanda.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fechaduras Elétricas </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GAMA LUZ COMERCIO VAREJISTA LTDA </t>
+  </si>
+  <si>
+    <t>97.429,00</t>
+  </si>
+  <si>
+    <t>05-11-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0068309/2025-27 Recebimento das propostas: até às 10 horas do dia 24/11/2025. Início da disputa de preços: às 10 horas do dia 24/11/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 05 de novembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 11-12-2025 HOMOLOGAÇÃO - Número do processo: 220 / Ano: 2025 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0068309/2025-27. Objeto: Aquisição de fechaduras, películas, molas e cones de sinalização, sob demanda. Modalidade: Pregão eletrônico. Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1: GAMA LUZ COMERCIO VAREJISTA LTDA, CNPJ nº 10.174.094/0001-79; Valor (total) adjudicado: R$97.429,00; Lote 3: FACILITA COMERCIO LTDA, CNPJ nº 40.217.448/0001-86; Valor (total) adjudicado: R$9.971,50; Lotes 2, 4, 5 e 6: 48.947.094 JORGE ANTONIO MIGUEL, CNPJ nº 48.947.094/0001-37; Valores (totais) adjudicados: R$38.000,00; R$49.000,00; R$4.800,00; e R$2.568,80, respectivamente. Belo Horizonte, 9 de dezembro de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_220_2025_fechaduras_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14208/download;
+ ata_homologacao_processo-220_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14265/download;
+ public_homologacao_processo-220_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14266/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fechadura Eletroimã </t>
+  </si>
+  <si>
+    <t xml:space="preserve">48.947.094 JORGE ANTÔNIO MIGUEL </t>
+  </si>
+  <si>
+    <t>38.000,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Molas aéreas </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FACILITA COMERCIO LTDA </t>
+  </si>
+  <si>
+    <t>9.971,50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mola de Piso </t>
+  </si>
+  <si>
+    <t>49.000,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Película </t>
+  </si>
+  <si>
+    <t>4.800,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cone </t>
+  </si>
+  <si>
+    <t>2.568,80</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 216 / 2025</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇO para aquisição de cadeiras de rodas.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cadeira de rodas </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FISIOLIFE SOLUCOES MEDICAS E HOSPITALARES LTDA </t>
+  </si>
+  <si>
+    <t>165.694,20</t>
+  </si>
+  <si>
+    <t>01-09-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0023910/2025-31 Recebimento das propostas: até às 10 horas do dia 15/09/2025. Início da disputa de preços: às 10 horas do dia 15/09/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 1º de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 17-10-2025 HOMOLOGAÇÃO - Número do planejamento: 216 / Ano: 2025 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0023910/2025-31. Objeto: Registro de Preços para aquisição de cadeiras de rodas. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1 (único): FISIOLIFE SOLUCOES MEDICAS E HOSPITALARES LTDA, CNPJ nº 51.097.433/0001-48; Valor (total) registrado: R$165.694,20. Belo Horizonte, 15 de outubro de 2025. HUGO BARROS DE MOURA LIMA Procurador-Geral de Justiça Adjunto Administrativo em exercício</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ public_homologacao_planejamento216_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14181/download;
+ ata_homologacao_planejamento216_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14180/download;
  edital_processo_216_2025_rp_cadeiras_de_rodas_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14120/download;
 </t>
   </si>
   <si>
-    <t xml:space="preserve"> 183 / 2025</t>
-[...11 lines deleted...]
-    <t>16-09-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0038656/2025-74 Recebimento das propostas: até às 10 horas do dia 02/10/2025. Início da disputa de preços: às 10 horas do dia 02/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 0263 / 9464 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 15 de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 02-10-2025 COMUNICAÇÃO Prezados licitantes, informo que a sessão inaugural deste pregão ocorrerá no dia 17/10/2025 (sexta-feira) às 10 horas. ----------------------------- 06-10-2025 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0038656/2025-74 Recebimento das propostas: até às 10 horas do dia 17/10/2025. Início da disputa de preços: às 10 horas do dia 17/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 0263 / 9464 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 03 de outubro de 2025. Amauri Silva Alves Coordenador da Diretoria de Gestão de Compras e Licitações /PGJ-MG (em substituição) *Não houve alteração do instrumento convocatório.</t>
+    <t xml:space="preserve"> 209 / 2025</t>
+  </si>
+  <si>
+    <t>19/11/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de servidores de rede e prestação de serviços de subscrição de licença de software Elastic Cloud Enterprise On-premise e NUTANIX.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Serviços de subscrição de licença de software Elastic Cloud Enterprise On-premise </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capital It Tecnologia da Informacao Ltda. </t>
+  </si>
+  <si>
+    <t>3.487.496,50</t>
+  </si>
+  <si>
+    <t>19-11-2025 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0059734/2025-25 - Recebimento das propostas: até às 10 horas do dia 09/12/2025. Início da disputa de preços: às 10 horas do dia 09/12/2025 Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 9464 / 0263 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 18 de novembro de 2025 Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 28-11-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (XXX) ao(s) pedido(s) de esclarecimento(s) apresentado(s) pelo(a) empresa Capital It Tecnologia da Informação Ltda. ----------------------------- 01-12-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação ao segundo pedido de esclarecimento apresentado pela empresa Capital It Tecnologia da Informação Ltda. ----------------------------- 01-12-2025 COMUNICAÇÃO A quantidade no Portal de Compras consta como 1 (uma) unidade de serviço, como se fosse "serviços no geral". Portanto, esclareço que a proposta deve observar o item 3 do Anexo II (Modelo de Proposta), porque possui os quantitativos de cada item do lote, apesar de no Portal de Compras constar 1 (uma) unidade de serviço. ----------------------------- 05-12-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação ao terceiro pedido de esclarecimento apresentado pela empresa Add Value Participações, Comercio e Serviços de Informática Ltda</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ped_escl_n.03_Add Value_pe_pl209_25.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14254/download;
+ edital_processo_209_2025_aquisicao_servidores_rede_e_servico_subscricao_software_nutanix_STI.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14231/download;
+ pedido_esclarec_n.01_Capital It_pe_pl209_2025.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14250/download;
+ pedido_esclarec_n.02_Capital It_pe_pl209_2025 (1).docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14251/download;
+ homologacao_processo209_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14274/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aquisição servidor de rede e serviços de subscrição de licença de software NUTANIX. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Add Value Participacoes Comercio e Serviços de Informatica Ltda. </t>
+  </si>
+  <si>
+    <t>12.686.000,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 208 / 2025</t>
+  </si>
+  <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de impressos personalizados, sob demanda, destinados a suprir as necessidades das unidades do Ministério Público do Estado de Minas Gerais.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRAWANDO COMERCIAL LTDA </t>
+  </si>
+  <si>
+    <t>52.954,25</t>
+  </si>
+  <si>
+    <t>24-10-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0023533/2025-25 Recebimento das propostas: até às 10 horas do dia 07/11/2025. Início da disputa de preços: às 10 horas do dia 07/11/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 23 de outubro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_208_2025_impressos personalizados_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14187/download;
+ homologacao_processo208_pe_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14270/download;
+ ata_homologacao_processo208_pe_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14271/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 203 / 2025</t>
+  </si>
+  <si>
+    <t>Aquisição de equipamentos audiovisuais e correlatos, sob a forma de entrega integral.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CABOS E CONECTORES </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AVP ÁUDIO &amp; VÍDEO PROJETOS E COMÉRCIO LTDA - ME </t>
+  </si>
+  <si>
+    <t>24.499,59</t>
+  </si>
+  <si>
+    <t>24-10-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2110.0029894/2025-47 Recebimento das propostas: até às 10 horas do dia 07/11/2025. Início da disputa de preços: às 10 horas do dia 07/11/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 24 de outubro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 11-12-2025 REVOGAÇÃO REVOGAÇÃO DE LICITAÇÃO - Número do processo: 203/ Ano: 2025 - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.2110.0029894/2025-47 Objeto: Aquisição de equipamentos audiovisuais e correlatos, sob a forma de entrega integral, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência. Modalidade: Pregão eletrônico - A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do lote 3 (Equipamentos e acessórios de vídeo) do referido processo licitatório, nos termos do art. 71, inciso II, da Lei Federal nº 14.133/2021. Motivo: adequação do edital. Prazo para manifestação: 3 (três) dias úteis, nos termos do art. 165, inciso I, alínea ?d?, da Lei Federal nº 14.133/2021. Oportunamente, será publicada nova licitação com o mesmo objeto. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, telefones: (31) 3330-8190 / 8233 / 8334, de 2ª a 6ª feira, das 9 às 18 h e através do site www.mpmg.mp.br. Belo Horizonte, 1º de dezembro de 2025 IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa ----------------------------- 11-12-2025 COMUNICAÇÃO Prezados senhores, informamos que a íntegra da Decisão da Autoridade competente pela Revogação do lote 3 (Equipamentos e acessórios de vídeo) do referido processo licitatório pode ser acessada nesta página, através do arquivo intitulado "Decisão_revogacao_lote_3_pl_203_2025". O Prazo para manifestação são de 3 (três) dias úteis, cuja data limite encerra-se em 16/12/2025, nos termos do art. 165, inciso I, alínea ?d?, da Lei Federal nº 14.133/2021 e publicação DOMP/MG, edição 03/12/2025. ----------------------------- 16-12-2025 HOMOLOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.2110.0029894/2025-47 - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lotes 1 e 2: AVP AUDIO &amp; VIDEO PROJETOS E COMERCIO LTDA - ME CNPJ 13.240.986/0001-19 Valor (total) adjudicado para o lote 1: R$ 24.499,59 Valor (total) adjudicado para o lote 2: R$ R$ 106.989,98 Lotes 4 e 5: AGENES S. DA SILVA SUPRIMENTOS DE INFORMATICA LTDA. CNPJ: 19.561.435/0001-33 Valor (total) adjudicado para o lote 4: R$ 38.913,55 Valor (total) adjudicado para o lote 5: R$ 27.721,08 Lote 6: FACILITA COMERCIO LTDA CNPJ 40.217.448/0001-86 Valor (total) adjudicado: R$ 4.000,00 O lote 3 (Equipamentos e acessórios de vídeo) foi revogado nos termos do art. 71, inciso II, e art. 165, inciso I, alínea d, ambos da Lei Federal nº 14.133/2021, tendo a decisão sido publicada no Diário Oficial do Ministério Público de Minas Gerais, edição 03/12/2025. Belo Horizonte, 12 de dezembro de 2025 IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_processo_203_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14282/download;
+ edital_processo_203_2025_equipamentos audio video_DRIN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14183/download;
+ Decisao_revogacao_lote_3_pl_203_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14262/download;
+ Proposta_F000255_lote 2_processo_203_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14243/download;
+ Proposta_F000162_lote 1_processo_203_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14242/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EQUIPAMENTOS E ACESSÓRIOS DE ÁUDIO </t>
+  </si>
+  <si>
+    <t>106.989,98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EQUIPAMENTOS E ACESSÓRIOS DE VÍDEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PERIFÉRICOS DE INFORMÁTICA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGENES S. DA SILVA SUPRIMENTOS DE INFORMATICA LTDA </t>
+  </si>
+  <si>
+    <t>38.913,55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CASES E BAGS </t>
+  </si>
+  <si>
+    <t>27.721,08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FERRAMENTAS </t>
+  </si>
+  <si>
+    <t>4.000,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 200 / 2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para fornecimento e instalação de plataforma de elevação e/ou de elevador de passageiros, com fornecimento de material, mão-de-obra e respectiva manutenção e assistência técnica com inclusão total de peças originais durante o período de garantia de 12 (doze) meses.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLATAFORMA DE ELEVAÇÃO VERTICAL </t>
+  </si>
+  <si>
+    <t>30-10-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0042702/2025-97 Recebimento das propostas: até às 10 horas do dia 13/11/2025. Início da disputa de preços: às 10 horas do dia 13/11/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 29 de outubro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 06-11-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIMAN) ao pedido de esclarecimento nº0001 apresentado pela empresa ELEVADORES ATLAS SCHINDLER LTDA. ----------------------------- 12-11-2025 COMUNICAÇÃO Srs. licitantes, informamos que houve alteração da data da sessão inaugural do certame devido à necessidade de prazo para responder às impugnações apresentadas. Dessa forma, o prazo para recebimento das propostas: até às 10 horas do dia 25/11/2025 - Início da disputa de preços: às 10 horas do dia 25/11/2025. Não haverá reabertura de prazo para esclarecimentos e impugnações. ----------------------------- 19-11-2025 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: TK Elevadores Brasil Ltda (solicitação n.º 0002 - SIAD): Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se publicada nesta página, bem como no Portal de Compras/MG. Reiteramos aos interessados que esta licitação ocorrerá às 10 horas do dia 25/11/2025. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9h às 18h ou pelos telefones: (31) 3330-8190 / 8233 / 9464. Belo Horizonte, 18 de novembro de 2025. Lizziane de Souza Trindade - Pregoeira Suplente. ----------------------------- 19-11-2025 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: Elevadores Atlas Schindler Ltda (solicitação n.º 0003 - SIAD): Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se publicada nesta página, bem como no Portal de Compras/MG. Reiteramos aos interessados que esta licitação ocorrerá às 10 horas do dia 25/11/2025. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9h às 18h ou pelos telefones: (31) 3330-8190 / 8233 / 9464. Belo Horizonte, 18 de novembro de 2025. Lizziane de Souza Trindade - Pregoeira Suplente. ----------------------------- 24-11-2025 COMUNICAÇÃO Srs. licitantes, informamos que houve alteração da data da sessão inaugural do certame devido à necessidade de prazo para responder questionamento encaminhado via e-mail pela empresa TK Elevadores Brasil Ltda, anexado abaixo. Dessa forma, o prazo para recebimento das propostas: até às 10 horas do dia 28/11/2025 - Início da disputa de preços: às 10 horas do dia 28/11/2025. ----------------------------- 27-11-2025 COMUNICAÇÃO Srs. licitantes, informamos que houve a alteração da data da sessão inaugural do certame, tendo em vista a necessidade de prazo para análise e resposta a pedidos de esclarecimentos apresentado por empresa interessada em participar desta licitação. Dessa forma, o Prazo para recebimento das propostas deste certame é até às 10 horas do dia 05/12/2025 - Início da disputa de preços: às 10 horas do dia 05/12/2025. ----------------------------- 04-12-2025 COMUNICAÇÃO Srs. licitantes, informamos que houve a alteração da data da sessão inaugural do certame, tendo em vista a necessidade de prazo para análise e resposta a pedidos de esclarecimentos apresentado por empresa interessada em participar desta licitação. Dessa forma, o Prazo para recebimento das propostas deste certame é até às 10 horas do dia 11/12/2025 - Início da disputa de preços: às 10 horas do dia 11/12/2025. ----------------------------- 10-12-2025 COMUNICAÇÃO Srs. licitantes, informamos que houve a alteração da data da sessão inaugural do certame, tendo em vista a necessidade de prazo para análise e resposta a pedidos de esclarecimentos apresentado por empresa interessada em participar desta licitação. Dessa forma, o Prazo para recebimento das propostas deste certame é até às 14 horas do dia 12/12/2025 - Início da disputa de preços: às 14 horas do dia 12/12/2025. ----------------------------- 11-12-2025 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESPOSTA E COMUNICAÇÃO Unidade 1091012 - Processo Licitatório nº 200/2025 -Processo SEI: nº 19.16.2481.0042702/2025-97- -Impugnação: Solicitação nº 0004 - SIAD -Impugnante: TK Elevadores do Brasil Ltda. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório, nos Portais www.compras.mg.gov.br e www.mpmg.mp.br, Serviços, Consultas, Licitações e Contratos. Simone de Oliveira Capanema - Pregoeira. ----------------------------- 11-12-2025 REVOGAÇÃO REVOGAÇÃO DE LICITAÇÃO - Número do processo: 200/ Ano: 2025 - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0042702/2025-97 Objeto: Contratação de empresa especializada para fornecimento e instalação de plataforma de elevação e/ou de elevador de passageiros, com fornecimento de material, mão-de-obra e respectiva manutenção e assistência técnica com inclusão total de peças originais durante o período de garantia de 12 (doze) meses. Modalidade: Pregão eletrônico A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do referido processo licitatório, nos termos do art. 71, inciso II, da Lei Federal nº 14.133/2021. Motivo: adequação do edital. Prazo para manifestação: 3 (três) dias úteis, nos termos do art. 165, inciso I, alínea ?d?, da Lei Federal nº 14.133/2021. Oportunamente, será publicada nova licitação com o mesmo objeto. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, telefones: (31) 3330-8190 / 8233 / 8334, de 2ª a 6ª feira, das 9 às 18 h e através do site www.mpmg.mp.br. Belo Horizonte, 10 de dezembro de 2025. IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa ----------------------------- 11-12-2025 ESCLARECIMENTOS Seguem respostam da unidade técnica Divisão de Manutenção Predial (DIMAN-PGJ) aom pedidos de esclarecimento apresentado, via e-mail, por empresa interessada em participar do processo licitatório em epígrafe: "PERGUNTA 1: ?Analisando o Edital, identificamos que o Item 6.9, na página 15, estabelece a seguinte exigência: ?Em se tratando de serviços de engenharia, o licitante vencedor deverá ser convocado a apresentar à Administração, por meio eletrônico, as planilhas com indicação dos quantitativos e dos custos unitários, seguindo o modelo elaborado pela Administração, bem como com detalhamento das Bonificações e Despesas Indiretas (BDI) e dos Encargos Sociais (ES), com os respectivos valores adequados ao valor final da proposta vencedora?? Entretanto, verificamos que o modelo específico para o detalhamento da planilha de Bonificações e Despesas Indiretas (BDI) e dos Encargos Sociais (ES), não foi disponibilizado junto ao Edital publicado. Solicitamos por gentileza, o envio da planilha para preenchimento.? RESPOSTA DA PGJ: ?Quanto à solicitação referente ao envio do modelo específico para o detalhamento da planilha de Bonificações e Despesas Indiretas (BDI), esclarece-se que não houve, na fase preparatória, a elaboração e disponibilização desse documento. A ausência da planilha decorre de vício identificado no Termo de Referência, o qual, embora trate de objeto que envolve serviços de engenharia, não contemplou a previsão de BDI, tampouco orientou a cotação de mercado para esse fim, resultando em mapa de preços incompatível com a metodologia de formação de custos aplicável. Diante disso, e considerando que a inclusão do BDI é elemento obrigatório para a adequada composição dos custos dos serviços de engenharia, evidencia-se a necessidade de promover ajustes no Termo de Referência, bem como a revisão do mapa de preços.? Por essa razão, considerando a resposta acima da unidade técnica, será iniciado um novo processo licitatório. PERGUNTA 2: Em verificação ao edital, na página 3, item 1.1 ?O objeto da presente licitação é a contratação de empresa especializada para fornecimento e instalação de plataforma de elevação e/ou de elevador de passageiros, com fornecimento de material, mão-de-obra e respectiva manutenção e assistência técnica com inclusão total de peças originais durante o período de garantia de 12 (doze) meses, conforme especificações e condições constantes neste Edital e seus anexos?. Entendemos que na parte que diz ?manutenção e assistência técnica com inclusão total de peças?, inclui todas a peças e reparos, porém, ao abrir o sistema para inclusão das propostas, nos lotes 1 e 2, constam 3 itens a serem cotados, conforme imagens abaixo: (...) Solicitamos maiores exclarecimento a respeitro dessas divições de itens nos lotes, e se poderiamos deixar em branco, o item 3 que diz ? MANUTENCAO, REPAROS E ADAPTACOES EM ELEVADORES?, já que o objeto menciona ?incluçao total de peças. RESPOSTA DA PGJ: O item ITEM MANUTENÇÃO, REPAROS E ADAPTAÇÕES EM ELEVADORES, corresponde ao item 3 dos lotes 1 e 2. São 100 horas técnicas previstas que têm por finalidade atender, sob demanda e mediante solicitação da CONTRATANTE, às necessidades de manutenção corretiva, ajustes técnicos ou intervenções eventuais que impliquem parada dos equipamentos, além daquelas já programadas no Apenso 2C do Termo de Referência.Tais horas correspondem a uma reserva técnica destinada a assegurar a continuidade e o pleno funcionamento dos sistemas contemplados, em especial o sistema de CFTV, abrangendo eventuais serviços de diagnóstico, reparo, substituição de componentes ou adequações que demandem a suspensão temporária da operação dos equipamentos, conforme previsto no subitem 4.2 do item 4 do Apenso mencionado. ----------------------------- 12-12-2025 COMUNICAÇÃO Prezados senhores, informamos que a íntegra da Decisão da Autoridade competente pela Revogação do referido processo licitatório pode ser acessada nesta página, através do arquivo intitulado "Decisão_revogacao_pl_200_2025". O Prazo para manifestação são de 3 (três) dias úteis, cuja data limite encerra-se em 16/12/2025, nos termos do art. 165, inciso I, alínea d, da Lei Federal nº 14.133/2021 e publicação no Diário Oficial do Ministério Público de Minas Gerais (DOMP/MG), Edição 11/12/2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo200_2025_aquisicao_e_servico_forn_inst_elevador_com_mao_de_obra_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14189/download;
+ Apenso_1_ao_Termo_de_Referencia_Relacao_de_Equipamentos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14190/download;
+ Apenso_2A_ao_Termo_de_Referencia_Especificacoes_para_elevador.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14191/download;
+ Apenso_2C_ao_Termo_de_Referencia_Descricao_dos_servicos_de_conservacao_manutencao_preventiva_e_corretiva.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14193/download;
+ Apenso_2D_ao_Termo_de_Referencia_Rotinas_de_manutencao_minima_a_serem_adotadas.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14194/download;
+ Apenso_3_ao_Termo_de_Referencia_Layouts_Almenara_para_simples_conferencia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14195/download;
+ pedido_de_esclrec._n.0001_empresa_ATLAS_pe_pl200_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14210/download;
+ impugnacao_n.0002_empresa_TK_ELEVADORES_pe_pl200_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14213/download;
+ impugnacao_n.0003_empresa_ATLAS_SCHINDLER_pe_pl200_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14215/download;
+ Apenso_4_ao_Termo_de_Referencia_Layouts_Sete_Lagoas_para_simples_conferencia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14196/download;
+ Apenso_2B_ao_Termo_de_Referencia_Especificaoes_Plataforma_de_Elevacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14199/download;
+ Decisao_revogacao_pl_200_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14264/download;
+ decisao_impugnacao_n 0004_TK-Elevadores_improcedente_pl_200_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14256/download;
+ email_TK_elevadores_pe_pl200_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14232/download;
+ decisao_impugnacao_n.0003_Atlas_Schindler_pl200_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14230/download;
+ decisao_impugnacao_n.0002_TK_Elevadores_pl200_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14229/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ELEVADOR PREDIAL </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 194 / 2025</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>Solução para o ambiente Red Hat do Ministério Público de Minas Gerais, englobando a prestação de serviços especializados sob demanda, e a aquisição de subscrições de licenças, incluindo a renovação da subscrição Red Hat Runtimes e a contratação da subscrição Red Hat Learning</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAIOR PREÇO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SERVIÇOS TÉCNICOS ESPECIALIZADOS PARA RED HAT </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Homologado Deserto </t>
+  </si>
+  <si>
+    <t>31-10-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0060154/2025-82 Recebimento das propostas: até às 10 horas do dia 17/11/2025. Início da disputa de preços: às 10 horas do dia 17/11/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 31 de outubro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_194_2025_SolucaoAmbienteRedHat_DINF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14204/download;
+ homologacao_processo194_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14227/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUBSCRIÇÃO RED HAT RUNTIMES / LEARNING </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 183 / 2025</t>
+  </si>
+  <si>
+    <t>06/10/2025</t>
+  </si>
+  <si>
+    <t>RP para aquisição de materiais diversificados de consumo (lacres de segurança, saco de fibra sintética, malotes)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lacre de segurança </t>
+  </si>
+  <si>
+    <t>16-09-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0038656/2025-74 Recebimento das propostas: até às 10 horas do dia 02/10/2025. Início da disputa de preços: às 10 horas do dia 02/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 0263 / 9464 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 15 de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 02-10-2025 COMUNICAÇÃO Prezados licitantes, informo que a sessão inaugural deste pregão ocorrerá no dia 17/10/2025 (sexta-feira) às 10 horas. ----------------------------- 06-10-2025 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0038656/2025-74 Recebimento das propostas: até às 10 horas do dia 17/10/2025. Início da disputa de preços: às 10 horas do dia 17/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 0263 / 9464 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 03 de outubro de 2025. Amauri Silva Alves Coordenador da Diretoria de Gestão de Compras e Licitações /PGJ-MG (em substituição) *Não houve alteração do instrumento convocatório.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_planejamento_183_pe_2025_rp.pdf.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14219/download;
  edital_processo_183_2025_rp_lacres_sacos_malote_DMAT.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14127/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Saco de fibra sintética </t>
   </si>
   <si>
+    <t>1.887,00</t>
+  </si>
+  <si>
     <t xml:space="preserve">Malote </t>
   </si>
   <si>
+    <t xml:space="preserve">MALTA INDUSTRIA E COMERCIO DE PRODUTOS LTDA </t>
+  </si>
+  <si>
+    <t>26.139,00</t>
+  </si>
+  <si>
     <t xml:space="preserve"> 181 / 2025</t>
   </si>
   <si>
     <t>Aquisição de peças, ferramentas e acessórios de TI sob a forma de entrega integral.</t>
   </si>
   <si>
-    <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">SSD Interno </t>
   </si>
   <si>
-    <t>23-09-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0068572/2025-19 Recebimento das propostas: até às 10 horas do dia 07/10/2025. Início da disputa de preços: às 10 horas do dia 07/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 22 de setembro 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
+    <t xml:space="preserve">CONEXAO MAXIMA INFORMATICA LTDA </t>
+  </si>
+  <si>
+    <t>337.220,00</t>
+  </si>
+  <si>
+    <t>23-09-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0068572/2025-19 Recebimento das propostas: até às 10 horas do dia 07/10/2025. Início da disputa de preços: às 10 horas do dia 07/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 22 de setembro 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 17-10-2025 HOMOLOGAÇÃO - Número do processo: 181 / Ano: 2025 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0068572/2025-19 Objeto: Aquisição de peças, ferramentas e acessórios de TI sob a forma de entrega integral. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1: CONEXAO MAXIMA INFORMATICA LTDA, CNPJ nº 24.490.141/0001-06; Valor (total) adjudicado: R$337.220,00; Lote 2: DHCP INFORMATICA DO BRASIL LTDA, CNPJ nº 05.549.856/0001-34; Valor (total) adjudicado: R$22.960,00. Belo Horizonte, 16 de outubro de 2025. HUGO BARROS DE MOURA LIMA Procurador-Geral de Justiça Adjunto Administrativo em exercício</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_181_2025_Equipamentos_TI_DSSA.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14137/download;
+ ata_homologacao_processo181_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14178/download;
+ public_homologacao_processo181_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14179/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CABO CONVERSOR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DHCP INFORMATICA DO BRASIL LTDA. </t>
+  </si>
+  <si>
+    <t>22.960,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 179 / 2025</t>
   </si>
   <si>
     <t>Subscrição de suporte do sistema operacional Oracle Linux Premier.</t>
   </si>
   <si>
     <t xml:space="preserve">Oracle Linux Premier Support (36 meses) </t>
   </si>
   <si>
     <t>20-09-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0034976/2025-15 Recebimento das propostas: até às 10 horas do dia 06/10/2025. Início da disputa de preços: às 10 horas do dia 06/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 19 de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_179_2025_oracle_support_dinf.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14133/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 175 / 2025</t>
   </si>
   <si>
     <t>04/10/2025</t>
   </si>
   <si>
     <t>Aquisição de mobiliário de jardim, sob a forma de entrega integral.</t>
   </si>
   <si>
     <t xml:space="preserve">MESAS E CADEIRAS PARA JARDIM/ÁREA EXTERNA </t>
   </si>
   <si>
-    <t>04-10-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0058512/2024-30 Recebimento das propostas: até às 10 horas do dia 20/10/2025. Início da disputa de preços: às 10 horas do dia 20/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 03 de outubro de 2025. Amauri Silva Alves Coordenador da Diretoria de Gestão de Compras e Licitações em substituição/PGJ-MG ----------------------------- 09-10-2025 ESCLARECIMENTOS - PEDIDO 1 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (DIMAN/SEA), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA 1: ?Solicitamos informação em relação à marca existente dos móveis para área externa no MPMG, uma vez que o edital do pregão 175 exija que sejam fornecidos mobiliário da mesma marca.? RESPOSTA 1: ?(...) não há no Edital a exigência de marca. Há uma orientação para que o fornecedor ofereça modelos SEMELHANTES aos já existentes na PGJ (pela Procuradoria-Geral de Justiça). A aquisição realizada em 2023 pela PGJ foi de móveis da marca Alumiart (...)? ----------------------------- 09-10-2025 ESCLARECIMENTOS - PEDIDO 2 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (DIMAN/SEA), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA 1: ?voces tem fotos , marca e modelo dos ombrelones do lote 3 pra me passar ? ou um link pra eu verificar quais modelos atendem ao edital ?? RESPOSTA 1: ?(...) não temos as referências solicitadas pois não houve aquisição desse tipo de ombrelone pela SEA (pela Procuradoria-Geral de Justiça).?</t>
+    <t xml:space="preserve">ERGON MOBILE - COMERCIO &amp; SERVICOS LTDA </t>
+  </si>
+  <si>
+    <t>41.757,00</t>
+  </si>
+  <si>
+    <t>04-10-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0058512/2024-30 Recebimento das propostas: até às 10 horas do dia 20/10/2025. Início da disputa de preços: às 10 horas do dia 20/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 03 de outubro de 2025. Amauri Silva Alves Coordenador da Diretoria de Gestão de Compras e Licitações em substituição/PGJ-MG ----------------------------- 09-10-2025 ESCLARECIMENTOS - PEDIDO 1 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (DIMAN/SEA), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA 1: ?Solicitamos informação em relação à marca existente dos móveis para área externa no MPMG, uma vez que o edital do pregão 175 exija que sejam fornecidos mobiliário da mesma marca.? RESPOSTA 1: ?(...) não há no Edital a exigência de marca. Há uma orientação para que o fornecedor ofereça modelos SEMELHANTES aos já existentes na PGJ (pela Procuradoria-Geral de Justiça). A aquisição realizada em 2023 pela PGJ foi de móveis da marca Alumiart (...)? ----------------------------- 09-10-2025 ESCLARECIMENTOS - PEDIDO 2 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (DIMAN/SEA), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA 1: ?voces tem fotos , marca e modelo dos ombrelones do lote 3 pra me passar ? ou um link pra eu verificar quais modelos atendem ao edital ?? RESPOSTA 1: ?(...) não temos as referências solicitadas pois não houve aquisição desse tipo de ombrelone pela SEA (pela Procuradoria-Geral de Justiça).? ----------------------------- 30-10-2025 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo por parte da licitante MARCELO LUIZ CLEMENTE BRANDAO, contra a decisão do pregoeiro que declarou vencedora dos LOTES 1 e 2 desta licitação a licitante ERGON MOBILE - COMERCIO &amp; SERVICOS LTDA. O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página e no campo próprio do Portal de Compras MG. ----------------------------- 03-11-2025 COMUNICAÇÃO - APRESENTAÇÃO DE CONTRARRAZÕES - Comunicamos a apresentação de Contrarrazões de Recurso Administrativo por parte da licitante ERGON MOBILE - COMERCIO &amp; SERVICOS LTDA, em oposição ao Recurso apresentado pela licitante MARCELO LUIZ CLEMENTE BRANDAO, nos LOTES 1 e 2 desta licitação. O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página e no campo próprio do Portal de Compras MG. ----------------------------- 15-11-2025 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO - Número do processo: 175 / Ano: 2025 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0058512/2024-30. Objeto: Aquisição de mobiliário de jardim, sob a forma de entrega integral, conforme especificações técnicas, exigências e quantitativo estabelecidos neste Edital. Modalidade: Pregão eletrônico. Recorrente: MARCELO LUIZ CLEMENTE BRANDAO. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão do Pregoeiro. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.compras.mg.gov.br. Belo Horizonte, 13 de novembro de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa ----------------------------- 18-11-2025 HOMOLOGAÇÃO - Número do processo: 175 / Ano: 2025 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0058512/2024-30. Objeto: Aquisição de mobiliário de jardim, sob a forma de entrega integral, conforme especificações técnicas, exigências e quantitativo estabelecidos neste Edital. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1: ERGON MOBILE - COMERCIO &amp; SERVICOS LTDA, CNPJ nº 07.419.834/0001-85; Valor (total) adjudicado: R$41.757,00; Lote 2: ERGON MOBILE - COMERCIO &amp; SERVICOS LTDA, CNPJ nº 07.419.834/0001-85; Valor (total) adjudicado: R$25.468,00; Lote 3: ERGON MOBILE - COMERCIO &amp; SERVICOS LTDA, CNPJ nº 07.419.834/0001-85; Valor (total) adjudicado: R$38.724,00. Belo Horizonte, 17 de novembro de 2025. IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_175_2025_Mobiliario_de_jardim_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14149/download;
  pedido_de_esclarec_n.1_marcelo_pe_pl175_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14160/download;
  pedido_de_esclarec_n.2_focos_pe_pl175_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14161/download;
  resposta_pedido_esclarec_n.2_focos_pe_pl175_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14162/download;
  resposta_pedido_esclarec_n.1_marcelo_pe_pl175_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14163/download;
+ decisao_recurso_adm_marcelo_pe_pl175_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14220/download;
+ public_DOMP_result_julg_recurso_pl175_pe_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14221/download;
+ ata_homologacao_processo175_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14222/download;
+ contrarrazoes_rec_adm_f207_ergon_pe_pl175_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14206/download;
+ contrarrazoes_rec_adm_f195_ergon_pe_pl175_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14205/download;
+ razoes_recurso_adm_F114_marcelo_pe_pl175_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14201/download;
+ razoes_recurso_adm_F243_marcelo_pe_pl175_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14202/download;
+ public_DOMP_homologacao_processo175_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14226/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">ESTOFADOS PARA JARDIM/ÁREA EXTERNA </t>
   </si>
   <si>
+    <t>25.468,00</t>
+  </si>
+  <si>
     <t xml:space="preserve">OMBRELONES PARA JARDIM/ÁREA EXTERNA </t>
   </si>
   <si>
+    <t>38.724,00</t>
+  </si>
+  <si>
     <t xml:space="preserve"> 172 / 2025</t>
   </si>
   <si>
     <t>13/09/2025</t>
   </si>
   <si>
     <t>Contratação de empresa na prestação do serviço de gerenciamento de plataforma integrada de mobilidade corporativa.</t>
   </si>
   <si>
     <t xml:space="preserve">PLATAFORMA INTEGRADA DE MOBILIDADE CORPORATIVA </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Fracassado </t>
   </si>
   <si>
     <t>13-09-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3906.0041964/2025-06 Recebimento das propostas: até às 10 horas do dia 01/10/2025. Início da disputa de preços: às 10 horas do dia 01/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 15 de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 01-10-2025 COMUNICAÇÃO Srs. licitantes, informamos que a sessão inaugural deste processo licitatório foi alterada para o dia 06/10/2025, às 10:00h, para fins de atender ao interesse público.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_processo172_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14157/download;
  Edital_processo_172_2025_mobilidade_urbana_DGET.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14126/download;
- homologacao_processo172_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14157/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 161 / 2025</t>
   </si>
   <si>
     <t>19/09/2025</t>
   </si>
   <si>
     <t>Aquisição de materiais hidráulicos, sob demanda, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência.</t>
   </si>
   <si>
     <t xml:space="preserve">EXAUSTOR E CHUVEIRO </t>
   </si>
   <si>
-    <t>19-09-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0046367/2025-82 Recebimento das propostas: até às 10 horas do dia 02/10/2025. Início da disputa de preços: às 10 horas do dia 02/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 18 de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
+    <t>19-09-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0046367/2025-82 Recebimento das propostas: até às 10 horas do dia 02/10/2025. Início da disputa de preços: às 10 horas do dia 02/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 18 de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 17-10-2025 HOMOLOGAÇÃO - Número do processo: 161 / Ano: 2025 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0046367/2025-82. Objeto: Aquisição de materiais hidráulicos, sob demanda, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 2: MERCEARIA INDIANOPOLIS LTDA, CNPJ nº 17.263.096/0001-83; Valor (total) adjudicado: R$71.824,05; Lote 3: MERCEARIA INDIANOPOLIS LTDA, CNPJ nº 17.263.096/0001-83; Valor (total) adjudicado: R$82.790,16; Os lotes 1 e 4 resultaram fracassados, por não terem restado propostas classificadas para atendimento aos seus objetos. Belo Horizonte, 16 de outubro de 2025. HUGO BARROS DE MOURA LIMA Procurador-Geral de Justiça Adjunto Administrativo em exercício</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  Edital_processo_161_2025_materiais_hidr?ulicos_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14131/download;
+ ata_homologacao_processo161_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14176/download;
+ public_homologacao_processo161_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14177/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">BACIA SANITÁRIA E REPAROS </t>
   </si>
   <si>
+    <t>71.824,05</t>
+  </si>
+  <si>
     <t xml:space="preserve">TUBOS, CONEXÕES E PEÇAS EM METAL </t>
   </si>
   <si>
+    <t>82.790,16</t>
+  </si>
+  <si>
     <t xml:space="preserve">RESINA CATIÔNICA </t>
   </si>
   <si>
     <t xml:space="preserve"> 160 / 2025</t>
   </si>
   <si>
     <t>12/09/2025</t>
   </si>
   <si>
     <t>Serviços de sustentação e suporte técnico da plataforma GLPI, incluindo manutenção corretiva e evolutiva, atendimento especializado sob demanda e capacitação de usuários.</t>
   </si>
   <si>
     <t xml:space="preserve">SUSTENTAÇÃO E SUPORTE TÉCNICO DA PLATAFORMA GLPI. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MINDTEK INTELIGENCIA E TECNOLOGIA LTDA </t>
+  </si>
+  <si>
+    <t>599.000,00</t>
   </si>
   <si>
     <t>12-09-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0023152/2025-85 Recebimento das propostas: até às 10 horas do dia 29/09/2025. Início da disputa de preços: às 10 horas do dia 29/09/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 11 de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_160_2025_sustentacao_e_suporte_tecnico_plataforma_GLPI_DSSA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14123/download;
  pedido_de_escl_n_0001_empresa_VS_DATA_pe_pl160_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14146/download;
- edital_processo_160_2025_sustentacao_e_suporte_tecnico_plataforma_GLPI_DSSA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14123/download;
+ homologacao_processo160_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14164/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 158 / 2025</t>
   </si>
   <si>
     <t>28/08/2025</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO para aquisição de bens permanentes diversificados: (carrinho tipo gaiola e carrinho para café)</t>
   </si>
   <si>
     <t xml:space="preserve">Carrinho tipo Gaiola </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Homologado Fracassado </t>
   </si>
   <si>
     <t>28-08-2025 AVISO DE LICITAÇÃO Número do planejamento: 158 / Ano: 2025 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0025553/2025-96 Recebimento das propostas: até às 10 horas do dia 09/09/2025. Início da disputa de preços: às 10 horas do dia 09/09/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 0263 / 9464 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 27 de agosto de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_planejamento158_pe_2025_rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14141/download;
  documentos_habilitatorios_F000209_Lote_2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14139/download;
- ata_homologacao_planejamento158_pe_2025_rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14141/download;
  homologacao_planejamento158_pe_2025_rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14142/download;
  edital_processo_158_2025_rp_carrinhos_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14113/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Carrinho para café </t>
   </si>
   <si>
     <t xml:space="preserve">51.926.481 Daniela Ferreira da Silva </t>
   </si>
   <si>
     <t>59.960,00</t>
   </si>
   <si>
     <t>Aquisição de switches de rede</t>
   </si>
   <si>
     <t xml:space="preserve">Switch (Ampla participação) </t>
   </si>
   <si>
-    <t xml:space="preserve">Homologado Adjudicado </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">HS COMÉRCIO, LOCAÇÃO E MANUTENÇÃO DE EQUIPAMENTOS DE INFORMÁTICA LTDA </t>
   </si>
   <si>
     <t>139.499,84</t>
   </si>
   <si>
-    <t>12-09-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0033456/2025-24 Recebimento das propostas: até às 10 horas do dia 25/09/2025. Início da disputa de preços: às 10 horas do dia 25/09/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 11 de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 16-09-2025 COMUNICAÇÃO Prezados senhores, gentileza considerar a última versão publicada do edital (retificação SIAD em 12/09/2025), uma vez que a publicação anterior estava incompleta. ----------------------------- 23-09-2025 ESCLARECIMENTOS Segue resposta da unidade técnica Diretoria de Infraestrutura e Conectividade (DINF-PGJ) ao pedido de esclarecimento apresentado por interessado em participar do processo licitatório em epígrafe: QUESTIONAMENTO SIAD 01: Verificamos que no sistema há campo de anexo de proposta inicial. No que tange à PROPOSTA DE PREÇO INICIAL, estamos entendendo que o licitante deverá enviar a mesma mediante, apenas, o preenchimento, no sistema eletrônico, dos campos ali existentes, SEM A NECESSIDADE DO ENVIO DE QUALQUER ANEXO. Está correto nosso entendimento? Caso contrário favor esclarecer. RESPOSTA SIAD 01: ?Informamos que não temos acesso ao funcionamento do Portal no perfil do fornecedor. Assim, o licitante deverá prestar as informações, conforme solicitado no sistema eletrônico (SIAD/Portal de Compras/MG)?. ----------------------------- 23-09-2025 ESCLARECIMENTOS Segue resposta da unidade técnica Diretoria de Infraestrutura e Conectividade (DINF-PGJ) ao pedido de esclarecimento apresentado por interessado em participar do processo licitatório em epígrafe: QUESTIONAMENTO SIAD 04: Prezado Pregoeiro quanto a exigência: 9.2.1.2.1.1.Ter fornecido equipamento compatível com a característica do objeto da presente licitação, no volume mínimo de 25% (vinte e cinco por cento) da quantidade total considerando a soma de ambos os lotes. Caso a empresa não possua o mesmo, pode ser apresentado a declaração do Fabricante do produto garantindo a entrega, garantia e compatibilidade do Switch ofertado atendendo todas as especificações técnicas? RESPOSTA SIAD 04: Não. É preciso atender às exigências na íntegra. ----------------------------- 23-09-2025 ESCLARECIMENTOS Segue resposta da unidade técnica Diretoria de Infraestrutura e Conectividade (DINF-PGJ) ao pedido de esclarecimento apresentado por interessado em participar do processo licitatório em epígrafe: QUESTIONAMENTO SIAD 02: Com relação ao Pregão Eletrônico 158/2025 e, especificamente, ao itens do lote 01 e 02 do referido pregão, gostaríamos de solicitar esclarecimentos adicionais a respeito dos requisitos de homologação dos equipamentos que serão aceitos. Entendemos que, conforme as disposições regulatórias vigentes, somente serão aceitas propostas de equipamentos que sejam devidamente homologados pela ANATEL (Agência Nacional de Telecomunicações). Esta medida é coerente com as diretrizes em vigor, que determinam que dispositivos de telefonia fixa, móvel e equipamentos que utilizam tecnologias como Wi-Fi ou Bluetooth ou cabos de rede, quando comercializados ou empregados em território nacional, devem obrigatoriamente possuir a homologação expedida pela ANATEL para garantir a qualidade dos serviços prestados e a satisfação dos consumidores, além de promover a concorrência saudável no mercado.É de suma importância salientar que a escolha por aparelhos homologados vai além da garantia da integridade da saúde e do suporte adequado. A utilização de aparelhos não homologados também pode resultar em sanções financeiras, conforme estabelecido no texto da Resolução 242 de 30 de novembro de 2000. Prezados, a LGT (Lei nº 9.472, de 16 de julho de 1997) ressalta a relevância da homologação pela ANATEL para a comercialização e uso de tais dispositivos. De acordo com a Lei Geral de Telecomunicações ? LGT (Lei nº 9.472, de 16 de julho de 1997), é proibida a utilização de equipamentos wi-fi e de cabos de rede sem certificação expedida pela Anatel. Ou seja, os equipamentos com wi-fi que utilizam cabo redes, que entram no país devem passar pelo processo de Avaliação de Conformidade, em que são submetidos a um conjunto de testes que indicam um nível adequado de segurança e confiança, com o objetivo de proteger a saúde e integrante dos usuários brasileiros. Nossa intenção ao requerer este esclarecimento é garantir que as propostas apresentadas estejam em estrita conformidade com as regulamentações e normas estabelecidas, assegurando a oferta de produtos que atendam aos mais altos padrões de qualidade, segurança e legalidade. Nesse sentido, entendemos que só será aceito para o item em questão, equipamentos homologados pela ANATEL. Nosso entendimento está correto? RESPOSTA SIAD 02: ?Sim. Os equipamentos fornecidos devem estar em conformidade com as normas e regulamentações vigentes.? ----------------------------- 23-09-2025 ESCLARECIMENTOS Segue resposta da unidade técnica Diretoria de Infraestrutura e Conectividade (DINF-PGJ) ao pedido de esclarecimento apresentado por interessado em participar do processo licitatório em epígrafe: QUESTIONAMENTO SIAD 03: Sobre a garantia: Considerando a necessidade de garantir a aquisição de produtos originais, com procedência idônea e respaldo técnico do fabricante, entendemos que será obrigatória a exigência de declaração do fabricante como requisito obrigatório para habilitação ou julgamento da proposta, nos seguintes termos: 1. Prevenção à aquisição de produtos falsificados ou de procedência duvidosa 2. O mercado nacional tem enfrentado o crescente problema da entrada de produtos de origem estrangeira, em especial importados do Paraguai, que muitas vezes são falsificados, recondicionados ou introduzidos no país de forma irregular. Esses itens, embora externamente semelhantes aos produtos originais, não atendem aos padrões de qualidade exigidos, não são reconhecidos pelos fabricantes oficiais e comprometem a confiabilidade das aquisições públicas. 3. Compatibilidade técnica e integridade do sistema. 4. A aquisição de produtos sem procedência comprovada pode resultar em falhas de compatibilidade com outros sistemas já utilizados pela Administração, gerando retrabalho, prejuízos técnicos e operacionais, e, em última instância, o desperdício de recursos públicos. A declaração do fabricante garante que os itens ofertados são originais, novos, e tecnicamente compatíveis com os ambientes e padrões recomendados. 5. Respaldo de garantia oficial e suporte técnico 6. Produtos sem vínculo com a rede oficial do fabricante têm, por regra, a garantia violada. Nessas condições, o órgão público fica sem a possibilidade de acionar o fabricante em caso de falhas, defeitos ou necessidades de suporte técnico, o que contraria os princípios da economicidade e da eficiência previstos na Administração Pública. 7. Segurança jurídica e padronização das aquisições 8. Ao exigir a declaração do fabricante, o órgão público mitiga riscos jurídicos associados à aquisição de itens de origem duvidosa e assegura a rastreabilidade do produto, fortalecendo a transparência e a lisura do processo licitatório. Ou seja, entendemos que será exigida Declaração do Fabricante para comprovar Revenda autorizada e garantir uma aquisição segura onde os equipamentos possuirão o suporte técnico e garantia vigentes bem como a compatibilidade dos equipamentos garantida. Dessa forma, a exigência da declaração do fabricante não configura restrição indevida à competitividade, mas sim um mecanismo legítimo de proteção ao interesse público, amparado nos princípios da legalidade, eficiência e economicidade, conforme previstos na Lei nº 14.133/2021. Nosso entendimento está correto? RESPOSTA SIAD 03: Não será exigida declaração do fabricante. A CONTRATADA responde integralmente pela qualidade dos equipamentos fornecidos, sendo de sua responsabilidade a escolha do fabricante que melhor atenda às exigências editalícias e técnicas. Assim, uma vez comprovado o fornecimento de equipamentos não originais ou de procedência não idônea, a CONTRATADA será responsabilizada na forma das disposições contratuais e legais aplicáveis.</t>
+    <t>12-09-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0033456/2025-24 Recebimento das propostas: até às 10 horas do dia 25/09/2025. Início da disputa de preços: às 10 horas do dia 25/09/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 11 de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 16-09-2025 COMUNICAÇÃO Prezados senhores, gentileza considerar a última versão publicada do edital (retificação SIAD em 12/09/2025), uma vez que a publicação anterior estava incompleta. ----------------------------- 23-09-2025 ESCLARECIMENTOS Segue resposta da unidade técnica Diretoria de Infraestrutura e Conectividade (DINF-PGJ) ao pedido de esclarecimento apresentado por interessado em participar do processo licitatório em epígrafe: QUESTIONAMENTO SIAD 01: Verificamos que no sistema há campo de anexo de proposta inicial. No que tange à PROPOSTA DE PREÇO INICIAL, estamos entendendo que o licitante deverá enviar a mesma mediante, apenas, o preenchimento, no sistema eletrônico, dos campos ali existentes, SEM A NECESSIDADE DO ENVIO DE QUALQUER ANEXO. Está correto nosso entendimento? Caso contrário favor esclarecer. RESPOSTA SIAD 01: ?Informamos que não temos acesso ao funcionamento do Portal no perfil do fornecedor. Assim, o licitante deverá prestar as informações, conforme solicitado no sistema eletrônico (SIAD/Portal de Compras/MG)?. ----------------------------- 23-09-2025 ESCLARECIMENTOS Segue resposta da unidade técnica Diretoria de Infraestrutura e Conectividade (DINF-PGJ) ao pedido de esclarecimento apresentado por interessado em participar do processo licitatório em epígrafe: QUESTIONAMENTO SIAD 03: Sobre a garantia: Considerando a necessidade de garantir a aquisição de produtos originais, com procedência idônea e respaldo técnico do fabricante, entendemos que será obrigatória a exigência de declaração do fabricante como requisito obrigatório para habilitação ou julgamento da proposta, nos seguintes termos: 1. Prevenção à aquisição de produtos falsificados ou de procedência duvidosa 2. O mercado nacional tem enfrentado o crescente problema da entrada de produtos de origem estrangeira, em especial importados do Paraguai, que muitas vezes são falsificados, recondicionados ou introduzidos no país de forma irregular. Esses itens, embora externamente semelhantes aos produtos originais, não atendem aos padrões de qualidade exigidos, não são reconhecidos pelos fabricantes oficiais e comprometem a confiabilidade das aquisições públicas. 3. Compatibilidade técnica e integridade do sistema. 4. A aquisição de produtos sem procedência comprovada pode resultar em falhas de compatibilidade com outros sistemas já utilizados pela Administração, gerando retrabalho, prejuízos técnicos e operacionais, e, em última instância, o desperdício de recursos públicos. A declaração do fabricante garante que os itens ofertados são originais, novos, e tecnicamente compatíveis com os ambientes e padrões recomendados. 5. Respaldo de garantia oficial e suporte técnico 6. Produtos sem vínculo com a rede oficial do fabricante têm, por regra, a garantia violada. Nessas condições, o órgão público fica sem a possibilidade de acionar o fabricante em caso de falhas, defeitos ou necessidades de suporte técnico, o que contraria os princípios da economicidade e da eficiência previstos na Administração Pública. 7. Segurança jurídica e padronização das aquisições 8. Ao exigir a declaração do fabricante, o órgão público mitiga riscos jurídicos associados à aquisição de itens de origem duvidosa e assegura a rastreabilidade do produto, fortalecendo a transparência e a lisura do processo licitatório. Ou seja, entendemos que será exigida Declaração do Fabricante para comprovar Revenda autorizada e garantir uma aquisição segura onde os equipamentos possuirão o suporte técnico e garantia vigentes bem como a compatibilidade dos equipamentos garantida. Dessa forma, a exigência da declaração do fabricante não configura restrição indevida à competitividade, mas sim um mecanismo legítimo de proteção ao interesse público, amparado nos princípios da legalidade, eficiência e economicidade, conforme previstos na Lei nº 14.133/2021. Nosso entendimento está correto? RESPOSTA SIAD 03: Não será exigida declaração do fabricante. A CONTRATADA responde integralmente pela qualidade dos equipamentos fornecidos, sendo de sua responsabilidade a escolha do fabricante que melhor atenda às exigências editalícias e técnicas. Assim, uma vez comprovado o fornecimento de equipamentos não originais ou de procedência não idônea, a CONTRATADA será responsabilizada na forma das disposições contratuais e legais aplicáveis. ----------------------------- 23-09-2025 ESCLARECIMENTOS Segue resposta da unidade técnica Diretoria de Infraestrutura e Conectividade (DINF-PGJ) ao pedido de esclarecimento apresentado por interessado em participar do processo licitatório em epígrafe: QUESTIONAMENTO SIAD 04: Prezado Pregoeiro quanto a exigência: 9.2.1.2.1.1.Ter fornecido equipamento compatível com a característica do objeto da presente licitação, no volume mínimo de 25% (vinte e cinco por cento) da quantidade total considerando a soma de ambos os lotes. Caso a empresa não possua o mesmo, pode ser apresentado a declaração do Fabricante do produto garantindo a entrega, garantia e compatibilidade do Switch ofertado atendendo todas as especificações técnicas? RESPOSTA SIAD 04: Não. É preciso atender às exigências na íntegra. ----------------------------- 23-09-2025 ESCLARECIMENTOS Segue resposta da unidade técnica Diretoria de Infraestrutura e Conectividade (DINF-PGJ) ao pedido de esclarecimento apresentado por interessado em participar do processo licitatório em epígrafe: QUESTIONAMENTO SIAD 02: Com relação ao Pregão Eletrônico 158/2025 e, especificamente, ao itens do lote 01 e 02 do referido pregão, gostaríamos de solicitar esclarecimentos adicionais a respeito dos requisitos de homologação dos equipamentos que serão aceitos. Entendemos que, conforme as disposições regulatórias vigentes, somente serão aceitas propostas de equipamentos que sejam devidamente homologados pela ANATEL (Agência Nacional de Telecomunicações). Esta medida é coerente com as diretrizes em vigor, que determinam que dispositivos de telefonia fixa, móvel e equipamentos que utilizam tecnologias como Wi-Fi ou Bluetooth ou cabos de rede, quando comercializados ou empregados em território nacional, devem obrigatoriamente possuir a homologação expedida pela ANATEL para garantir a qualidade dos serviços prestados e a satisfação dos consumidores, além de promover a concorrência saudável no mercado.É de suma importância salientar que a escolha por aparelhos homologados vai além da garantia da integridade da saúde e do suporte adequado. A utilização de aparelhos não homologados também pode resultar em sanções financeiras, conforme estabelecido no texto da Resolução 242 de 30 de novembro de 2000. Prezados, a LGT (Lei nº 9.472, de 16 de julho de 1997) ressalta a relevância da homologação pela ANATEL para a comercialização e uso de tais dispositivos. De acordo com a Lei Geral de Telecomunicações ? LGT (Lei nº 9.472, de 16 de julho de 1997), é proibida a utilização de equipamentos wi-fi e de cabos de rede sem certificação expedida pela Anatel. Ou seja, os equipamentos com wi-fi que utilizam cabo redes, que entram no país devem passar pelo processo de Avaliação de Conformidade, em que são submetidos a um conjunto de testes que indicam um nível adequado de segurança e confiança, com o objetivo de proteger a saúde e integrante dos usuários brasileiros. Nossa intenção ao requerer este esclarecimento é garantir que as propostas apresentadas estejam em estrita conformidade com as regulamentações e normas estabelecidas, assegurando a oferta de produtos que atendam aos mais altos padrões de qualidade, segurança e legalidade. Nesse sentido, entendemos que só será aceito para o item em questão, equipamentos homologados pela ANATEL. Nosso entendimento está correto? RESPOSTA SIAD 02: ?Sim. Os equipamentos fornecidos devem estar em conformidade com as normas e regulamentações vigentes.?</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_158_2025_swithces_DINF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14124/download;
  ata_homologacao_processo_158_pe_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14158/download;
 </t>
   </si>
   <si>
+    <t xml:space="preserve">Switch (Cora reservada ME/EPP/Equiparada) </t>
+  </si>
+  <si>
+    <t>45.065,25</t>
+  </si>
+  <si>
     <t xml:space="preserve">Switch (cota reservada) </t>
   </si>
   <si>
-    <t>45.065,25</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 157 / 2025</t>
   </si>
   <si>
     <t>02/10/2025</t>
   </si>
   <si>
     <t>Prestação de serviços de fornecimento de links de comunicação de dados com acesso dedicado à Internet para o Datacenter da Procuradoria-Geral de Justiça de Minas Gerais (PGJ-MG), incluindo o fornecimento e instalação de equipamentos.</t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 1 - CONEXAO DE ALTA DISPONIBILIDADE A INTERNET </t>
   </si>
   <si>
-    <t>02-10-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0107335/2024-02 Recebimento das propostas: até às 10 horas do dia 21/10/2025. Início da disputa de preços: às 10 horas do dia 21/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 1º de outubro de 2025. Amauri Silva Alves Coordenador da Diretoria de Gestão de Compras e Licitações /PGJ-MG (em substituição) ----------------------------- 08-10-2025 RETIFICAÇÃO Incluídos os subitens 6.4.6, 6.4.6.1, 6.4.7 e 6.4.7.1 no Edital. Esclarecemos que a modificação não interfere na formulação das propostas. Não houve alteração de datas.</t>
+    <t xml:space="preserve">COMPANHIA ITABIRANA DE TELECOMUNICACOES LTDA </t>
+  </si>
+  <si>
+    <t>35.640,00</t>
+  </si>
+  <si>
+    <t>02-10-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0107335/2024-02 Recebimento das propostas: até às 10 horas do dia 21/10/2025. Início da disputa de preços: às 10 horas do dia 21/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 1º de outubro de 2025. Amauri Silva Alves Coordenador da Diretoria de Gestão de Compras e Licitações /PGJ-MG (em substituição) ----------------------------- 08-10-2025 RETIFICAÇÃO Incluídos os subitens 6.4.6, 6.4.6.1, 6.4.7 e 6.4.7.1 no Edital. Esclarecemos que a modificação não interfere na formulação das propostas. Não houve alteração de datas. ----------------------------- 13-10-2025 ESCLARECIMENTOS Seguem, em arquivos abaixo anexados, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (STI-COMPRAS) ao pedido de esclarecimento apresentados pela Sra Fernanda. ----------------------------- 13-10-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação STI-Compras ao pedido de esclarecimento apresentado pela empresa TELEFONICA BRASIL S/A. ----------------------------- 15-10-2025 ESCLARECIMENTOS Seguem, em arquivos abaixo anexados, respostas da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação STI aos pedidos de esclarecimentos apresentados pela empresa BRFIBRA TELECOMUNICACOES LTDA. ----------------------------- 16-10-2025 ESCLARECIMENTOS Segue, em arquivos abaixo anexados, respostas da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (STI-COMPRAS) aos pedidos de esclarecimentos apresentados pela Empresa AMERICAN TOWER DO BRASIL-COMUNICACAO MULTIMIDIA LTDA. ----------------------------- 16-10-2025 ESCLARECIMENTOS Seguem, em arquivos abaixo anexados, respostas da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (STI-COMPRAS) ao pedidos de esclarecimento apresentado pela empresa COMPANHIA ITABIRANA DE TELECOMUNICACOES LTDA.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  Edital_pl157_2025_links_de_dados_DINF__RETIFICACAO_.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14155/download;
  edital_processo_157_2025_links de dados_DRBD.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14152/download;
+ resposta_ pedido_de_esclarec_n.0001_pessoafisica_fernanda_co_pl157_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14166/download;
+ resposta_ pedido_de_esclarec_n.0002_empresa_TelefonicaBrasil_co_pl157_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14168/download;
+ pedido_de_esclarec_n.0003_empresaBRFIBRATELECOMUNICACOES LTDA_pe_pl157_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14169/download;
+ resposta_ pedido_de_esclarec_n.0003_empresa BRFIBRATELECOMUNICACOES LTDA_pe_pl157_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14171/download;
+ pedido_de_esclarec_n.0004_empresa_AMERICANTOWERDOBRASIL_pe_pl157_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14172/download;
+ resposta_ pedido_de_esclarec_n.0004_empresa_AMERICANTOWERDOBRASIL_pe_pl157_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14173/download;
+ pedido_de_esclarec_n.0005_empresa_COMPANHIAITABIRANADETELECOMUNICACOESLTDA_pe_pl157_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14174/download;
+ resposta_ pedido_de_esclarec_n.0005_empresa_COMPANHIAITABIRANADETELECOMUNICACOESLTDA_pe_pl157_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14175/download;
+ homologacao_processo157_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14203/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LOTE 2 - CONEXAO DE ALTA DISPONIBILIDADE A INTERNET </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRASIL TECPAR SERVICOS DE TELECOMUNICACOES S.A </t>
+  </si>
+  <si>
+    <t>28.980,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 149 / 2025</t>
   </si>
   <si>
     <t>19/07/2025</t>
   </si>
   <si>
     <t>Registro de preço para aquisição de bens permanentes diversificados (cofre, coletor/contentor de lixo, fabricador de gelo e cadeira plástica para refeitório).</t>
   </si>
   <si>
     <t xml:space="preserve">COFRE </t>
   </si>
   <si>
     <t xml:space="preserve">ADÉLIO JOSÉ DO NASCIMENTO 78718570615 </t>
   </si>
   <si>
     <t>28.300,00</t>
   </si>
   <si>
     <t>19-07-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0030958/2025-49 Recebimento das propostas: até às 10 horas do dia 01/08/2025. Início da disputa de preços: às 10 horas do dia 01/08/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 20 de julho de 2025. Amauri Silva Alves Coordenador da Diretoria de Compras e Licitações em Exercício/PGJ-MG ----------------------------- 23-07-2025 COMUNICAÇÃO Verifica-se que o valor total apresentado no preâmbulo do edital diverge do valor orçado. Trata-se de um erro material, decorrente de falha de soma, sem prejuízo à regularidade do processo, especialmente considerando que se trata de registro de preços, cuja referência para futuras contratações será o valor unitário. ----------------------------- 14-08-2025 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo por parte da licitante 3F COMERCIO E SERVICOS LTDA, contra a decisão do pregoeiro que declarou vencedora do LOTE 3 desta licitação a licitante DISTRIBUIDORA PERES &amp; ARAUJO LTDA. O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página e no campo próprio do Portal de Compras MG. ----------------------------- 18-08-2025 COMUNICAÇÃO - APRESENTAÇÃO DE CONTRARRAZÕES - Comunicamos a apresentação de Contrarrazões de Recurso Administrativo por parte da licitante DISTRIBUIDORA PERES &amp; ARAUJO LTDA, em oposição ao Recurso apresentado pela licitante 3F COMERCIO E SERVICOS LTDA, no LOTE 3 desta licitação. O arquivo contendo a peça aviada encontra-se disponível para consultas nesta página e no campo próprio do Portal de Compras MG. ----------------------------- 30-08-2025 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO E COMUNICAÇÃO - Número do processo: 149 / Ano: 2025 ? Lote 3 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0030958/2025-49. Objeto: Registro de preço para aquisição de bens permanentes diversificados (cofre, coletor/contentor de lixo, fabricador de gelo e cadeira plástica para refeitório). Modalidade: Pregão eletrônico. Recorrente: 3F Comércio e Serviços Ltda. Síntese da decisão: Não conheço do recurso interposto para o lote 3, eis que intempestivo. COMUNICO que, pelo princípio da autotutela, por ter desatendido o edital, desclassifico a proposta da recorrida Distribuidora Peres &amp; Araújo Ltda., tornando sem efeito os atos praticados a partir da aceitação de sua proposta. COMUNICO, também, o retorno de fase do lote 3 para convocação do licitante classificado a partir do 2º lugar. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.compras.mg.gov.br. Belo Horizonte, 28 de agosto de 2025. Sebastião Nobre da Silva Pregoeiro ----------------------------- 04-09-2025 HOMOLOGAÇÃO - Número do planejamento: 149 / Ano: 2025 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0030958/2025-49 Objeto: Registro de preço para aquisição de bens permanentes diversificados (cofre, coletor/contentor de lixo, fabricador de gelo e cadeira plástica para refeitório). Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1: ADELIO JOSE DO NASCIMENTO, CNPJ nº 12.281.362/0001-87; Valor (total) registrado: R$28.300,00; Lote 2: GERBRA COMERCIO LTDA, CNPJ nº 21.559.804/0001-03; Valor (total) registrado: R$13.916,00; Lote 3: 3F COMERCIO E SERVICOS LTDA, CNPJ nº 41.254.133/0001-71; Valor (total) registrado: R$41.358,05; Lote 4: RIO DAS PEDRAS COMERCIO DE ARTIGOS PLASTICOS LTDA, CNPJ nº 43.297.596/0001-46; Valor (total) registrado: R$37.185,00. Belo Horizonte, 03 de setembro de 2025. IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_planejamento-149_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14122/download;
+ public_DOMP_result_julg_recurso_pl149_pe_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14118/download;
+ decisao_recurso_adm_3F-Com_pe_pl149_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14117/download;
+ ata_homologacao_planejamento-149_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14121/download;
  recurso_adm_F399_3F-Com_pe_pl-149_L-3_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14104/download;
  contrarr_recur_F350_DistPeres_pe_pl149_L3_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14105/download;
- homologacao_planejamento-149_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14122/download;
  edital_processo_149_2025_rp_bens_permanentes_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14091/download;
  edital_processo_149_2025_rp_bens_permanentes_DMAT_retificado.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14092/download;
- decisao_recurso_adm_3F-Com_pe_pl149_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14117/download;
-[...1 lines deleted...]
- ata_homologacao_planejamento-149_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14121/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">COLETOR/CONTENTOR </t>
   </si>
   <si>
     <t xml:space="preserve">GERBRA COMÉRCIO LTDA-ME </t>
   </si>
   <si>
     <t>13.916,00</t>
   </si>
   <si>
     <t xml:space="preserve">FABRICADOR DE GELO </t>
   </si>
   <si>
     <t xml:space="preserve">3F Comércio e Serviços LTDA </t>
   </si>
   <si>
     <t>41.358,05</t>
   </si>
   <si>
     <t xml:space="preserve">CADEIRA/POLTRONA PLASTICA </t>
   </si>
   <si>
     <t xml:space="preserve">RIO DAS PEDRAS COMERCIO DE ARTIGOS PLASTICOS LTDA </t>
   </si>
   <si>
     <t>37.185,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 146 / 2025</t>
   </si>
   <si>
     <t>30/09/2025</t>
   </si>
   <si>
     <t>Prestação de serviços de gestão de conectividade internet e a conectividade das redes especializadas do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">GESTÃO DE CONECTIVIDADE (Comarcas) </t>
   </si>
   <si>
-    <t>30-09-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0015640/2025-33 Recebimento das propostas: até às 10 horas do dia 15/10/2025. Início da disputa de preços: às 10 horas do dia 15/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 26 de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
+    <t xml:space="preserve">BRASIL TECPAR SERVIÇOS DE TELECOMUNICAÇÕES S.A </t>
+  </si>
+  <si>
+    <t>9.584.944,00</t>
+  </si>
+  <si>
+    <t>30-09-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0015640/2025-33 Recebimento das propostas: até às 10 horas do dia 15/10/2025. Início da disputa de preços: às 10 horas do dia 15/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 26 de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 13-10-2025 ESCLARECIMENTOS Segue resposta da unidade técnica Diretoria de Infraestrutura e Conectividade (DINF-PGJ) ao pedido de esclarecimento apresentado por interessado em participar do processo licitatório em epígrafe: PEDIDO DE QUESTIONAMENTO SIAD 0001 - PERGUNTA 1: PÁGINA 53 - EDITAL 1.2.1.6. No decorrer no contrato poderá ser solicitado, conforme demanda da CONTRATANTE, a ativação de link de dados em novas localidades, respeitando os quantitativos estabelecidos em contrato. No caso de não viabilidade técnica para a atendimento aos novos endereços, a contratada terá a possibilidade de negar o atendimento referente ao novo link solicitado? RESPOSTA 1: ?Não. O objeto da contratação é a prestação de serviços de gestão de conectividade. Assim, é importante esclarecer que constitui obrigação da contratada fornecer conectividade com as características estabelecidas no contrato em endereços localizados no Estado de Minas Gerais e no Distrito Federal. As mudanças de endereço deverão obedecer os prazos estabelecidos.? PERGUNTA 2: PÁGINA 54 - EDITAL 1.2.1.18. Durante a vigência contratual, havendo a necessidade de mudanças de endereço, a CONTRATADA deverá efetuar a migração do serviço para o novo endereço indicado pela CONTRATANTE, dentro do estado de Minas Gerais e Distrito Federal. 1.2.1.19. Mudança de endereço (logradouro) durante a vigência contratual deverá ser realizadas pela CONTRATADA, sendo que estas mudanças solicitadas terão custos iguais ao de uma nova instalação com velocidade equivalente e prazos estabelecidos no contrato. 1.2.1.20. A CONTRATADA terá o prazo máximo de 30 (trinta) dias corridos para realização de novas instalações e/ou mudanças de endereços, com início a partir da notificação oficial da CONTRATANTE. No caso de não viabilidade técnica para a atendimento às mudanças de endereço, a contratada terá a possibilidade de negar o atendimento referente ao novo link solicitado? RESPOSTA 2: ?Não. O objeto da contratação é a prestação de serviços de gestão de conectividade. Assim, é importante esclarecer que constitui obrigação da contratada fornecer conectividade com as características estabelecidas no contrato em endereços localizados no Estado de Minas Gerais e no Distrito Federal. As mudanças de endereço deverão obedecer os prazos estabelecidos.? PERGUNTA 3: PÁGINA 56 - EDITAL 1.2.1.26.7. A CONTRATADA se responsabilizará por eventuais adaptações nas instalações físicas nas dependências da CONTRATANTE, assim como pela infraestrutura externa para a implantação do serviço contratado (passagem de cabos, lançamento de fibras ópticas, adaptação de tomadas e outras ações que se fizerem necessárias), exceto para obras civis; A responsabilidade da empresa CONTRATADA será entregar a fibra ótica e os equipamentos necessários para atender ao serviço objeto deste edital até o rack nos endereços de cada site, não devendo ser sua responsabilidade a adequação da infraestrutura interna no local. Desta forma, entendemos que para garantir uma melhor competitividade, este item deverá ser ajustado, retirando a adequação de infra interna da responsabilidade da CONTRATADA. Nossa solicitação será acatada? RESPOSTA 3: ?Não. Será mantido o texto original.? PERGUNTA 4: PÁGINA 65 - EDITAL 1.2.2.1.3. Além dos locais informados acima, há a previsão de instalação em outros 5 endereços a serem definidos dentro do estado de Minas Gerais. Precisamos realizar a análise de viabilidade técnica dos 5 endereços informados no item acima. Poderia encaminhar os endereços completos (com CEP) para esta verificação. A falta da informação dos endereços impacta significativamente no custo do projeto pois não temos como validar se os endereços serão atendidos e quais os custos necessários para ativação. No caso de não viabilidade técnica para a atendimento aos novos endereços, a contratada terá a possibilidade de negar o atendimento referente ao novo link solicitado? RESPOSTA 4: ? Não. O objeto da contratação é a prestação de serviços de gestão de conectividade. Assim, é importante esclarecer que constitui obrigação da contratada fornecer conectividade com as características estabelecidas no contrato em endereços localizados no Estado de Minas Gerais e no Distrito Federal. Inclusive, durante a vigência contratual poderão surgir novas instalações ou mudanças nos endereços pré indicados.? PERGUNTA 5: PÁGINA 68 - EDITAL 1.2.2.3.6. A CONTRATADA se responsabilizará por eventuais adaptações nas instalações físicas nas dependências da CONTRATANTE, assim como pela infraestrutura externa para a implantação do serviço contratado (passagem de cabos, lançamento de fibras ópticas, adaptação de tomadas e outras ações que se fizerem necessárias), exceto para obras civis; A adequação da infraestrutura INTERNA não deverá ser responsabilidade da CONTRATADA pois não temos como validar as necessidades de cada site previamente e este ponto impacta significativamente no custo do projeto. Visando a melhor economicidade, solicitamos a retirada do item de ?adequação de infraestrutura INTERNA? do edital. RESPOSTA 5: ?A solicitação não será atendida.? PERGUNTA 6: PÁGINA 68 - EDITAL 4.1.1. LOTE 1: 4.1.1.1. O quantitativo para o ITEM 1 foi estimado levando-se em consideração o número de comarcas que atualmente já possuem o serviço ativo e considerando uma margem de crescimento de 10%, aproximadamente, ao longo de todo o contrato. 4.1.1.2. O quantitativo de ativações/instalações descrito no ITEM 2 foi calculado com base no número máximo de comarcas estimado no ITEM 1, acrescido de 25%. Esse aumento se justifica pela necessidade de novas instalações/ativações em casos de mudança de endereço das unidades, exigindo do fornecedor a execução das instalações físicas e das configurações lógicas necessárias. Reforça-se que ainda há número considerável de unidades funcionando em prédios alugados e em salas cedidas nos fóruns. Para atendimento aos novos sites será necessário o estudo de viabilidade técnica prévio onde teremos a validação que o novo endereço poderá ser atendido. Este item impacta significativamente no custo do projeto. Em caso de o novo site não ter viabilidade para atendimento, a CONTRATADA poderá negar o atendimento? Solicitamos a retirada do item para garantir uma melhor economicidade para o órgão. RESPOSTA 6: ? Não. O objeto da contratação é a prestação de serviços de gestão de conectividade. Assim, é importante esclarecer que constitui obrigação da contratada fornecer conectividade com as características estabelecidas no contrato em endereços localizados no Estado de Minas Gerais e no Distrito Federal.? PERGUNTA 7: PÁGINA 84 - EDITAL 10 - DA SUBCONTRATAÇÃO: 10.1. Não será admitida a subcontratação do objeto do LOTE 2. 10.2. Por se tratar de uma condição de mercado inerente a esse tipo de serviço, será admitida a subcontratação parcial do objeto do LOTE 1, nas seguintes condições: 10.2.8. Poderão ser subcontratados os seguintes serviços: g) Fornecimento de links de dados por provedores locais e regionais devidamente autorizados pela ANATEL; h) Serviços de conectividade de acesso à Internet em localidades específicas onde a CONTRATADA não possua infraestrutura própria; Gostaríamos de esclarecimentos a respeito da proibição do item de subcontratação para o lote 2, uma vez que ele é explicitado somente para o lote 2, e para o lote 1, é informando a permissão de utilização de link de terceiros. Entendemos que a utilização de última milha de terceiros para atender a algum endereço específico, também no lote 2, seria uma forma de garantir a participação de mais fornecedores trazendo ainda mais economicidade para a PGJ. Desta forma, entendemos que a subcontratação para os dois lotes não impactaria em nada na utilização do serviço pois a gestão dos link´s continua sendo da empresa contratada. Solicitamos a possibilidade de subcontratar também para o lote 2. Nossa solicitação será atendida? RESPOSTA 7: ?Não. As regras estabelecidas em edital devem ser cumpridas.? PERGUNTA 8: PÁGINA 66 - EDITAL 1.2.2.1.7. O link de dados instalado nas unidades deverá ter ao menos 01 (um) bloco /28 de endereçamento IP válido fixo. Devido a escassez mundial de endereços IPV4, solicitamos a possibilidade de redução de números IP para cada link ou a possibilidade de utilização de endereços IPV6. Nossa solicitação poderá ser atendida? RESPOSTA 8: ?Não. O trecho apontado é relativo aos 25 links previstos no Lote 2. A obrigação será mantida e é primordial para a operação das unidades.? Esclarecemos que algumas das respostas acima estão complementadas, quando aplicável, pelas informações constantes nas respostas à Impugnação SIAD 0003. ----------------------------- 13-10-2025 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Unidade 1091012 - PROCESSO SEI: Nº 19.16.1216.0015640/2025-33 - Impugnante: Telefônica Brasil S.A - (Impugnação: solicitação n.º 0003 - SIAD). Síntese da decisão: Apresentou peça impugnativa, tempestiva, no entanto, a empresa não cumpriu a exigência editalícia quanto à forma de apresentação da impugnação, estando em desconformidade com o Item 2.3.1 do edital. Os arquivos correspondentes ao pedido da empresa e a resposta da PGJ encontram-se publicados nesta página.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ APENSO_I_Listagem_de_Enderecos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14145/download;
  edital_processo_146_2025_gestao_de_conectividade_DINF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14143/download;
- APENSO_I_Listagem_de_Enderecos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14145/download;
+ resposta_impugnacao_n.03_recebida_como_esclarecimento_Telefonica_pl_146_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14167/download;
+ ata_homologacao_processo_146_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14188/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CONEXÃO DEDICADA (Redes Especializadas) </t>
+  </si>
+  <si>
+    <t>2.653.200,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 134 / 2025</t>
   </si>
   <si>
     <t>19/08/2025</t>
   </si>
   <si>
     <t>Subscrição de licenças da plataforma de gestão de projetos JIRA CLOUD PREMIUM, acrescido da ferramenta ATLASSIAN GUARD CLOUD STANDARD, bem como dos conectores oficiais da fabricante para integração com as ferramentas Tableau e Power BI - o TABLEAU CONNECTOR FOR JIRA e o POWER BI CONNECTOR FOR JIRA, sob a forma de entrega integral.</t>
   </si>
   <si>
     <t xml:space="preserve">SUBSCRIÇÃO DE LICENÇAS </t>
   </si>
   <si>
     <t xml:space="preserve">TECNETWORKING SERVICOS E SOLUCOES EM TI LTDA </t>
   </si>
   <si>
     <t>719.880,00</t>
   </si>
   <si>
     <t>19-08-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0033410/2025-54 Recebimento das propostas: até às 10 horas do dia 02/09/2025. Início da disputa de preços: às 10 horas do dia 02/09/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 18 de agosto de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_processo134_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14140/download;
  edital_processo_134_2025 _licencas_jira_cloud_premium_DSSA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14106/download;
  pedido_esclarec_n_1_VERICODE_TECNOLOGIA_pe_pl134_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14115/download;
  pedido_esclarec_n_2_VERICODE_TECNOLOGIA_pe_pl134_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14116/download;
- homologacao_processo134_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14140/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 126 / 2025</t>
   </si>
   <si>
     <t>22/08/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução da retomada da obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Juiz de Fora ? MG</t>
   </si>
   <si>
     <t xml:space="preserve">MAIOR DESCONTO </t>
   </si>
   <si>
     <t xml:space="preserve">CONCORRÊNCIA  Nº </t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução da retomada da obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Juiz de Fora ? MG. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alcance Engenharia e Construcao Ltda. </t>
+  </si>
+  <si>
+    <t>29.468.756,00</t>
   </si>
   <si>
     <t>22-08-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2304.0034173/2025-41 Recebimento das propostas: até às 10 horas do dia 29/09/2025. Início da disputa de preços: às 10 horas do dia 29/09/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 21 de agosto de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 19-09-2025 ESCLARECIMENTOS Segue, em anexo, resposta aos pedidos de esclarecimentos apresentados pelas empresas KTM Administração e Engenharia Ltda e Panda Engenharia e Construções Ltda.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Caderno_de_Documenta??o_T?cnica.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/14111/download;
+ Edital_126_25_Concor_Juiz_Fora_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14110/download;
+ Resp_esclarec_KTM_PL12625.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14129/download;
  Resp_esclarec_Panda_PL 126 25.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14130/download;
- Resp_esclarec_KTM_PL12625.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14129/download;
-[...1 lines deleted...]
- Caderno_de_Documenta??o_T?cnica.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/14111/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 123 / 2025</t>
   </si>
   <si>
     <t>20/08/2025</t>
   </si>
   <si>
     <t>Renovação de suporte e garantia dos equipamentos SWITCH BROCADE VDX que compõe a atual rede de dados interna do Datacenter da Procuradoria-Geral de Justiça do Estado de Minas Gerais, buscando assim atender aos requisitos necessários de segurança, disponibilidade e continuidade das operações de TIC - Tecnologia da Informação e Comunicações.</t>
   </si>
   <si>
     <t>20-08-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0012856/2025-26 Recebimento das propostas: até às 10 horas do dia 05/09/2025. Início da disputa de preços: às 10 horas do dia 05/09/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 19 de agosto de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_123_2025_SWITCH_BROCADE_DINF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14109/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SUPORTE E GARANTIA PARA O SWITCH BROCADE </t>
   </si>
   <si>
     <t xml:space="preserve">LOGICNET TECNOLOGIA LTDA </t>
   </si>
   <si>
     <t>178.467,63</t>
   </si>
   <si>
     <t xml:space="preserve"> 116 / 2025</t>
   </si>
   <si>
     <t>18/06/2025</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO para aquisição de cabos elétricos flexíveis monopolares, paralelos e multipolares.</t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS MONOPOLARES BWF 0,50 MM2 </t>
   </si>
   <si>
     <t>18-06-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0017213/2025-85 Recebimento das propostas: até às 10 horas do dia 03/07/2025. Início da disputa de preços: às 10 horas do dia 03/07/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 17 de junho de 2025. Amauri Silva Alves Coordenador da Diretoria de Compras e Licitações/PGJ-MG - Em exercício</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_116_2025_aquisicao_de_cabos_eletricos_DIMAN_rp.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14059/download;
  Apenso I_do_Termo_de_Referencia_Lista_de_produtos_Qualifio_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14060/download;
- edital_processo_116_2025_aquisicao_de_cabos_eletricos_DIMAN_rp.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14059/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS MONOPOLARES BWF 0,75 MM2 </t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS MONOPOLARES BWF 1,0 MM2 </t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS 1,5 MM2/750V NÃO HALOGENADOS COR BRANCA </t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS 1,5 MM2/750V NÃO HALOGENADOS COR AMARELA </t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS 1,5 MM2/750V NÃO HALOGENADOS COR PRETA </t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS 2,5 MM2/750V NÃO HALOGENADOS COR VERMELHA </t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS 2,5 MM2/750V NÃO HALOGENADOS COR AZUL </t>
   </si>
   <si>
     <t xml:space="preserve">CABOS FLEXÍVEIS 2,5 MM2/750V NÃO HALOGENADOS COR VERDE </t>
@@ -767,52 +1754,52 @@
   </si>
   <si>
     <t xml:space="preserve">CABO PP 3X1,5 MM2 BWF </t>
   </si>
   <si>
     <t xml:space="preserve">CABO PP 3X2,5 MM2 BWF </t>
   </si>
   <si>
     <t>09/07/2025</t>
   </si>
   <si>
     <t xml:space="preserve">HEADSET </t>
   </si>
   <si>
     <t xml:space="preserve">BR ONLINE COMERCIO VAREJISTA E VENDA DE PRODUTOS LTDA </t>
   </si>
   <si>
     <t>63.067,06</t>
   </si>
   <si>
     <t>09-07-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0018216/2025-79 Recebimento das propostas: até às 10 horas do dia 24/07/2025. Início da disputa de preços: às 10 horas do dia 24/07/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte-MG, 09 de julho de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_processo116_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14100/download;
  edital_processo_116_2025_aquisicao_pecas_ferramentas_e_acessorios_de_TI_DSMT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14090/download;
- homologacao_processo116_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14100/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">DISCO RÍGIDO SSD INTERNO </t>
   </si>
   <si>
     <t xml:space="preserve">ETIQUETA PARA ROTULADORA </t>
   </si>
   <si>
     <t xml:space="preserve">A&amp;L COMERCIO E DISTRIBUICAO LTDA </t>
   </si>
   <si>
     <t>14.700,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 90 / 2025</t>
   </si>
   <si>
     <t>01/07/2025</t>
   </si>
   <si>
     <t>Aquisição de materiais de pintura e gesso sob a forma de entrega de acordo com a demanda.</t>
   </si>
   <si>
     <t xml:space="preserve">RESINAS DE DILUIÇÃO E LIMPEZA </t>
@@ -821,53 +1808,50 @@
     <t xml:space="preserve">CRIATIVA SOLUCOES PARA CONSTRUCAO LTDA </t>
   </si>
   <si>
     <t>5.728,00</t>
   </si>
   <si>
     <t>01-07-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0100949/2024-92 Recebimento das propostas: até às 10 horas do dia 14/07/2025. Início da disputa de preços: às 10 horas do dia 14/07/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 30 de junho de 2025. Amauri Silva Alves Coordenador em exercício da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_90_2025_material_de_pintura_e_gesso_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14069/download;
  homologacao_processo90_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14114/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LIXAS </t>
   </si>
   <si>
     <t>17.800,00</t>
   </si>
   <si>
     <t xml:space="preserve">FERRAMENTAS DE PINTURA </t>
   </si>
   <si>
-    <t xml:space="preserve">MERCEARIA INDIANOPOLIS LTDA </t>
-[...1 lines deleted...]
-  <si>
     <t>9.497,35</t>
   </si>
   <si>
     <t xml:space="preserve">TINTAS E VERNIZES </t>
   </si>
   <si>
     <t>84.980,00</t>
   </si>
   <si>
     <t xml:space="preserve">FORRO E MATERIAIS DE GESSO </t>
   </si>
   <si>
     <t xml:space="preserve">MG PERFIL LTDA </t>
   </si>
   <si>
     <t>106.897,00</t>
   </si>
   <si>
     <t xml:space="preserve">SELANTES E SELADOR </t>
   </si>
   <si>
     <t>9.064,00</t>
   </si>
   <si>
     <t xml:space="preserve">LONAS </t>
@@ -898,240 +1882,237 @@
   </si>
   <si>
     <t xml:space="preserve"> 76 / 2025</t>
   </si>
   <si>
     <t>02/07/2025</t>
   </si>
   <si>
     <t>Prestação de serviços diversos ? Civil, Hidráulica, Elétrica e afins ? com fornecimento de materiais e mão de obra, a serem executados sob demanda, em edificações ocupadas pelo Ministério Público de Minas Gerais nas Regiões Leste, Norte, Vales do Jequitinhonha e Mucuri do Estado de Minas Gerais</t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de adaptação de bens imóveis </t>
   </si>
   <si>
     <t xml:space="preserve">Almeida Toscano Construções e Reformas Ltda </t>
   </si>
   <si>
     <t>4.370.000,00</t>
   </si>
   <si>
     <t>02-07-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2480.0026225/2025-52 Recebimento das propostas: até às 10 horas do dia 17/07/2025. Início da disputa de preços: às 10 horas do dia 17/07/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 9464 / 0263 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 1º de julho de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 06-08-2025 HOMOLOGAÇÃO - Número do processo: 076 / Ano: 2025 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2480.0026225/2025-52 Objeto: Prestação de serviços diversos ? Civil, Hidráulica, Elétrica e afins ? com fornecimento de materiais e mão de obra, a serem executados sob demanda, em edificações ocupadas pelo Ministério Público de Minas Gerais nas Regiões Leste, Norte, Vales do Jequitinhonha e Mucuri do Estado de Minas Gerais. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1 (único): ALMEIDA TOSCANO CONSTRUCOES E REFORMAS LTDA; CNPJ nº 01.214.310/0001-71; Valor (total) adjudicado: R$4.370.000,00. Belo Horizonte, 5 de agosto de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_processo076_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14098/download;
+ public_homologacao_processo076_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14099/download;
  edital_processo_076_2025 _ prestacao de servi?os civil hidraulica eletrica_DCIMO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14074/download;
- Apenso VI C - Modelo de Planilha de Composi??o de Custos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14085/download;
-[...2 lines deleted...]
- Apenso VI A - Modelo de Planilha Or?ament?ria de Venda.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14083/download;
  Apenso I - Planilha Or?amentaria de Venda.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14075/download;
  Apenso II - Criterios de Medi?ao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14076/download;
  Apenso III - Composi??o de Custos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14077/download;
  Apenso IV A - Especifica??es T?cnicas Civil.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14078/download;
  Apenso IV B - Especifica??es T?cnicas Instala??es Hidrossanit?rias.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14079/download;
  Apenso IV C - Especifica??o T?cnica Instala?oes Eletricas e Afins.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14080/download;
  Apenso IV D - Especificacoes T?cnicas Preven?ao e Combate a Inc?ndio.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14081/download;
+ Apenso VII - Lista das Cidades Integrantes das Reg..pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14086/download;
  Apenso V - Composi??o de BDI.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14082/download;
- public_homologacao_processo076_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14099/download;
- ata_homologacao_processo076_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14098/download;
+ Apenso VI A - Modelo de Planilha Or?ament?ria de Venda.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14083/download;
+ Apenso VI B- Modelo de Planilha de Composi??o de BDI.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14084/download;
+ Apenso VI C - Modelo de Planilha de Composi??o de Custos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14085/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 59 / 2025</t>
   </si>
   <si>
     <t>10/04/2025</t>
   </si>
   <si>
     <t>Registro de preço para aquisição de materiais diversificados de consumo (lacres de segurança, envelopes de segurança, saco de fibra sintética, malotes).</t>
   </si>
   <si>
     <t xml:space="preserve">LACRE DE SEGURANÇA </t>
   </si>
   <si>
     <t>10-04-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0021174/2024-89 Recebimento das propostas: até às 10 horas do dia 29/04/2024. Início da disputa de preços: às 10 horas do dia 29/04/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 10 de abril de 2025. Amauri Silva Alves Coordenador em Exercício da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_59_2025_rp_materiais_de_consumo_DMAT.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13959/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">ENVELOPES DE SEGURANÇA </t>
   </si>
   <si>
     <t xml:space="preserve">SACO DE FIBRA SINTÉTICA </t>
   </si>
   <si>
     <t xml:space="preserve">MALOTE </t>
   </si>
   <si>
     <t>19/05/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada na prestação de serviços de vigilância armada, de forma contínua, em unidades do Ministério Público localizadas na capital e no interior do Estado de Minas Gerais, com dedicação exclusiva de mão de obra e fornecimento de uniformes e equipamentos.</t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada na prestação de serviços de vigilância armada, de forma contínua, em unidades do Ministério Público localizadas na capital e no interior do Estado de Minas Gerais, com fornecimento de uniformes e equipamentos. </t>
   </si>
   <si>
     <t>01-05-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI):19.16.3898.0017246/2025-55 Recebimento das propostas: até às 10 horas do dia 20/05/2025. Início da disputa de preços: às 10 horas do dia 20/05/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 05 de maio de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 16-05-2025 ESCLARECIMENTOS Segue resposta da unidade técnica DFIT/DSEG/PGJ ao pedido de esclarecimento solicitação n.º 0001/2025 SIAD, formulado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA 1) Considerando que: 1. O edital prevê jornadas de 12x36 horas, bem como jornadas de 220 horas mensais (8h48min diárias); 2. Há cláusula expressa no Termo de Referência vedando o desguarnecimento dos postos; 3. A legislação trabalhista vigente (CLT, art. 71) assegura ao trabalhador o direito a intervalo para repouso e alimentação, conforme a duração da jornada, Solicita-se a gentileza de esclarecer se os vigilantes terão direito ao intervalo intrajornada durante o turno, e de que forma será garantida a cobertura do posto durante esse período, especialmente para os postos com jornada diária de 8h48min. RESPOSTA 1) Conforme o Apenso IV ? Memória de Cálculo dos Custos da Contratação ? do Termo de Referência: 4.2 ? Intrajornada Todos os itens desse submódulo são de Repasse Direto. A - Intervalo para Repouso ou Alimentação Corresponde ao valor previsto para pagamento dos custos referentes aos intervalos intrajornadas, quando não há concessão de intervalo para repouso ou alimentação de, no mínimo, 1 hora contínua aos empregados. Nessa hipótese, haverá indenização do período suprimido, com um acréscimo de 60% (cinquenta por cento) sobre o valor da remuneração da hora normal de trabalho. O fundamento legal encontra-se no art. 71, §§ 1º ao 4º, da CLT. Para efeito de cálculo foi estimado pagamento do intervalo intrajornada para todos esses postos e utilizada a seguinte metodologia de cálculo: Vigilante 220h: [1/220 x 20 x 1,6 = 14,55%] Vigilante 12x36h Diurno: [1/220 x 15,5 x 1,6 = 11,27%] Vigilante 12x36h Noturno: [1/220 x 15,5 x 1,6 = 11,27%] Ante o exposto, está expressa a previsão no edital quanto ao custeio da indenização do intervalo intrajornada em face do caráter ininterrupto na prestação dos serviços de vigilância. ----------------------------- 16-05-2025 ESCLARECIMENTOS Segue(m) resposta(s) da unidade técnica DFIT/DSEG/PGJ ao pedido de esclarecimento solicitação n. º 0002/2025 SIAD,formulado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA 1). Qual empresa executa os serviços ora licitados? RESPOSTA 1) Esparta Segurança PERGUNTA 2). Há registros de atrasos nos pagamentos efetuados por este órgão? RESPOSTA 2). Não. PERGUNTA 3). Para os postos 12x36h e 44h deverão ser considerados a indenização do intervalo intrajornada? RESPOSTA 3) Conforme o Apenso IV ? Memória de Cálculo dos Custos da Contratação ? do Termo de Referência: 4.2 ? Intrajornada Todos os itens desse submódulo são de Repasse Direto. A - Intervalo para Repouso ou Alimentação Corresponde ao valor previsto para pagamento dos custos referentes aos intervalos intrajornadas, quando não há concessão de intervalo para repouso ou alimentação de, no mínimo, 1 hora contínua aos empregados. Nessa hipótese, haverá indenização do período suprimido, com um acréscimo de 60% (cinquenta por cento) sobre o valor da remuneração da hora normal de trabalho. O fundamento legal encontra-se no art. 71, §§ 1º ao 4º, da CLT. Para efeito de cálculo foi estimado pagamento do intervalo intrajornada para todos esses postos e utilizada a seguinte metodologia de cálculo: Vigilante 220h: [1/220 x 20 x 1,6 = 14,55%] Vigilante 12x36h Diurno: [1/220 x 15,5 x 1,6 = 11,27%] Vigilante 12x36h Noturno: [1/220 x 15,5 x 1,6 = 11,27%] Ante o exposto, está expressa a previsão no edital quanto ao custeio da indenização do intervalo intrajornada em face do caráter ininterrupto na prestação dos serviços de vigilância. PERGUNTA 4). Visto que os serviços serão realizados em vários Municípios, questiono se para elaboração das propostas deverá ser considerado a Alíquota de ISSQN máxima de 5% ou individualizado para cada Município? RESPOSTA 4). Individualizado por município, nos moldes previstos no Edital (ver MÓDULO 6 ? CUSTOS INDIRETOS, LUCRO E TRIBUTOS, item C.3 dos Apensos IV e IX e item 25 ? Informações Complementares, constantes do Termo de Referência.) PERGUNTA 5) A estimativa teve por base a CCT 2024 ou 2025? RESPOSTA 5) 2025, conforme descrito no Edital. ----------------------------- 16-05-2025 ESCLARECIMENTOS Segue(m) resposta(s) da unidade técnica DFIT/DSEG/PGJ ao pedido de esclarecimento solicitação n. º 0003/2025 SIAD, formulado por interessado no processo licitatório em epígrafe: PERGUNTA 1) Em atenção ao Pregão Eletrônico nº 059/2025, previsto para o dia 20 de maio de 2025, cujo objeto é a contratação de serviços de vigilância armada para unidades do Ministério Público situadas na capital e em diversas cidades do interior do Estado de Minas Gerais, com valor estimado de R$ 30.073.367,16, vimos, respeitosamente, solicitar esclarecimentos quanto à opção pela licitação em lote único. Considerando a abrangência geográfica e a natureza divisível dos serviços a serem contratados, entendemos que a adoção de um único lote pode restringir a competitividade do certame, ao limitar a participação de empresas que possuem capacidade técnica e operacional para atender a determinadas regiões, mas não a totalidade do objeto licitado. A jurisprudência do Tribunal de Contas da União (TCU) tem se posicionado no sentido de que, quando o objeto da licitação for divisível, é obrigatória a admissão da adjudicação por item, salvo quando houver prejuízo para o conjunto ou perda de economia de escala. Conforme dispõe a Súmula nº 247 do TCU: "É obrigatória a admissão da adjudicação por item e não por preço global, nos editais das licitações para a contratação de obras, serviços, compras e alienações, cujo objeto seja divisível, desde que não haja prejuízo para o conjunto ou complexo ou perda de economia de escala, tendo em vista o objetivo de propiciar a ampla participação de licitantes que, embora não dispondo de capacidade para a execução, fornecimento ou aquisição da totalidade do objeto, possam fazê-lo com relação a itens ou unidades autônomas, devendo as exigências de habilitação adequar-se a essa divisibilidade." Ademais, em casos semelhantes, o TCU tem recomendado a divisão do objeto em lotes, a fim de ampliar a competitividade e possibilitar a participação de um maior número de empresas, especialmente aquelas de menor porte, conforme exemplificado no Acórdão nº 6594/2009-1ª Câmara: "[...] a junção de vários serviços distintos em uma só contratação inviabilizaria a participação de empresas menores que porventura não tenham capacidade para atender a demanda total, mas apenas algumas parcelas." Diante do exposto, solicitamos esclarecimentos sobre a justificativa técnica e econômica que embasou a decisão pela licitação em lote único. Entendemos que a divisão por lotes regionais poderia fomentar a competitividade, permitir a participação de empresas locais e especializadas, e, consequentemente, resultar em propostas mais vantajosas para a Administração Pública. RESPOSTA 1) Os esclarecimentos quanto a justificativa técnica e econômica que embasou a decisão desta licitação em lote único consta do item 3 ? Divisão em Lotes do Termo de Referência do Edital, conforme transcrito a seguir: "Número de Lotes: Único Justificativa para o parcelamento ou não do objeto: Primeiramente, deve-se frisar que o TCU já teve a oportunidade de se manifestar no sentido de que, a depender das circunstâncias concretas, a licitação por lote único pode ser a mais eficiente à Administração. No ensejo, apontou no sentido de que há casos em que se justifica a exceção à regra de fracionamento do objeto, nestes termos: Cabe considerar, porém, que o modelo para a contratação parcelada adotado nesse parecer utilizou uma excessiva pulverização dos serviços. Para cada um de cinco prédios, previram-se vários contratos (ar-condicionado, instalações elétricas e eletrônicas, instalações hidrossanitárias, civil). Esta exagerada divisão de objeto pode maximizar a influência de fatores que contribuem para tornar mais dispendiosa a contratação (...) embora as estimativas numéricas não mostrem consistência, não há nos autos nenhuma evidência no sentido oposto, de que o parcelamento seria mais vantajoso para a Administração. Ao contrário, os indícios são coincidentes em considerar a licitação global mais econômica. (Acórdão nº 3140/2006) O que se verifica dos entendimentos dos Tribunais de Contas é que, nas hipóteses de licitação de grande vulto, o parcelamento ou não do objeto deve ser verificado sempre no caso concreto, analisando-se essencialmente a viabilidade técnica e econômica do parcelamento e da divisibilidade do objeto, em face das peculiaridades da contratação e do interesse público. Há ainda que se atentar para o fato de que o inciso II do art. 47 da Lei n° 14.133/21 prescreve que as licitações de serviços atenderão ao princípio do parcelamento, quando for tecnicamente viável e economicamente vantajoso. Ademais, de acordo com os incisos do §1° do mesmo dispositivo legal, a aplicação do princípio do parcelamento deverá considerar: ?I ? a responsabilidade técnica; II ? o custo para a Administração de vários contratos frente às vantagens da redução de custos, com divisão de objetos em itens; III ? o dever de buscar a ampliação da competição e de evitar a concentração de mercado.? Logo, ocorrendo a quebra da técnica e possível lesão à economicidade, é cabível a indivisibilidade dos serviços sem que isso resulte em prejuízo à competitividade. A verificação da melhor adequação do lote único se deu a partir da análise do caso concreto, levando-se em consideração especialmente os reais obstáculos e dificuldades enfrentados pela Procuradoria-Geral de Justiça do Estado de Minas Gerais no tocante a sua atual estrutura administrativa de fiscalização contratual. Nesse sentido, o que se observa no presente caso é que a Procuradoria-Geral de Justiça do Estado de Minas Gerais dispõe de uma estrutura administrativa pequena em comparação ao grau de capilaridade de sua atuação finalística. Nesse sentido, revelar-se-ia temerária e ineficiente a ampliação do número de contratos de vigilância, uma vez que, quanto maior o número de instrumentos contratuais, maior seria a quantidade de notas fiscais a serem atestadas, planilhas de faturamento a serem conferidas, regras contratuais a serem fiscalizadas, dentre outras rotinas que, consequentemente, exigiriam um crescimento da estrutura administrativa. Outro ponto que foi levado em consideração para a adoção do lote único é o provável e inevitável aumento do custo com o lucro e as despesas indiretas (LDI) gerados pela licitação por lotes. Atualmente a empresa contratada supervisiona os postos instalados em Betim, Contagem e Belo Horizonte com uma equipe. O custo administrativo dessa supervisão é X e está embutido no LDI pago pela Contratante. Se fosse realizada a licitação em lotes, poderia haver três vencedores distintos (empresas A, B e C), os quais cobrariam o mesmo valor X no LDI como custo de supervisão, pois cada contratada enviaria seu respectivo supervisor para acompanhar o funcionário em cada cidade. Logo, seria paga a quantia de 3X a título de LDI. Por fim, deve-se frisar ainda que o formato atual de contratação passou incólume por diversos crivos tanto do mercado, por meio de licitações pretéritas que contaram com ampla participação, quanto de órgãos de controle interno e externo, por meio de auditorias. Frente ao exposto, o lote único, além de se revelar menos oneroso para a Administração, é aquele que melhor satisfaz as exigências decorrentes do princípio administrativo da eficiência." ----------------------------- 16-05-2025 ESCLARECIMENTOS Segue(m) resposta(s) da unidade técnica DFIT/DSEG/PGJ ao pedido de esclarecimento solicitação n. º 0005/2025 SIAD,formulado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA: Tendo em vista a necessidade de elaboração precisa e completa da proposta, respeitando todos os custos previstos e obrigações decorrentes do objeto contratual, vimos solicitar: A disponibilização da Planilha de Custos e Formação de Preços em formato editável (.xlsx ? Excel), conforme modelo utilizado pela Administração na elaboração da estimativa de preços, conforme mencionado no Apenso IX do edital. Justificamos que o fornecimento da planilha em formato editável facilitará a consolidação das informações financeiras, permitindo a adequada composição de preços e a observância dos parâmetros de exequibilidade e compatibilidade orçamentária previstos no próprio edital. RESPOSTA: A proteção por senha aplicada ao Apenso IX ? Planilha de Composição de Custos ? não impede a edição do arquivo. Nesse caso, basta abrir o arquivo somente como leitura e salvar uma cópia em seguida. Contudo, informamos que a senha é @dfit. Ademais, a fim de evitar quaisquer dificuldades no acesso ao arquivo, disponibilizamos a planilha de custos do certame (8957252) sem a proteção por senha conforme solicitado. Por fim, ao abrir a planilha, caso apareça o erro #REF! na aba Resumo Categoria, pressione a tecla F9 no teclado. Informamos que a referida planilha encontra-se disponibilizada no site da PGJ, www.mpmg.mp.br &gt; Serviços &gt; Consultas &gt; Licitações e Contratos (arquivo intitulado Apenso_IX_Planilha_de_Estimativa_de_Custos_e_de_Composicao_de_Precos_da_Contratacao_aberta.xlsx ----------------------------- 19-05-2025 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3898.0017246/2025-55 - Recebimento das propostas: até às 10 horas do dia 23/05/2025. Início da disputa de preços: às 10 horas do dia 23/05/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 16 de maio de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG * Republicado devido à necessidade de prazo para responder a impugnação e pedidos de esclarecimentos. Houve alteração de datas. Não haverá reabertura de prazo para esclarecimentos e impugnações. ----------------------------- 20-05-2025 ESCLARECIMENTOS Seguem respostas da unidade DGCL/PGJ ao pedido de esclarecimento solicitação n.º 0004/2025 SIAD, formulado por empresa interessada em participar do processo licitatório em epígrafe: PERGUNTA 1: Será exigida a apresentação de certidão expedida pelo Ministério do Trabalho e Emprego (MTE) ou outro órgão competente para comprovar o cumprimento da reserva de cargos em caso de suspeita do não cumprimento da reserva de cargos para pessoas com deficiência e reabilitados da Previdência Social da empresa processo? RESPOSTA 1: ?(...) Isto posto, legítima a simples declaração feita pela empresa no sentido do cumprimento dos requisitos legais para fins do disposto no art. 63, IV da Lei nº 14.133/21, não se fazendo exigível, via de regra, a apresentação da certidão emitida pelo MTE - documento que considera os dados fornecidos pelas próprias empresas e que não tem prazo de validade como outros documentos emitidos pelo Poder Público[9] -, sendo certo, de toda sorte, que cabe às empresas a responsabilização pelas informações prestadas, a teor do disposto no art. 299 do Código Penal. Por fim, cumpre salientar que a inabilitação de empresas com base em previsão editalícia que exige o cumprimento dos termos do art. 93 da Lei nº 8.213/91 deve se dar de forma cautelosa, observando-se o referido entendimento da AGU sobre o tema e considerando os elementos do caso concreto, assegurando-se, em qualquer hipótese, o devido processo legal, de forma que reste garantida, de um lado, a promoção da inclusão social dos PCDs e reabilitados da Previdência Social, e de outro, a competitividade, vantajosidade e eficiência das contratações.? PERGUNTA 2: Será exigida das empresas participantes do processo, independente de se sagrarem vencedoras, a apresentação de certidão oficial expedida pelo Ministério do Trabalho e Emprego (MTE) ou outro órgão competente para comprovar o cumprimento da reserva de cargos em caso de suspeita do não cumprimento da reserva de cargos para pessoas com deficiência e reabilitados da Previdência Social? O questionamento refere-se a possibilidade da licitante prestar declaração falsa no sistema de compras, o que configura como infração administrativa passível de aplicação de penalidades. RESPOSTA 2: ?Isto posto, legítima a simples declaração feita pela empresa no sentido do cumprimento dos requisitos legais para fins do disposto no art. 63, IV da Lei nº 14.133/21, não se fazendo exigível, via de regra, a apresentação da certidão emitida pelo MTE - documento que considera os dados fornecidos pelas próprias empresas e que não tem prazo de validade como outros documentos emitidos pelo Poder Pùblico[9] -, sendo certo, de toda sorte, que cabe às empresas a responsabilização pelas informações prestadas, a teor do disposto no art. 299 do Código Penal. Por fim, cumpre salientar que a inabilitação de empresas com base em previsão editalícia que exige o cumprimento dos termos do art. 93 da Lei nº 8.213/91 deve se dar de forma cautelosa, observando-se o referido entendimento da AGU sobre o tema e considerando os elementos do caso concreto, assegurando-se, em qualquer hipótese, o devido processo legal, de forma que reste garantida, de um lado, a promoção da inclusão social dos PCDs e reabilitados da Previdência Social, e de outro, a competitividade, vantajosidade e eficiência das contratações.? Ademais, frisa-se que a empresa é plenamente responsável pelas informações prestadas, podendo incorrer em sanções, conforme previsto no art. 299 do Código Penal. PERGUNTA 3: Caso a licitante declare que cumpre todas as exigências do edital e deixe de apresentar a Certidão expedida pelo MTE, será instaurado procedimento administrativo para apuração de possível conduta infratora e aplicação das sanções descritas no artigo 155, inciso VIII da Lei nº 14.133/2021? RESPOSTA 3: A instauração de procedimento administrativo na licitação é disciplinada pelo item 10.9 do edital. (1) https://trt1.jus.br/pregao-eletronico Pregão Eletrônico 90022/2024 ? PROAD 7241/2024 ? TRT ? 1ª Região ? Rio de Janeiro. (2) Parecer n. 00118/2024/CGAQ/SCGP/CGU/AGU. ----------------------------- 21-05-2025 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO - Unidade 1091012 - PROCESSO SEI: Nº 19.16.3898.0017246/2025-55 - Impugnante: Esparta Viligância (Impugnação: solicitação n.º 0006 - SIAD). Síntese da decisão: Apresentou peça impugnativa, tempestiva, no entanto, a empresa não cumpriu a exigência editalícia quanto à forma de apresentação da impugnação, estando em desconformidade com o Item 2.3.1 do edital. A resposta à Impugnação nº 06 SIAD será utilizada a mesma resposta elaborada para a Impugnação n.º 07 SIAD, considerando que a peça da Impugnação nº 06 apresenta conteúdo idêntico ao da Impugnação nº 07, diferenciando-se esta apenas pela inclusão de documentos de representação da empresa. ----------------------------- 21-05-2025 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: Esparta Viligância (Impugnação: solicitação n.º 0007 - SIAD). Unidade 1091012 - - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3898.0017246/2025-55 Objeto: Contratação de empresa especializada na prestação de serviços de vigilância armada, de forma contínua, em unidades do Ministério Público localizadas na capital e no interior do Estado de Minas Gerais, com dedicação exclusiva de mão de obra e fornecimento de uniformes e equipamentos. Modalidade: Pregão eletrônico. Impugnante: ESPARTA SEGURANÇA LTDA. CNPJ: 37.162.435/0001-42 Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br, Serviços, Consultas, Licitações e Contratos, Portal Transparência MPMG. Reiteramos aos interessados que esta licitação ocorrerá às 10 horas do dia 23/05/2025. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9h às 18h ou pelos telefones: (31) 3330-8190 / 8233 / 9464. Belo Horizonte, 20 de maio de 2025. Simone de Oliveira Capanema Pregoeira Nota: A resposta à Impugnação nº 07 encontra-se publicado nesta página. ----------------------------- 21-05-2025 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Unidade 1091012 - PROCESSO SEI: Nº 19.16.3898.0017246/2025-55 - Impugnante: MSA Vigilância Patrimonial Ltda. (Impugnação: solicitação n.º 0008 - SIAD). Síntese da decisão: Apresentou peça impugnativa, tempestiva, no entanto, a empresa não cumpriu a exigência editalícia quanto à forma de apresentação da impugnação, estando em desconformidade com o Item 2.3.1 do edital. O arquivo contendo a resposta encontra-se publicado nesta página. ----------------------------- 13-06-2025 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO E COMUNICAÇÃO Número do processo: 59 / Ano: 2025 - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3898.0017246/2025-55 Objeto: Contratação de empresa especializada na prestação de serviços de vigilância armada, de forma contínua, em unidades do Ministério Público localizadas na capital e no interior do Estado de Minas Gerais, com dedicação exclusiva de mão de obra e fornecimento de uniformes e equipamentos. Modalidade: Pregão - A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a interposição de recurso administrativo por parte da empresa Esparta Segurança Ltda. contra a decisão da Pregoeira que declarou vencedora a empresa Guardseg Segurança e Vigilância Ltda. O recurso administrativo está disponível para consulta nos sites www.mpmg.mp.br e www.compras.mg.gov.br, e nos autos do processo licitatório. Nos termos do art. ART. 37, do Decreto Estadual MG nº 48.723, de 24/11/2023, está aberto o prazo de 3 dias úteis, contados desta publicação, para que as demais empresas licitantes interessadas apresentem contrarrazões ao recurso interposto. Belo Horizonte, 13 de junho de 2025. Simone de Oliveira Capanema - Pregoeira. ----------------------------- 17-06-2025 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO Contrarrazões - Comunicamos a apresentação das Contrarrazões de Recurso, por parte da licitante Guardseg Vigilância e Segurança Ltda. As Contrarrazões de Recurso poderá ser consultada nos sites www.mpmg.mp.br (nesta página), www.compras.mg.gov.br, e nos autos do processo licitatório. ----------------------------- 02-07-2025 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Número do processo: 59 / Ano: 2025 - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3898.0017246/2025-55 - Objeto: Contratação de empresa especializada na prestação de serviços de vigilância armada, de forma contínua, em unidades do Ministério Público localizadas na capital e no interior do Estado de Minas Gerais, com dedicação exclusiva de mão de obra e fornecimento de uniformes e equipamentos. Modalidade: Pregão eletrônico Recorrente: ESPARTA SEGURANÇA LTDA. CNPJ 37.162.435/0001-42 Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.compras.mg.gov.br. Belo Horizonte, 30 de junho de 2025 IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa ----------------------------- 02-07-2025 HOMOLOGAÇÃO Número do processo: 59 / Ano: 2025 - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3898.0017246/2025-55 - . Objeto: Contratação de empresa especializada na prestação de serviços de vigilância armada, de forma contínua, em unidades do Ministério Público localizadas na capital e no interior do Estado de Minas Gerais, com dedicação exclusiva de mão de obra e fornecimento de uniformes e equipamentos. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1 (único): GUARDSEG VIGILÂNCIA E SEGURANÇA LTDA. CNPJ 05.891.583/0001-01 Valor (total) adjudicado: R$ 25.301.442,74 Belo Horizonte, 30 de junho de 2025 IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_059_2025_Servico_vigilancia_DSEG.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13971/download;
+ Apenso_IX_ao_termo_de_referencia.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13972/download;
+ Apenso_XII_ao_Termo_de_referencia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13974/download;
+ Apenso_IX___Planilha_de_Estimativa_de_Custos_e_de_Composicao_de_Precos_da_Contratacao_aberta.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13992/download;
+ extrato_publicacao_DOMP_homologacao_pl59_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14073/download;
+ decisao_recurso_adm_Esparta_Seguranca_pl59_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14070/download;
  extrato_publicacao_DOMP_decisao_recurso_pl59_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14071/download;
- extrato_publicacao_DOMP_homologacao_pl59_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14073/download;
  RECURSO_contra_Julg_Habilit_Licitante_Esparta_Seguranca_PL_59_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14058/download;
  CONTRARRAZOES_Licitante_Guardseg_vigilancia_seguranca_PL_59_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14068/download;
+ edital_processo_059_2025_Servico_vigilancia_DSEG_republicado_somente alteracao de datas.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14001/download;
+ Panilha_de_estudo_VA_e_VT_processo_059_2025.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14005/download;
  impugnacao_n.06_e_07_esparta_pl59_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14009/download;
  impugnacao_n.08_MSA_pl59_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14010/download;
  decisao_impugnacao_n.07_esparta_pl59_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14011/download;
  resposta_impugnacao_n.08_recebida_como_esclarecimento_MSA_pl59_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14012/download;
- decisao_recurso_adm_Esparta_Seguranca_pl59_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14070/download;
-[...5 lines deleted...]
- Apenso_IX___Planilha_de_Estimativa_de_Custos_e_de_Composicao_de_Precos_da_Contratacao_aberta.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13992/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 56 / 2025</t>
   </si>
   <si>
     <t>10/05/2025</t>
   </si>
   <si>
     <t>Aquisição de materiais hidráulicos e materiais para purificadores, sob demanda, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência.</t>
   </si>
   <si>
     <t xml:space="preserve">TUBOS, CONEXÕES E ACESSÓRIOS EM PVC </t>
   </si>
   <si>
     <t>43.542,28</t>
   </si>
   <si>
     <t>10-05-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0138741/2024-51 Recebimento das propostas: até às 10 horas do dia 23/05/2025. Início da disputa de preços: às 10 horas do dia 23/05/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 12 de maio de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 21-05-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, respostas da Diretoria de Gestão de Compras e Licitações, da Unidade Gestora de Contratação (DIMAN) e da Diretoria de Administração Financeira aos pedidos de esclarecimentos apresentados pelas empresas BRR Distribuidora Materiais de Construção e Consumo Ltda., Alphaville Comercio de Materiais de Construção Ltda-EPP e Real Bebedouros Filtros e Purificadores de Água Ltda.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_056_2025_materiais_hidraulicos_Diman.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13986/download;
+ homologacao_processo_56_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14057/download;
  proposta_corrigida_licitante_Indianopolis_lotes 1 e 5.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14028/download;
  proposta_corrigida_licitante_Alphaville_lote 4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14029/download;
  Proposta_corrigida_licitante_Ampla_lote 3.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14030/download;
  catalogos_Licitante_Ampla_lote 3.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/14031/download;
  pedido_de_esclarec_n.01_BRR_pe_pl56_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14014/download;
  pedido_de_esclarec_n.02_Alphaville_pe_pl56_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14015/download;
  pedido_de_esclarec_n.03_Real Bebedouros_pe_pl56_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14016/download;
  respostas_pedidos_de_esclarec_n. 01_02_03_pe_pl56_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14017/download;
- edital_processo_056_2025_materiais_hidraulicos_Diman.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13986/download;
- homologacao_processo_56_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14057/download;
 </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Revogado </t>
   </si>
   <si>
     <t xml:space="preserve">ADESIVOS DE VEDAÇÃO </t>
   </si>
   <si>
     <t xml:space="preserve">Criativa Soluções para Construção Eireli </t>
   </si>
   <si>
     <t>8.845,10</t>
   </si>
   <si>
     <t xml:space="preserve">REFIS E MATERIAIS DE PURIFICADORES </t>
   </si>
   <si>
     <t xml:space="preserve">Global Distribuição e Serviços LTDA- EPP </t>
   </si>
   <si>
     <t>118.800,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 48 / 2025</t>
   </si>
   <si>
     <t>09/05/2025</t>
   </si>
   <si>
     <t>Prestação de serviços continuados de manutenção preventiva e corretiva em condicionadores de ar tipo monobloco (ACJ), modular (split) e portátil, com inclusão total de peças novas, em imóveis ocupados pelo Ministério Público no Estado de Minas Gerais na Região Leste de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção preventiva e corretiva em condicionadores de ar tipo monobloco (ACJ), modular (split) e portátil, em imóveis ocupados pelo Ministério Público no Estado de Minas Gerais na Região Leste de Minas Gerais. </t>
   </si>
   <si>
     <t>09-05-2025 AVISO DE LICITAÇÃO Unidade 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0007655/2025-34 - Recebimento das propostas: até às 10 horas do dia 27/05/2025. Início da disputa de preços: às 10 horas do dia 27/05/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 8 de maio de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_manutencao_preventiva_e_corretiva_em_condicionadores_ar_DIMAN_processo_48_2025.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13984/download;
  homologacao_processo48_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14040/download;
- edital_manutencao_preventiva_e_corretiva_em_condicionadores_ar_DIMAN_processo_48_2025.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13984/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Manutenção preventiva e corretiva em condicionadores de ar tipo monobloco (ACJ), modular (split) e portátil, com inclusão total de peças novas, na Região Leste de Minas Gerais. </t>
   </si>
   <si>
     <t xml:space="preserve">Cold Climate Manutenção Ltda. - ME </t>
   </si>
   <si>
     <t>289.999,50</t>
   </si>
   <si>
     <t xml:space="preserve"> 39 / 2025</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>Aquisição de materiais de Construção Civil sob a forma de entrega de acordo com a demanda.</t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS DE DEPÓSITOS </t>
   </si>
   <si>
     <t xml:space="preserve">FX COMÉRCIO E DISTRIBUIDORA EIRELI - EPP </t>
   </si>
   <si>
     <t>21.228,00</t>
   </si>
   <si>
     <t>01-04-2025 AVISO DE LICITAÇÃO Unidade 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0127576/2024-30 - Recebimento das propostas: até às 10 horas do dia 22/04/2025. Início da disputa de preços: às 10 horas do dia 22/04/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 31 de março de 2025 - Catarina Natalino Calixto - Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_processo39_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13975/download;
  edital_processo39_2025_aquisicao_de_materiais_de_Construcao_Civil_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13938/download;
- homologacao_processo39_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13975/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS DE SEGURANÇA </t>
   </si>
   <si>
     <t>3.015,00</t>
   </si>
   <si>
     <t xml:space="preserve">FITAS </t>
   </si>
   <si>
     <t>3.864,30</t>
   </si>
   <si>
     <t xml:space="preserve">FITA PARA CONSTRUÇÃO </t>
   </si>
   <si>
     <t>878,40</t>
   </si>
   <si>
     <t xml:space="preserve">CONE </t>
   </si>
   <si>
     <t xml:space="preserve">PISO TÁTIL </t>
@@ -1140,100 +2121,97 @@
     <t>7.062,00</t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS DE SINALIZAÇÃO </t>
   </si>
   <si>
     <t>6.146,00</t>
   </si>
   <si>
     <t xml:space="preserve">RESINA E CATALISADOR </t>
   </si>
   <si>
     <t>2.038,00</t>
   </si>
   <si>
     <t xml:space="preserve">FERRAGENS </t>
   </si>
   <si>
     <t>32.060,00</t>
   </si>
   <si>
     <t xml:space="preserve">PRENDEDOR DE PORTA </t>
   </si>
   <si>
     <t>1.541,50</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">CORDA </t>
   </si>
   <si>
     <t>405,00</t>
   </si>
   <si>
     <t xml:space="preserve">LÂMINAS E DISCOS </t>
   </si>
   <si>
     <t>15.582,00</t>
   </si>
   <si>
     <t xml:space="preserve">ABRAÇADEIRAS </t>
   </si>
   <si>
     <t xml:space="preserve">MERCEARIA INDIANÓPOLIS LTDA - EPP </t>
   </si>
   <si>
     <t>3.880,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 35 / 2025</t>
   </si>
   <si>
     <t>Aquisição de materiais de sinalização visual, sem instalação, a serem destinados aos imóveis do MPMG.</t>
   </si>
   <si>
     <t xml:space="preserve">PLACA DE ACM, SEM INSTALAÇÃO </t>
   </si>
   <si>
     <t xml:space="preserve">Adjudicado </t>
   </si>
   <si>
     <t xml:space="preserve">DOM COMUNICACAO LTDA </t>
   </si>
   <si>
     <t>161.999,00</t>
   </si>
   <si>
     <t>10-05-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0007076/2025-50 Recebimento das propostas: até às 10 horas do dia 23/05/2025. Início da disputa de preços: às 10 horas do dia 23/05/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 12 de maio de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 19-07-2025 HOMOLOGAÇÃO - Número do processo: 035 / Ano: 2025 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0007076/2025-50 Objeto: Aquisição de materiais de sinalização visual, sem instalação, a serem destinados aos imóveis do MPMG. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1: DOM COMUNICACAO LTDA, CNPJ nº 47.456.930/0001-18; Valor (total) adjudicado: R$161.999,00; Lotes 2 e 4: JUSTINO DAVINO PERES - EPP, CNPJ nº 05.588.878/0001-03; Valores (totais) adjudicados: R$14.748,00 e R$12.600,00, respectivamente; Lotes 3 e 5: MARCELO LUIZ CLEMENTE BRANDAO - ME, CNPJ nº 07.820.223/0001-44; Valores (totais) adjudicados: R$15.980,00 e R$2.587,00, respectivamente; Lote 6: MAKER COMUNICACAO VISUAL LTDA, CNPJ nº 05.650.294/0001-10; Valor (total) adjudicado: R$3.898,00. Belo Horizonte, 18 de julho de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_035_2025_Aquisicao_de_materiais_de_sinalizacao_visual_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13983/download;
  ata_intermediaria_processo-035_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14041/download;
+ ata_homologacao_processo-035_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14097/download;
  homologacao_processo35_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14093/download;
- ata_homologacao_processo-035_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14097/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">PLACAS PARA ESTACIONAMENTO, SEM INSTALAÇÃO </t>
   </si>
   <si>
     <t xml:space="preserve">JUSTINO DAVINO PERES - EPP </t>
   </si>
   <si>
     <t>14.748,00</t>
   </si>
   <si>
     <t xml:space="preserve">ESPELHO PARA GARAGENS, SEM INSTALAÇÃO </t>
   </si>
   <si>
     <t xml:space="preserve">MARCELO LUIZ CLEMENTE BRANDÃO - ME </t>
   </si>
   <si>
     <t>15.980,00</t>
   </si>
   <si>
     <t xml:space="preserve">TACHÃO REFLETIVO, SEM INSTALAÇÃO </t>
   </si>
   <si>
     <t>12.600,00</t>
@@ -1252,188 +2230,182 @@
   </si>
   <si>
     <t>3.898,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 29 / 2025</t>
   </si>
   <si>
     <t>Materiais de painéis e portas de divisórias, perfis, tarugos, dobradiças, fechaduras, chapas de vidros e películas, sob demanda.</t>
   </si>
   <si>
     <t xml:space="preserve">Painéis, perfis e tarugo </t>
   </si>
   <si>
     <t xml:space="preserve">PAINEL DECORACOES LTDA </t>
   </si>
   <si>
     <t>744.161,00</t>
   </si>
   <si>
     <t>AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0079645/2024-90 Recebimento das propostas: até às 10 horas do dia 28/04/2025. Início da disputa de preços: às 10 horas do dia 28/04/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 2 de abril de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 25-04-2025 ABERT. E JULG. DE NOVA DOC. E ABERT. DE PROPOSTAS Segue, em anexo, resposta ao pedido de esclarecimentos nº 01</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ resposta_ pedido_ de_ esclarecimento_ 1_ Lilyan Ribeiro.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13967/download;
  edital_processo_29_2025_paineis_divisorias_Diman.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13940/download;
- resposta_ pedido_ de_ esclarecimento_ 1_ Lilyan Ribeiro.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13967/download;
  Despacho_SEI_9009509_Contabilidade_F000167_218.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14038/download;
- Decisao_Recurso_Adm_F000167_218_balanco_patrimonial_pl_29_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14096/download;
  Despacho_SEI_8984817_Contabilidade_F000167_218.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14026/download;
  homologacao_processo29_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14101/download;
+ Decisao_Recurso_Adm_F000167_218_balanco_patrimonial_pl_29_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14096/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Vidro comum 4 mm </t>
   </si>
   <si>
     <t>78.750,00</t>
   </si>
   <si>
     <t xml:space="preserve">Dobradiças </t>
   </si>
   <si>
     <t xml:space="preserve">FX COMERCIO E DISTRIBUIDORA EIRELI ? EPP </t>
   </si>
   <si>
     <t>11.280,00</t>
   </si>
   <si>
     <t xml:space="preserve">Fechaduras manuais </t>
   </si>
   <si>
     <t>199.280,00</t>
   </si>
   <si>
     <t xml:space="preserve">Fechaduras elétricas </t>
   </si>
   <si>
     <t xml:space="preserve">Fechadura eletroimã </t>
   </si>
   <si>
     <t xml:space="preserve">Fechadura de imóveis </t>
   </si>
   <si>
     <t>10.228,00</t>
   </si>
   <si>
     <t xml:space="preserve">Molas </t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Homologado Deserto </t>
   </si>
   <si>
     <t xml:space="preserve"> 28 / 2025</t>
   </si>
   <si>
     <t>23/04/2025</t>
   </si>
   <si>
     <t>Aquisição de Tomadas Elétricas, interruptores, espelhos e placas modulares das linhas Pial Plus e Pial Plus+, sob demanda.</t>
   </si>
   <si>
     <t xml:space="preserve">TOMADAS ELÉTRICAS MODULARES </t>
   </si>
   <si>
     <t xml:space="preserve">GAMA LUZ COMÉRCIO DE MATERIAIS ELÉTRICOS LTDA. - ME </t>
   </si>
   <si>
     <t>77.802,00</t>
   </si>
   <si>
     <t>23-04-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0048983/2024-69 Recebimento das propostas: até às 10 horas do dia 09/05/2025. Início da disputa de preços: às 10 horas do dia 09/05/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 23 de abril de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 07-05-2025 ESCLARECIMENTOS - Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações(DGCL), com base na manifestação da Unidade Gestora da Contratação (DIMAN), ao(s) pedido(s) de esclarecimentos apresentado(s) pela empresa Versattil Comercio de Material Elétrico Ltda. ----------------------------- 16-05-2025 HOMOLOGAÇÃO - Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0048983/2024-69 Objeto: Aquisição de Tomadas Elétricas, interruptores, espelhos e placas modulares das linhas Pial Plus e Pial Plus+, sob demanda. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lotes 1, 2, 3, 4 e 5: GAMA LUZ COMERCIO VAREJISTA LTDA, CNPJ nº 10.174.094/0001-79; Valores (totais) adjudicados: R$77.802,00; R$66.698,50; R$7.630,00; R$41.230,00 e R$3.630,00, respectivamente. Belo Horizonte, 15 de maio de 2025. IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- ata_homologacao_processo28_pe_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13994/download;
+ Apenso_I_ao_termo_de_refer?ncia.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13962/download;
+ edital_processo_028_2025_interruptores_tomadas_espelhos_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13961/download;
+ pedido_esclarec_n.1_versattil_pe_pl028_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13977/download;
+ pedido_esclarec_n.2(e-mail)_versattil_pe_pl028_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13978/download;
  resposta_pedido_esclarec_n.1-2_versattil_pe_pl028_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13979/download;
  homologacao_processo28_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13993/download;
- edital_processo_028_2025_interruptores_tomadas_espelhos_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13961/download;
-[...2 lines deleted...]
- pedido_esclarec_n.2(e-mail)_versattil_pe_pl028_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13978/download;
+ ata_homologacao_processo28_pe_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13994/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">INTERRUPTORES ELÉTRICOS MODULARES </t>
   </si>
   <si>
     <t>66.698,50</t>
   </si>
   <si>
     <t xml:space="preserve">PLACAS PARATOMADAS </t>
   </si>
   <si>
     <t>7.630,00</t>
   </si>
   <si>
     <t xml:space="preserve">ESPELHOS PARA TOMADAS </t>
   </si>
   <si>
     <t>41.230,00</t>
   </si>
   <si>
     <t xml:space="preserve">SUPORTES PARA MÓDULOS </t>
   </si>
   <si>
     <t>3.630,00</t>
   </si>
   <si>
     <t>10/06/2025</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO para aquisição de monitores auxiliares para notebooks.</t>
   </si>
   <si>
     <t xml:space="preserve">MONITOR DE VÍDEO </t>
   </si>
   <si>
     <t xml:space="preserve">4U DIGITAL COMERCIO E SERVICOS LTDA </t>
   </si>
   <si>
     <t>1.089.200,00</t>
   </si>
   <si>
     <t>10-06-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0056863/2024-42 Recebimento das propostas: até às 10 horas do dia 30/06/2025. Início da disputa de preços: às 10 horas do dia 30/06/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 09 de junho de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 11-06-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DSMT) ao(s) pedido(s) de esclarecimento(s) apresentado(s) pelo(a) empresa DATEN. ----------------------------- 27-06-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIRETORIA DE SUPORTE E MANUTENÇÃO - DSMT) ao(s) pedido(s) de esclarecimento(s) apresentado(s) pelo(a) empresa LTA-RH INFORMATICA, COMERCIO, REPRESENTAÇÕES LTDA. ----------------------------- 27-06-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIRETORIA DE SUPORTE E MANUTENÇÃO - DSMT) ao(s) pedido(s) de esclarecimento(s) apresentado(s) pelo(a) empresa LIDER NOTEBOOKS COMERCIO E SERVIÇOS LTDA.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_28_2025_aquisicao_de_monitores_auxiliares_para_notebooks_DSMT_rp.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14053/download;
+ pedido_esclarec_n_1_DATEN_pe_pl28_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14055/download;
+ resposta_pedido_esclarec_n_1_pe_pl28_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14056/download;
+ resposta_pedido_de_esclarec_n.003_LTA-RH_pe_pl28_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14066/download;
  resposta_pedido_de_esclarec_n.004_LIDER_NOTEBOOKS_pe_pl28_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14067/download;
- resposta_pedido_esclarec_n_1_pe_pl28_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14056/download;
  pedido_de_esclarec_n.002_LTA-RH_pe_pl28_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14062/download;
+ pedido_de_esclarec_n.003_LTA-RH_pe_pl28_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14063/download;
  pedido_de_esclarec_n.004_LIDER_NOTEBOOKS_pe_pl28_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14064/download;
- pedido_de_esclarec_n.003_LTA-RH_pe_pl28_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14063/download;
  resposta_pedido_de_esclarec_n.002_LTA-RH_pe_pl28_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14065/download;
- resposta_pedido_de_esclarec_n.003_LTA-RH_pe_pl28_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14066/download;
  homologacao_planejamento28_2025(Aquisicao_de_monitores).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14094/download;
- pedido_esclarec_n_1_DATEN_pe_pl28_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14055/download;
- edital_processo_28_2025_aquisicao_de_monitores_auxiliares_para_notebooks_DSMT_rp.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14053/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 24 / 2025</t>
   </si>
   <si>
     <t>03/03/2025</t>
   </si>
   <si>
     <t>Registro de preço para aquisição de material bibliográfico nacional e estrangeiro, constituído por livros impressos, destinados a compor o acervo da Biblioteca do MPMG e para atender as demandas informacionais das diversas unidades do MPMG.</t>
   </si>
   <si>
     <t xml:space="preserve">LIVROS PARA COMPOSIÇÃO DE ACERVO DE BIBLIOTECA </t>
   </si>
   <si>
     <t xml:space="preserve">FHS LIVROS LTDA. </t>
   </si>
   <si>
     <t>60.000,00</t>
   </si>
   <si>
     <t>03-03-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.2157.0088363/2024-36 Recebimento das propostas: até às 10 horas do dia 19/03/2025. Início da disputa de preços: às 10 horas do dia 19/03/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 05 de março de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 21-03-2025 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1(único): FHS LIVROS LTDA. CNPJ 45.546.237/0001-00 Valor (total) adjudicado (Maior Desconto): 39,15% (trinta e nove vírgula quinze por cento) Belo Horizonte, 20 de março de 2025 IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -1444,190 +2416,190 @@
   <si>
     <t xml:space="preserve"> 23 / 2025</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>Aquisição de materiais de copa de cozinha e descartáveis destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais, conforme quantidades, especificações técnicas e exigências estabelecidas no Termo de Referência e seus Apensos.</t>
   </si>
   <si>
     <t xml:space="preserve">Pano, coador e caneca </t>
   </si>
   <si>
     <t xml:space="preserve">AC CLEAN COMERCIO DE LIMPEZA LTDA. </t>
   </si>
   <si>
     <t>5.790,90</t>
   </si>
   <si>
     <t>28-03-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0021158/2024-36 Recebimento das propostas: até às 10 horas do dia 14/04/2025. Início da disputa de preços: às 10 horas do dia 14/04/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 27 de março de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  ata_homologacao_processo23_pe_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14089/download;
- edital_processo_023_2025_materiais_copa_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13920/download;
  homologacao_resultado_parcial_processo23_pe_2025_lotes_1_2_3_5_e_6.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14087/download;
  homologacao_restante_dos_lotes_processo23_pe_2025_lotes_4_e_7.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14088/download;
+ edital_processo_023_2025_materiais_copa_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13920/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Açucareiro, bandeja, jarra, base para copo e colher de café </t>
   </si>
   <si>
     <t>124.987,20</t>
   </si>
   <si>
     <t xml:space="preserve">Taça, garrafas térmicas, bule e conjunto de xícaras/pires </t>
   </si>
   <si>
     <t xml:space="preserve">LOBO E SOUSA COMÉRCIO E SOLUÇÕES EM LICITAÇÕES LTDA </t>
   </si>
   <si>
     <t>338.962,09</t>
   </si>
   <si>
     <t xml:space="preserve">Copos descartáveis e guardanapo </t>
   </si>
   <si>
     <t>30.889,54</t>
   </si>
   <si>
     <t xml:space="preserve">LOBO SOLUCOES EM LICITACOES E COMERCIO LTDA. </t>
   </si>
   <si>
     <t>60.651,04</t>
   </si>
   <si>
     <t xml:space="preserve"> 22 / 2025</t>
   </si>
   <si>
     <t>03/04/2025</t>
   </si>
   <si>
     <t>Prestação de serviços de empresa especializada em tecnologia da informação para subscrição de licenciamento de solução de segurança e antivírus, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência.</t>
   </si>
   <si>
     <t xml:space="preserve">Solução de Proteção de Endpoint com funcionalidade EDR </t>
   </si>
   <si>
     <t xml:space="preserve">Brasoftware Informática Ltda. </t>
   </si>
   <si>
     <t>828.380,00</t>
   </si>
   <si>
-    <t>20-03-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0123734/2024-83 Recebimento das propostas: até às 10 horas do dia 04/04/2025. Início da disputa de preços: às 10 horas do dia 04/04/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 19 de março de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 28-03-2025 ESCLARECIMENTOS Segue resposta da Diretoria de Suporte e Manutenção (DSMT), ao pedido de esclarecimento SIAD n. 0001, apresentado por empresa interessada em participar do processo licitatório em epígrafe: ESCLARECIMENTO: "O item 14.2 - CRITÉRIOS DE PAGAMENTO informa que o pagamento será realizado em até 30 dias após o recebimento da nota scal, e referente ao fornecimento do total das licenças, entendemos que a capacitação que ocorrerá em até 40 dias após a disponibilização das licenças não inuenciará no faturamento, ou seja, poderemos faturar o licenciamento antes da conclusão da capacitação, visto que não há uma linha de cobrança em separada para este serviço. Está correto nosso entendimento?" RESPOSTA: ""Sim, está correto o entendimento." ----------------------------- 03-04-2025 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0123734/2024-83 - Recebimento das propostas: até às 10 horas do dia 08/04/2025. Início da disputa de preços: às 10 horas do dia 08/04/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 02 de abril de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*)Republicado devido à necessidade de prazo para responder a impugnação e pedidos de esclarecimentos. Houve alteração de datas. Não haverá reabertura de prazo para esclarecimentos e impugnações. Houve ajuste no texto do item 11.2.11 do TR (Anexo IV do Edital), sem afetar a formulação das propostas. ----------------------------- 04-04-2025 ESCLARECIMENTOS Unidade: 1091012 - PROCESSO SEI: Nº 19.16.1937.0123734/2024-83 - Consulente: CLM Software Comércio Importação e Exportação Ltda.(Esclarecimento: solicitação n.º 0002, 0004 e 0009 - SIAD). O arquivo contendo o questionamento da empresa e a resposta ao seu apontamento encontra-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 04-04-2025 ESCLARECIMENTOS Unidade: 1091012 - PROCESSO SEI: Nº 19.16.1937.0123734/2024-83 - Consulente: PROTECT4 Serviços em Tecnologia da Informação Ltda. (Esclarecimento: solicitação n.º 0003 SIAD). O arquivo contendo o questionamento da empresa e a resposta ao seu apontamento encontra-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 04-04-2025 ESCLARECIMENTOS Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0123734/2024-83 - Consulente: SHIELD Security Tecnologia Ltda. (Esclarecimento: solicitação n.º 0005 SIAD). O arquivo contendo o questionamento da empresa e a resposta ao seu apontamento encontra-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 04-04-2025 ESCLARECIMENTOS Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0123734/2024-83. Consulente: NTSEC Soluções em Teleinformática Ltda. (Esclarecimento: solicitação n.º 0006 SIAD). O arquivo contendo o questionamento da empresa e a resposta ao seu apontamento encontra-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 04-04-2025 IMPUGNAÇÃO 04Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0123734/2024-83 - - Consulente: OI S/A em Recuperação Judicial(Impugnação: solicitação n.º 0007 - SIAD). Síntese da decisão: Apresentou peça impugnativa, tempestiva, no entanto, a empresa não cumpriu a exigência editalícia quanto à forma de apresentação da impugnação, estando em desconformidade com o Item 2.3.1 do edital. Dessa forma, será recebida como requerimento administrativo, em atenção ao direito constitucional de petição e ao princípio da autotutela. O arquivo contendo o documento da empresa e a resposta aos seu apontamento encontra-se em arquivo abaixo anexado para consulta aos interessados. ----------------------------- 04-04-2025 ESCLARECIMENTOS Unidade: 1091012 - PROCESSO SEI: Nº 19.16.1937.0123734/2024-83 - Consulente: CLM Software Comércio Importação e Exportação Ltda.(Esclarecimento: solicitação n.º 0008- SIAD). O arquivo contendo o questionamento da empresa e a resposta ao seu apontamento encontra-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 04-04-2025 ESCLARECIMENTOS Unidade: 1091012 - PROCESSO SEI: Nº 19.16.1937.0123734/2024-83 - Consulente: CH Tecnologia(Esclarecimento: solicitação n.º 0010- SIAD). O arquivo contendo o questionamento da empresa e a resposta ao seu apontamento encontra-se em arquivo abaixo anexado, para consulta aos interessados.</t>
+    <t>20-03-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0123734/2024-83 Recebimento das propostas: até às 10 horas do dia 04/04/2025. Início da disputa de preços: às 10 horas do dia 04/04/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 19 de março de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 28-03-2025 ESCLARECIMENTOS Segue resposta da Diretoria de Suporte e Manutenção (DSMT), ao pedido de esclarecimento SIAD n. 0001, apresentado por empresa interessada em participar do processo licitatório em epígrafe: ESCLARECIMENTO: "O item 14.2 - CRITÉRIOS DE PAGAMENTO informa que o pagamento será realizado em até 30 dias após o recebimento da nota scal, e referente ao fornecimento do total das licenças, entendemos que a capacitação que ocorrerá em até 40 dias após a disponibilização das licenças não inuenciará no faturamento, ou seja, poderemos faturar o licenciamento antes da conclusão da capacitação, visto que não há uma linha de cobrança em separada para este serviço. Está correto nosso entendimento?" RESPOSTA: ""Sim, está correto o entendimento." ----------------------------- 03-04-2025 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0123734/2024-83 - Recebimento das propostas: até às 10 horas do dia 08/04/2025. Início da disputa de preços: às 10 horas do dia 08/04/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 02 de abril de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG (*)Republicado devido à necessidade de prazo para responder a impugnação e pedidos de esclarecimentos. Houve alteração de datas. Não haverá reabertura de prazo para esclarecimentos e impugnações. Houve ajuste no texto do item 11.2.11 do TR (Anexo IV do Edital), sem afetar a formulação das propostas. ----------------------------- 04-04-2025 ESCLARECIMENTOS Unidade: 1091012 - PROCESSO SEI: Nº 19.16.1937.0123734/2024-83 - Consulente: CLM Software Comércio Importação e Exportação Ltda.(Esclarecimento: solicitação n.º 0002, 0004 e 0009 - SIAD). O arquivo contendo o questionamento da empresa e a resposta ao seu apontamento encontra-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 04-04-2025 ESCLARECIMENTOS Unidade: 1091012 - PROCESSO SEI: Nº 19.16.1937.0123734/2024-83 - Consulente: PROTECT4 Serviços em Tecnologia da Informação Ltda. (Esclarecimento: solicitação n.º 0003 SIAD). O arquivo contendo o questionamento da empresa e a resposta ao seu apontamento encontra-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 04-04-2025 ESCLARECIMENTOS Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0123734/2024-83 - Consulente: SHIELD Security Tecnologia Ltda. (Esclarecimento: solicitação n.º 0005 SIAD). O arquivo contendo o questionamento da empresa e a resposta ao seu apontamento encontra-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 04-04-2025 ESCLARECIMENTOS Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0123734/2024-83. Consulente: NTSEC Soluções em Teleinformática Ltda. (Esclarecimento: solicitação n.º 0006 SIAD). O arquivo contendo o questionamento da empresa e a resposta ao seu apontamento encontra-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 04-04-2025 IMPUGNAÇÃO 04Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1937.0123734/2024-83 - - Consulente: OI S/A em Recuperação Judicial(Impugnação: solicitação n.º 0007 - SIAD). Síntese da decisão: Apresentou peça impugnativa, tempestiva, no entanto, a empresa não cumpriu a exigência editalícia quanto à forma de apresentação da impugnação, estando em desconformidade com o Item 2.3.1 do edital. Dessa forma, será recebida como requerimento administrativo, em atenção ao direito constitucional de petição e ao princípio da autotutela. O arquivo contendo o documento da empresa e a resposta aos seu apontamento encontra-se em arquivo abaixo anexado para consulta aos interessados. ----------------------------- 04-04-2025 ESCLARECIMENTOS Unidade: 1091012 - PROCESSO SEI: Nº 19.16.1937.0123734/2024-83 - Consulente: CH Tecnologia(Esclarecimento: solicitação n.º 0010- SIAD). O arquivo contendo o questionamento da empresa e a resposta ao seu apontamento encontra-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 04-04-2025 ESCLARECIMENTOS Unidade: 1091012 - PROCESSO SEI: Nº 19.16.1937.0123734/2024-83 - Consulente: CLM Software Comércio Importação e Exportação Ltda.(Esclarecimento: solicitação n.º 0008- SIAD). O arquivo contendo o questionamento da empresa e a resposta ao seu apontamento encontra-se em arquivo abaixo anexado, para consulta aos interessados.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_22_2025_servico_de_antivirus_DSMT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13908/download;
- homologacao_processo22_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14054/download;
-[...2 lines deleted...]
- Respostas_Impugnacao_Recebida_como_esclarecimento_Oi_SA_pl_22_2025 (Sol.7).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13953/download;
  Respostas_a_Pedido_de_Esclarecimentos_CLM_pl_22_2025 (Sol.8).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13954/download;
  Respostas_a_Pedido_de_Esclarecimentos_CH_pl_22_2025 (Sol.10).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13955/download;
  edital_processo_22_2025_servico_de_antivirus_DSMT_REPUBLICADO.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13946/download;
  Respostas_a_Pedido_de_Esclarecimentos_CLM_pl_22_2025 (Sol.2_4_9).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13947/download;
  Respostas_a_Pedido_de_Esclarecimentos_Protect4_pl_22_2025 (Sol.3).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13950/download;
+ Respostas_a_Pedido_de_Esclarecimentos_Shield_pl_22_2025 (Sol.5).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13951/download;
+ Respostas_a_Pedido_de_Esclarecimentos_Ntsec_pl_22_2025 (Sol.6).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13952/download;
+ Respostas_Impugnacao_Recebida_como_esclarecimento_Oi_SA_pl_22_2025 (Sol.7).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13953/download;
+ homologacao_processo22_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14054/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Solução de Proteção de Endpoint com serviço gerenciado de Detecção e Resposta (MDR) </t>
   </si>
   <si>
     <t>220.296,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 21 / 2025</t>
   </si>
   <si>
     <t>08/05/2025</t>
   </si>
   <si>
     <t>Prestação de serviços de segurança integrada de rede de dados, compreendendo o fornecimento de equipamentos em comodato, serviços de instalação, configuração, manutenção, atualização, monitoramento e suporte técnico, na forma presencial e não presencial, a serem executados de forma contínua, nas diversas unidades do MPMG, compreendidas no Estado de Minas Gerais e na cidade de Brasília/DF.</t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviços de segurança integrada de rede de dados, diversas unidades do MPMG, compreendidas no Estado de Minas Gerais e na cidade de Brasília/DF. </t>
   </si>
   <si>
-    <t>08-05-2025 AVISO DE LICITAÇÃO Unidade 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0103698/2024-37 - Recebimento das propostas: até às 10 horas do dia 23/05/2025. Início da disputa de preços: às 10 horas do dia 23/05/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 7 de maio de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 19-05-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Divisão de Licitações (DILIC) e da Unidade Gestora da Contratação (Diretoria de Redes e Bancos de Dados-DRBD) ao pedido de esclarecimento nº 0001 apresentado pela empresa Pisontec Comércio e Serviços em Tecnologia da Informação. ----------------------------- 19-05-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Divisão de Licitações (DILIC) e da Unidade Gestora da Contratação (Diretoria de Redes e Bancos de Dados-DRBD) ao pedido de esclarecimento nº 0003 apresentado pela empresa Compwire Informática Ltda. ----------------------------- 19-05-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Divisão de Licitações (DILIC) e da Unidade Gestora da Contratação (Diretoria de Redes e Bancos de Dados-DRBD) ao pedido de esclarecimento nº 0002 apresentado pelo Srº. Rodrigo. ----------------------------- 20-05-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Divisão de Licitações (DILIC) e da Unidade Gestora da Contratação (Diretoria de Redes e Bancos de Dados-DRBD) ao pedido de esclarecimento nº 0004 (SIAD) e encaminhado via email pela empresa Logicnet Tecnologia. ----------------------------- 21-05-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Divisão de Licitações (DILIC) e da Unidade Gestora da Contratação (Diretoria de Redes e Bancos de Dados-DRBD) ao pedido de esclarecimento nº 0005 apresentado pela empresa ADD Value Participações, Comércio e Serviços de Informática Ltda. ----------------------------- 21-05-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Divisão de Licitações (DILIC) aos pedidos de esclarecimento nº 0007 e nº 0008 apresentado pela empresa Telsinc Comércio de Equipamentos de Informática Ltda ----------------------------- 21-05-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Divisão de Licitações (DILIC) ao pedidos de esclarecimento nº 0009 apresentado pela empresa Telsinc Comércio de Equipamentos de Informática Ltda ----------------------------- 21-05-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Divisão de Licitações (DILIC) e da Unidade Gestora da Contratação (Diretoria de Redes e Bancos de Dados-DRBD) ao pedido de esclarecimento nº 0006 apresentado pela empresa Cirion Technologies do Brasil Ltda.</t>
+    <t>08-05-2025 AVISO DE LICITAÇÃO Unidade 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0103698/2024-37 - Recebimento das propostas: até às 10 horas do dia 23/05/2025. Início da disputa de preços: às 10 horas do dia 23/05/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 7 de maio de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 19-05-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Divisão de Licitações (DILIC) e da Unidade Gestora da Contratação (Diretoria de Redes e Bancos de Dados-DRBD) ao pedido de esclarecimento nº 0001 apresentado pela empresa Pisontec Comércio e Serviços em Tecnologia da Informação. ----------------------------- 19-05-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Divisão de Licitações (DILIC) e da Unidade Gestora da Contratação (Diretoria de Redes e Bancos de Dados-DRBD) ao pedido de esclarecimento nº 0002 apresentado pelo Srº. Rodrigo. ----------------------------- 19-05-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Divisão de Licitações (DILIC) e da Unidade Gestora da Contratação (Diretoria de Redes e Bancos de Dados-DRBD) ao pedido de esclarecimento nº 0003 apresentado pela empresa Compwire Informática Ltda. ----------------------------- 20-05-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Divisão de Licitações (DILIC) e da Unidade Gestora da Contratação (Diretoria de Redes e Bancos de Dados-DRBD) ao pedido de esclarecimento nº 0004 (SIAD) e encaminhado via email pela empresa Logicnet Tecnologia. ----------------------------- 21-05-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Divisão de Licitações (DILIC) e da Unidade Gestora da Contratação (Diretoria de Redes e Bancos de Dados-DRBD) ao pedido de esclarecimento nº 0005 apresentado pela empresa ADD Value Participações, Comércio e Serviços de Informática Ltda. ----------------------------- 21-05-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Divisão de Licitações (DILIC) e da Unidade Gestora da Contratação (Diretoria de Redes e Bancos de Dados-DRBD) ao pedido de esclarecimento nº 0006 apresentado pela empresa Cirion Technologies do Brasil Ltda. ----------------------------- 21-05-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Divisão de Licitações (DILIC) aos pedidos de esclarecimento nº 0007 e nº 0008 apresentado pela empresa Telsinc Comércio de Equipamentos de Informática Ltda ----------------------------- 21-05-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Divisão de Licitações (DILIC) ao pedidos de esclarecimento nº 0009 apresentado pela empresa Telsinc Comércio de Equipamentos de Informática Ltda</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- pedido_esclarec_n.5_ADD_Value_pe_pl21_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14007/download;
+ edital_processo_21_2025_servicos_de_seguranca_integrada_de_rede_de_dados_DRBD.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13976/download;
+ pedido_esclarec_n.1_Pisontec_pe_pl21_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13997/download;
+ homologacao_processo21_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14061/download;
  pedido_esclarec_n.7_n.8_Telsinc_pe_pl21_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14013/download;
- pedido_esclarec_n.6_Cirion_pe_pl21_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14008/download;
  pedido_esclarec_n.9_Telsinc_pe_pl21_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14018/download;
- pedido_esclarec_n.1_Pisontec_pe_pl21_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13997/download;
+ pedido_esclarec_n.4_email_Logicnet_pe_pl21_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14003/download;
  pedido_esclarec_n.2_Rodrigo_pe_pl21_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13998/download;
  pedido_esclarec_n.3_Compwire_pe_pl21_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13999/download;
- pedido_esclarec_n.4_email_Logicnet_pe_pl21_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14003/download;
-[...1 lines deleted...]
- homologacao_processo21_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14061/download;
+ pedido_esclarec_n.5_ADD_Value_pe_pl21_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14007/download;
+ pedido_esclarec_n.6_Cirion_pe_pl21_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14008/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de serviços de segurança integrada de rede de dados, nas diversas unidades do MPMG, compreendidas no Estado de Minas Gerais e na cidade de Brasília/DF </t>
   </si>
   <si>
     <t>4.892.696,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 17 / 2025</t>
   </si>
   <si>
     <t>25/03/2025</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO para aquisição de bens permanentes diversificados (projetor multimídia e equipamentos para projeção), destinados a suprir as necessidades das unidades do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETOR MULTIMIDIA </t>
   </si>
   <si>
     <t xml:space="preserve">DATAGOV INFORMATICA LTDA </t>
   </si>
   <si>
     <t>197.784,00</t>
   </si>
   <si>
     <t>10-03-2025 AVISO DE LICITAÇÃO Unidade 1091012 - Número do planejamento: 17 / Ano: 2025 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156959/2023-12 Objeto: REGISTRO DE PREÇO para aquisição de bens permanentes diversificados (projetor multimídia e equipamentos para projeção), destinados a suprir as necessidades das unidades do Ministério Público do Estado de Minas Gerais. Modalidade: Pregão eletrônico - Recebimento das propostas: até às 10 horas do dia 21/03/2025. Início da disputa de preços: às 10 horas do dia 21/03/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte,7 de março de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 17-03-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações ao pedido de esclarecimento apresentado pela empresa Controle Serviços e Comércio de Informática Ltda. ----------------------------- 20-03-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações e a Unidade Gestora da Contratação (DMAT) ao pedido de esclarecimento apresentado pela empresa AMC Informática Ltda. ----------------------------- 20-03-2025 COMUNICAÇÃO Srs. licitantes, informamos que em virtude da necessidade de adequação do instrumento convocatório o pregão será oportunamente republicado, com alteração de datas. ----------------------------- 25-03-2025 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156959/2023-12 Recebimento das propostas: até as 10 horas do dia 07/04/2025. Início da disputa de preços: às 10 horas do dia 07/04/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 24 de março de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações / PGJ-MG *Republicado em virtude da necessidade de retificação do Edital. Houve alteração de datas. ----------------------------- 25-03-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações, da Diretoria de Relações Institucionais e da Unidade Gestora da Contratação (DMAT) ao pedido de esclarecimento apresentado pela empresa 4U Digital Comércio e Serviços Ltda.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo17_2025_RP_aquisicao_projetores_multimidia_e_equipamentos_projecao__DMAT .rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13889/download;
+ homologacao_processo17_rp_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13968/download;
+ pedido_de_esclarec._n.0001_empresa_AMC_INFORMATICA_pe_pl17_2025.pdf.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13909/download;
  pedido_de_esclarec._n.0002_empresa_CONTROLE_SERVICOS_pe_pl17_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13904/download;
- pedido_de_esclarec._n.0001_empresa_AMC_INFORMATICA_pe_pl17_2025.pdf.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13909/download;
  edital_processo17_2025_RP_aquisicao_projetores_multimidia_e_equipamentos_projecao_DMAT_REPUBLICACAO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13918/download;
  pedido_de_esclarec._n.0003_empresa_4U_DIGITAL_pe_pl17_2025.pdf.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13919/download;
- homologacao_processo17_rp_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13968/download;
+ edital_processo17_2025_RP_aquisicao_projetores_multimidia_e_equipamentos_projecao__DMAT .rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13889/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">EQUIPAMENTOS PARA PROJEÇÃO </t>
   </si>
   <si>
     <t xml:space="preserve">MAQNETE COMÉRCIO E SERVIÇOS LTDA-ME </t>
   </si>
   <si>
     <t>47.979,90</t>
   </si>
   <si>
     <t xml:space="preserve"> 15 / 2025</t>
   </si>
   <si>
     <t>13/02/2025</t>
   </si>
   <si>
     <t>Aquisição de mourões, telas e telhas para construção de viveiros, sob a forma de entrega integral.</t>
   </si>
   <si>
     <t xml:space="preserve">MOURÕES </t>
   </si>
   <si>
     <t xml:space="preserve">Master Minas Comércio e Serviços Ltda </t>
@@ -1656,171 +2628,171 @@
   <si>
     <t xml:space="preserve">Tela (Cota ME/EPP) </t>
   </si>
   <si>
     <t xml:space="preserve">Telha </t>
   </si>
   <si>
     <t xml:space="preserve"> 13 / 2025</t>
   </si>
   <si>
     <t>29/01/2025</t>
   </si>
   <si>
     <t>Aquisição de café em pó, sob demanda, destinado a suprir as necessidades das unidades do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">CAFÉ AMPLA PARTICIPAÇÃO </t>
   </si>
   <si>
     <t xml:space="preserve">Alphaville Produtos e Serviços Ltda. </t>
   </si>
   <si>
     <t>779.400,00</t>
   </si>
   <si>
-    <t>29-01-2025 COMUNICAÇÃO Devido a limitações identificadas no sistema do Portal de Compras, foi necessário abrir o Processo de Compra nº 13/2025. Dessa forma, informamos que os licitantes que já haviam cadastrado propostas no pregão nº 248/2024 deverão registrá-las novamente neste novo processo. ----------------------------- 29-01-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0021152/2024-04 Recebimento das propostas: até às 10 horas do dia 12/02/2025. Início da disputa de preços: às 10 horas do dia 12/02/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 28 de janeiro de 2025. Amauri Silva Alves Coordenador em exercício - Diretoria de Gestão de Compras e Licitações /PGJ-MG</t>
+    <t>29-01-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0021152/2024-04 Recebimento das propostas: até às 10 horas do dia 12/02/2025. Início da disputa de preços: às 10 horas do dia 12/02/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 28 de janeiro de 2025. Amauri Silva Alves Coordenador em exercício - Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 29-01-2025 COMUNICAÇÃO Devido a limitações identificadas no sistema do Portal de Compras, foi necessário abrir o Processo de Compra nº 13/2025. Dessa forma, informamos que os licitantes que já haviam cadastrado propostas no pregão nº 248/2024 deverão registrá-las novamente neste novo processo.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_013_2025_aquisicao_cafe_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13819/download;
  homologacao_processo013_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13869/download;
- edital_processo_013_2025_aquisicao_cafe_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13819/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CAFÉ COTA EXCLUSIVA ME/EPP </t>
   </si>
   <si>
     <t>259.800,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 11 / 2025</t>
   </si>
   <si>
     <t>14/03/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de manutenção preventiva e corretiva em elevadores e plataformas para transporte de passageiros de marcas variadas, com inclusão total de peças originais, durante o período de 12 meses, em imóveis ocupados pela Procuradoria-Geral de Justiça do Estado de Minas Gerais nas regiões Sul, Triângulo/Alto Paranaíba, Leste, Central, Jequitinhonha/Mucuri.</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO PREVENTIVA E CORRETIVA EM ELEVADORES E PLATAFORMAS ? REGIÃO CENTRAL </t>
   </si>
   <si>
     <t xml:space="preserve">MG ESCAL LTDA - ME </t>
   </si>
   <si>
     <t>165.040,00</t>
   </si>
   <si>
     <t>14-03-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0014733/2024-21 Recebimento das propostas: até às 10 horas do dia 31/03/2025. Início da disputa de preços: às 10 horas do dia 31/03/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 13 de março de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 20-03-2025 ESCLARECIMENTOS - Unidade 1091012 - PROCESSO SEI: Nº 19.16.2481.0014733/2024-21 - Requerente: ELEVADORES ATLAS SCHINDLER LTDA., CNPJ 00.028.986/0010-07 (Pedido SIAD nº 0001). As solicitações da empresa e as respectivas respostas encontram-se nos arquivos anexados abaixo, para a consulta dos interessados. ----------------------------- 26-03-2025 IMPUGNAÇÃO - Unidade 1091012 - PROCESSO SEI nº 19.16.2481.0014733/2024-21 - Requerente: ELEVADORES ATLAS SCHINDLER LTDA., CNPJ 00.028.986/0010-07 (Pedido SIAD nº 0002). A solicitação da empresa encontra-se no arquivo anexado abaixo, para a consulta dos interessados. ----------------------------- 26-03-2025 IMPUGNAÇÃO - Unidade 1091012 - PROCESSO SEI nº 19.16.2481.0014733/2024-21 - Requerente: TK ELEVADORES BRASIL LTDA, CNPJ 90.347.840/0007-03 (Pedido SIAD nº 0003). A solicitação da empresa encontra-se no arquivo anexado abaixo, para a consulta dos interessados. ----------------------------- 02-04-2025 IMPUGNAÇÃO - Pedidos e Respostas - Unidade 1091012 - PROCESSO SEI nº 19.16.2481.0014733/2024-21 - Requerentes: ELEVADORES ATLAS SCHINDLER LTDA e TK ELEVADORES BRASIL LTDA (Pedidos SIAD nº 0002 e 0003). As solicitações das empresas e as respectivas respostas encontram-se nos arquivos anexados abaixo, para a consulta dos interessados. ----------------------------- 10-04-2025 HOMOLOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0014733/2024-21 - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lotes 1, 3, 4 e 5: MG ESCAL LTDA ? ME. CNPJ 14.111.321/0001-78 - Valor (total) adjudicado para o lote 1: R$ 165.040,00 Valor (total) adjudicado para o lote 3: R$ 74.800,00 Valor (total) adjudicado para o lote 4: R$ 25.600,00 Valor (total) adjudicado para o lote 5: R$ 82.144,00 Lote 2: ESMARTY ESPECIALISTA EM MANUTENÇÃO DE ELEVADORES LTDA. CNPJ 08.458.633/0001-50 Valor (total) adjudicado: R$ 159.999,00 Belo Horizonte, 10 de abril de 2025 IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- impugnacao_n.02(1)_elevadores-atlas_pe_pl11_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13925/download;
  edital_processo11_2025_manute??o_elevadores_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13902/download;
- impugnacao_n.03(2)_tk-elevadores_pe_pl11_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13926/download;
+ ata_homologacao_processo11_pe_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13995/download;
+ homologacao_processo11_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13996/download;
  pedido_esclarec_n.1_elevadores-atlas_pe_pl-11_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13910/download;
  resposta_pedido_esclarec_n.1_elevadores-atlas_pe_pl-11_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13911/download;
+ impugnacao_n.03(2)_tk-elevadores_pe_pl11_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13926/download;
+ impugnacao_n.02(1)_elevadores-atlas_pe_pl11_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13925/download;
  decisao_impug_n.2(1)_elev-atlas_pe_pl11_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13942/download;
  decisao_impug_n.3(2)_tk-elev_pe_pl-11_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13943/download;
- ata_homologacao_processo11_pe_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13995/download;
- homologacao_processo11_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13996/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO PREVENTIVA E CORRETIVA EM ELEVADORES E PLATAFORMAS ? REGIÃO LESTE </t>
   </si>
   <si>
     <t xml:space="preserve">ESMARTY ESPECIALISTA EM MANUTENÇÃO DE ELEVADORES LTDA </t>
   </si>
   <si>
     <t>159.999,00</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO PREVENTIVA E CORRETIVA EM ELEVADORES E PLATAFORMAS ? REGIÃO NORTE </t>
   </si>
   <si>
     <t>74.800,00</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO PREVENTIVA E CORRETIVA EM ELEVADORES E PLATAFORMAS ? REGIÃO SUL </t>
   </si>
   <si>
     <t>25.600,00</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO PREVENTIVA E CORRETIVA EM ELEVADORES E PLATAFORMAS ? REGIÃO JEQUITINHONHA/MUCURI </t>
   </si>
   <si>
     <t>82.144,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 9 / 2025</t>
   </si>
   <si>
     <t>13/03/2025</t>
   </si>
   <si>
     <t>Aquisição de caminhões, vans e micro-ônibus, sob a forma de entrega integral, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência.</t>
   </si>
   <si>
     <t xml:space="preserve">CAMINHÃO </t>
   </si>
   <si>
     <t xml:space="preserve">DEVA VEICULOS LTDA </t>
   </si>
   <si>
     <t>820.000,00</t>
   </si>
   <si>
-    <t>19-02-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3907.0061825/2024-60 Recebimento das propostas: até às 10 horas do dia 10/03/2025. Início da disputa de preços: às 10 horas do dia 10/03/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 18 de fevereiro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 09-03-2025 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESPOSTA E COMUNICAÇÃO Unidade 1091012 - PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Impugnante: RENAULT DO BRASIL LTDA. CNPJ 00.913.443/0001-73 (Impugnação: solicitação n.º 0001 - SIAD). Síntese da decisão: Apresentou peça impugnativa, tempestiva, no entanto, a empresa não cumpriu a exigência editalícia quanto à forma de apresentação da impugnação, estando em desconformidade com o Item 2.3.1 do edital. Dessa forma, será recebida como requerimento administrativo, em atenção ao direito constitucional de petição e ao princípio da autotutela. Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se em arquivo abaixo anexado para consulta aos interessados. ----------------------------- 09-03-2025 ESCLARECIMENTOS Unidade 1091012 - PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Requerente: RENAULT DO BRASIL LTDA. CNPJ 00.913.443/0001-73 (Esclarecimento: solicitação n.º 0002 - SIAD). Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 09-03-2025 ESCLARECIMENTOS Unidade 1091012 - PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Requerente: MINAS MÁQUINAS S/A., CNPJ 17.161.241/0001-15. (Esclarecimento: solicitação n.º 0003 - SIAD). Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 09-03-2025 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESPOSTA E COMUNICAÇÃO Unidade 1091012 - PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Impugnante: RENAULT DO BRASIL LTDA. CNPJ 00.913.443/0001-73 (Impugnação: solicitação n.º 0004 - SIAD). Síntese da decisão: Apresentou peça impugnativa, tempestiva, no entanto, a empresa não cumpriu a exigência editalícia quanto à forma de apresentação da impugnação, estando em desconformidade com o Item 2.3.1 do edital. Dessa forma, será recebida como requerimento administrativo, em atenção ao direito constitucional de petição e ao princípio da autotutela. Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 09-03-2025 ESCLARECIMENTOS Unidade 1091012 - PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Requerente: DEVA VEÍCULOS Ltda., CNPJ 23.762.552/0003-02. (Esclarecimento: solicitação n.º 0005 - SIAD). Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 09-03-2025 ESCLARECIMENTOS PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Requerente: CARTAGENA COMERCIO DE VEÍCULOS E EQUIPAMENTOS LTDA CNPJ: 58.030.640/0001-24 (Esclarecimento: solicitação n.º 0007 - SIAD). Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 09-03-2025 ESCLARECIMENTOS PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Requerente: GRUPO MASCARELLO (Esclarecimento: e-mail).Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 10-03-2025 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3907.0061825/2024-60 - Objeto: Aquisição de caminhões, vans e micro-ônibus, sob a forma de entrega integral, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência. Modalidade: Pregão eletrônico - Recebimento das propostas: até às 10 horas do dia 18/03/2025. Início da disputa de preços: às 10 horas do dia 18/03/2025 Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 7 de março de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG * Republicado devido à necessidade de prazo para responder a todas as impugnações e pedidos de esclarecimentos, bem como para a realização das devidas adequações no edital. Houve recontagem do prazo e uma nova data para o recebimento das propostas e disputa de lances será designada oportunamente. COMUNICADO: Senhores Licitantes, informamos que o edital será republicado e uma nova data para o recebimento das propostas e disputa de lances será designada oportunamente. Solicitamos aos interessados que acompanhem atentamente as próximas publicações. ----------------------------- 11-03-2025 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: Agra Motors Comercio de Veículos Ltda., CNPJ 04.087.116/0001-60 - Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, julgamos parcialmente procedente. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que o edital será republicado e uma nova data para o recebimento das propostas e disputa de lances será designada oportunamente. Solicitamos aos interessados que acompanhem atentamente as próximas publicações. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464 ou pelo e-mail: dgcl@mpmg.mp.br. Belo Horizonte, 10 de março de 2025 Simone de Oliveira Capanema Pregoeira ----------------------------- 12-03-2025 ESCLARECIMENTOS ESCLARECIMENTOS PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Requerente: Agra Motors Comércio de Veículos LTDA CNPJ: 04.087.116/0001-60 (Esclarecimento: solicitação n.º 0008 - SIAD). O arquivo contendo o questionamento da empresa e a resposta ao seu apontamento encontra-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 13-03-2025 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3907.0061825/2024-60 Recebimento das propostas: até às 10 horas do dia 26/03/2025. Início da disputa de preços: às 10 horas do dia 26/03/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 12 de março de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 19-03-2025 ESCLARECIMENTOS PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Requerente: Minas Máquinas(Esclarecimento: solicitação n.º 0010 - SIAD). O arquivo contendo o questionamento da empresa e a resposta ao seu apontamento encontra-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 24-03-2025 ESCLARECIMENTOS ESCLARECIMENTOS Unidade 1091012 - PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Requerente: DEVA VEÍCULOS Ltda., CNPJ 23.762.552/0003-02. (Esclarecimento: solicitação n.º 0011 - SIAD). Os arquivos contendo o documento da empresa e a resposta aos seu apontamento encontrm-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 08-04-2025 HOMOLOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3907.0061825/2024-60 - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lotes 1, 2 e 3: DEVA Veículos Ltda. CNPJ 23.762.552/0003-02 Valor (total) adjudicado para o lote 1:R$ 819.999,99 Valor (total) adjudicado para o lote 2:R$ 219.500,00 Valor (total) adjudicado para o lote 3:R$ 219.500,00 Lote 4: VEMINAS Caminhões Ltda. CNPJ 00.754.526/0001-67 Valor (total) adjudicado: R$ 589.000,00 Belo Horizonte, 07 de abril de 2025 - Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
+    <t>19-02-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3907.0061825/2024-60 Recebimento das propostas: até às 10 horas do dia 10/03/2025. Início da disputa de preços: às 10 horas do dia 10/03/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 18 de fevereiro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 09-03-2025 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESPOSTA E COMUNICAÇÃO Unidade 1091012 - PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Impugnante: RENAULT DO BRASIL LTDA. CNPJ 00.913.443/0001-73 (Impugnação: solicitação n.º 0001 - SIAD). Síntese da decisão: Apresentou peça impugnativa, tempestiva, no entanto, a empresa não cumpriu a exigência editalícia quanto à forma de apresentação da impugnação, estando em desconformidade com o Item 2.3.1 do edital. Dessa forma, será recebida como requerimento administrativo, em atenção ao direito constitucional de petição e ao princípio da autotutela. Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se em arquivo abaixo anexado para consulta aos interessados. ----------------------------- 09-03-2025 ESCLARECIMENTOS Unidade 1091012 - PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Requerente: RENAULT DO BRASIL LTDA. CNPJ 00.913.443/0001-73 (Esclarecimento: solicitação n.º 0002 - SIAD). Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 09-03-2025 ESCLARECIMENTOS Unidade 1091012 - PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Requerente: MINAS MÁQUINAS S/A., CNPJ 17.161.241/0001-15. (Esclarecimento: solicitação n.º 0003 - SIAD). Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 09-03-2025 ESCLARECIMENTOS Unidade 1091012 - PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Requerente: DEVA VEÍCULOS Ltda., CNPJ 23.762.552/0003-02. (Esclarecimento: solicitação n.º 0005 - SIAD). Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 09-03-2025 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESPOSTA E COMUNICAÇÃO Unidade 1091012 - PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Impugnante: RENAULT DO BRASIL LTDA. CNPJ 00.913.443/0001-73 (Impugnação: solicitação n.º 0004 - SIAD). Síntese da decisão: Apresentou peça impugnativa, tempestiva, no entanto, a empresa não cumpriu a exigência editalícia quanto à forma de apresentação da impugnação, estando em desconformidade com o Item 2.3.1 do edital. Dessa forma, será recebida como requerimento administrativo, em atenção ao direito constitucional de petição e ao princípio da autotutela. Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 09-03-2025 ESCLARECIMENTOS PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Requerente: GRUPO MASCARELLO (Esclarecimento: e-mail).Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 09-03-2025 ESCLARECIMENTOS PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Requerente: CARTAGENA COMERCIO DE VEÍCULOS E EQUIPAMENTOS LTDA CNPJ: 58.030.640/0001-24 (Esclarecimento: solicitação n.º 0007 - SIAD). Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 10-03-2025 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3907.0061825/2024-60 - Objeto: Aquisição de caminhões, vans e micro-ônibus, sob a forma de entrega integral, conforme especificações, exigências e quantidades estabelecidas no Termo de Referência. Modalidade: Pregão eletrônico - Recebimento das propostas: até às 10 horas do dia 18/03/2025. Início da disputa de preços: às 10 horas do dia 18/03/2025 Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 7 de março de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG * Republicado devido à necessidade de prazo para responder a todas as impugnações e pedidos de esclarecimentos, bem como para a realização das devidas adequações no edital. Houve recontagem do prazo e uma nova data para o recebimento das propostas e disputa de lances será designada oportunamente. COMUNICADO: Senhores Licitantes, informamos que o edital será republicado e uma nova data para o recebimento das propostas e disputa de lances será designada oportunamente. Solicitamos aos interessados que acompanhem atentamente as próximas publicações. ----------------------------- 11-03-2025 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: Agra Motors Comercio de Veículos Ltda., CNPJ 04.087.116/0001-60 - Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, julgamos parcialmente procedente. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Informamos aos interessados que o edital será republicado e uma nova data para o recebimento das propostas e disputa de lances será designada oportunamente. Solicitamos aos interessados que acompanhem atentamente as próximas publicações. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464 ou pelo e-mail: dgcl@mpmg.mp.br. Belo Horizonte, 10 de março de 2025 Simone de Oliveira Capanema Pregoeira ----------------------------- 12-03-2025 ESCLARECIMENTOS ESCLARECIMENTOS PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Requerente: Agra Motors Comércio de Veículos LTDA CNPJ: 04.087.116/0001-60 (Esclarecimento: solicitação n.º 0008 - SIAD). O arquivo contendo o questionamento da empresa e a resposta ao seu apontamento encontra-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 13-03-2025 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3907.0061825/2024-60 Recebimento das propostas: até às 10 horas do dia 26/03/2025. Início da disputa de preços: às 10 horas do dia 26/03/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 12 de março de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 19-03-2025 ESCLARECIMENTOS PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Requerente: Minas Máquinas(Esclarecimento: solicitação n.º 0010 - SIAD). O arquivo contendo o questionamento da empresa e a resposta ao seu apontamento encontra-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 24-03-2025 ESCLARECIMENTOS ESCLARECIMENTOS Unidade 1091012 - PROCESSO SEI: Nº 19.16.3907.0061825/2024-60 - Requerente: DEVA VEÍCULOS Ltda., CNPJ 23.762.552/0003-02. (Esclarecimento: solicitação n.º 0011 - SIAD). Os arquivos contendo o documento da empresa e a resposta aos seu apontamento encontrm-se em arquivo abaixo anexado, para consulta aos interessados. ----------------------------- 08-04-2025 HOMOLOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3907.0061825/2024-60 - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lotes 1, 2 e 3: DEVA Veículos Ltda. CNPJ 23.762.552/0003-02 Valor (total) adjudicado para o lote 1:R$ 819.999,99 Valor (total) adjudicado para o lote 2:R$ 219.500,00 Valor (total) adjudicado para o lote 3:R$ 219.500,00 Lote 4: VEMINAS Caminhões Ltda. CNPJ 00.754.526/0001-67 Valor (total) adjudicado: R$ 589.000,00 Belo Horizonte, 07 de abril de 2025 - Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ analise_tecnica_propostas_lote_4_pl9_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13945/download;
+ Resposta_a_Pedido_de_Esclarecimentos_Deva_pl_9_2025 (Sol11).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13914/download;
+ Respostas_a_Pedido_de_Esclarecimentos_Minasmaquinas_pl_9_2025 (Sol.10).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13907/download;
  edital_processo_9_2025_aquisicao_veiculos_DFROT_REPUBLICACAO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13898/download;
- Respostas_a_Pedido_de_Esclarecimentos_Mascarello_pl_9_2025 (e-mail).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13887/download;
  Decisao impugnacao Agra motors _pl_09_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13891/download;
  Respostas_a_Pedido_de_Esclarecimentos_Agra Motors_pl_9_2025 (Sol.8).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13894/download;
- Resposta_a_Pedido_de_Esclarecimentos_Deva_pl_9_2025 (Sol11).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13914/download;
-[...3 lines deleted...]
- impugnacao_n.01_renault_pe_pl9_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13863/download;
+ Respostas_a_Pedido_de_Esclarecimentos_Minas Maquinas_pl_9_2025 (Sol.3).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13883/download;
+ Resposta_a_Pedido_de_Esclarecimentos_Impugnacao_Renault_pl_9_2025 (Sol.4).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13884/download;
+ Respostas_a_Pedido_de_Esclarecimentos_Deva_pl_9_2025 (Sol.5).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13885/download;
+ Respostas_a_Pedido_de_Esclarecimentos_Cartagena_pl_9_2025 (Sol.7).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13886/download;
+ Respostas_a_Pedido_de_Esclarecimentos_Mascarello_pl_9_2025 (e-mail).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13887/download;
+ impugnacao_n.06_agra_pe_pl9_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13868/download;
+ pedido_de_esclarec_n.7_cartagena_pe_pl9_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13881/download;
+ Respostas_a_Pedido_de_Esclarecimentos_Impugnacao_Renault_pl_9_2025 (Sol.1_2).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13882/download;
  pedido_de_esclarec_n.2_renault_pe_pl9_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13864/download;
  pedido_de_esclarec_n.3_minasmaquinas_pe_pl9_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13865/download;
  impugnacao_n.04_renault_pe_pl9_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13866/download;
  pedido_de_esclarec_n.5_deva_pe_pl9_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13867/download;
- impugnacao_n.06_agra_pe_pl9_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13868/download;
-[...5 lines deleted...]
- Respostas_a_Pedido_de_Esclarecimentos_Cartagena_pl_9_2025 (Sol.7).pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13886/download;
+ edital_processo_9_2025_aquisicao_veiculos_DFROT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13848/download;
+ impugnacao_n.01_renault_pe_pl9_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13863/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">VAN DE CARGA </t>
   </si>
   <si>
     <t>219.500,00</t>
   </si>
   <si>
     <t xml:space="preserve">VAN CHASSI </t>
   </si>
   <si>
     <t xml:space="preserve">MICRO-ÔNIBUS </t>
   </si>
   <si>
     <t xml:space="preserve">VEMINAS CAMINHÕES LTDA. </t>
   </si>
   <si>
     <t>589.000,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 6 / 2025</t>
   </si>
   <si>
     <t>23/01/2025</t>
@@ -1843,103 +2815,103 @@
   <si>
     <t xml:space="preserve"> 5 / 2025</t>
   </si>
   <si>
     <t>15/03/2025</t>
   </si>
   <si>
     <t>Aquisição de açúcares e adoçante, sob demanda.</t>
   </si>
   <si>
     <t xml:space="preserve">Açúcar Cristal (Aberto a todos) </t>
   </si>
   <si>
     <t xml:space="preserve">NOVO MILENIO PRODUTOS E SERVICOS LTDA </t>
   </si>
   <si>
     <t>67.950,00</t>
   </si>
   <si>
     <t>15-03-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0020427/2024-82. Recebimento das propostas: até às 10 horas do dia 31/03/2025. Início da disputa de preços: às 10 horas do dia 31/03/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 14 de março de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_005_2025_aquisicao_acucar_adocante_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13905/download;
+ parecer_contabil_inabilitacao_F000489_Lote_4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13960/download;
  ata_homologacao_processo5_pe_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14036/download;
  homologacao_processo5_pe_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14037/download;
- parecer_contabil_inabilitacao_F000489_Lote_4.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13960/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">Açúcar Refinado </t>
   </si>
   <si>
     <t xml:space="preserve">ROSILAN COMERCIO E LICITACOES LTDA </t>
   </si>
   <si>
     <t>4.420,80</t>
   </si>
   <si>
     <t xml:space="preserve">Adoçante </t>
   </si>
   <si>
     <t>19.960,00</t>
   </si>
   <si>
     <t xml:space="preserve">Açúcar Cristal (Cota Exclusiva ME/EPP) </t>
   </si>
   <si>
     <t>24.400,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 3 / 2025</t>
   </si>
   <si>
     <t>11/02/2025</t>
   </si>
   <si>
     <t>Aquisição de disjuntores elétricos, quadros de distribuição e protetores contra surtos elétricos, com entrega sob demanda.</t>
   </si>
   <si>
     <t xml:space="preserve">MINIDISJUNTORES MONOPOLARES - PADRÃO DIN </t>
   </si>
   <si>
     <t xml:space="preserve">SUPREMA HIDROELÉTRICA LTDA - ME </t>
   </si>
   <si>
     <t>1.242,00</t>
   </si>
   <si>
     <t>11-02-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0095234/2024-70 Recebimento das propostas: até às 10 horas do dia 27/02/2025. Início da disputa de preços: às 10 horas do dia 27/02/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 10 de fevereiro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 27-02-2025 ESCLARECIMENTOS Em que pese a intempestividade da solicitação, segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIVISÃO DE MANUTENÇÃO PREDIAL) ao pedido de esclarecimento nº.0001 apresentado pela empresa MINAS COMÉRCIO.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  homologacao_processo3_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13906/download;
+ pedido_esclar._n.0001_empresa_Minas_Comercio.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13862/download;
  edital_processo_03_2025_aquisicao_disjuntores_eletricos_e_outros_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13838/download;
- pedido_esclar._n.0001_empresa_Minas_Comercio.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13862/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">MINIDISJUNTORES BIPOLARES - PADRÃO DIN </t>
   </si>
   <si>
     <t xml:space="preserve">MEGA COMÉRCIO DE MATERIAIS ELÉTRICOS LTDA </t>
   </si>
   <si>
     <t>3.514,20</t>
   </si>
   <si>
     <t xml:space="preserve">disjuntores TRIPOLARES ICN 10kA </t>
   </si>
   <si>
     <t xml:space="preserve">SUPREMA HIDROELETRICA LTDA - EPP </t>
   </si>
   <si>
     <t>1.395,10</t>
   </si>
   <si>
     <t xml:space="preserve">DIFERENCIAL RESIDUAL - DR </t>
   </si>
   <si>
     <t>2.458,40</t>
@@ -1964,132 +2936,129 @@
   </si>
   <si>
     <t xml:space="preserve"> 1 / 2025</t>
   </si>
   <si>
     <t>07/02/2025</t>
   </si>
   <si>
     <t>Aquisição de impressos personalizados e capas de plástico para processo, sob demanda.</t>
   </si>
   <si>
     <t xml:space="preserve">IMPRESSOS </t>
   </si>
   <si>
     <t xml:space="preserve">CLESIO MENES BERNARDES </t>
   </si>
   <si>
     <t>88.990,47</t>
   </si>
   <si>
     <t>07-02-2025 AVISO DE LICITAÇÃO AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0021172/2024-46 Recebimento das propostas: até às 10 horas do dia 24/02/2025. Início da disputa de preços: às 10 horas do dia 24/02/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 06 de fevereiro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_processo_1_pe_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13963/download;
  ata_homologacao_processo_1_pe_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13964/download;
  edital_processo_1_2025_impressos_personalizados_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13835/download;
- homologacao_processo_1_pe_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13963/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CAPA PLÁSTICA DE PROCESSO </t>
   </si>
   <si>
     <t>8.900,00</t>
   </si>
   <si>
     <t xml:space="preserve">IMPRESSOS (COTA RESERVADA ME/EPP) </t>
   </si>
   <si>
     <t xml:space="preserve"> 398 / 2024</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO para aquisição de itens de ergonomia (apoio antebraço, suporte para monitor e apoio para pés), destinado a suprir as necessidades das unidades do Ministério Público do Estado de Minas Gerais, conforme quantidades, especificações técnicas e exigências estabelecidas no Termo de Referência.</t>
   </si>
   <si>
     <t xml:space="preserve">APOIO ERGONÔMICO </t>
   </si>
   <si>
     <t>13.366,50</t>
   </si>
   <si>
     <t>25-03-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156954/2023-50 Recebimento das propostas: até às 10 horas do dia 07/04/2025. Início da disputa de preços: às 10 horas do dia 07/04/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 24 de março de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 09-05-2025 HOMOLOGAÇÃO Unidade 1091012 - Número do planejamento: 398 / Ano: 2024 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156954/2023-50. Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lotes 1 e 2: ADELIO JOSE DO NASCIMENTO, CNPJ 12.281.362/0001-87; Valores (totais) registrados: R$13.366,50 e R$12.750,00, respectivamente. Lotes 3 e 4: LOBO SOLUCOES EM LICITACOES E COMERCIO LTDA, CNPJ 36.996.487/0001-51; Valores (totais) registrados: R$38.418,00 e R$12.806,00, respectivamente. Belo Horizonte, 8 de maio de 2025. IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_planejamento_398_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13987/download;
  edital_processo_398_2024_itens_de_ergonomia_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13917/download;
- homologacao_planejamento_398_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13987/download;
  ata_homologacao_planejamento_398_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14006/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SUPORTE PARA MONITOR </t>
   </si>
   <si>
     <t>12.750,00</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">APOIO PARA PÉS </t>
   </si>
   <si>
     <t>38.418,00</t>
   </si>
   <si>
     <t xml:space="preserve">APOIO PARA PÉS (COTA ME/EPP) </t>
   </si>
   <si>
     <t>12.806,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 350 / 2024</t>
   </si>
   <si>
     <t>04/12/2024</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de bens permanentes diversificados: (mobiliário de aço, carrinho de mão tipo transporte de bagagem, carrinho tipo gaiola, carrinho armazém, carrinho para café e carrinho de mão com quatro rodas).</t>
   </si>
   <si>
     <t xml:space="preserve">MOBILIÁRIO EM AÇO </t>
   </si>
   <si>
     <t xml:space="preserve">R&amp;R Santos Comércio e Representações Ltda </t>
   </si>
   <si>
     <t>1.089.994,75</t>
   </si>
   <si>
     <t>03-12-2024 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156931/2023-89 Recebimento das propostas: até as 10 horas do dia 13/12/2024. Início da disputa de preços: às 10 horas do dia 13/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 2 de dezembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações / PGJ-MG ----------------------------- 04-12-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156931/2023-89 Recebimento das propostas: até as 10 horas do dia 16/12/2024. Início da disputa de preços: às 10 horas do dia 16/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 3 de dezembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações / PGJ-MG *Republicado devido à correção de erro material, com alteração de datas. ----------------------------- 18-02-2025 HOMOLOGAÇÃO - Número do planejamento: 350 / Ano: 2024 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156931/2023-89 Objeto: Registro de Preços para aquisição de bens permanentes diversificados Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1: R&amp;R Santos Comercio e Representacoes Ltda CNPJ 17.847.184/0001-22 Valor (total) registrado: R$ 1.089.994,70 Lotes 2 e 4: Gerbra Comercio Ltda.-ME CNPJ 21.559.804/0001-03 Valores (unitários) registrados: R$ 134,90 (lote 2) e R$ 889,00 (lote 4) Lotes 3 e 5: SIC Logistica e Distribuidora Ltda. CNPJ 40.305.811/0001-15 Valores (unitários) registrados: R$ 1.467,00 (lote 3) e R$ 5.874,00 (lote 5) Lote 6: Artmoviment Servicos de Reforma e Comercio de Artefatos de Aco Ltda CNPJ 30.755.240/0001-67 Valor (unitário) registrado: R$ 561,00 Belo Horizonte, 17 de fevereiro de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  Homologacao_processo_350_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13846/download;
+ edital_processo_350_2024_RP_aquisicao de bens permanentes diversificados_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13700/download;
  ata_homologacao_planejamento-350_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13879/download;
- edital_processo_350_2024_RP_aquisicao de bens permanentes diversificados_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13700/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CARRINHO DE MÃO TIPO TRANSPORTE DE BAGAGEM </t>
   </si>
   <si>
     <t xml:space="preserve">GERBRA COMÉRCIO EIRELI - ME </t>
   </si>
   <si>
     <t>14.839,00</t>
   </si>
   <si>
     <t xml:space="preserve">CARRINHO TIPO: GAIOLA </t>
   </si>
   <si>
     <t xml:space="preserve">SIC LOGÍSTICA E DISTRIBUIDORA LTDA </t>
   </si>
   <si>
     <t>29.340,00</t>
   </si>
   <si>
     <t xml:space="preserve">CARRINHO ARMAZÉM </t>
   </si>
   <si>
     <t>17.780,00</t>
@@ -2113,86 +3082,86 @@
     <t xml:space="preserve"> 347 / 2024</t>
   </si>
   <si>
     <t>28/01/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a execução de obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Capelinha MG.</t>
   </si>
   <si>
     <t xml:space="preserve">Contratação de empresa especializada para a execução de obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Capelinha ? MG. </t>
   </si>
   <si>
     <t xml:space="preserve">E F PROJETOS E ENGENHARIA LTDA </t>
   </si>
   <si>
     <t>4.438.442,00</t>
   </si>
   <si>
     <t>28-01-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2304.0097243/2024-86 Recebimento das propostas: até às 10 horas do dia 11/03/2025. Início da disputa de preços: às 10 horas do dia 11/03/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 27 de janeiro de 2025. Amauri Silva Alves Coordenador em exercício da Diretoria de Gestão de Compras e Licitações/PGJ-MG ----------------------------- 14-02-2025 ESCLARECIMENTOS - PEDIDO nº 1 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (SEA), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?Bom dia, gostaria que disponibilizasse a planilha orçamentaria (se possível em Excel), o cronograma físico financeiro, o BDI e o Anexo III citado no edital. Obrigado? RESPOSTA: ?Os modelos de todos os documentos do orçamento foram disponibilizados em arquivo editável (excel). Os projetos executivos e demais documentos técnicos são disponibilizados em pdf e contém todas as informações necessárias para perfeito entendimento e elaboração da proposta. Para garantir a segurança da informação e os direitos autorais, os arquivos editáveis somente serão disponibilizados para o licitante vencedor. Este é o procedimento adotado em todas as licitações da SEA/MPMG.? ----------------------------- 06-03-2025 ESCLARECIMENTOS - PEDIDO nº 2 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (SEA), ao(s) pedido(s) de esclarecimento(s) apresentado(s): 1) PERGUNTA: Bom dia, nao consegue localizar a planilha orçamentaria, cronograma físico financeiro e BDI, teria como disponibilizar ou enviar o link de onde podemos encontra? Obrigado. 1) RESPOSTA: ?Todos os arquivos estão disponibilizados no site do MPMG. Os arquivos referentes ao orçamento e aos modelos, mencionados no referido pedido de esclarecimento, estão na Pasta A - IMPLANTAÇÃO, subpastas g-ORÇ e h-MODELOS.? Todos esses modelos podem ser acessados no site do MPMG: https://www.mpmg.mp.br/ portal/ Serviços/ Consultas/ Licitações e Contratos/ Portal Transparência MPMG (Caderno de Documentacao Tecnica pl_347_24.rar/A-IMPLANTACAO/g-ORÇ/h-MODELOS). ----------------------------- 03-04-2025 HOMOLOGAÇÃO - Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2304.0097243/2024-86 Objeto: Contratação de empresa especializada para a execução de obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Capelinha ? MG. Modalidade: Concorrência Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: E F PROJETOS E ENGENHARIA LTDA; CNPJ nº 42.927.327/0001-53; Valor (total) adjudicado: R$4.438.442,06; representando um desconto de 15,10% (quinze vírgula dez por cento) sobre o total estimado para a licitação. Belo Horizonte, 2 de abril de 2025. IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  Edital_347_2024_Concorrencia_Obra_Capelinha_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13816/download;
  Caderno de Documentacao Tecnica pl_347_24.rar : https://transparencia.mpmg.mp.br/licitacao/arquivo/13818/download;
+ pedido_de_esclarec_n.1_barros_co_pl347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13870/download;
+ resposta_pedido_de_esclarec_n.1_empresa_co_pl347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13871/download;
+ resposta_pedido_de_esclarec_n.2_empresa_co_pl347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13873/download;
+ pedido_de_esclarec_n.2_barros_co_pl347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13872/download;
  ata_homologacao_processo-347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14020/download;
  homologacao_processo-347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14021/download;
- pedido_de_esclarec_n.1_barros_co_pl347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13870/download;
-[...2 lines deleted...]
- resposta_pedido_de_esclarec_n.2_empresa_co_pl347_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13873/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 346 / 2024</t>
   </si>
   <si>
     <t>Aquisição de materiais diversificados de consumo (Pilhas e baterias, caixas de papelão, materiais de embalagem, lixeiras, suporte de parede para TV, aparelho telefônico).</t>
   </si>
   <si>
     <t xml:space="preserve">PILHAS E BATERIAS </t>
   </si>
   <si>
     <t>3.535,25</t>
   </si>
   <si>
     <t>14-02-2024 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, Pedido de Esclarecimento 0001 apresentado, via Protal de Compras Minas Gerais - SIAD, pela empresa A B &amp; T Soluções Integradas Ltda, bem como o respectivo Esclarecimento prestado pela Unidade Gestora de Contratação (Divisão de Materiais - DMAT). ----------------------------- 29-01-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0021167/2024-84 Recebimento das propostas: até às 10 horas do dia 13/02/2025. Início da disputa de preços: às 10 horas do dia 13/02/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 28 de janeiro de 2025. Amauri Silva Alves Coordenador em Exercício - Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 10-04-2025 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0021167/2024-84 Objeto: Aquisição de materiais diversificados de consumo (Pilhas e baterias, caixas de papelão, materiais de embalagem, lixeiras, suporte de parede para TV, aparelho telefônico). Modalidade: Pregão eletrônico Recorrente: 3F COMÉRCIO E SERVIÇOS LTDA. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.compras.mg.gov.br. Belo Horizonte, 08 de abril de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- homologacao_processo346_pe_2024_retificacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14024/download;
-[...3 lines deleted...]
- homologacao_processo346_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13980/download;
  edital_processo_346_2024_materiais_consumo_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13820/download;
  Pedido_de_esclarecimento_0001_AB&amp;TSolucoes_Integradas_LTDA_e_Esclarecimento.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13841/download;
  fotos_reprovacao_amostra_F000249_Lote_2_e_F000310_Lote_3_RBO_COMERCIAL_LTDA_PL_346_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13893/download;
+ homologacao_processo346_pe_2024_retificacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14024/download;
+ homologacao_processo346_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13980/download;
+ ata_homologacao_processo346_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13981/download;
+ extrato_publicacao_DOMP_rec_lote7_pl_346_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13958/download;
+ decisao_rec_adm_F000759_pe_pl346_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13957/download;
+ fotos_reprovacao_amostra_F000232_lote2_e_F000377_lote3_PL_346_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13944/download;
  contrarrazoes_recursais_F000759_lote7.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13924/download;
- fotos_reprovacao_amostra_F000232_lote2_e_F000377_lote3_PL_346_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13944/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CAIXAS DE PAPELÃO (Cota reservada para ME/EPP) </t>
   </si>
   <si>
     <t>24.962,26</t>
   </si>
   <si>
     <t xml:space="preserve">CAIXAS DE PAPELÃO </t>
   </si>
   <si>
     <t>74.871,24</t>
   </si>
   <si>
     <t xml:space="preserve">MATERIAIS DE EMBALAGEM </t>
   </si>
   <si>
     <t xml:space="preserve">RBQ COMERCIAL LTDA </t>
   </si>
   <si>
     <t>41.045,40</t>
   </si>
   <si>
     <t xml:space="preserve">LIXEIRAS </t>
@@ -2217,127 +3186,127 @@
   </si>
   <si>
     <t>19.716,50</t>
   </si>
   <si>
     <t>26/12/2024</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO para aquisição de estofados</t>
   </si>
   <si>
     <t xml:space="preserve">SOFÁS PARA ESCRITÓRIO (1 LUGAR) </t>
   </si>
   <si>
     <t xml:space="preserve">FK Grupo S/A </t>
   </si>
   <si>
     <t>1.193.837,75</t>
   </si>
   <si>
     <t>26-12-2024 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0027182/2024-57 Recebimento das propostas: até as 10 horas do dia 13/01/2025. Início da disputa de preços: às 10 horas do dia 13/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 20 de dezembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações / PGJ-MG ----------------------------- 10-01-2025 ABERT. E JULG. DE NOVA DOC. E ABERT. DE PROPOSTAS Seguem, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora da Contratação (Dimat) à impugnação e ao pedido de esclarecimento apresentado pela empresa Milanflex Indústria e Comércio de Móveis e Equipamentos Ltda. ----------------------------- 13-02-2025 HOMOLOGAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0027182/2024-57 Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 1: FK Grupo S/A CNPJ 55.088.157/0010-01 Valor (total) registrado: R$ 1.193.837,80 Lote 2: Ufficio Industria e Comercio de Moveis Ltda CNPJ 04.443.182/0001-26 Valor (total) registrado: R$ 273.586,00 Lote 3: Mamute Brasil Industria e Comercio de Moveis Ltda.-EPP CNPJ 06.538.230/0001-95 Valor (total) registrado: R$ 368.678,00 Belo Horizonte, 12 de fevereiro de 2025. IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_346_2024_rp_estofados_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13766/download;
  ata_homologacao_planejamento_346_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13839/download;
  decis?o_administrativa1_resposta_esclarecimento2_Milanflex.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13799/download;
+ edital_processo_346_2024_rp_estofados_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13766/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">SOFÁS PARA ESCRITÓRIO (3 LUGARES) </t>
   </si>
   <si>
     <t xml:space="preserve">Ufficio Industria e Comercio de Moveis Ltda. </t>
   </si>
   <si>
     <t>273.586,00</t>
   </si>
   <si>
     <t xml:space="preserve">SOFÁS PARA ESCRITÓRIO (DIVERSOS LUGARES) </t>
   </si>
   <si>
     <t xml:space="preserve">Mamute Brasil Industria e Comercio de Moveis Ltda.-EPP </t>
   </si>
   <si>
     <t>368.678,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 338 / 2024</t>
   </si>
   <si>
     <t>06/02/2025</t>
   </si>
   <si>
     <t>Prestação de serviços, sob demanda, de Serviços Especializados de ETL - atividades de extração, transformação, análise e ingestão de dados em ambiente de Big Data.</t>
   </si>
   <si>
     <t xml:space="preserve">Serviços Especializados de Operação Assistida para Ecossistema de Big Data - atividades de extração, transformação, análise e carga de dados (ETL) </t>
   </si>
   <si>
     <t xml:space="preserve">BHS Kriptos Soluções de Negócios Ltda </t>
   </si>
   <si>
     <t>1.254.800,00</t>
   </si>
   <si>
     <t>06-02-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2156.0073898/2024-84 Recebimento das propostas: até às 10 horas do dia 25/02/2025. Início da disputa de preços: às 10 horas do dia 25/02/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 05 de fevereiro de 2025. ----------------------------- 20-02-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações ao pedido de esclarecimento nº.0002 apresentado pela empresa BHS KRIPTOS - SOLUCOES DE NEGOCIOS LTDA. ----------------------------- 20-02-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DIRETORIA DE ANÁLISES E TECNOLOGIA DE INTELIGÊNCIA) ao pedido de esclarecimento nº.0003 apresentado pela empresa XERTICA BRASIL LTDA. ----------------------------- 24-02-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações, da Unidade Gestora de Contratação (DIRETORIA DE ANÁLISES E TECNOLOGIA DE INTELIGÊNCIA) e da Diretoria de Administração Financeira ao pedido de esclarecimento apresentado ao pedido de esclarecimento nº.0001 apresentado pela empresa ILHA SERVICE TECNOLOGIA E SERVICOS LTDA.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_processo338_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13923/download;
+ edital_processo338_2024_servico_ETL_DINI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13834/download;
+ pedido_de_esclarec._n.0002_empresa_BHS_KRIPTOS.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13852/download;
  pedido_de_esclarec._n.0003_empresa_XERTICA_BRASIL.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13854/download;
- pedido_de_esclarec._n.0002_empresa_BHS_KRIPTOS.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13852/download;
  pedido_de_esclarec._n.0001_empresa_ILHA_SERVICE.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13861/download;
- edital_processo338_2024_servico_ETL_DINI.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13834/download;
- homologacao_processo338_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13923/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 314 / 2024</t>
   </si>
   <si>
     <t>08/01/2025</t>
   </si>
   <si>
     <t>Aquisição de materiais diversificados de consumo, sob demanda, conforme quantidades, especificações técnicas e exigências estabelecidas no Termo de Referência.</t>
   </si>
   <si>
     <t xml:space="preserve">CANETAS E CONGÊNERES </t>
   </si>
   <si>
     <t>33.868,28</t>
   </si>
   <si>
     <t>08-01-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0021162/2024-25 Recebimento das propostas: até às 10 horas do dia 27/01/2025. Início da disputa de preços: às 10 horas do dia 27/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 07 de janeiro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_314_2024_aquisicao_materiais_consumo_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13790/download;
  Dec_Rec_Papex_pl_314_2024_Ass.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13988/download;
- edital_processo_314_2024_aquisicao_materiais_consumo_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13790/download;
  homologacao_processo314_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14023/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">ENTINTAMENTO PARA CARIMBO </t>
   </si>
   <si>
     <t xml:space="preserve">DUBAI DISTRIBUIDORA LTDA </t>
   </si>
   <si>
     <t>4.950,00</t>
   </si>
   <si>
     <t xml:space="preserve">PAPÉIS </t>
   </si>
   <si>
     <t>749.205,50</t>
   </si>
   <si>
     <t xml:space="preserve">PAPÉIS (cota ME/EPP) </t>
   </si>
   <si>
     <t>254.926,00</t>
   </si>
   <si>
@@ -2378,74 +3347,74 @@
   </si>
   <si>
     <t xml:space="preserve"> 289 / 2024</t>
   </si>
   <si>
     <t>07/12/2024</t>
   </si>
   <si>
     <t>Aquisição de equipamentos e serviços para ampliação da solução do sistema de monitoramento de imagens para diversas sedes do Ministério Público de Minas Gerais, incluindo instalação, configuração e manutenção.</t>
   </si>
   <si>
     <t xml:space="preserve">EQUIPAMENTOS E SERVIÇOS PARA SISTEMA DE MONITORAMENTO DE IMAGENS </t>
   </si>
   <si>
     <t xml:space="preserve">MÉTODO SYSTEM COMÉRCIO DE EQUIPAMENTOS PARA TELECOMUNICAÇÕES E SERVIÇOS LTDA </t>
   </si>
   <si>
     <t>3.599.898,00</t>
   </si>
   <si>
     <t>07-12-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0083898/2024-06 Recebimento das propostas: até as 10 horas do dia 19/12/2024. Início da disputa de preços: às 10 horas do dia 19/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 05 de dezembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações / PGJ-MG ----------------------------- 09-12-2024 COMUNICAÇÃO DE ALTERAÇÃO DE DATA PARA SESSÃO INAUGURAL - Atenção Srs. licitantes! Informo que a data da sessão inaugural do pregão nº 289/2024 foi alterada para 23/12/2024 e, consequentemente, o prazo para apresentação de esclarecimentos e impugnações estendeu-se até 18/12/2024. Não houve alteração de nenhuma outra informação consta do Edital inicialmente publicado. ----------------------------- 20-12-2024 ESCLARECIMENTOS Segue resposta da Diretoria de Segurança (DSEG), ao pedido de esclarecimento SIAD n. 0002, apresentado por empresa interessada em participar do processo licitatório em epígrafe: ESCLARECIMENTO 1: Sobre o item 3.1: ?Câmera de monitoramento remoto, com capacidade de obtenção de detalhes de identificação de imagem a distância de até 7 metros do local de instalação com lente 2,8mm;? entendemos que a identificação de detalhes se trata da característica do DORI (Detecção, Observação, Reconhecimento e Identificação) está correto nosso entendimento? Ainda sobre tal especificação, entendemos que serão aceitas câmeras com DORI ? Identificação igual ou superior ao solicitado (7 metros) sendo vetado o fornecimento de câmeras como identificação abaixo desse valor, está correto o entendimento? RESPOSTA 1: O entendimento não está correto, a câmera a ser fornecida deve possuir lente de 2,8mm, sendo admitidas as características do DORI do equipamento que respeitarem as limitações de distância trazidas na descrição. ESCLARECIMENTO 2: Sobre o item 3.5: ?Possuir capacidade de decodificação de até 256 canais a 720P;? entendemos que serão aceitos gerenciadores de videowall que possuem a capacidade de decodificação mínima de 256 canais ou superiores a esse número, está correto o entendimento? RESPOSTA 2: O entendimento não está correto, o gerenciador de imagens pretendido deve possuir capacidade de decodificação de até 256 canais a 720p. ESCLARECIMENTO 3: Sobre o item 3.8: ?Fator de potência: 0,65;? entendemos que serão aceitos nobreaks com fator de potência mínimo de 0,65 ou superiores, está correto o entendimento? RESPOSTA 3: O entendimento está correto. ----------------------------- 20-12-2024 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Unidade 1091012 - Processo Licitatório nº 289/2024 -Processo SEI: nº 19.16.3891.0083898/2024-06 - -Impugnação: Solicitação nº 0001 - SIAD -Impugnante: BT Comércio Inteligente Ltda., CNPJ 45.329.312/0001-81. Síntese da decisão: Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br, Serviços, Consultas, Licitações e Contratos. Informamos aos interessados que esta licitação ocorrerá às 10 horas do dia 23/12/2024. Simone de Oliveira Capanema - Pregoeira. ----------------------------- 08-01-2025 HOMOLOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3891.0083898/2024-06 - Objeto Aquisição de equipamentos e serviços para ampliação da solução do sistema de monitoramento de imagens para diversas sedes do Ministério Público de Minas Gerais, incluindo instalação, configuração e manutenção. Modalidade: Pregão eletrônico - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1 (único): MÉTODO SYSTEM COMÉRCIO DE EQUIPAMENTOS PARA TELECOMUNICAÇÕES E SERVIÇOS LTDA. - CNPJ 07.346.478/0001-17 - Valor (total) adjudicado: R$ 3.599.898,00 - Belo Horizonte, 06 de janeiro de 2025 - IRAÍDES DE OLIVEIRA MARQUES - Procuradora-Geral de Justiça Adjunta Administrativa.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ decisao_impugnacao_BT_comercio_improcedente_pl_289_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13761/download;
  edital_processo_289_2024_sistema_de_monitoramento_DSEG.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13715/download;
  edital_processo_289_2024_sistema_de_monitoramento_DSEG_alteracao_data_sessao_inaugural.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13726/download;
  homologacao_processo289_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13783/download;
- decisao_impugnacao_BT_comercio_improcedente_pl_289_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13761/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 282 / 2024</t>
   </si>
   <si>
     <t>21/01/2025</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO para aquisição de bens permanentes diversificados (cofre, claviculário, coletor/contentor de lixo), destinados a suprir as necessidades das unidades do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>21-01-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156961/2023-55 Recebimento das propostas: até às 10 horas do dia 04/02/2025. Início da disputa de preços: às 10 horas do dia 04/02/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 20 de janeiro de 2025. Amauri Silva Alves Coordenador da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  edital_processo_282_2024_bens_diversificados_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13811/download;
+ homologacao_planejamento282_pe_2024_rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13851/download;
  ata_homologacao_planejamento282_pe_2024_rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13850/download;
- homologacao_planejamento282_pe_2024_rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13851/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">CLAVICULÁRIO </t>
   </si>
   <si>
     <t xml:space="preserve">CLASSIC COMERCIO LTDA. - ME </t>
   </si>
   <si>
     <t>10.979,85</t>
   </si>
   <si>
     <t xml:space="preserve">COLETOR/CONTENTOR DE LIXO </t>
   </si>
   <si>
     <t xml:space="preserve"> 277 / 2024</t>
   </si>
   <si>
     <t>05/12/2024</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO para aquisição de aparelhos telefônicos com identificador de chamadas, quadros de aviso e fones headset, destinados a suprir as necessidades do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">APARELHOS TELEFÔNICOS </t>
@@ -2494,213 +3463,213 @@
   </si>
   <si>
     <t xml:space="preserve"> 247 / 2024</t>
   </si>
   <si>
     <t>06/11/2024</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para execução de obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Cataguases - MG.</t>
   </si>
   <si>
     <t xml:space="preserve">Execução de obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Cataguases - MG. </t>
   </si>
   <si>
     <t xml:space="preserve">M. TRINDADE CONSTRUTORA LTDA EPP </t>
   </si>
   <si>
     <t>10.862.583,00</t>
   </si>
   <si>
     <t>06-11-2024 AVISO DE LICITAÇÃO AVISO DE LICITAÇÃO - Licitação no site www.compras.mg.gov.br - Número do processo: 247 / Ano: 2024 - Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.2304.0067749/2024-54 Objeto: Contratação de empresa especializada para execução de obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Cataguases ? MG.- Modalidade: Concorrência Eletrônica - Recebimento das propostas: até às 10 horas do dia 13/12/2024. Início da disputa de preços: às 10 horas do dia 13/12/2024 Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 05 de novembro de 2024 Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 21-11-2024 ESCLARECIMENTOS - PEDIDO nº 01 - Conforme manifestação da Unidade Gestora da Contratação (UGC) responsável pelos serviços desta licitação, a Superintendência de Engenharia e Arquitetura (SEA)/Diretoria de Projetos de Edificações (DPRO), segue resposta ao pedido de esclarecimentos nº 1, apresentado por empresa interessada em participar deste processo licitatório: PERGUNTAS: ?Por gentileza, solicitamos as planilhas em formato Excel com o estimado do órgão. Planilha Orçamentária. Composição BDI. Cronograma. CPU. Os modelos em Excel disponíveis são aqueles que devemos preencher, sem o estimado. Poderiam disponibilizar o estimado em Excel? Além disso, se for possível, também gostaria de solicitar os arquivos de projeto em DWG, pois isso ajudaria bastante no levantamento do projeto.? RESPOSTAS: ?Segue esclarecimento/resposta aos pedidos 1 e 2 (8351427 e 8351436) referente ao processo licitatório nº 247/2024 (SEI 19.16.2304.0067749/2024-54): - Os modelos de todos os documentos do orçamento foram disponibilizados em arquivo editável (excel). - Os projetos executivos e demais documentos técnicos são disponibilizados em pdf e contém todas as informações necessárias para perfeito entendimento e elaboração da proposta. - Para garantir a segurança da informação e os direitos autorais, os arquivos editáveis somente serão disponibilizados para o licitante vencedor. - Este é o procedimento adotado em todas as licitações da SEA/MPMG. - Nestes termos, a resposta não implica em modificação no edital.? ----------------------------- 21-11-2024 ESCLARECIMENTOS - PEDIDO nº 02 - Conforme manifestação da Unidade Gestora da Contratação (UGC) responsável pelos serviços desta licitação, a Superintendência de Engenharia e Arquitetura (SEA)/Diretoria de Projetos de Edificações (DPRO), segue resposta ao pedido de esclarecimentos nº 2, apresentado por empresa interessada em participar deste processo licitatório: PERGUNTAS: ?Gostaria de solicitar, por gentileza, requisitar os arquivos em Excel das planilhas estimativas de preços. Os arquivos disponíveis são os modelos a serem preenchidos por nós. Vocês poderiam disponibilizar as estimadas em Excel? Planilhas solicitadas: Planilha Orçamentária; Composição BDI; Cronograma; CPU. Além disso, se for possível, também gostaria de solicitar os arquivos de projeto em DWG, pois isso ajudaria bastante no levantamento do projeto.? RESPOSTAS: ?Segue esclarecimento/resposta aos pedidos 1 e 2 (8351427 e 8351436) referente ao processo licitatório nº 247/2024 (SEI 19.16.2304.0067749/2024-54): - Os modelos de todos os documentos do orçamento foram disponibilizados em arquivo editável (excel). - Os projetos executivos e demais documentos técnicos são disponibilizados em pdf e contém todas as informações necessárias para perfeito entendimento e elaboração da proposta. - Para garantir a segurança da informação e os direitos autorais, os arquivos editáveis somente serão disponibilizados para o licitante vencedor. - Este é o procedimento adotado em todas as licitações da SEA/MPMG. - Nestes termos, a resposta não implica em modificação no edital.? ----------------------------- 23-11-2024 ESCLARECIMENTOS - PEDIDO nº 3 - Conforme manifestação da Unidade Gestora da Contratação (UGC) responsável pelos serviços desta licitação, a Superintendência de Engenharia e Arquitetura (SEA)/Diretoria de Projetos de Edificações (DPRO), segue resposta ao pedido de esclarecimentos nº 3, apresentado por empresa interessada em participar deste processo licitatório: PERGUNTAS: ?Solicitamos os arquivos de projeto em DWG, pois isso ajudaria bastante no levantamento do projeto.? RESPOSTAS: ?Reiterando despacho 8359405, os arquivos de projeto são disponibilizados em ?pdf? e contém todas as informações necessárias para perfeito entendimento e elaboração da proposta. Arquivos em ?dwg? são editáveis e só serão disponibilizados para o licitante vencedor. Este é o procedimento adotado em todas as licitações da SEA/MPMG.? ----------------------------- 06-12-2024 ESCLARECIMENTOS - PEDIDO 5 - Segue, em arquivo anexo abaixo, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Diretoria de Projetos de Edificações ? DPRO / SEA) ao pedido de esclarecimento nº 5 apresentado, por e-mail, pela empresa Minas Florestais &amp; Construções Ltda. ----------------------------- 11-12-2024 ESCLARECIMENTOS - PEDIDO 6 - Segue, em arquivo anexo abaixo, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Diretoria de Projetos de Edificações ? DPRO / SEA) ao pedido de esclarecimento nº 6 apresentado, por e-mail, pela empresa Scallberi Construções e Serviços Ltda. ----------------------------- 11-12-2024 ESCLARECIMENTOS - PEDIDO nº 04 - Segue(m) resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por V. Sa., referente ao processo licitatório em epígrafe: PERGUNTA: ?Prezados, boa tarde! Ao acessar o sistema ComprasMG para realizar o cadastramento de nossa proposta, encontramos um problema. Quando tentamos avançar para a etapa de cadastro da proposta, o sistema exibe a mensagem "Acesso negado" (conforme print em anexo). Poderiam, por gentileza, nos orientar sobre como proceder para efetuar o cadastro corretamente? Agradecemos pela atenção e aguardamos retorno.? RESPOSTA: ?Conforme estabelecido no edital, item 3.1 e seguintes, o credenciamento para participar desta Concorrência, junto ao Portal de Compras MG, assim como o gerenciamento e informações complementares relacionados a esse credenciamento são exclusivos da Secretaria de Estado de Planejamento e Gestão de Minas Gerais (SEPLAG/MG). Vejamos o trecho do edital mencionado: ?3.1 Poderão participar desta Concorrência os interessados que estiverem previamente credenciados no Cadastro Geral de Fornecedores ? CAGEF, nos termos do Decreto nº 47.524/18 e por meio do site www.compras.mg.gov.br. 3.1.1 O gerenciamento do Cadastro Geral de Fornecedores ? CAGEF é realizado exclusivamente pela Secretaria de Estado de Planejamento e Gestão de Minas Gerais (SEPLAG), não cabendo à Procuradoria-Geral de Justiça solucionar eventuais problemas a ele relacionados. 3.1.2 Informações complementares a respeito do cadastramento serão também obtidas no site www.compras.mg.gov.br ou pela Central de Atendimento aos Fornecedores do Portal de Compras ? MG via e-mail: cadastro.fornecedores@planejamento.mg.gov.br.? Dessa forma, diante do documento apresentado no pedido de esclarecimentos (print de página do portal), sugerimos o contato junto à SEPLAG, através do e-mail constante do edital (mencionado no item 3.1.2 acima), visando sanar o problema apresentado.? ----------------------------- 28-01-2025 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo por parte da licitante MINAS FLORESTAIS E CONSTRUÇÕES LTDA, empresa líder do consórcio formado por: MINAS FLORESTAIS E CONSTRUÇÕES LTDA: 85,34%; IMPERIUM ENGENHARIA LTDA: 10,68%; e N OLIVEIRA SOARES LTDA: 3,98%, contra a decisão da Comissão de Contratação que declarou vencedora a licitante M. TRINDADE CONSTRUTORA LTDA, para o lote 1 (único). O arquivo contendo a peça aviada encontra-se disponibilizado nesta página para consulta aos interessados. ----------------------------- 31-01-2025 INTERPOSIÇÃO DE RECURSO - Contrarrazões - Comunicamos a apresentação das Contrarrazões de Recurso, por parte da licitante M. TRINDADE CONSTRUTORA LTDA - EPP. O arquivo contendo a peça aviada encontra-se disponibilizado nesta página. ----------------------------- 19-02-2025 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO - Número do processo: 247/ Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2304.0067749/2024-54 Objeto: Contratação de empresa especializada para execução de obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Cataguases ? MG. Modalidade: Concorrência Recorrente: MINAS FLORESTAIS E CONSTRUÇÕES LTDA Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes do parecer da Comissão de Contratação. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.compras.mg.gov.br. Belo Horizonte, 18 de fevereiro de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa ----------------------------- 21-02-2025 HOMOLOGAÇÃO - Número do processo: 247/2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2304.0067749/2024-54 Objeto: Contratação de empresa especializada para execução de obra de edificação da Sede das Promotorias de Justiça, com fornecimento de mão-de-obra e materiais, na cidade de Cataguases ? MG. Modalidade: Concorrência Homologo o resultado do julgamento deste processo, no qual foi vencedor e adjudicatário o licitante: Lote Único: M. TRINDADE CONSTRUTORA LTDA ? EPP CNPJ 42.963.769/0001-55 Valor (total) adjudicado: R$ 10.862.582,96 Belo Horizonte, 19 de fevereiro de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Caderno_de_Documentacao_Tecnica_pl_247_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13648/download;
  Edital_247_2024_Concorrencia_Obra_Cataguases_SEA.doc : https://transparencia.mpmg.mp.br/licitacao/arquivo/13647/download;
- Caderno_de_Documentacao_Tecnica_pl_247_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13648/download;
+ resposta_pedido_esclarec_n1_tf-engenharia_co_pl-247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13770/download;
  resposta_pedido_esclarec_n2_raphaela_co_pl-247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13771/download;
  resposta_pedido_esclarec_n3_raphaela_co_pl-247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13772/download;
  resposta_pedido_esclarec_n4_tcm-construtora_co_pl-247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13773/download;
  resposta_e-mail_pedido_esclarec_n5_minas_co_pl-247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13774/download;
  resposta_e-mail_pedido_esclarec_n6_scallberi_co_pl-247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13775/download;
+ homologacao_processo247_co_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13855/download;
+ ata_homologacao_processo247_co_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13856/download;
  recurso_adm_F000115_MinasFlorestais_co_pl247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13821/download;
- public_DOMP_result_julg_recurso_pl-247_co_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13878/download;
  contrarrazoes_recurso_adm_MTrindade_co_pl247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13874/download;
  decisao_recurso_adm_MinasFlorestais_co_pl247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13875/download;
- homologacao_processo247_co_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13855/download;
-[...1 lines deleted...]
- resposta_pedido_esclarec_n1_tf-engenharia_co_pl-247_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13770/download;
+ public_DOMP_result_julg_recurso_pl-247_co_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13878/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 244 / 2024</t>
   </si>
   <si>
     <t>Prestação de serviço continuado de solução integrada de comunicação com uso de tecnologia VoIP (Voice over IP)</t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de Tecnologia VOIP </t>
   </si>
   <si>
     <t xml:space="preserve">MUNDO TELECOMUNICAÇÕES E INFORMÁTICA LTDA </t>
   </si>
   <si>
     <t>4.632.695,00</t>
   </si>
   <si>
     <t>ABERT. E JULG. DE NOVA DOC. E ABERT. DE PROPOSTAS Segue, em anexo, pedido de esclarecimento n. 02 e resposta da Administração. ----------------------------- ABERT. E JULG. DE NOVA DOC. E ABERT. DE PROPOSTAS Segue, em anexo, resposta ao Pedido de Esclarecimento n. 01 (Bruno Ferreira da Silva) ----------------------------- 13-12-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0010930/2024-39 Recebimento das propostas: até às 10 horas do dia 10/01/2025. Início da disputa de preços: às 10 horas do dia 10/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 12 de dezembro de 2024 Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 08-01-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1216.0010930/2024-39 Recebimento das propostas: até às 10 horas do dia 23/01/2025. Início da disputa de preços: às 10 horas do dia 23/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8190 / 8233 / 9464, ou pelo e-mail dgcl@mpmg.mp.br. Belo Horizonte, 07 de janeiro de 2025 Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 13-01-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Unidade Gestora de Contratação (Diretoria de Redes e Banco de Dados - DRBD) ao(s) pedido(s) de esclarecimento(s) apresentado(s) pelo(a) Sr(a)/empresa Sempre Telecomunicações. ----------------------------- 13-01-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Unidade Gestora de Contratação (Diretoria de Rede e Banco de Dados - DRBD) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por empresa não identificada. ----------------------------- 15-01-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Unidade Gestora de Contratação (Diretoria de Rede e Banco de Dados - DRBD) ao(s) pedido(s) de esclarecimento(s) apresentado(s) pelo(a) empresa OI S/A - em recuperação judicial. . ----------------------------- 22-01-2025 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Unidade Gestora de Contratação (Diretoria de Rede e Banco de Dados - DRBD) ao(s) pedido(s) de esclarecimento(s) apresentado(s) pelo(a) empresa Algar Telecom.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- homologacao_processo244_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13915/download;
-[...1 lines deleted...]
- pedido_e_resposta_esclarecimento_1_Bruno.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13788/download;
+ Despacho_diligencias_F000139_DRBD.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13825/download;
+ Mapa_de_Pre?os_pl_244_2024_VoIP.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13826/download;
+ resposta_pedido_de_esclarec_n._8_pe_pl244_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13810/download;
+ resposta_ped_de_esclarec_n._9_10_pe_pl244_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13813/download;
  edital_processo_244_2024_prestacao_servicos_VOIP_DRBD_republicacao.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13794/download;
  resposta_pedido_de_esclarec_n._3_4_Sempre_pe_pl244_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13800/download;
  pedido_de_esclarec_n_6_pe_pl244_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13801/download;
  pedido_de_esclarec_n_7_pe_pl244_2024.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/13802/download;
- resposta_pedido_de_esclarec_n._8_pe_pl244_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13810/download;
-[...2 lines deleted...]
- Despacho_diligencias_F000139_DRBD.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13825/download;
+ pedido_e_resposta_esclarecimento_2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13787/download;
+ pedido_e_resposta_esclarecimento_1_Bruno.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13788/download;
+ homologacao_processo244_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13915/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 237 / 2024</t>
   </si>
   <si>
     <t>12/12/2024</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação de serviços de manutenção de segundo e terceiro níveis de extintores de incêndio, de teste hidrostático em mangueiras de incêndio e fornecimento de novos extintores.</t>
   </si>
   <si>
     <t xml:space="preserve">Serviços de Manutenção e Reparos em Equipamentos de Combate a Incêndio </t>
   </si>
   <si>
     <t xml:space="preserve">Extiminas Extintores Minas Gerais Ltda </t>
   </si>
   <si>
     <t>21.998,99</t>
   </si>
   <si>
     <t>12-12-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2480.0045358/2024-86 Recebimento das propostas: até às 10 horas do dia 13/01/2025. Início da disputa de preços: às 10 horas do dia 13/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 13 de dezembro de 22024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 08-01-2025 ESCLARECIMENTOS Prezados, seguem respostas da Unidade Técnica (Divisão de Controle Imobiliário) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por empresa interessada na licitação: ITEM 01- PERGUNTA 1 - Manutenção em quantos extintores? RESPOSTA: As manutenções são para extintores de segundo nível, total de 300 un. e terceiro nível, total de 120 un.Estes dados estão no "Apenso IV do Termo de Referência - Modelo - planilha orçamentária". PERGUNTA 2 - Quais os modelos dos extintores? RESPOSTA: ABC (3A,40BC) - 6kg ( Está no item 19.2.3 do Termo de Referência). PERGUNTA 3 - Quantas mangueiras serão necessárias para manutenção? RESPOSTA: São 10 mangueiras. Estes dados estão no "Apenso IV do Termo de Referência - Modelo - planilha orçamentária" PERGUNTA 4: Trata-se de aquisição de 40 extintores novos? RESPOSTA: Sim, trata-se de fornecimento. Estes dados estão no "Apenso IV do TR".</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- homologacao_processo237_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13899/download;
-[...1 lines deleted...]
- Apenso_V_B_do_Termo_de_Referencia_Modelo_comp_BDI_Equipamentos.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13753/download;
+ edital_processo_237_2024_servico_de_engenharia_manutencao_extintores_DCMIO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13743/download;
+ Apenso_I_do_Termo_de_Referencia_Planilha_orcamentaria_PGJ.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13745/download;
+ Apenso_II_A_do_Termo_de_Referencia_Comp_BDI_Servicos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13746/download;
  Apenso_II_B_do_Termo_de_Referencia_Comp_BDI_Equipamentos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13747/download;
  Apenso_III_A_do_Termo_de_Referencia_Modelo_certificado_extintores.ods : https://transparencia.mpmg.mp.br/licitacao/arquivo/13748/download;
  Apenso_III_B_do_Termo_de_Referencia_Modelo_certificado_mangueiras.ods : https://transparencia.mpmg.mp.br/licitacao/arquivo/13749/download;
  Apenso_IV_do_Termo_de_Referencia_Modelo_planilha_orcamentaria.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13750/download;
- edital_processo_237_2024_servico_de_engenharia_manutencao_extintores_DCMIO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13743/download;
-[...1 lines deleted...]
- Apenso_II_A_do_Termo_de_Referencia_Comp_BDI_Servicos.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13746/download;
+ Apenso_V_A_do_Termo_de_Referencia_Modelo_composicao_BDI_Servicos.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13752/download;
+ Apenso_V_B_do_Termo_de_Referencia_Modelo_comp_BDI_Equipamentos.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13753/download;
+ homologacao_processo237_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13899/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 220 / 2024</t>
   </si>
   <si>
     <t>15/01/2025</t>
   </si>
   <si>
     <t>Prestação de serviço de locação de andaimes torres, multidirecionais e/ou tubos equipados, com sistemas de linhas de vida provisórias, fornecimentos de mão de obra de montagem e de desmontagem, bem como os deslocamentos (transportes), nas cidades de Ouro Preto (Região Leste), Araxá (Região do Alto do Paranaíba), Belo Horizonte, Região Metropolitana desta e Região Central do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">LOCAÇÃO DE ANDAIMES (Belo Horizonte, Região Metropolitana e demais cidades da região central) </t>
   </si>
   <si>
     <t xml:space="preserve">Revogado Cancelado </t>
   </si>
   <si>
     <t>15-01-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2304.0002150/2024-07 Recebimento das propostas: até às 10 horas do dia 30/01/2025. Início da disputa de preços: às 10 horas do dia 30/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 16 de janeiro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 31-03-2025 ESCLARECIMENTOS - IMPUGNAÇÃO - Pedidos diversos e respostas - Unidade 1091012 - PROCESSO SEI nº 19.16.2481.0014733/2024-21 - Requerente: DIVERSOS (Pedido SIAD nº 0001, 0002, 0003), e também por e-mail. As solicitações da empresa e as respectivas respostas encontram-se nos arquivos anexados abaixo, para a consulta dos interessados. ----------------------------- 22-05-2025 REVOGAÇÃO - Número do processo: 220 / Ano: 2024 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2304.0002150/2024-07 Objeto: Prestação de serviço de locação de andaimes torres, multidirecionais e/ou tubos equipados, com sistemas de linhas de vida provisórias, fornecimentos de mão de obra de montagem e de desmontagem, bem como os deslocamentos (transportes), nas cidades de Ouro Preto (Região Leste), Araxá (Região do Alto do Paranaíba), Belo Horizonte, Região Metropolitana desta e Região Central do Estado de Minas Gerais. Modalidade: Pregão eletrônico A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do referido processo, nos termos do art. 71, inciso II, da Lei Federal nº 14.133/2021. Motivo: adequação do edital. Prazo para manifestação: 3 (três) dias úteis, nos termos do art. 165, inciso I, alínea ?d?, da Lei Federal nº 14.133/2021. Oportunamente, será publicada nova licitação com o mesmo objeto. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, telefones (31) 3330-8190 / 8233 / 9464, de 2ª a 6ª feira, das 9 às 18 h, e através do site www.mpmg.mp.br. Belo Horizonte, 20 de maio de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  Apenso_III_Planilha_de_Orcamento_Estimado_para_a_Contratacao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13809/download;
+ Apenso_I_Modelo_de_Planilha_Orcamentaria.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13806/download;
  Apenso_II_Planilhas_Relacao_Cidades_Regiao_Central.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/13808/download;
- Apenso_I_Modelo_de_Planilha_Orcamentaria.xls : https://transparencia.mpmg.mp.br/licitacao/arquivo/13806/download;
  edital_processo_220_2024_locacao_andaimes_SEA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13804/download;
- resp_pedido_escl_n.2(5)_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13937/download;
+ impugnacao_n.1(4)_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13927/download;
+ pedido_de_esclarec_n.1_hoist_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13928/download;
  pedido_de_esclarec_n.2(5)_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13929/download;
  pedido_de_esclarec_n.2_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13930/download;
  pedido_de_esclarec_n.3_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13931/download;
  decisao_impug_n.1(4)_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13932/download;
- pedido_resposta_e-mail_hoist_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13935/download;
  pedido_resposta_e-mail_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13933/download;
  pedido_resposta_e-mail_haix_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13934/download;
+ pedido_resposta_e-mail_hoist_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13935/download;
  resp_pedido_escl_e-mail_n.2-3_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13936/download;
- pedido_de_esclarec_n.1_hoist_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13928/download;
+ resp_pedido_escl_n.2(5)_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13937/download;
  justificativa_revogacao_processo-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14033/download;
  ata_revogacao_processo-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14034/download;
  publicacao_DOMP_revogacao_processo-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14035/download;
- impugnacao_n.1(4)_acesso_pe_pl-220_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13927/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">LOCAÇÃO DE ANDAIMES (Cidade de Ouro Preto ? Região Leste) </t>
   </si>
   <si>
     <t xml:space="preserve">LOCAÇÃO DE ANDAIMES (Cidade de Araxá ? Região do Alto do Paranaíba) </t>
   </si>
   <si>
     <t xml:space="preserve"> 177 / 2024</t>
   </si>
   <si>
     <t>10/12/2024</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS para aquisição de bens permanentes diversificados: (forno micro-ondas, refrigerador doméstico, ventilador não industrial, cafeteira elétrica, televisores de 55' e 75' polegadas, fragmentadora, suporte de teto para televisão e cafeteira industrial 6L e 20L), destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t xml:space="preserve">MICROONDAS </t>
   </si>
   <si>
     <t xml:space="preserve">REIS COMÉRCIO ATACADISTA E VAREJISTA DE DIVERSOS ARTIGOS E SUPRIMENTOS LTDA. - ME </t>
   </si>
   <si>
     <t>143.880,00</t>
   </si>
   <si>
     <t>30-11-2024 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156913/2023-90 Recebimento das propostas: até às 10 horas do dia 12/12/2024. Início da disputa de preços: às 10 horas do dia 12/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 30 de novembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 07-12-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156913/2023-90 Recebimento das propostas: até as 10 horas do dia 23/12/2024. Início da disputa de preços: às 10 horas do dia 23/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 6 de dezembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações / PGJ-MG *Republicado em virtude da retificação do Edital, com alteração de data. ----------------------------- 10-12-2024 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0156913/2023-90 Recebimento das propostas: até as 10 horas do dia 09/01/2025. Início da disputa de preços: às 10 horas do dia 09/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 9 de dezembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações / PGJ-MG *Republicado em virtude da retificação do Edital, com alteração de data. ----------------------------- 03-01-2025 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Divisão de Licitações e da Unidade Gestora de Contratação (DIRETORIA DE GESTÃO DE MATERIAIS) ao pedido de esclarecimento nº 0001 apresentado pela empresa Microsens S.A. ----------------------------- 07-01-2025 ABERT. E JULG. DE NOVA DOC. E ABERT. DE PROPOSTAS Seguem, em anexo, resposta à Impugnação n. 02 e resposta aos Pedidos de Esclarecimentos n. 03, 04. 05 e 06.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_planejamento177_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13832/download;
  pedido_esclarecimento1_e_resposta.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13705/download;
+ edital_processo_177_2024_RP_aquisicao de bens permanentes diversificados_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13738/download;
+ resposta_pedidos_ esclarecimentos_3_4_5_6_ Microsens.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13786/download;
  decis?o_impugnacao_2_EbaOffice.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13785/download;
- resposta_pedidos_ esclarecimentos_3_4_5_6_ Microsens.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13786/download;
- homologacao_planejamento177_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13832/download;
  pedido_de_esclarec._n.0001_empresa_Microsens.pdf.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13777/download;
- edital_processo_177_2024_RP_aquisicao de bens permanentes diversificados_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13738/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">REFRIGERADOR </t>
   </si>
   <si>
     <t xml:space="preserve">PRESTOBAT LTDA. </t>
   </si>
   <si>
     <t>300.860,00</t>
   </si>
   <si>
     <t xml:space="preserve">VENTILADOR </t>
   </si>
   <si>
     <t>95.220,00</t>
   </si>
   <si>
     <t xml:space="preserve">CAFETEIRA ELÉTRICA DOMÉSTICA </t>
   </si>
   <si>
     <t>20.500,00</t>
   </si>
   <si>
     <t xml:space="preserve">TELEVISÃO 55 POLEGADAS </t>
@@ -2749,162 +3718,156 @@
   </si>
   <si>
     <t>3.982,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 128 / 2024</t>
   </si>
   <si>
     <t>Aquisição de Nobreaks de 3Kva, sob a forma de entrega integral.</t>
   </si>
   <si>
     <t xml:space="preserve">Nobreak </t>
   </si>
   <si>
     <t xml:space="preserve">CSI SOLUÇÕES COMERCIAIS E INDUSTRIAIS LTDA. </t>
   </si>
   <si>
     <t>89.440,00</t>
   </si>
   <si>
     <t>12-12-2024 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.1087.0004082/2024-48. Recebimento das propostas: até às 10 horas do dia 10/01/2025. Início da disputa de preços: às 10 horas do dia 10/01/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 12 de dezembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 20-12-2024 ESCLARECIMENTOS - Pedidos 1 e 2 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?A Eccopower interessada em participar do Processo em Referência (P.E 128/2024), vem através desta solicitar Esclarecimentos Técnicos quanto ao NOBREAK de 03 kVA onde: NOBREAK de 03 kVA: PLUGUE DE ENTRADA: É solicitado que o equipamento possua plugue do cabo de força no padrão novo NBR14136 (20 A). Informamos que devido a potência solicitada de 3000 VA e a tensão solicitada de entrada ser 110 Vac ou 220 Vac, a corrente que o equipamento poderá fornecer será de 30,95 A (110 Vac) e 15,47 A (220 Vac), assim, não sendo possível utilizar esse cabo de 20 A. Solicitamos que seja flexibilizado este item, para que possa ser fornecidos equipamentos com bornes de entrada, visto que os padrões NBR 14136, não atendem a capacidade exigida pelo NOBREAK ofertado. Desde já agradecemos pela atenção, e ficamos no aguardo de uma posição.? RESPOSTA: ?Prezados, considerando o questionamento apresentado, bem como as ponderações técnicas descritas, entendemos como relevante a flexibilização para os equipamentos poderem ser fornecidos com bornes de entrada, viabilizando correntes de até 30,95 A (110 Vac). Portanto, serão aceitos nobreaks com borne de entrada.? ----------------------------- 23-12-2024 ESCLARECIMENTOS - Pedido 2 (SIAD) - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?Bom dia Prezados (as) Senhores (as), solicito informação sobre a prestação da garantia. O edital solicita garantia de 60 meses. Gostaríamos de pontuar que as baterias dos nobreaks deverão ser substituídas neste período. A garantia também deve ser estender às baterias, inclusive com a fornecedora sendo responsável pela substituição/troca destas baterias, arcando com todo este custo?? RESPOSTA: ?Prezados, a garantia também se estende às baterias, caso estas apresentem defeito e/ou mau funcionamento durante o lapso temporal supracitado, a fornecedora deverá realizar sua troca, sem custos ao contratante.? ----------------------------- 02-01-2025 ESCLARECIMENTOS - PEDIDO 3 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?Referente à autonomia: É solicitado no termo de referência que o Nobreak tenha autonomia de ao menos 15 minutos para equipamentos eletrônicos do GAECO, como estações forenses, clonadores e computadores. Porém, não é informada a potência desses equipamentos ou a potência total que o Nobreak deverá suportar. Sendo a autonomia de 15 minutos uma autonomia relativamente alta para um equipamento de potência nominal de 3kVA, solicitamos informar a potência exata que o Nobreak irá alimentar, para que cada fornecedor verifique a necessidade de utilizar ou não um banco de baterias externo. Diante disso, perguntamos: - I. Para o cálculo de autonomia, deverá ser considerado o Nobreak a plena carga? - II. Em caso de resposta negativa do item I., qual deverá ser a potência considerada para a autonomia de 15 minutos?? RESPOSTA: ?- I. Para o cálculo de autonomia, deverá ser considerado o Nobreak em plena carga. Destaca-se que a capacidade de 3kVA foi previamente validada pelo setor técnico competente como sendo suficiente ao atendimento da autonomia de 15 minutos para os equipamentos do MPMG, onde, cada nobreak ficará, por norma, ?alimentando? um único equipamento. Ainda nesse sentido, a média da potência dos equipamentos pode variar conforme as especificações de cada equipamento, sendo, na média, similar ao consumo de um computador com fontes entre 600W e 1300W. - II. Considerando que a resposta do "I" não resultou em resposta negativa, não cabe resposta deste tópico.? ----------------------------- 02-01-2025 ESCLARECIMENTOS - PEDIDO 4 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?É solicitado no termo de referência que o Nobreak tenha autonomia de ao menos 15 minutos para equipamentos eletrônicos do GAECO, como estações forenses, clonadores e computadores. Porém, não é informada a potência desses equipamentos ou a potência total que o Nobreak deverá suportar. Sendo a autonomia de 15 minutos uma autonomia relativamente alta para um equipamento de potência nominal de 3kVA, solicitamos informar a potência exata que o Nobreak irá alimentar, para que cada fornecedor verifique a necessidade de utilizar ou não um banco de baterias externo. Diante disso, perguntamos: - I. Para o cálculo de autonomia, deverá ser considerado o Nobreak a plena carga? - II. Em caso de resposta negativa do item I., qual deverá ser a potência considerada para a autonomia de 15 minutos?? RESPOSTA: ?- I. Para o cálculo de autonomia, deverá ser considerado o Nobreak em plena carga. Destaca-se que a capacidade de 3kVA foi previamente validada pelo setor técnico competente como sendo suficiente ao atendimento da autonomia de 15 minutos para os equipamentos do MPMG, onde, cada nobreak ficará, por norma, ?alimentando? um único equipamento. Ainda nesse sentido, a média da potência dos equipamentos pode variar conforme as especificações de cada equipamento, sendo, na média, similar ao consumo de um computador com fontes entre 600W e 1300W. - II. Considerando que a resposta do "I" não resultou em resposta negativa, não cabe resposta deste tópico.? ----------------------------- 02-01-2025 ESCLARECIMENTOS - PEDIDO 5 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?Esclarecimento item 01 e item 02. No termo termo de referência do item 01 e item 02 que se refere ao "Nobreak 3000VA", não menciona o tipo de onda exigido para o equipamento. Dessa forma, gostaríamos que o Órgão esclarecesse qual tipo de onda será exigido para o equipamento.? RESPOSTA: ?O tipo de onda para o nobreak descrito no item 01 e 02 do termo de referência deverá ser o Senoidal puro.? ----------------------------- 07-01-2025 ESCLARECIMENTOS - PEDIDO 6 - Resposta(s) da Diretoria de Gestão de Compras e Licitações (DGCL), com base em manifestação da Unidade Gestora da Contratação (GAECO), ao(s) pedido(s) de esclarecimento(s) apresentado(s): PERGUNTA: ?Prezados, solicito esclarecimentos quanto as notas fiscais para as outras localidades. Cada localidade terá o seu CNPJ para emissão da nota fiscal? Aguardo obrigada.? RESPOSTA: ?Prezada, a nota fiscal será emitida somente para uma única localidade, conforme item "14.2" do termo de referência. Lembrando que o objeto deverá entregue de maneira integral em um único endereço, conforme item "13.2" do termo de referência.? ----------------------------- 27-01-2025 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo por parte da licitante CONTROLE SERVICOS E COMERCIO DE INFORMATICA LTDA, contra a decisão do Pregoeiro que declarou a licitante CSI SOLUCOES COMERCIAIS E INDUSTRIAIS LTDA, vencedora do lote 1 deste certame. O arquivo contendo a peça aviada encontra-se disponibilizado nesta página para consulta aos interessados. ----------------------------- 27-01-2025 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO - Comunicamos a apresentação de Recurso Administrativo por parte da licitante CONTROLE SERVICOS E COMERCIO DE INFORMATICA LTDA, contra a decisão do Pregoeiro que declarou a licitante M&amp;M IMPORTACAO E ECOMMERCE DE INFORMATICA LTDA, vencedora do lote 2 deste certame. O arquivo contendo a peça aviada encontra-se disponibilizado nesta página para consulta aos interessados. ----------------------------- 28-01-2025 INTERPOSIÇÃO DE RECURSO - Contrarrazões - Comunicamos a apresentação das Contrarrazões de recurso, por parte da licitante CSI SOLUCOES COMERCIAIS E INDUSTRIAIS LTDA, para o lote 1. O arquivo contendo a peça aviada encontra-se disponibilizado nesta página. ----------------------------- 13-02-2025 RESULTADO DE JULGAMENTO DE RECURSO E COMUNICAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.1087.0004082/2024-48 Objeto: Aquisição de Nobreaks de 3Kva, sob a forma de entrega integral.- Lote 1 - Recorrente: CONTROLE SERVIÇOS E COMÉRCIO DE INFORMÁTICA-ME., CNPJ 10.592.584/0002-76 - Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br. Lote 2 - Recorrente: CONTROLE SERVIÇOS E COMÉRCIO DE INFORMÁTICA-ME., CNPJ 10.592.584/0002-76 Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório e no site www.mpmg.mp.br Belo Horizonte, 13 de fevereiro de 2025. IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa Obs: As decisões de recurso encontram-se disponíveis nesta página. ----------------------------- 17-02-2025 HOMOLOGAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.1087.0004082/2024-48 - Objeto: Aquisição de Nobreaks de 3Kva, sob a forma de entrega integral.- Modalidade: Pregão eletrônico - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1: CSI SOLUÇÕES COMERCIAIS E INDUSTRIAIS LTDA. CNPJ 31.883.083/0001-38 Valor (total) adjudicado:R$ 89.440,00 Lote 2: M&amp;M IMPORTAÇÃO E ECOMMERCE DE INFORMÁTICA LTDA. CNPJ 27.414.128/0001-58 Valor (total) adjudicado:R$ 27.598,96 Belo Horizonte, 14 de fevereiro de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ decisao_recurso_empresa CSI_pl_128_2024_Lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13842/download;
+ decisao_recurso_empresa CSI_pl_128_2024_Lote 2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13843/download;
+ Homologacao_processo_128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13845/download;
+ contrarrazoes_rec_adm_F184_CSI_pe_pl128_L-1_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13824/download;
+ recurso_adm_F000165_Controle_pe_pl128_L-1_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13822/download;
+ recurso_adm_F000204_Controle_pe_pl128_L-2_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13823/download;
  edital_processo_128_2024_aquisicao_nobreaks_GAECO__VF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13741/download;
  resposta_pedido_esclarec_n1_eccopower_pe_pl-128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13759/download;
  resposta_pedido_esclarec_n2_eccopower_pe_pl-128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13760/download;
- resposta_pedido_esclarec_n6_aline_pe_pl-128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13789/download;
  resposta_pedido_esclarec_n3_engetron_pe_pl-128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13767/download;
  resposta_pedido_esclarec_n2_dinamica_pe_pl-128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13765/download;
+ resposta_pedido_esclarec_n6_aline_pe_pl-128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13789/download;
  resposta_pedido_esclarec_n4_engetron_pe_pl-128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13768/download;
  resposta_pedido_esclarec_n5_controle_pe_pl-128_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13769/download;
+ public_resultado_julg_recurso_pl-128_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13876/download;
  ata_homologacao_processo128_pe_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13877/download;
- decisao_recurso_empresa CSI_pl_128_2024_Lote 1.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13842/download;
-[...5 lines deleted...]
- decisao_recurso_empresa CSI_pl_128_2024_Lote 2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13843/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">M&amp;M IMPORTAÇÃOE ECOMMERCE DE INFORMÁTICA LTDA. </t>
   </si>
   <si>
     <t>27.598,96</t>
   </si>
   <si>
     <t xml:space="preserve"> 113 / 2024</t>
   </si>
   <si>
     <t>27/11/2024</t>
   </si>
   <si>
     <t>Registro de preços para aquisição de materiais de higiene pessoal e de fixação de componentes, destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais.</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">SABONETE LÍQUIDO </t>
   </si>
   <si>
     <t xml:space="preserve">AC CLEAN COMERCIO DE LIMPEZA LTDA </t>
   </si>
   <si>
     <t>3.110,00</t>
   </si>
   <si>
     <t>27-11-2024 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0151176/2023-80 Recebimento das propostas: até às 10 horas do dia 09/12/2024. Início da disputa de preços: às 10 horas do dia 09/12/2024. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 27 de novembro de 2024. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 21-01-2025 HOMOLOGAÇÃO - Número do planejamento: 113 / Ano: 2024 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0151176/2023-80 Objeto: Registro de preços para aquisição de materiais de higiene pessoal e de fixação de componentes, destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lotes 1, 4, 5, 6 e 8: AC CLEAN COMERCIO DE LIMPEZA LTDA - CNPJ nº 26.759.927/0001-01; Valores (totais) registrados: R$3.110,00; R$1.469,00; R$17.214,00; R$15.648,00; R$1.710,00, respectivamente. Lote 2: SAM SUPPLY SERVICOS E COMERCIO LTDA - CNPJ nº 51.603.486/0001-93; Valor (total) registrado: R$8.788,50. Lote 3: ADELIO JOSE DO NASCIMENTO 78718570615 - CNPJ nº 12.281.362/0001-87; Valor (total) registrado: R$550,40. O lote 7 resultou fracassado, por não ter restado proposta classificada para atendimento ao seu objeto. Belo Horizonte, 20 de janeiro de 2025. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  homologacao_planejamento113_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13812/download;
+ edital_processo_113_2024_RP_aquisicao_materiais_higiene_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13681/download;
  ata_homologacao_planejamento113_2024.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14022/download;
- edital_processo_113_2024_RP_aquisicao_materiais_higiene_DIMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/13681/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">PORTA PAPEL-TOALHA </t>
   </si>
   <si>
     <t xml:space="preserve">SAM SUPPLY SERVICOS E COMERCIO LTDA </t>
   </si>
   <si>
     <t>8.788,50</t>
   </si>
   <si>
     <t xml:space="preserve">PORTA-PAPEL HIGIENICO </t>
   </si>
   <si>
     <t>550,40</t>
   </si>
   <si>
-    <t xml:space="preserve">DISPENSADOR DE SABONETE/ALCOOL </t>
-[...1 lines deleted...]
-  <si>
     <t>1.469,00</t>
   </si>
   <si>
     <t xml:space="preserve">PAPEL TOALHA - FOLHA </t>
   </si>
   <si>
     <t>17.214,00</t>
   </si>
   <si>
     <t xml:space="preserve">PAPEL HIGIENICO - FOLHA </t>
   </si>
   <si>
     <t>15.648,00</t>
   </si>
   <si>
     <t xml:space="preserve">FITA DUPLA FACE </t>
   </si>
   <si>
     <t xml:space="preserve">HIGIENIZADOR ANTISSEPTICO DE MAOS </t>
   </si>
   <si>
     <t>1.710,00</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>* Data de publicação do último aviso licitatório no Diário Oficial Eletrônico do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t>** Situação e resultado variam conforme o lote.</t>
   </si>
   <si>
     <t>*** Consulta de planilha (XLSX) apresenta nome e url (endereço web) dos arquivos sob a forma de texto. Para acessar determinado arquivo, favor copiar e colar o respectivo url no navegador. Para visualizar todos os hiperlinks de arquivos, favor consultar pesquisa HTML.</t>
   </si>
   <si>
     <t>Fonte: Sistema de Controle de Processos Licitatórios - MPMG</t>
   </si>
   <si>
-    <t>Data da última atualização: 10/10/2025</t>
+    <t>Data da última atualização: 14/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3282,59 +4245,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14132/download" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14153/download" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14135/download" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14120/download" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14127/download" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14137/download" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14133/download" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14149/download" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14126/download" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14131/download" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14123/download" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14113/download" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14124/download" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14152/download" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14092/download" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14143/download" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14106/download" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14110/download" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14109/download" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14059/download" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14090/download" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14069/download" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14074/download" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13959/download" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13971/download" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13986/download" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13984/download" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13938/download" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13983/download" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13940/download" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13961/download" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14053/download" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13880/download" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13920/download" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13946/download" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13976/download" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13918/download" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13840/download" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13819/download" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13902/download" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13848/download" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13814/download" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13905/download" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13838/download" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13835/download" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13917/download" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13700/download" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13816/download" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13820/download" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13766/download" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13834/download" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13790/download" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13726/download" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13811/download" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13701/download" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13647/download" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13794/download" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13743/download" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13804/download" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13738/download" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13741/download" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13681/download" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14291/download" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14366/download" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14228/download" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14292/download" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14207/download" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14235/download" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14277/download" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14211/download" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14353/download" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14307/download" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14296/download" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14290/download" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14132/download" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14315/download" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14153/download" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14236/download" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14276/download" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14248/download" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14135/download" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14285/download" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14238/download" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14224/download" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14208/download" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14120/download" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14231/download" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14187/download" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14183/download" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14189/download" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14204/download" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14127/download" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14137/download" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14133/download" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14149/download" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14126/download" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14131/download" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14123/download" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14113/download" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14124/download" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14152/download" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14092/download" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14143/download" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14106/download" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14110/download" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14109/download" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14059/download" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14090/download" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14069/download" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14074/download" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13959/download" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14001/download" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13986/download" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13984/download" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13938/download" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13983/download" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13940/download" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13961/download" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14053/download" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13880/download" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13920/download" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13946/download" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13976/download" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13889/download" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13840/download" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13819/download" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13902/download" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13848/download" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13814/download" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13905/download" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13838/download" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13835/download" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13917/download" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13700/download" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13816/download" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13820/download" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13766/download" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13834/download" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13790/download" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13726/download" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13811/download" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13701/download" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13647/download" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13794/download" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13743/download" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13804/download" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13738/download" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13741/download" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/13681/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z261"/>
+  <dimension ref="A1:Z337"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="60" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="100" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="60" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="40" customWidth="true" style="0"/>
     <col min="12" max="12" width="150" customWidth="true" style="0"/>
     <col min="13" max="13" width="150" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
@@ -3452,51 +4415,51 @@
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="J7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="L7" s="4"/>
       <c r="M7" s="9"/>
     </row>
-    <row r="8" spans="1:26" customHeight="1" ht="88.142857142857">
+    <row r="8" spans="1:26" customHeight="1" ht="404.42857142857">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="8" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="5">
         <v>1</v>
       </c>
       <c r="G8" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="5" t="s">
@@ -3506,11296 +4469,14878 @@
         <v>24</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="5" t="s">
         <v>26</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>27</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
     </row>
-    <row r="9" spans="1:26" customHeight="1" ht="88.428571428571">
-      <c r="A9" s="7" t="s">
+    <row r="9" spans="1:26" customHeight="1" ht="59">
+      <c r="A9" s="8"/>
+      <c r="B9" s="8"/>
+      <c r="C9" s="8"/>
+      <c r="D9" s="8"/>
+      <c r="E9" s="8"/>
+      <c r="F9" s="5">
+        <v>2</v>
+      </c>
+      <c r="G9" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="B9" s="8" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H9" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="J9" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L9" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L9" s="5"/>
+      <c r="M9" s="5"/>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
     </row>
-    <row r="10" spans="1:26" customHeight="1" ht="88.142857142857">
-[...14 lines deleted...]
-      </c>
+    <row r="10" spans="1:26" customHeight="1" ht="30">
+      <c r="A10" s="8"/>
+      <c r="B10" s="8"/>
+      <c r="C10" s="8"/>
+      <c r="D10" s="8"/>
+      <c r="E10" s="8"/>
       <c r="F10" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G10" s="5" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="J10" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L10" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L10" s="5"/>
+      <c r="M10" s="5"/>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
     </row>
     <row r="11" spans="1:26" customHeight="1" ht="30">
       <c r="A11" s="8"/>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G11" s="5" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L11" s="5"/>
       <c r="M11" s="5"/>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
     </row>
-    <row r="12" spans="1:26" customHeight="1" ht="88.285714285714">
-[...14 lines deleted...]
-      </c>
+    <row r="12" spans="1:26" customHeight="1" ht="30">
+      <c r="A12" s="8"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="8"/>
+      <c r="D12" s="8"/>
+      <c r="E12" s="8"/>
       <c r="F12" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G12" s="5" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="J12" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L12" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L12" s="5"/>
+      <c r="M12" s="5"/>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
     </row>
-    <row r="13" spans="1:26" customHeight="1" ht="239.57142857143">
-[...14 lines deleted...]
-      </c>
+    <row r="13" spans="1:26" customHeight="1" ht="59">
+      <c r="A13" s="8"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="8"/>
+      <c r="D13" s="8"/>
+      <c r="E13" s="8"/>
       <c r="F13" s="5">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G13" s="5" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L13" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L13" s="5"/>
+      <c r="M13" s="5"/>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
       <c r="Q13"/>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13"/>
       <c r="V13"/>
       <c r="W13"/>
       <c r="X13"/>
       <c r="Y13"/>
       <c r="Z13"/>
     </row>
     <row r="14" spans="1:26" customHeight="1" ht="30">
       <c r="A14" s="8"/>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="5">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="G14" s="5" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="5"/>
       <c r="M14" s="5"/>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
       <c r="Q14"/>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14"/>
       <c r="V14"/>
       <c r="W14"/>
       <c r="X14"/>
       <c r="Y14"/>
       <c r="Z14"/>
     </row>
-    <row r="15" spans="1:26" customHeight="1" ht="30">
+    <row r="15" spans="1:26" customHeight="1" ht="45">
       <c r="A15" s="8"/>
       <c r="B15" s="8"/>
       <c r="C15" s="8"/>
       <c r="D15" s="8"/>
       <c r="E15" s="8"/>
       <c r="F15" s="5">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G15" s="5" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="5"/>
       <c r="M15" s="5"/>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15"/>
       <c r="Q15"/>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15"/>
       <c r="V15"/>
       <c r="W15"/>
       <c r="X15"/>
       <c r="Y15"/>
       <c r="Z15"/>
     </row>
-    <row r="16" spans="1:26" customHeight="1" ht="90.142857142857">
-[...14 lines deleted...]
-      </c>
+    <row r="16" spans="1:26" customHeight="1" ht="30">
+      <c r="A16" s="8"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="8"/>
+      <c r="D16" s="8"/>
+      <c r="E16" s="8"/>
       <c r="F16" s="5">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G16" s="5" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L16" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L16" s="5"/>
+      <c r="M16" s="5"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16"/>
       <c r="Y16"/>
       <c r="Z16"/>
     </row>
-    <row r="17" spans="1:26" customHeight="1" ht="30">
-[...4 lines deleted...]
-      <c r="E17" s="8"/>
+    <row r="17" spans="1:26" customHeight="1" ht="122.57142857143">
+      <c r="A17" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" s="8" t="s">
+        <v>20</v>
+      </c>
       <c r="F17" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G17" s="5" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L17" s="5"/>
-      <c r="M17" s="5"/>
+      <c r="L17" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="M17" s="5" t="s">
+        <v>37</v>
+      </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17"/>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17"/>
       <c r="V17"/>
       <c r="W17"/>
       <c r="X17"/>
       <c r="Y17"/>
       <c r="Z17"/>
     </row>
-    <row r="18" spans="1:26" customHeight="1" ht="90.571428571429">
-[...14 lines deleted...]
-      </c>
+    <row r="18" spans="1:26" customHeight="1" ht="30">
+      <c r="A18" s="8"/>
+      <c r="B18" s="8"/>
+      <c r="C18" s="8"/>
+      <c r="D18" s="8"/>
+      <c r="E18" s="8"/>
       <c r="F18" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G18" s="5" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L18" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L18" s="5"/>
+      <c r="M18" s="5"/>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18"/>
       <c r="V18"/>
       <c r="W18"/>
       <c r="X18"/>
       <c r="Y18"/>
       <c r="Z18"/>
     </row>
-    <row r="19" spans="1:26" customHeight="1" ht="283.14285714286">
+    <row r="19" spans="1:26" customHeight="1" ht="288.71428571429">
       <c r="A19" s="7" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>73</v>
+        <v>40</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>74</v>
+        <v>41</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F19" s="5">
         <v>1</v>
       </c>
       <c r="G19" s="5" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="5" t="s">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>77</v>
+        <v>46</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19"/>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19"/>
       <c r="V19"/>
       <c r="W19"/>
       <c r="X19"/>
       <c r="Y19"/>
       <c r="Z19"/>
     </row>
-    <row r="20" spans="1:26" customHeight="1" ht="36">
+    <row r="20" spans="1:26" customHeight="1" ht="30">
       <c r="A20" s="8"/>
       <c r="B20" s="8"/>
       <c r="C20" s="8"/>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="5">
         <v>2</v>
       </c>
       <c r="G20" s="5" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J20" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="5"/>
       <c r="M20" s="5"/>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20"/>
       <c r="V20"/>
       <c r="W20"/>
       <c r="X20"/>
       <c r="Y20"/>
       <c r="Z20"/>
     </row>
-    <row r="21" spans="1:26" customHeight="1" ht="37">
+    <row r="21" spans="1:26" customHeight="1" ht="30">
       <c r="A21" s="8"/>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="5">
         <v>3</v>
       </c>
       <c r="G21" s="5" t="s">
-        <v>79</v>
+        <v>48</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="5"/>
       <c r="M21" s="5"/>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21"/>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21"/>
       <c r="V21"/>
       <c r="W21"/>
       <c r="X21"/>
       <c r="Y21"/>
       <c r="Z21"/>
     </row>
-    <row r="22" spans="1:26" customHeight="1" ht="123">
-[...14 lines deleted...]
-      </c>
+    <row r="22" spans="1:26" customHeight="1" ht="30">
+      <c r="A22" s="8"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
       <c r="F22" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G22" s="5" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>84</v>
+        <v>43</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J22" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L22" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L22" s="5"/>
+      <c r="M22" s="5"/>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
       <c r="Q22"/>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
       <c r="U22"/>
       <c r="V22"/>
       <c r="W22"/>
       <c r="X22"/>
       <c r="Y22"/>
       <c r="Z22"/>
     </row>
-    <row r="23" spans="1:26" customHeight="1" ht="90.571428571429">
-[...14 lines deleted...]
-      </c>
+    <row r="23" spans="1:26" customHeight="1" ht="31">
+      <c r="A23" s="8"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="8"/>
+      <c r="D23" s="8"/>
+      <c r="E23" s="8"/>
       <c r="F23" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G23" s="5" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L23" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L23" s="5"/>
+      <c r="M23" s="5"/>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23"/>
       <c r="W23"/>
       <c r="X23"/>
       <c r="Y23"/>
       <c r="Z23"/>
     </row>
     <row r="24" spans="1:26" customHeight="1" ht="30">
       <c r="A24" s="8"/>
       <c r="B24" s="8"/>
       <c r="C24" s="8"/>
       <c r="D24" s="8"/>
       <c r="E24" s="8"/>
       <c r="F24" s="5">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G24" s="5" t="s">
-        <v>93</v>
+        <v>54</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J24" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="5"/>
       <c r="M24" s="5"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
     </row>
-    <row r="25" spans="1:26" customHeight="1" ht="35">
+    <row r="25" spans="1:26" customHeight="1" ht="30">
       <c r="A25" s="8"/>
       <c r="B25" s="8"/>
       <c r="C25" s="8"/>
       <c r="D25" s="8"/>
       <c r="E25" s="8"/>
       <c r="F25" s="5">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="G25" s="5" t="s">
-        <v>94</v>
+        <v>55</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="5"/>
       <c r="M25" s="5"/>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25"/>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25"/>
       <c r="V25"/>
       <c r="W25"/>
       <c r="X25"/>
       <c r="Y25"/>
       <c r="Z25"/>
     </row>
     <row r="26" spans="1:26" customHeight="1" ht="30">
       <c r="A26" s="8"/>
       <c r="B26" s="8"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
       <c r="F26" s="5">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="G26" s="5" t="s">
-        <v>95</v>
+        <v>57</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="J26" s="6" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="5"/>
       <c r="M26" s="5"/>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26"/>
       <c r="Q26"/>
       <c r="R26"/>
       <c r="S26"/>
       <c r="T26"/>
       <c r="U26"/>
       <c r="V26"/>
       <c r="W26"/>
       <c r="X26"/>
       <c r="Y26"/>
       <c r="Z26"/>
     </row>
-    <row r="27" spans="1:26" customHeight="1" ht="90.571428571429">
-[...14 lines deleted...]
-      </c>
+    <row r="27" spans="1:26" customHeight="1" ht="30">
+      <c r="A27" s="8"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="8"/>
+      <c r="D27" s="8"/>
+      <c r="E27" s="8"/>
       <c r="F27" s="5">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G27" s="5" t="s">
-        <v>99</v>
+        <v>59</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L27" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L27" s="5"/>
+      <c r="M27" s="5"/>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27"/>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27"/>
       <c r="V27"/>
       <c r="W27"/>
       <c r="X27"/>
       <c r="Y27"/>
       <c r="Z27"/>
     </row>
-    <row r="28" spans="1:26" customHeight="1" ht="104.57142857143">
+    <row r="28" spans="1:26" customHeight="1" ht="267.85714285714">
       <c r="A28" s="7" t="s">
-        <v>102</v>
+        <v>60</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>104</v>
+        <v>61</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E28" s="8" t="s">
         <v>62</v>
       </c>
       <c r="F28" s="5">
         <v>1</v>
       </c>
       <c r="G28" s="5" t="s">
-        <v>105</v>
+        <v>63</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>106</v>
+        <v>64</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="5" t="s">
-        <v>107</v>
+        <v>65</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>108</v>
+        <v>66</v>
       </c>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28"/>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28"/>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
       <c r="Y28"/>
       <c r="Z28"/>
     </row>
-    <row r="29" spans="1:26" customHeight="1" ht="37">
+    <row r="29" spans="1:26" customHeight="1" ht="30">
       <c r="A29" s="8"/>
       <c r="B29" s="8"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
       <c r="F29" s="5">
         <v>2</v>
       </c>
       <c r="G29" s="5" t="s">
-        <v>109</v>
+        <v>67</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>110</v>
+        <v>23</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>111</v>
+        <v>24</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="5"/>
       <c r="M29" s="5"/>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29"/>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
     </row>
-    <row r="30" spans="1:26" customHeight="1" ht="1241.5714285714">
-[...14 lines deleted...]
-      </c>
+    <row r="30" spans="1:26" customHeight="1" ht="30">
+      <c r="A30" s="8"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="8"/>
+      <c r="D30" s="8"/>
+      <c r="E30" s="8"/>
       <c r="F30" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G30" s="5" t="s">
-        <v>113</v>
+        <v>68</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>115</v>
+        <v>23</v>
       </c>
       <c r="J30" s="6" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L30" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L30" s="5"/>
+      <c r="M30" s="5"/>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30"/>
       <c r="Q30"/>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30"/>
       <c r="V30"/>
       <c r="W30"/>
       <c r="X30"/>
       <c r="Y30"/>
       <c r="Z30"/>
     </row>
-    <row r="31" spans="1:26" customHeight="1" ht="76">
+    <row r="31" spans="1:26" customHeight="1" ht="30">
       <c r="A31" s="8"/>
       <c r="B31" s="8"/>
       <c r="C31" s="8"/>
       <c r="D31" s="8"/>
       <c r="E31" s="8"/>
       <c r="F31" s="5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G31" s="5" t="s">
-        <v>119</v>
+        <v>69</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>115</v>
+        <v>23</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="5"/>
       <c r="M31" s="5"/>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
       <c r="Q31"/>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31"/>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
     </row>
-    <row r="32" spans="1:26" customHeight="1" ht="76">
+    <row r="32" spans="1:26" customHeight="1" ht="30">
       <c r="A32" s="8"/>
       <c r="B32" s="8"/>
       <c r="C32" s="8"/>
       <c r="D32" s="8"/>
       <c r="E32" s="8"/>
       <c r="F32" s="5">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G32" s="5" t="s">
-        <v>121</v>
+        <v>70</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>115</v>
+        <v>23</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="5"/>
       <c r="M32" s="5"/>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
     </row>
-    <row r="33" spans="1:26" customHeight="1" ht="127.28571428571">
+    <row r="33" spans="1:26" customHeight="1" ht="253.42857142857">
       <c r="A33" s="7" t="s">
-        <v>122</v>
+        <v>71</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>123</v>
+        <v>72</v>
       </c>
       <c r="C33" s="8" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E33" s="8" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F33" s="5">
         <v>1</v>
       </c>
       <c r="G33" s="5" t="s">
-        <v>125</v>
+        <v>74</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="5" t="s">
-        <v>126</v>
+        <v>75</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>127</v>
+        <v>76</v>
       </c>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33"/>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33"/>
       <c r="V33"/>
       <c r="W33"/>
       <c r="X33"/>
       <c r="Y33"/>
       <c r="Z33"/>
     </row>
-    <row r="34" spans="1:26" customHeight="1" ht="52">
-[...4 lines deleted...]
-      <c r="E34" s="8"/>
+    <row r="34" spans="1:26" customHeight="1" ht="638">
+      <c r="A34" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="B34" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" s="8" t="s">
+        <v>20</v>
+      </c>
       <c r="F34" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G34" s="5" t="s">
-        <v>128</v>
+        <v>80</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J34" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L34" s="5"/>
-      <c r="M34" s="5"/>
+      <c r="L34" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>83</v>
+      </c>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34"/>
       <c r="Q34"/>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34"/>
       <c r="V34"/>
       <c r="W34"/>
       <c r="X34"/>
       <c r="Y34"/>
       <c r="Z34"/>
     </row>
-    <row r="35" spans="1:26" customHeight="1" ht="589.42857142857">
-[...14 lines deleted...]
-      </c>
+    <row r="35" spans="1:26" customHeight="1" ht="31">
+      <c r="A35" s="8"/>
+      <c r="B35" s="8"/>
+      <c r="C35" s="8"/>
+      <c r="D35" s="8"/>
+      <c r="E35" s="8"/>
       <c r="F35" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G35" s="5" t="s">
-        <v>132</v>
+        <v>84</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>133</v>
+        <v>44</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>134</v>
+        <v>24</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L35" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L35" s="5"/>
+      <c r="M35" s="5"/>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35"/>
       <c r="Q35"/>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35"/>
       <c r="V35"/>
       <c r="W35"/>
       <c r="X35"/>
       <c r="Y35"/>
       <c r="Z35"/>
     </row>
-    <row r="36" spans="1:26" customHeight="1" ht="30">
+    <row r="36" spans="1:26" customHeight="1" ht="47">
       <c r="A36" s="8"/>
       <c r="B36" s="8"/>
       <c r="C36" s="8"/>
       <c r="D36" s="8"/>
       <c r="E36" s="8"/>
       <c r="F36" s="5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G36" s="5" t="s">
-        <v>137</v>
+        <v>85</v>
       </c>
       <c r="H36" s="5" t="s">
-        <v>22</v>
+        <v>86</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>138</v>
+        <v>87</v>
       </c>
       <c r="J36" s="6" t="s">
-        <v>139</v>
+        <v>88</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="5"/>
       <c r="M36" s="5"/>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36"/>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36"/>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
     </row>
-    <row r="37" spans="1:26" customHeight="1" ht="30">
+    <row r="37" spans="1:26" customHeight="1" ht="33">
       <c r="A37" s="8"/>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G37" s="5" t="s">
-        <v>140</v>
+        <v>89</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>22</v>
+        <v>86</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>141</v>
+        <v>90</v>
       </c>
       <c r="J37" s="6" t="s">
-        <v>142</v>
+        <v>91</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="5"/>
       <c r="M37" s="5"/>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37"/>
       <c r="Q37"/>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37"/>
       <c r="V37"/>
       <c r="W37"/>
       <c r="X37"/>
       <c r="Y37"/>
       <c r="Z37"/>
     </row>
-    <row r="38" spans="1:26" customHeight="1" ht="50">
-[...4 lines deleted...]
-      <c r="E38" s="8"/>
+    <row r="38" spans="1:26" customHeight="1" ht="465.28571428571">
+      <c r="A38" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="B38" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E38" s="8" t="s">
+        <v>20</v>
+      </c>
       <c r="F38" s="5">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G38" s="5" t="s">
-        <v>143</v>
+        <v>95</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>22</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>144</v>
+        <v>44</v>
       </c>
       <c r="J38" s="6" t="s">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L38" s="5"/>
-      <c r="M38" s="5"/>
+      <c r="L38" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>97</v>
+      </c>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38"/>
       <c r="Q38"/>
       <c r="R38"/>
       <c r="S38"/>
       <c r="T38"/>
       <c r="U38"/>
       <c r="V38"/>
       <c r="W38"/>
       <c r="X38"/>
       <c r="Y38"/>
       <c r="Z38"/>
     </row>
-    <row r="39" spans="1:26" customHeight="1" ht="90.571428571429">
-[...14 lines deleted...]
-      </c>
+    <row r="39" spans="1:26" customHeight="1" ht="60">
+      <c r="A39" s="8"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="8"/>
+      <c r="D39" s="8"/>
+      <c r="E39" s="8"/>
       <c r="F39" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G39" s="5" t="s">
-        <v>149</v>
+        <v>98</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L39" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L39" s="5"/>
+      <c r="M39" s="5"/>
       <c r="N39"/>
       <c r="O39"/>
       <c r="P39"/>
       <c r="Q39"/>
       <c r="R39"/>
       <c r="S39"/>
       <c r="T39"/>
       <c r="U39"/>
       <c r="V39"/>
       <c r="W39"/>
       <c r="X39"/>
       <c r="Y39"/>
       <c r="Z39"/>
     </row>
-    <row r="40" spans="1:26" customHeight="1" ht="41">
+    <row r="40" spans="1:26" customHeight="1" ht="30">
       <c r="A40" s="8"/>
       <c r="B40" s="8"/>
       <c r="C40" s="8"/>
       <c r="D40" s="8"/>
       <c r="E40" s="8"/>
       <c r="F40" s="5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G40" s="5" t="s">
-        <v>152</v>
+        <v>99</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="5"/>
       <c r="M40" s="5"/>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40"/>
       <c r="Q40"/>
       <c r="R40"/>
       <c r="S40"/>
       <c r="T40"/>
       <c r="U40"/>
       <c r="V40"/>
       <c r="W40"/>
       <c r="X40"/>
       <c r="Y40"/>
       <c r="Z40"/>
     </row>
-    <row r="41" spans="1:26" customHeight="1" ht="90.285714285714">
-[...14 lines deleted...]
-      </c>
+    <row r="41" spans="1:26" customHeight="1" ht="30">
+      <c r="A41" s="8"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="8"/>
+      <c r="D41" s="8"/>
+      <c r="E41" s="8"/>
       <c r="F41" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G41" s="5" t="s">
-        <v>156</v>
+        <v>100</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>157</v>
+        <v>44</v>
       </c>
       <c r="J41" s="6" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L41" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L41" s="5"/>
+      <c r="M41" s="5"/>
       <c r="N41"/>
       <c r="O41"/>
       <c r="P41"/>
       <c r="Q41"/>
       <c r="R41"/>
       <c r="S41"/>
       <c r="T41"/>
       <c r="U41"/>
       <c r="V41"/>
       <c r="W41"/>
       <c r="X41"/>
       <c r="Y41"/>
       <c r="Z41"/>
     </row>
-    <row r="42" spans="1:26" customHeight="1" ht="130">
-[...14 lines deleted...]
-      </c>
+    <row r="42" spans="1:26" customHeight="1" ht="30">
+      <c r="A42" s="8"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="8"/>
+      <c r="D42" s="8"/>
+      <c r="E42" s="8"/>
       <c r="F42" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G42" s="5" t="s">
-        <v>166</v>
+        <v>101</v>
       </c>
       <c r="H42" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J42" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K42" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L42" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L42" s="5"/>
+      <c r="M42" s="5"/>
       <c r="N42"/>
       <c r="O42"/>
       <c r="P42"/>
       <c r="Q42"/>
       <c r="R42"/>
       <c r="S42"/>
       <c r="T42"/>
       <c r="U42"/>
       <c r="V42"/>
       <c r="W42"/>
       <c r="X42"/>
       <c r="Y42"/>
       <c r="Z42"/>
     </row>
-    <row r="43" spans="1:26" customHeight="1" ht="90.285714285714">
-[...14 lines deleted...]
-      </c>
+    <row r="43" spans="1:26" customHeight="1" ht="30">
+      <c r="A43" s="8"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="8"/>
+      <c r="D43" s="8"/>
+      <c r="E43" s="8"/>
       <c r="F43" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="H43" s="5"/>
+        <v>6</v>
+      </c>
+      <c r="G43" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="H43" s="5" t="s">
+        <v>22</v>
+      </c>
       <c r="I43" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L43" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L43" s="5"/>
+      <c r="M43" s="5"/>
       <c r="N43"/>
       <c r="O43"/>
       <c r="P43"/>
       <c r="Q43"/>
       <c r="R43"/>
       <c r="S43"/>
       <c r="T43"/>
       <c r="U43"/>
       <c r="V43"/>
       <c r="W43"/>
       <c r="X43"/>
       <c r="Y43"/>
       <c r="Z43"/>
     </row>
-    <row r="44" spans="1:26" customHeight="1" ht="41">
+    <row r="44" spans="1:26" customHeight="1" ht="30">
       <c r="A44" s="8"/>
       <c r="B44" s="8"/>
       <c r="C44" s="8"/>
       <c r="D44" s="8"/>
       <c r="E44" s="8"/>
       <c r="F44" s="5">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G44" s="5" t="s">
-        <v>174</v>
+        <v>103</v>
       </c>
       <c r="H44" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J44" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="5"/>
       <c r="M44" s="5"/>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44"/>
       <c r="Q44"/>
       <c r="R44"/>
       <c r="S44"/>
       <c r="T44"/>
       <c r="U44"/>
       <c r="V44"/>
       <c r="W44"/>
       <c r="X44"/>
       <c r="Y44"/>
       <c r="Z44"/>
     </row>
-    <row r="45" spans="1:26" customHeight="1" ht="41">
+    <row r="45" spans="1:26" customHeight="1" ht="46">
       <c r="A45" s="8"/>
       <c r="B45" s="8"/>
       <c r="C45" s="8"/>
       <c r="D45" s="8"/>
       <c r="E45" s="8"/>
       <c r="F45" s="5">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G45" s="5" t="s">
-        <v>174</v>
+        <v>104</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>175</v>
+        <v>44</v>
       </c>
       <c r="J45" s="6" t="s">
-        <v>176</v>
+        <v>24</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="5"/>
       <c r="M45" s="5"/>
       <c r="N45"/>
       <c r="O45"/>
       <c r="P45"/>
       <c r="Q45"/>
       <c r="R45"/>
       <c r="S45"/>
       <c r="T45"/>
       <c r="U45"/>
       <c r="V45"/>
       <c r="W45"/>
       <c r="X45"/>
       <c r="Y45"/>
       <c r="Z45"/>
     </row>
-    <row r="46" spans="1:26" customHeight="1" ht="88.857142857143">
-[...14 lines deleted...]
-      </c>
+    <row r="46" spans="1:26" customHeight="1" ht="30">
+      <c r="A46" s="8"/>
+      <c r="B46" s="8"/>
+      <c r="C46" s="8"/>
+      <c r="D46" s="8"/>
+      <c r="E46" s="8"/>
       <c r="F46" s="5">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G46" s="5" t="s">
-        <v>180</v>
+        <v>99</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J46" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L46" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L46" s="5"/>
+      <c r="M46" s="5"/>
       <c r="N46"/>
       <c r="O46"/>
       <c r="P46"/>
       <c r="Q46"/>
       <c r="R46"/>
       <c r="S46"/>
       <c r="T46"/>
       <c r="U46"/>
       <c r="V46"/>
       <c r="W46"/>
       <c r="X46"/>
       <c r="Y46"/>
       <c r="Z46"/>
     </row>
-    <row r="47" spans="1:26" customHeight="1" ht="42">
-[...4 lines deleted...]
-      <c r="E47" s="8"/>
+    <row r="47" spans="1:26" customHeight="1" ht="88">
+      <c r="A47" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="B47" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="D47" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E47" s="8" t="s">
+        <v>20</v>
+      </c>
       <c r="F47" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G47" s="5" t="s">
-        <v>183</v>
+        <v>108</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>33</v>
+        <v>86</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>34</v>
+        <v>109</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>35</v>
+        <v>110</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L47" s="5"/>
-      <c r="M47" s="5"/>
+      <c r="L47" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="M47" s="5" t="s">
+        <v>112</v>
+      </c>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47"/>
       <c r="Q47"/>
       <c r="R47"/>
       <c r="S47"/>
       <c r="T47"/>
       <c r="U47"/>
       <c r="V47"/>
       <c r="W47"/>
       <c r="X47"/>
       <c r="Y47"/>
       <c r="Z47"/>
     </row>
-    <row r="48" spans="1:26" customHeight="1" ht="41">
-[...4 lines deleted...]
-      <c r="E48" s="8"/>
+    <row r="48" spans="1:26" customHeight="1" ht="90.428571428571">
+      <c r="A48" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="B48" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="C48" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="D48" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E48" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F48" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G48" s="5" t="s">
-        <v>184</v>
+        <v>117</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="J48" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L48" s="5"/>
-      <c r="M48" s="5"/>
+      <c r="L48" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="M48" s="5" t="s">
+        <v>119</v>
+      </c>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48"/>
       <c r="Q48"/>
       <c r="R48"/>
       <c r="S48"/>
       <c r="T48"/>
       <c r="U48"/>
       <c r="V48"/>
       <c r="W48"/>
       <c r="X48"/>
       <c r="Y48"/>
       <c r="Z48"/>
     </row>
-    <row r="49" spans="1:26" customHeight="1" ht="58">
-[...4 lines deleted...]
-      <c r="E49" s="8"/>
+    <row r="49" spans="1:26" customHeight="1" ht="628.42857142857">
+      <c r="A49" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="B49" s="8" t="s">
+        <v>121</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="D49" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E49" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F49" s="5">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G49" s="5" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="H49" s="5"/>
       <c r="I49" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="J49" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L49" s="5"/>
-      <c r="M49" s="5"/>
+      <c r="L49" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="M49" s="5" t="s">
+        <v>125</v>
+      </c>
       <c r="N49"/>
       <c r="O49"/>
       <c r="P49"/>
       <c r="Q49"/>
       <c r="R49"/>
       <c r="S49"/>
       <c r="T49"/>
       <c r="U49"/>
       <c r="V49"/>
       <c r="W49"/>
       <c r="X49"/>
       <c r="Y49"/>
       <c r="Z49"/>
     </row>
-    <row r="50" spans="1:26" customHeight="1" ht="59">
-[...4 lines deleted...]
-      <c r="E50" s="8"/>
+    <row r="50" spans="1:26" customHeight="1" ht="344">
+      <c r="A50" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="B50" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="C50" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="D50" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E50" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F50" s="5">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G50" s="5" t="s">
-        <v>186</v>
+        <v>128</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="J50" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L50" s="5"/>
-      <c r="M50" s="5"/>
+      <c r="L50" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M50" s="5" t="s">
+        <v>130</v>
+      </c>
       <c r="N50"/>
       <c r="O50"/>
       <c r="P50"/>
       <c r="Q50"/>
       <c r="R50"/>
       <c r="S50"/>
       <c r="T50"/>
       <c r="U50"/>
       <c r="V50"/>
       <c r="W50"/>
       <c r="X50"/>
       <c r="Y50"/>
       <c r="Z50"/>
     </row>
-    <row r="51" spans="1:26" customHeight="1" ht="57">
-[...4 lines deleted...]
-      <c r="E51" s="8"/>
+    <row r="51" spans="1:26" customHeight="1" ht="158.28571428571">
+      <c r="A51" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="B51" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="C51" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="D51" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E51" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F51" s="5">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G51" s="5" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="H51" s="5"/>
       <c r="I51" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L51" s="5"/>
-      <c r="M51" s="5"/>
+      <c r="L51" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="M51" s="5" t="s">
+        <v>136</v>
+      </c>
       <c r="N51"/>
       <c r="O51"/>
       <c r="P51"/>
       <c r="Q51"/>
       <c r="R51"/>
       <c r="S51"/>
       <c r="T51"/>
       <c r="U51"/>
       <c r="V51"/>
       <c r="W51"/>
       <c r="X51"/>
       <c r="Y51"/>
       <c r="Z51"/>
     </row>
-    <row r="52" spans="1:26" customHeight="1" ht="60">
+    <row r="52" spans="1:26" customHeight="1" ht="94">
       <c r="A52" s="8"/>
       <c r="B52" s="8"/>
       <c r="C52" s="8"/>
       <c r="D52" s="8"/>
       <c r="E52" s="8"/>
       <c r="F52" s="5">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G52" s="5" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="H52" s="5"/>
       <c r="I52" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J52" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="5"/>
       <c r="M52" s="5"/>
       <c r="N52"/>
       <c r="O52"/>
       <c r="P52"/>
       <c r="Q52"/>
       <c r="R52"/>
       <c r="S52"/>
       <c r="T52"/>
       <c r="U52"/>
       <c r="V52"/>
       <c r="W52"/>
       <c r="X52"/>
       <c r="Y52"/>
       <c r="Z52"/>
     </row>
-    <row r="53" spans="1:26" customHeight="1" ht="56">
+    <row r="53" spans="1:26" customHeight="1" ht="35">
       <c r="A53" s="8"/>
       <c r="B53" s="8"/>
       <c r="C53" s="8"/>
       <c r="D53" s="8"/>
       <c r="E53" s="8"/>
       <c r="F53" s="5">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="G53" s="5" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="H53" s="5"/>
       <c r="I53" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J53" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="5"/>
       <c r="M53" s="5"/>
       <c r="N53"/>
       <c r="O53"/>
       <c r="P53"/>
       <c r="Q53"/>
       <c r="R53"/>
       <c r="S53"/>
       <c r="T53"/>
       <c r="U53"/>
       <c r="V53"/>
       <c r="W53"/>
       <c r="X53"/>
       <c r="Y53"/>
       <c r="Z53"/>
     </row>
-    <row r="54" spans="1:26" customHeight="1" ht="57">
-[...4 lines deleted...]
-      <c r="E54" s="8"/>
+    <row r="54" spans="1:26" customHeight="1" ht="88.142857142857">
+      <c r="A54" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="B54" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="D54" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E54" s="8" t="s">
+        <v>20</v>
+      </c>
       <c r="F54" s="5">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G54" s="5" t="s">
-        <v>190</v>
+        <v>142</v>
       </c>
       <c r="H54" s="5" t="s">
-        <v>33</v>
+        <v>86</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>34</v>
+        <v>143</v>
       </c>
       <c r="J54" s="6" t="s">
-        <v>35</v>
+        <v>144</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L54" s="5"/>
-      <c r="M54" s="5"/>
+      <c r="L54" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="M54" s="5" t="s">
+        <v>146</v>
+      </c>
       <c r="N54"/>
       <c r="O54"/>
       <c r="P54"/>
       <c r="Q54"/>
       <c r="R54"/>
       <c r="S54"/>
       <c r="T54"/>
       <c r="U54"/>
       <c r="V54"/>
       <c r="W54"/>
       <c r="X54"/>
       <c r="Y54"/>
       <c r="Z54"/>
     </row>
-    <row r="55" spans="1:26" customHeight="1" ht="59">
-[...4 lines deleted...]
-      <c r="E55" s="8"/>
+    <row r="55" spans="1:26" customHeight="1" ht="361.57142857143">
+      <c r="A55" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="B55" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="D55" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E55" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F55" s="5">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G55" s="5" t="s">
-        <v>191</v>
+        <v>150</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="J55" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L55" s="5"/>
-      <c r="M55" s="5"/>
+      <c r="L55" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="M55" s="5" t="s">
+        <v>152</v>
+      </c>
       <c r="N55"/>
       <c r="O55"/>
       <c r="P55"/>
       <c r="Q55"/>
       <c r="R55"/>
       <c r="S55"/>
       <c r="T55"/>
       <c r="U55"/>
       <c r="V55"/>
       <c r="W55"/>
       <c r="X55"/>
       <c r="Y55"/>
       <c r="Z55"/>
     </row>
-    <row r="56" spans="1:26" customHeight="1" ht="57">
-[...4 lines deleted...]
-      <c r="E56" s="8"/>
+    <row r="56" spans="1:26" customHeight="1" ht="88.428571428571">
+      <c r="A56" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="B56" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="D56" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E56" s="8" t="s">
+        <v>156</v>
+      </c>
       <c r="F56" s="5">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="G56" s="5" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>33</v>
+        <v>86</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>34</v>
+        <v>158</v>
       </c>
       <c r="J56" s="6" t="s">
-        <v>35</v>
+        <v>159</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L56" s="5"/>
-      <c r="M56" s="5"/>
+      <c r="L56" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="M56" s="5" t="s">
+        <v>161</v>
+      </c>
       <c r="N56"/>
       <c r="O56"/>
       <c r="P56"/>
       <c r="Q56"/>
       <c r="R56"/>
       <c r="S56"/>
       <c r="T56"/>
       <c r="U56"/>
       <c r="V56"/>
       <c r="W56"/>
       <c r="X56"/>
       <c r="Y56"/>
       <c r="Z56"/>
     </row>
-    <row r="57" spans="1:26" customHeight="1" ht="56">
-[...4 lines deleted...]
-      <c r="E57" s="8"/>
+    <row r="57" spans="1:26" customHeight="1" ht="133.14285714286">
+      <c r="A57" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="B57" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="D57" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E57" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F57" s="5">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G57" s="5" t="s">
-        <v>193</v>
+        <v>164</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J57" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K57" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L57" s="5"/>
-      <c r="M57" s="5"/>
+      <c r="L57" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="M57" s="5" t="s">
+        <v>166</v>
+      </c>
       <c r="N57"/>
       <c r="O57"/>
       <c r="P57"/>
       <c r="Q57"/>
       <c r="R57"/>
       <c r="S57"/>
       <c r="T57"/>
       <c r="U57"/>
       <c r="V57"/>
       <c r="W57"/>
       <c r="X57"/>
       <c r="Y57"/>
       <c r="Z57"/>
     </row>
-    <row r="58" spans="1:26" customHeight="1" ht="57">
+    <row r="58" spans="1:26" customHeight="1" ht="30">
       <c r="A58" s="8"/>
       <c r="B58" s="8"/>
       <c r="C58" s="8"/>
       <c r="D58" s="8"/>
       <c r="E58" s="8"/>
       <c r="F58" s="5">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="G58" s="5" t="s">
-        <v>194</v>
+        <v>167</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J58" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K58" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="5"/>
       <c r="M58" s="5"/>
       <c r="N58"/>
       <c r="O58"/>
       <c r="P58"/>
       <c r="Q58"/>
       <c r="R58"/>
       <c r="S58"/>
       <c r="T58"/>
       <c r="U58"/>
       <c r="V58"/>
       <c r="W58"/>
       <c r="X58"/>
       <c r="Y58"/>
       <c r="Z58"/>
     </row>
-    <row r="59" spans="1:26" customHeight="1" ht="57">
-[...4 lines deleted...]
-      <c r="E59" s="8"/>
+    <row r="59" spans="1:26" customHeight="1" ht="309.14285714286">
+      <c r="A59" s="7" t="s">
+        <v>168</v>
+      </c>
+      <c r="B59" s="8" t="s">
+        <v>169</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>170</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E59" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F59" s="5">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="G59" s="5" t="s">
-        <v>195</v>
+        <v>171</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>34</v>
+        <v>172</v>
       </c>
       <c r="J59" s="6" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="K59" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L59" s="5"/>
-      <c r="M59" s="5"/>
+      <c r="L59" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="M59" s="5" t="s">
+        <v>175</v>
+      </c>
       <c r="N59"/>
       <c r="O59"/>
       <c r="P59"/>
       <c r="Q59"/>
       <c r="R59"/>
       <c r="S59"/>
       <c r="T59"/>
       <c r="U59"/>
       <c r="V59"/>
       <c r="W59"/>
       <c r="X59"/>
       <c r="Y59"/>
       <c r="Z59"/>
     </row>
-    <row r="60" spans="1:26" customHeight="1" ht="56">
-[...4 lines deleted...]
-      <c r="E60" s="8"/>
+    <row r="60" spans="1:26" customHeight="1" ht="192.14285714286">
+      <c r="A60" s="7" t="s">
+        <v>176</v>
+      </c>
+      <c r="B60" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>177</v>
+      </c>
+      <c r="D60" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E60" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F60" s="5">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="G60" s="5" t="s">
-        <v>196</v>
+        <v>178</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>34</v>
+        <v>179</v>
       </c>
       <c r="J60" s="6" t="s">
-        <v>35</v>
+        <v>180</v>
       </c>
       <c r="K60" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L60" s="5"/>
-      <c r="M60" s="5"/>
+      <c r="L60" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="M60" s="5" t="s">
+        <v>182</v>
+      </c>
       <c r="N60"/>
       <c r="O60"/>
       <c r="P60"/>
       <c r="Q60"/>
       <c r="R60"/>
       <c r="S60"/>
       <c r="T60"/>
       <c r="U60"/>
       <c r="V60"/>
       <c r="W60"/>
       <c r="X60"/>
       <c r="Y60"/>
       <c r="Z60"/>
     </row>
-    <row r="61" spans="1:26" customHeight="1" ht="57">
-[...4 lines deleted...]
-      <c r="E61" s="8"/>
+    <row r="61" spans="1:26" customHeight="1" ht="135.57142857143">
+      <c r="A61" s="7" t="s">
+        <v>183</v>
+      </c>
+      <c r="B61" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="D61" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E61" s="8" t="s">
+        <v>186</v>
+      </c>
       <c r="F61" s="5">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="G61" s="5" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>34</v>
+        <v>188</v>
       </c>
       <c r="J61" s="6" t="s">
-        <v>35</v>
+        <v>189</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L61" s="5"/>
-      <c r="M61" s="5"/>
+      <c r="L61" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="M61" s="5" t="s">
+        <v>191</v>
+      </c>
       <c r="N61"/>
       <c r="O61"/>
       <c r="P61"/>
       <c r="Q61"/>
       <c r="R61"/>
       <c r="S61"/>
       <c r="T61"/>
       <c r="U61"/>
       <c r="V61"/>
       <c r="W61"/>
       <c r="X61"/>
       <c r="Y61"/>
       <c r="Z61"/>
     </row>
-    <row r="62" spans="1:26" customHeight="1" ht="48">
+    <row r="62" spans="1:26" customHeight="1" ht="30">
       <c r="A62" s="8"/>
       <c r="B62" s="8"/>
       <c r="C62" s="8"/>
       <c r="D62" s="8"/>
       <c r="E62" s="8"/>
       <c r="F62" s="5">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="G62" s="5" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J62" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L62" s="5"/>
       <c r="M62" s="5"/>
       <c r="N62"/>
       <c r="O62"/>
       <c r="P62"/>
       <c r="Q62"/>
       <c r="R62"/>
       <c r="S62"/>
       <c r="T62"/>
       <c r="U62"/>
       <c r="V62"/>
       <c r="W62"/>
       <c r="X62"/>
       <c r="Y62"/>
       <c r="Z62"/>
     </row>
-    <row r="63" spans="1:26" customHeight="1" ht="61">
-[...4 lines deleted...]
-      <c r="E63" s="8"/>
+    <row r="63" spans="1:26" customHeight="1" ht="90.571428571429">
+      <c r="A63" s="7" t="s">
+        <v>183</v>
+      </c>
+      <c r="B63" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>194</v>
+      </c>
+      <c r="D63" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E63" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F63" s="5">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="G63" s="5" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="J63" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K63" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L63" s="5"/>
-      <c r="M63" s="5"/>
+      <c r="L63" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="M63" s="5" t="s">
+        <v>197</v>
+      </c>
       <c r="N63"/>
       <c r="O63"/>
       <c r="P63"/>
       <c r="Q63"/>
       <c r="R63"/>
       <c r="S63"/>
       <c r="T63"/>
       <c r="U63"/>
       <c r="V63"/>
       <c r="W63"/>
       <c r="X63"/>
       <c r="Y63"/>
       <c r="Z63"/>
     </row>
-    <row r="64" spans="1:26" customHeight="1" ht="59">
+    <row r="64" spans="1:26" customHeight="1" ht="30">
       <c r="A64" s="8"/>
       <c r="B64" s="8"/>
       <c r="C64" s="8"/>
       <c r="D64" s="8"/>
       <c r="E64" s="8"/>
       <c r="F64" s="5">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="G64" s="5" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="J64" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="5"/>
       <c r="M64" s="5"/>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64"/>
       <c r="Q64"/>
       <c r="R64"/>
       <c r="S64"/>
       <c r="T64"/>
       <c r="U64"/>
       <c r="V64"/>
       <c r="W64"/>
       <c r="X64"/>
       <c r="Y64"/>
       <c r="Z64"/>
     </row>
-    <row r="65" spans="1:26" customHeight="1" ht="58">
+    <row r="65" spans="1:26" customHeight="1" ht="30">
       <c r="A65" s="8"/>
       <c r="B65" s="8"/>
       <c r="C65" s="8"/>
       <c r="D65" s="8"/>
       <c r="E65" s="8"/>
       <c r="F65" s="5">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="G65" s="5" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="J65" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K65" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L65" s="5"/>
       <c r="M65" s="5"/>
       <c r="N65"/>
       <c r="O65"/>
       <c r="P65"/>
       <c r="Q65"/>
       <c r="R65"/>
       <c r="S65"/>
       <c r="T65"/>
       <c r="U65"/>
       <c r="V65"/>
       <c r="W65"/>
       <c r="X65"/>
       <c r="Y65"/>
       <c r="Z65"/>
     </row>
-    <row r="66" spans="1:26" customHeight="1" ht="48">
-[...4 lines deleted...]
-      <c r="E66" s="8"/>
+    <row r="66" spans="1:26" customHeight="1" ht="90.428571428571">
+      <c r="A66" s="7" t="s">
+        <v>200</v>
+      </c>
+      <c r="B66" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="D66" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E66" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F66" s="5">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="G66" s="5" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="H66" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>34</v>
+        <v>203</v>
       </c>
       <c r="J66" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K66" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L66" s="5"/>
-      <c r="M66" s="5"/>
+      <c r="L66" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="M66" s="5" t="s">
+        <v>205</v>
+      </c>
       <c r="N66"/>
       <c r="O66"/>
       <c r="P66"/>
       <c r="Q66"/>
       <c r="R66"/>
       <c r="S66"/>
       <c r="T66"/>
       <c r="U66"/>
       <c r="V66"/>
       <c r="W66"/>
       <c r="X66"/>
       <c r="Y66"/>
       <c r="Z66"/>
     </row>
-    <row r="67" spans="1:26" customHeight="1" ht="47">
-[...4 lines deleted...]
-      <c r="E67" s="8"/>
+    <row r="67" spans="1:26" customHeight="1" ht="90.571428571429">
+      <c r="A67" s="7" t="s">
+        <v>206</v>
+      </c>
+      <c r="B67" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="C67" s="8" t="s">
+        <v>208</v>
+      </c>
+      <c r="D67" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E67" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F67" s="5">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="G67" s="5" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="H67" s="5" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="J67" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K67" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L67" s="5"/>
-      <c r="M67" s="5"/>
+      <c r="L67" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="M67" s="5" t="s">
+        <v>211</v>
+      </c>
       <c r="N67"/>
       <c r="O67"/>
       <c r="P67"/>
       <c r="Q67"/>
       <c r="R67"/>
       <c r="S67"/>
       <c r="T67"/>
       <c r="U67"/>
       <c r="V67"/>
       <c r="W67"/>
       <c r="X67"/>
       <c r="Y67"/>
       <c r="Z67"/>
     </row>
-    <row r="68" spans="1:26" customHeight="1" ht="57">
+    <row r="68" spans="1:26" customHeight="1" ht="30">
       <c r="A68" s="8"/>
       <c r="B68" s="8"/>
       <c r="C68" s="8"/>
       <c r="D68" s="8"/>
       <c r="E68" s="8"/>
       <c r="F68" s="5">
+        <v>2</v>
+      </c>
+      <c r="G68" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="H68" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="I68" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="G68" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J68" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K68" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="5"/>
       <c r="M68" s="5"/>
       <c r="N68"/>
       <c r="O68"/>
       <c r="P68"/>
       <c r="Q68"/>
       <c r="R68"/>
       <c r="S68"/>
       <c r="T68"/>
       <c r="U68"/>
       <c r="V68"/>
       <c r="W68"/>
       <c r="X68"/>
       <c r="Y68"/>
       <c r="Z68"/>
     </row>
-    <row r="69" spans="1:26" customHeight="1" ht="56">
-[...4 lines deleted...]
-      <c r="E69" s="8"/>
+    <row r="69" spans="1:26" customHeight="1" ht="226.28571428571">
+      <c r="A69" s="7" t="s">
+        <v>213</v>
+      </c>
+      <c r="B69" s="8" t="s">
+        <v>214</v>
+      </c>
+      <c r="C69" s="8" t="s">
+        <v>215</v>
+      </c>
+      <c r="D69" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E69" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F69" s="5">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="G69" s="5" t="s">
-        <v>204</v>
+        <v>216</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>34</v>
+        <v>217</v>
       </c>
       <c r="J69" s="6" t="s">
-        <v>35</v>
+        <v>218</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L69" s="5"/>
-      <c r="M69" s="5"/>
+      <c r="L69" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="M69" s="5" t="s">
+        <v>220</v>
+      </c>
       <c r="N69"/>
       <c r="O69"/>
       <c r="P69"/>
       <c r="Q69"/>
       <c r="R69"/>
       <c r="S69"/>
       <c r="T69"/>
       <c r="U69"/>
       <c r="V69"/>
       <c r="W69"/>
       <c r="X69"/>
       <c r="Y69"/>
       <c r="Z69"/>
     </row>
-    <row r="70" spans="1:26" customHeight="1" ht="47">
+    <row r="70" spans="1:26" customHeight="1" ht="33">
       <c r="A70" s="8"/>
       <c r="B70" s="8"/>
       <c r="C70" s="8"/>
       <c r="D70" s="8"/>
       <c r="E70" s="8"/>
       <c r="F70" s="5">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="G70" s="5" t="s">
-        <v>205</v>
+        <v>221</v>
       </c>
       <c r="H70" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>34</v>
+        <v>222</v>
       </c>
       <c r="J70" s="6" t="s">
-        <v>35</v>
+        <v>223</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="5"/>
       <c r="M70" s="5"/>
       <c r="N70"/>
       <c r="O70"/>
       <c r="P70"/>
       <c r="Q70"/>
       <c r="R70"/>
       <c r="S70"/>
       <c r="T70"/>
       <c r="U70"/>
       <c r="V70"/>
       <c r="W70"/>
       <c r="X70"/>
       <c r="Y70"/>
       <c r="Z70"/>
     </row>
-    <row r="71" spans="1:26" customHeight="1" ht="57">
+    <row r="71" spans="1:26" customHeight="1" ht="30">
       <c r="A71" s="8"/>
       <c r="B71" s="8"/>
       <c r="C71" s="8"/>
       <c r="D71" s="8"/>
       <c r="E71" s="8"/>
       <c r="F71" s="5">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="G71" s="5" t="s">
-        <v>206</v>
+        <v>224</v>
       </c>
       <c r="H71" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>34</v>
+        <v>225</v>
       </c>
       <c r="J71" s="6" t="s">
-        <v>35</v>
+        <v>226</v>
       </c>
       <c r="K71" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L71" s="5"/>
       <c r="M71" s="5"/>
       <c r="N71"/>
       <c r="O71"/>
       <c r="P71"/>
       <c r="Q71"/>
       <c r="R71"/>
       <c r="S71"/>
       <c r="T71"/>
       <c r="U71"/>
       <c r="V71"/>
       <c r="W71"/>
       <c r="X71"/>
       <c r="Y71"/>
       <c r="Z71"/>
     </row>
-    <row r="72" spans="1:26" customHeight="1" ht="56">
+    <row r="72" spans="1:26" customHeight="1" ht="33">
       <c r="A72" s="8"/>
       <c r="B72" s="8"/>
       <c r="C72" s="8"/>
       <c r="D72" s="8"/>
       <c r="E72" s="8"/>
       <c r="F72" s="5">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>207</v>
+        <v>227</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>34</v>
+        <v>222</v>
       </c>
       <c r="J72" s="6" t="s">
-        <v>35</v>
+        <v>228</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L72" s="5"/>
       <c r="M72" s="5"/>
       <c r="N72"/>
       <c r="O72"/>
       <c r="P72"/>
       <c r="Q72"/>
       <c r="R72"/>
       <c r="S72"/>
       <c r="T72"/>
       <c r="U72"/>
       <c r="V72"/>
       <c r="W72"/>
       <c r="X72"/>
       <c r="Y72"/>
       <c r="Z72"/>
     </row>
-    <row r="73" spans="1:26" customHeight="1" ht="40">
+    <row r="73" spans="1:26" customHeight="1" ht="33">
       <c r="A73" s="8"/>
       <c r="B73" s="8"/>
       <c r="C73" s="8"/>
       <c r="D73" s="8"/>
       <c r="E73" s="8"/>
       <c r="F73" s="5">
-        <v>28</v>
+        <v>5</v>
       </c>
       <c r="G73" s="5" t="s">
-        <v>208</v>
+        <v>229</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>34</v>
+        <v>222</v>
       </c>
       <c r="J73" s="6" t="s">
-        <v>35</v>
+        <v>230</v>
       </c>
       <c r="K73" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L73" s="5"/>
       <c r="M73" s="5"/>
       <c r="N73"/>
       <c r="O73"/>
       <c r="P73"/>
       <c r="Q73"/>
       <c r="R73"/>
       <c r="S73"/>
       <c r="T73"/>
       <c r="U73"/>
       <c r="V73"/>
       <c r="W73"/>
       <c r="X73"/>
       <c r="Y73"/>
       <c r="Z73"/>
     </row>
-    <row r="74" spans="1:26" customHeight="1" ht="40">
+    <row r="74" spans="1:26" customHeight="1" ht="33">
       <c r="A74" s="8"/>
       <c r="B74" s="8"/>
       <c r="C74" s="8"/>
       <c r="D74" s="8"/>
       <c r="E74" s="8"/>
       <c r="F74" s="5">
-        <v>29</v>
+        <v>6</v>
       </c>
       <c r="G74" s="5" t="s">
-        <v>209</v>
+        <v>231</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>34</v>
+        <v>222</v>
       </c>
       <c r="J74" s="6" t="s">
-        <v>35</v>
+        <v>232</v>
       </c>
       <c r="K74" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L74" s="5"/>
       <c r="M74" s="5"/>
       <c r="N74"/>
       <c r="O74"/>
       <c r="P74"/>
       <c r="Q74"/>
       <c r="R74"/>
       <c r="S74"/>
       <c r="T74"/>
       <c r="U74"/>
       <c r="V74"/>
       <c r="W74"/>
       <c r="X74"/>
       <c r="Y74"/>
       <c r="Z74"/>
     </row>
-    <row r="75" spans="1:26" customHeight="1" ht="42">
-[...4 lines deleted...]
-      <c r="E75" s="8"/>
+    <row r="75" spans="1:26" customHeight="1" ht="185.42857142857">
+      <c r="A75" s="7" t="s">
+        <v>233</v>
+      </c>
+      <c r="B75" s="8" t="s">
+        <v>234</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>235</v>
+      </c>
+      <c r="D75" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E75" s="8" t="s">
+        <v>20</v>
+      </c>
       <c r="F75" s="5">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="G75" s="5" t="s">
-        <v>210</v>
+        <v>236</v>
       </c>
       <c r="H75" s="5" t="s">
-        <v>33</v>
+        <v>86</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>34</v>
+        <v>237</v>
       </c>
       <c r="J75" s="6" t="s">
-        <v>35</v>
+        <v>238</v>
       </c>
       <c r="K75" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L75" s="5"/>
-      <c r="M75" s="5"/>
+      <c r="L75" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>240</v>
+      </c>
       <c r="N75"/>
       <c r="O75"/>
       <c r="P75"/>
       <c r="Q75"/>
       <c r="R75"/>
       <c r="S75"/>
       <c r="T75"/>
       <c r="U75"/>
       <c r="V75"/>
       <c r="W75"/>
       <c r="X75"/>
       <c r="Y75"/>
       <c r="Z75"/>
     </row>
-    <row r="76" spans="1:26" customHeight="1" ht="57">
-[...4 lines deleted...]
-      <c r="E76" s="8"/>
+    <row r="76" spans="1:26" customHeight="1" ht="288.85714285714">
+      <c r="A76" s="7" t="s">
+        <v>241</v>
+      </c>
+      <c r="B76" s="8" t="s">
+        <v>242</v>
+      </c>
+      <c r="C76" s="8" t="s">
+        <v>243</v>
+      </c>
+      <c r="D76" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E76" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F76" s="5">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="G76" s="5" t="s">
-        <v>211</v>
+        <v>244</v>
       </c>
       <c r="H76" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>34</v>
+        <v>245</v>
       </c>
       <c r="J76" s="6" t="s">
-        <v>35</v>
+        <v>246</v>
       </c>
       <c r="K76" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L76" s="5"/>
-      <c r="M76" s="5"/>
+      <c r="L76" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>248</v>
+      </c>
       <c r="N76"/>
       <c r="O76"/>
       <c r="P76"/>
       <c r="Q76"/>
       <c r="R76"/>
       <c r="S76"/>
       <c r="T76"/>
       <c r="U76"/>
       <c r="V76"/>
       <c r="W76"/>
       <c r="X76"/>
       <c r="Y76"/>
       <c r="Z76"/>
     </row>
-    <row r="77" spans="1:26" customHeight="1" ht="57">
+    <row r="77" spans="1:26" customHeight="1" ht="90">
       <c r="A77" s="8"/>
       <c r="B77" s="8"/>
       <c r="C77" s="8"/>
       <c r="D77" s="8"/>
       <c r="E77" s="8"/>
       <c r="F77" s="5">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="G77" s="5" t="s">
-        <v>212</v>
+        <v>249</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>34</v>
+        <v>250</v>
       </c>
       <c r="J77" s="6" t="s">
-        <v>35</v>
+        <v>251</v>
       </c>
       <c r="K77" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L77" s="5"/>
       <c r="M77" s="5"/>
       <c r="N77"/>
       <c r="O77"/>
       <c r="P77"/>
       <c r="Q77"/>
       <c r="R77"/>
       <c r="S77"/>
       <c r="T77"/>
       <c r="U77"/>
       <c r="V77"/>
       <c r="W77"/>
       <c r="X77"/>
       <c r="Y77"/>
       <c r="Z77"/>
     </row>
-    <row r="78" spans="1:26" customHeight="1" ht="57">
-[...4 lines deleted...]
-      <c r="E78" s="8"/>
+    <row r="78" spans="1:26" customHeight="1" ht="90.428571428571">
+      <c r="A78" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="B78" s="8" t="s">
+        <v>253</v>
+      </c>
+      <c r="C78" s="8" t="s">
+        <v>254</v>
+      </c>
+      <c r="D78" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E78" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F78" s="5">
-        <v>33</v>
+        <v>1</v>
       </c>
       <c r="G78" s="5" t="s">
-        <v>213</v>
+        <v>74</v>
       </c>
       <c r="H78" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>34</v>
+        <v>255</v>
       </c>
       <c r="J78" s="6" t="s">
-        <v>35</v>
+        <v>256</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L78" s="5"/>
-      <c r="M78" s="5"/>
+      <c r="L78" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="M78" s="5" t="s">
+        <v>258</v>
+      </c>
       <c r="N78"/>
       <c r="O78"/>
       <c r="P78"/>
       <c r="Q78"/>
       <c r="R78"/>
       <c r="S78"/>
       <c r="T78"/>
       <c r="U78"/>
       <c r="V78"/>
       <c r="W78"/>
       <c r="X78"/>
       <c r="Y78"/>
       <c r="Z78"/>
     </row>
-    <row r="79" spans="1:26" customHeight="1" ht="30">
-[...4 lines deleted...]
-      <c r="E79" s="8"/>
+    <row r="79" spans="1:26" customHeight="1" ht="509.57142857143">
+      <c r="A79" s="7" t="s">
+        <v>259</v>
+      </c>
+      <c r="B79" s="8" t="s">
+        <v>253</v>
+      </c>
+      <c r="C79" s="8" t="s">
+        <v>260</v>
+      </c>
+      <c r="D79" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E79" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F79" s="5">
-        <v>34</v>
+        <v>1</v>
       </c>
       <c r="G79" s="5" t="s">
-        <v>214</v>
+        <v>261</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>34</v>
+        <v>262</v>
       </c>
       <c r="J79" s="6" t="s">
-        <v>35</v>
+        <v>263</v>
       </c>
       <c r="K79" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L79" s="5"/>
-      <c r="M79" s="5"/>
+      <c r="L79" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="M79" s="5" t="s">
+        <v>265</v>
+      </c>
       <c r="N79"/>
       <c r="O79"/>
       <c r="P79"/>
       <c r="Q79"/>
       <c r="R79"/>
       <c r="S79"/>
       <c r="T79"/>
       <c r="U79"/>
       <c r="V79"/>
       <c r="W79"/>
       <c r="X79"/>
       <c r="Y79"/>
       <c r="Z79"/>
     </row>
-    <row r="80" spans="1:26" customHeight="1" ht="30">
+    <row r="80" spans="1:26" customHeight="1" ht="48">
       <c r="A80" s="8"/>
       <c r="B80" s="8"/>
       <c r="C80" s="8"/>
       <c r="D80" s="8"/>
       <c r="E80" s="8"/>
       <c r="F80" s="5">
-        <v>35</v>
+        <v>2</v>
       </c>
       <c r="G80" s="5" t="s">
-        <v>215</v>
+        <v>266</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>34</v>
+        <v>203</v>
       </c>
       <c r="J80" s="6" t="s">
-        <v>35</v>
+        <v>267</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L80" s="5"/>
       <c r="M80" s="5"/>
       <c r="N80"/>
       <c r="O80"/>
       <c r="P80"/>
       <c r="Q80"/>
       <c r="R80"/>
       <c r="S80"/>
       <c r="T80"/>
       <c r="U80"/>
       <c r="V80"/>
       <c r="W80"/>
       <c r="X80"/>
       <c r="Y80"/>
       <c r="Z80"/>
     </row>
-    <row r="81" spans="1:26" customHeight="1" ht="90.571428571429">
-[...14 lines deleted...]
-      </c>
+    <row r="81" spans="1:26" customHeight="1" ht="37">
+      <c r="A81" s="8"/>
+      <c r="B81" s="8"/>
+      <c r="C81" s="8"/>
+      <c r="D81" s="8"/>
+      <c r="E81" s="8"/>
       <c r="F81" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G81" s="5" t="s">
-        <v>217</v>
+        <v>268</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>114</v>
+        <v>81</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>218</v>
+        <v>44</v>
       </c>
       <c r="J81" s="6" t="s">
-        <v>219</v>
+        <v>24</v>
       </c>
       <c r="K81" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L81" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L81" s="5"/>
+      <c r="M81" s="5"/>
       <c r="N81"/>
       <c r="O81"/>
       <c r="P81"/>
       <c r="Q81"/>
       <c r="R81"/>
       <c r="S81"/>
       <c r="T81"/>
       <c r="U81"/>
       <c r="V81"/>
       <c r="W81"/>
       <c r="X81"/>
       <c r="Y81"/>
       <c r="Z81"/>
     </row>
-    <row r="82" spans="1:26" customHeight="1" ht="30">
+    <row r="82" spans="1:26" customHeight="1" ht="51">
       <c r="A82" s="8"/>
       <c r="B82" s="8"/>
       <c r="C82" s="8"/>
       <c r="D82" s="8"/>
       <c r="E82" s="8"/>
       <c r="F82" s="5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G82" s="5" t="s">
-        <v>222</v>
+        <v>269</v>
       </c>
       <c r="H82" s="5" t="s">
-        <v>106</v>
+        <v>51</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>42</v>
+        <v>270</v>
       </c>
       <c r="J82" s="6" t="s">
-        <v>35</v>
+        <v>271</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L82" s="5"/>
       <c r="M82" s="5"/>
       <c r="N82"/>
       <c r="O82"/>
       <c r="P82"/>
       <c r="Q82"/>
       <c r="R82"/>
       <c r="S82"/>
       <c r="T82"/>
       <c r="U82"/>
       <c r="V82"/>
       <c r="W82"/>
       <c r="X82"/>
       <c r="Y82"/>
       <c r="Z82"/>
     </row>
-    <row r="83" spans="1:26" customHeight="1" ht="33">
+    <row r="83" spans="1:26" customHeight="1" ht="51">
       <c r="A83" s="8"/>
       <c r="B83" s="8"/>
       <c r="C83" s="8"/>
       <c r="D83" s="8"/>
       <c r="E83" s="8"/>
       <c r="F83" s="5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G83" s="5" t="s">
-        <v>223</v>
+        <v>272</v>
       </c>
       <c r="H83" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>224</v>
+        <v>270</v>
       </c>
       <c r="J83" s="6" t="s">
-        <v>225</v>
+        <v>273</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L83" s="5"/>
       <c r="M83" s="5"/>
       <c r="N83"/>
       <c r="O83"/>
       <c r="P83"/>
       <c r="Q83"/>
       <c r="R83"/>
       <c r="S83"/>
       <c r="T83"/>
       <c r="U83"/>
       <c r="V83"/>
       <c r="W83"/>
       <c r="X83"/>
       <c r="Y83"/>
       <c r="Z83"/>
     </row>
-    <row r="84" spans="1:26" customHeight="1" ht="91">
-[...14 lines deleted...]
-      </c>
+    <row r="84" spans="1:26" customHeight="1" ht="30">
+      <c r="A84" s="8"/>
+      <c r="B84" s="8"/>
+      <c r="C84" s="8"/>
+      <c r="D84" s="8"/>
+      <c r="E84" s="8"/>
       <c r="F84" s="5">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G84" s="5" t="s">
-        <v>229</v>
+        <v>274</v>
       </c>
       <c r="H84" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="J84" s="6" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="K84" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L84" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L84" s="5"/>
+      <c r="M84" s="5"/>
       <c r="N84"/>
       <c r="O84"/>
       <c r="P84"/>
       <c r="Q84"/>
       <c r="R84"/>
       <c r="S84"/>
       <c r="T84"/>
       <c r="U84"/>
       <c r="V84"/>
       <c r="W84"/>
       <c r="X84"/>
       <c r="Y84"/>
       <c r="Z84"/>
     </row>
-    <row r="85" spans="1:26" customHeight="1" ht="39">
-[...4 lines deleted...]
-      <c r="E85" s="8"/>
+    <row r="85" spans="1:26" customHeight="1" ht="1573.1428571429">
+      <c r="A85" s="7" t="s">
+        <v>276</v>
+      </c>
+      <c r="B85" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C85" s="8" t="s">
+        <v>278</v>
+      </c>
+      <c r="D85" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E85" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F85" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G85" s="5" t="s">
-        <v>234</v>
+        <v>279</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>230</v>
+        <v>23</v>
       </c>
       <c r="J85" s="6" t="s">
-        <v>235</v>
+        <v>24</v>
       </c>
       <c r="K85" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L85" s="5"/>
-      <c r="M85" s="5"/>
+      <c r="L85" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="M85" s="5" t="s">
+        <v>281</v>
+      </c>
       <c r="N85"/>
       <c r="O85"/>
       <c r="P85"/>
       <c r="Q85"/>
       <c r="R85"/>
       <c r="S85"/>
       <c r="T85"/>
       <c r="U85"/>
       <c r="V85"/>
       <c r="W85"/>
       <c r="X85"/>
       <c r="Y85"/>
       <c r="Z85"/>
     </row>
     <row r="86" spans="1:26" customHeight="1" ht="30">
       <c r="A86" s="8"/>
       <c r="B86" s="8"/>
       <c r="C86" s="8"/>
       <c r="D86" s="8"/>
       <c r="E86" s="8"/>
       <c r="F86" s="5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G86" s="5" t="s">
-        <v>236</v>
+        <v>282</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>237</v>
+        <v>23</v>
       </c>
       <c r="J86" s="6" t="s">
-        <v>238</v>
+        <v>24</v>
       </c>
       <c r="K86" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L86" s="5"/>
       <c r="M86" s="5"/>
       <c r="N86"/>
       <c r="O86"/>
       <c r="P86"/>
       <c r="Q86"/>
       <c r="R86"/>
       <c r="S86"/>
       <c r="T86"/>
       <c r="U86"/>
       <c r="V86"/>
       <c r="W86"/>
       <c r="X86"/>
       <c r="Y86"/>
       <c r="Z86"/>
     </row>
-    <row r="87" spans="1:26" customHeight="1" ht="39">
-[...4 lines deleted...]
-      <c r="E87" s="8"/>
+    <row r="87" spans="1:26" customHeight="1" ht="90.428571428571">
+      <c r="A87" s="7" t="s">
+        <v>283</v>
+      </c>
+      <c r="B87" s="8" t="s">
+        <v>284</v>
+      </c>
+      <c r="C87" s="8" t="s">
+        <v>285</v>
+      </c>
+      <c r="D87" s="8" t="s">
+        <v>286</v>
+      </c>
+      <c r="E87" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F87" s="5">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G87" s="5" t="s">
-        <v>239</v>
+        <v>287</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>114</v>
+        <v>288</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>230</v>
+        <v>44</v>
       </c>
       <c r="J87" s="6" t="s">
-        <v>240</v>
+        <v>24</v>
       </c>
       <c r="K87" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L87" s="5"/>
-      <c r="M87" s="5"/>
+      <c r="L87" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="M87" s="5" t="s">
+        <v>290</v>
+      </c>
       <c r="N87"/>
       <c r="O87"/>
       <c r="P87"/>
       <c r="Q87"/>
       <c r="R87"/>
       <c r="S87"/>
       <c r="T87"/>
       <c r="U87"/>
       <c r="V87"/>
       <c r="W87"/>
       <c r="X87"/>
       <c r="Y87"/>
       <c r="Z87"/>
     </row>
-    <row r="88" spans="1:26" customHeight="1" ht="30">
+    <row r="88" spans="1:26" customHeight="1" ht="41">
       <c r="A88" s="8"/>
       <c r="B88" s="8"/>
       <c r="C88" s="8"/>
       <c r="D88" s="8"/>
       <c r="E88" s="8"/>
       <c r="F88" s="5">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G88" s="5" t="s">
-        <v>241</v>
+        <v>291</v>
       </c>
       <c r="H88" s="5" t="s">
-        <v>114</v>
+        <v>288</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>242</v>
+        <v>44</v>
       </c>
       <c r="J88" s="6" t="s">
-        <v>243</v>
+        <v>24</v>
       </c>
       <c r="K88" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="5"/>
       <c r="M88" s="5"/>
       <c r="N88"/>
       <c r="O88"/>
       <c r="P88"/>
       <c r="Q88"/>
       <c r="R88"/>
       <c r="S88"/>
       <c r="T88"/>
       <c r="U88"/>
       <c r="V88"/>
       <c r="W88"/>
       <c r="X88"/>
       <c r="Y88"/>
       <c r="Z88"/>
     </row>
-    <row r="89" spans="1:26" customHeight="1" ht="39">
-[...4 lines deleted...]
-      <c r="E89" s="8"/>
+    <row r="89" spans="1:26" customHeight="1" ht="239.57142857143">
+      <c r="A89" s="7" t="s">
+        <v>292</v>
+      </c>
+      <c r="B89" s="8" t="s">
+        <v>293</v>
+      </c>
+      <c r="C89" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="D89" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E89" s="8" t="s">
+        <v>20</v>
+      </c>
       <c r="F89" s="5">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G89" s="5" t="s">
-        <v>244</v>
+        <v>295</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>114</v>
+        <v>43</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>230</v>
+        <v>44</v>
       </c>
       <c r="J89" s="6" t="s">
-        <v>245</v>
+        <v>24</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L89" s="5"/>
-      <c r="M89" s="5"/>
+      <c r="L89" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>297</v>
+      </c>
       <c r="N89"/>
       <c r="O89"/>
       <c r="P89"/>
       <c r="Q89"/>
       <c r="R89"/>
       <c r="S89"/>
       <c r="T89"/>
       <c r="U89"/>
       <c r="V89"/>
       <c r="W89"/>
       <c r="X89"/>
       <c r="Y89"/>
       <c r="Z89"/>
     </row>
-    <row r="90" spans="1:26" customHeight="1" ht="39">
+    <row r="90" spans="1:26" customHeight="1" ht="32">
       <c r="A90" s="8"/>
       <c r="B90" s="8"/>
       <c r="C90" s="8"/>
       <c r="D90" s="8"/>
       <c r="E90" s="8"/>
       <c r="F90" s="5">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G90" s="5" t="s">
-        <v>246</v>
+        <v>298</v>
       </c>
       <c r="H90" s="5" t="s">
-        <v>114</v>
+        <v>86</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>230</v>
+        <v>158</v>
       </c>
       <c r="J90" s="6" t="s">
-        <v>247</v>
+        <v>299</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L90" s="5"/>
       <c r="M90" s="5"/>
       <c r="N90"/>
       <c r="O90"/>
       <c r="P90"/>
       <c r="Q90"/>
       <c r="R90"/>
       <c r="S90"/>
       <c r="T90"/>
       <c r="U90"/>
       <c r="V90"/>
       <c r="W90"/>
       <c r="X90"/>
       <c r="Y90"/>
       <c r="Z90"/>
     </row>
-    <row r="91" spans="1:26" customHeight="1" ht="39">
+    <row r="91" spans="1:26" customHeight="1" ht="44">
       <c r="A91" s="8"/>
       <c r="B91" s="8"/>
       <c r="C91" s="8"/>
       <c r="D91" s="8"/>
       <c r="E91" s="8"/>
       <c r="F91" s="5">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="G91" s="5"/>
+        <v>3</v>
+      </c>
+      <c r="G91" s="5" t="s">
+        <v>300</v>
+      </c>
       <c r="H91" s="5" t="s">
-        <v>114</v>
+        <v>86</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>230</v>
+        <v>301</v>
       </c>
       <c r="J91" s="6" t="s">
-        <v>248</v>
+        <v>302</v>
       </c>
       <c r="K91" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L91" s="5"/>
       <c r="M91" s="5"/>
       <c r="N91"/>
       <c r="O91"/>
       <c r="P91"/>
       <c r="Q91"/>
       <c r="R91"/>
       <c r="S91"/>
       <c r="T91"/>
       <c r="U91"/>
       <c r="V91"/>
       <c r="W91"/>
       <c r="X91"/>
       <c r="Y91"/>
       <c r="Z91"/>
     </row>
-    <row r="92" spans="1:26" customHeight="1" ht="39">
-[...4 lines deleted...]
-      <c r="E92" s="8"/>
+    <row r="92" spans="1:26" customHeight="1" ht="203.28571428571">
+      <c r="A92" s="7" t="s">
+        <v>303</v>
+      </c>
+      <c r="B92" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="C92" s="8" t="s">
+        <v>304</v>
+      </c>
+      <c r="D92" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E92" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F92" s="5">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G92" s="5" t="s">
-        <v>249</v>
+        <v>305</v>
       </c>
       <c r="H92" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>230</v>
+        <v>306</v>
       </c>
       <c r="J92" s="6" t="s">
-        <v>250</v>
+        <v>307</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L92" s="5"/>
-      <c r="M92" s="5"/>
+      <c r="L92" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="M92" s="5" t="s">
+        <v>309</v>
+      </c>
       <c r="N92"/>
       <c r="O92"/>
       <c r="P92"/>
       <c r="Q92"/>
       <c r="R92"/>
       <c r="S92"/>
       <c r="T92"/>
       <c r="U92"/>
       <c r="V92"/>
       <c r="W92"/>
       <c r="X92"/>
       <c r="Y92"/>
       <c r="Z92"/>
     </row>
-    <row r="93" spans="1:26" customHeight="1" ht="39">
+    <row r="93" spans="1:26" customHeight="1" ht="33">
       <c r="A93" s="8"/>
       <c r="B93" s="8"/>
       <c r="C93" s="8"/>
       <c r="D93" s="8"/>
       <c r="E93" s="8"/>
       <c r="F93" s="5">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="G93" s="5" t="s">
-        <v>251</v>
+        <v>310</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>230</v>
+        <v>311</v>
       </c>
       <c r="J93" s="6" t="s">
-        <v>252</v>
+        <v>312</v>
       </c>
       <c r="K93" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L93" s="5"/>
       <c r="M93" s="5"/>
       <c r="N93"/>
       <c r="O93"/>
       <c r="P93"/>
       <c r="Q93"/>
       <c r="R93"/>
       <c r="S93"/>
       <c r="T93"/>
       <c r="U93"/>
       <c r="V93"/>
       <c r="W93"/>
       <c r="X93"/>
       <c r="Y93"/>
       <c r="Z93"/>
     </row>
-    <row r="94" spans="1:26" customHeight="1" ht="39">
-[...4 lines deleted...]
-      <c r="E94" s="8"/>
+    <row r="94" spans="1:26" customHeight="1" ht="90.571428571429">
+      <c r="A94" s="7" t="s">
+        <v>313</v>
+      </c>
+      <c r="B94" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="C94" s="8" t="s">
+        <v>314</v>
+      </c>
+      <c r="D94" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E94" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F94" s="5">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="G94" s="5" t="s">
-        <v>253</v>
+        <v>315</v>
       </c>
       <c r="H94" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>230</v>
+        <v>44</v>
       </c>
       <c r="J94" s="6" t="s">
-        <v>254</v>
+        <v>24</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L94" s="5"/>
-      <c r="M94" s="5"/>
+      <c r="L94" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="M94" s="5" t="s">
+        <v>317</v>
+      </c>
       <c r="N94"/>
       <c r="O94"/>
       <c r="P94"/>
       <c r="Q94"/>
       <c r="R94"/>
       <c r="S94"/>
       <c r="T94"/>
       <c r="U94"/>
       <c r="V94"/>
       <c r="W94"/>
       <c r="X94"/>
       <c r="Y94"/>
       <c r="Z94"/>
     </row>
-    <row r="95" spans="1:26" customHeight="1" ht="275.42857142857">
+    <row r="95" spans="1:26" customHeight="1" ht="681.71428571429">
       <c r="A95" s="7" t="s">
-        <v>255</v>
+        <v>318</v>
       </c>
       <c r="B95" s="8" t="s">
-        <v>256</v>
+        <v>319</v>
       </c>
       <c r="C95" s="8" t="s">
-        <v>257</v>
+        <v>320</v>
       </c>
       <c r="D95" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E95" s="8" t="s">
-        <v>62</v>
+        <v>116</v>
       </c>
       <c r="F95" s="5">
         <v>1</v>
       </c>
       <c r="G95" s="5" t="s">
-        <v>258</v>
+        <v>321</v>
       </c>
       <c r="H95" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>259</v>
+        <v>322</v>
       </c>
       <c r="J95" s="6" t="s">
-        <v>260</v>
+        <v>323</v>
       </c>
       <c r="K95" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L95" s="5" t="s">
-        <v>261</v>
+        <v>324</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>262</v>
+        <v>325</v>
       </c>
       <c r="N95"/>
       <c r="O95"/>
       <c r="P95"/>
       <c r="Q95"/>
       <c r="R95"/>
       <c r="S95"/>
       <c r="T95"/>
       <c r="U95"/>
       <c r="V95"/>
       <c r="W95"/>
       <c r="X95"/>
       <c r="Y95"/>
       <c r="Z95"/>
     </row>
-    <row r="96" spans="1:26" customHeight="1" ht="88.571428571429">
-[...14 lines deleted...]
-      </c>
+    <row r="96" spans="1:26" customHeight="1" ht="40">
+      <c r="A96" s="8"/>
+      <c r="B96" s="8"/>
+      <c r="C96" s="8"/>
+      <c r="D96" s="8"/>
+      <c r="E96" s="8"/>
       <c r="F96" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G96" s="5" t="s">
-        <v>266</v>
+        <v>326</v>
       </c>
       <c r="H96" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>34</v>
+        <v>322</v>
       </c>
       <c r="J96" s="6" t="s">
-        <v>35</v>
+        <v>327</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L96" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L96" s="5"/>
+      <c r="M96" s="5"/>
       <c r="N96"/>
       <c r="O96"/>
       <c r="P96"/>
       <c r="Q96"/>
       <c r="R96"/>
       <c r="S96"/>
       <c r="T96"/>
       <c r="U96"/>
       <c r="V96"/>
       <c r="W96"/>
       <c r="X96"/>
       <c r="Y96"/>
       <c r="Z96"/>
     </row>
-    <row r="97" spans="1:26" customHeight="1" ht="30">
+    <row r="97" spans="1:26" customHeight="1" ht="40">
       <c r="A97" s="8"/>
       <c r="B97" s="8"/>
       <c r="C97" s="8"/>
       <c r="D97" s="8"/>
       <c r="E97" s="8"/>
       <c r="F97" s="5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G97" s="5" t="s">
-        <v>269</v>
+        <v>328</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>34</v>
+        <v>322</v>
       </c>
       <c r="J97" s="6" t="s">
-        <v>35</v>
+        <v>329</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L97" s="5"/>
       <c r="M97" s="5"/>
       <c r="N97"/>
       <c r="O97"/>
       <c r="P97"/>
       <c r="Q97"/>
       <c r="R97"/>
       <c r="S97"/>
       <c r="T97"/>
       <c r="U97"/>
       <c r="V97"/>
       <c r="W97"/>
       <c r="X97"/>
       <c r="Y97"/>
       <c r="Z97"/>
     </row>
-    <row r="98" spans="1:26" customHeight="1" ht="30">
-[...4 lines deleted...]
-      <c r="E98" s="8"/>
+    <row r="98" spans="1:26" customHeight="1" ht="123">
+      <c r="A98" s="7" t="s">
+        <v>330</v>
+      </c>
+      <c r="B98" s="8" t="s">
+        <v>331</v>
+      </c>
+      <c r="C98" s="8" t="s">
+        <v>332</v>
+      </c>
+      <c r="D98" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E98" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F98" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G98" s="5" t="s">
-        <v>270</v>
+        <v>333</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J98" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K98" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L98" s="5"/>
-      <c r="M98" s="5"/>
+      <c r="L98" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="M98" s="5" t="s">
+        <v>335</v>
+      </c>
       <c r="N98"/>
       <c r="O98"/>
       <c r="P98"/>
       <c r="Q98"/>
       <c r="R98"/>
       <c r="S98"/>
       <c r="T98"/>
       <c r="U98"/>
       <c r="V98"/>
       <c r="W98"/>
       <c r="X98"/>
       <c r="Y98"/>
       <c r="Z98"/>
     </row>
-    <row r="99" spans="1:26" customHeight="1" ht="30">
-[...4 lines deleted...]
-      <c r="E99" s="8"/>
+    <row r="99" spans="1:26" customHeight="1" ht="227.85714285714">
+      <c r="A99" s="7" t="s">
+        <v>336</v>
+      </c>
+      <c r="B99" s="8" t="s">
+        <v>337</v>
+      </c>
+      <c r="C99" s="8" t="s">
+        <v>338</v>
+      </c>
+      <c r="D99" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E99" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F99" s="5">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G99" s="5" t="s">
-        <v>271</v>
+        <v>339</v>
       </c>
       <c r="H99" s="5" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="J99" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K99" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L99" s="5"/>
-      <c r="M99" s="5"/>
+      <c r="L99" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="M99" s="5" t="s">
+        <v>341</v>
+      </c>
       <c r="N99"/>
       <c r="O99"/>
       <c r="P99"/>
       <c r="Q99"/>
       <c r="R99"/>
       <c r="S99"/>
       <c r="T99"/>
       <c r="U99"/>
       <c r="V99"/>
       <c r="W99"/>
       <c r="X99"/>
       <c r="Y99"/>
       <c r="Z99"/>
     </row>
     <row r="100" spans="1:26" customHeight="1" ht="30">
       <c r="A100" s="8"/>
       <c r="B100" s="8"/>
       <c r="C100" s="8"/>
       <c r="D100" s="8"/>
       <c r="E100" s="8"/>
       <c r="F100" s="5">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G100" s="5" t="s">
-        <v>269</v>
+        <v>342</v>
       </c>
       <c r="H100" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>34</v>
+        <v>172</v>
       </c>
       <c r="J100" s="6" t="s">
-        <v>35</v>
+        <v>343</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L100" s="5"/>
       <c r="M100" s="5"/>
       <c r="N100"/>
       <c r="O100"/>
       <c r="P100"/>
       <c r="Q100"/>
       <c r="R100"/>
       <c r="S100"/>
       <c r="T100"/>
       <c r="U100"/>
       <c r="V100"/>
       <c r="W100"/>
       <c r="X100"/>
       <c r="Y100"/>
       <c r="Z100"/>
     </row>
-    <row r="101" spans="1:26" customHeight="1" ht="3699.2857142857">
-[...14 lines deleted...]
-      </c>
+    <row r="101" spans="1:26" customHeight="1" ht="35">
+      <c r="A101" s="8"/>
+      <c r="B101" s="8"/>
+      <c r="C101" s="8"/>
+      <c r="D101" s="8"/>
+      <c r="E101" s="8"/>
       <c r="F101" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G101" s="5" t="s">
-        <v>274</v>
+        <v>344</v>
       </c>
       <c r="H101" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>34</v>
+        <v>172</v>
       </c>
       <c r="J101" s="6" t="s">
-        <v>35</v>
+        <v>345</v>
       </c>
       <c r="K101" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L101" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L101" s="5"/>
+      <c r="M101" s="5"/>
       <c r="N101"/>
       <c r="O101"/>
       <c r="P101"/>
       <c r="Q101"/>
       <c r="R101"/>
       <c r="S101"/>
       <c r="T101"/>
       <c r="U101"/>
       <c r="V101"/>
       <c r="W101"/>
       <c r="X101"/>
       <c r="Y101"/>
       <c r="Z101"/>
     </row>
-    <row r="102" spans="1:26" customHeight="1" ht="179.57142857143">
-[...14 lines deleted...]
-      </c>
+    <row r="102" spans="1:26" customHeight="1" ht="30">
+      <c r="A102" s="8"/>
+      <c r="B102" s="8"/>
+      <c r="C102" s="8"/>
+      <c r="D102" s="8"/>
+      <c r="E102" s="8"/>
       <c r="F102" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G102" s="5" t="s">
-        <v>280</v>
+        <v>346</v>
       </c>
       <c r="H102" s="5" t="s">
-        <v>114</v>
+        <v>43</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>237</v>
+        <v>44</v>
       </c>
       <c r="J102" s="6" t="s">
-        <v>281</v>
+        <v>24</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L102" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L102" s="5"/>
+      <c r="M102" s="5"/>
       <c r="N102"/>
       <c r="O102"/>
       <c r="P102"/>
       <c r="Q102"/>
       <c r="R102"/>
       <c r="S102"/>
       <c r="T102"/>
       <c r="U102"/>
       <c r="V102"/>
       <c r="W102"/>
       <c r="X102"/>
       <c r="Y102"/>
       <c r="Z102"/>
     </row>
-    <row r="103" spans="1:26" customHeight="1" ht="30">
-[...4 lines deleted...]
-      <c r="E103" s="8"/>
+    <row r="103" spans="1:26" customHeight="1" ht="90.571428571429">
+      <c r="A103" s="7" t="s">
+        <v>347</v>
+      </c>
+      <c r="B103" s="8" t="s">
+        <v>348</v>
+      </c>
+      <c r="C103" s="8" t="s">
+        <v>349</v>
+      </c>
+      <c r="D103" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E103" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F103" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G103" s="5" t="s">
-        <v>90</v>
+        <v>350</v>
       </c>
       <c r="H103" s="5" t="s">
-        <v>84</v>
+        <v>51</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>42</v>
+        <v>351</v>
       </c>
       <c r="J103" s="6" t="s">
-        <v>35</v>
+        <v>352</v>
       </c>
       <c r="K103" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L103" s="5"/>
-      <c r="M103" s="5"/>
+      <c r="L103" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="M103" s="5" t="s">
+        <v>354</v>
+      </c>
       <c r="N103"/>
       <c r="O103"/>
       <c r="P103"/>
       <c r="Q103"/>
       <c r="R103"/>
       <c r="S103"/>
       <c r="T103"/>
       <c r="U103"/>
       <c r="V103"/>
       <c r="W103"/>
       <c r="X103"/>
       <c r="Y103"/>
       <c r="Z103"/>
     </row>
-    <row r="104" spans="1:26" customHeight="1" ht="30">
-[...4 lines deleted...]
-      <c r="E104" s="8"/>
+    <row r="104" spans="1:26" customHeight="1" ht="104.57142857143">
+      <c r="A104" s="7" t="s">
+        <v>355</v>
+      </c>
+      <c r="B104" s="8" t="s">
+        <v>356</v>
+      </c>
+      <c r="C104" s="8" t="s">
+        <v>357</v>
+      </c>
+      <c r="D104" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E104" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F104" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G104" s="5" t="s">
-        <v>93</v>
+        <v>358</v>
       </c>
       <c r="H104" s="5" t="s">
-        <v>284</v>
+        <v>43</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J104" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L104" s="5"/>
-      <c r="M104" s="5"/>
+      <c r="L104" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="M104" s="5" t="s">
+        <v>360</v>
+      </c>
       <c r="N104"/>
       <c r="O104"/>
       <c r="P104"/>
       <c r="Q104"/>
       <c r="R104"/>
       <c r="S104"/>
       <c r="T104"/>
       <c r="U104"/>
       <c r="V104"/>
       <c r="W104"/>
       <c r="X104"/>
       <c r="Y104"/>
       <c r="Z104"/>
     </row>
-    <row r="105" spans="1:26" customHeight="1" ht="45">
+    <row r="105" spans="1:26" customHeight="1" ht="37">
       <c r="A105" s="8"/>
       <c r="B105" s="8"/>
       <c r="C105" s="8"/>
       <c r="D105" s="8"/>
       <c r="E105" s="8"/>
       <c r="F105" s="5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G105" s="5" t="s">
-        <v>285</v>
+        <v>361</v>
       </c>
       <c r="H105" s="5" t="s">
-        <v>114</v>
+        <v>86</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>286</v>
+        <v>362</v>
       </c>
       <c r="J105" s="6" t="s">
-        <v>287</v>
+        <v>363</v>
       </c>
       <c r="K105" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L105" s="5"/>
       <c r="M105" s="5"/>
       <c r="N105"/>
       <c r="O105"/>
       <c r="P105"/>
       <c r="Q105"/>
       <c r="R105"/>
       <c r="S105"/>
       <c r="T105"/>
       <c r="U105"/>
       <c r="V105"/>
       <c r="W105"/>
       <c r="X105"/>
       <c r="Y105"/>
       <c r="Z105"/>
     </row>
-    <row r="106" spans="1:26" customHeight="1" ht="35">
-[...4 lines deleted...]
-      <c r="E106" s="8"/>
+    <row r="106" spans="1:26" customHeight="1" ht="1241.5714285714">
+      <c r="A106" s="7" t="s">
+        <v>355</v>
+      </c>
+      <c r="B106" s="8" t="s">
+        <v>348</v>
+      </c>
+      <c r="C106" s="8" t="s">
+        <v>364</v>
+      </c>
+      <c r="D106" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E106" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F106" s="5">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G106" s="5" t="s">
-        <v>94</v>
+        <v>365</v>
       </c>
       <c r="H106" s="5" t="s">
-        <v>84</v>
+        <v>51</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>42</v>
+        <v>366</v>
       </c>
       <c r="J106" s="6" t="s">
-        <v>35</v>
+        <v>367</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L106" s="5"/>
-      <c r="M106" s="5"/>
+      <c r="L106" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="M106" s="5" t="s">
+        <v>369</v>
+      </c>
       <c r="N106"/>
       <c r="O106"/>
       <c r="P106"/>
       <c r="Q106"/>
       <c r="R106"/>
       <c r="S106"/>
       <c r="T106"/>
       <c r="U106"/>
       <c r="V106"/>
       <c r="W106"/>
       <c r="X106"/>
       <c r="Y106"/>
       <c r="Z106"/>
     </row>
-    <row r="107" spans="1:26" customHeight="1" ht="44">
+    <row r="107" spans="1:26" customHeight="1" ht="76">
       <c r="A107" s="8"/>
       <c r="B107" s="8"/>
       <c r="C107" s="8"/>
       <c r="D107" s="8"/>
       <c r="E107" s="8"/>
       <c r="F107" s="5">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G107" s="5" t="s">
-        <v>288</v>
+        <v>370</v>
       </c>
       <c r="H107" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>289</v>
+        <v>366</v>
       </c>
       <c r="J107" s="6" t="s">
-        <v>290</v>
+        <v>371</v>
       </c>
       <c r="K107" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L107" s="5"/>
       <c r="M107" s="5"/>
       <c r="N107"/>
       <c r="O107"/>
       <c r="P107"/>
       <c r="Q107"/>
       <c r="R107"/>
       <c r="S107"/>
       <c r="T107"/>
       <c r="U107"/>
       <c r="V107"/>
       <c r="W107"/>
       <c r="X107"/>
       <c r="Y107"/>
       <c r="Z107"/>
     </row>
-    <row r="108" spans="1:26" customHeight="1" ht="30">
+    <row r="108" spans="1:26" customHeight="1" ht="76">
       <c r="A108" s="8"/>
       <c r="B108" s="8"/>
       <c r="C108" s="8"/>
       <c r="D108" s="8"/>
       <c r="E108" s="8"/>
       <c r="F108" s="5">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G108" s="5" t="s">
-        <v>95</v>
+        <v>372</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>84</v>
+        <v>51</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>42</v>
+        <v>366</v>
       </c>
       <c r="J108" s="6" t="s">
-        <v>35</v>
+        <v>371</v>
       </c>
       <c r="K108" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L108" s="5"/>
       <c r="M108" s="5"/>
       <c r="N108"/>
       <c r="O108"/>
       <c r="P108"/>
       <c r="Q108"/>
       <c r="R108"/>
       <c r="S108"/>
       <c r="T108"/>
       <c r="U108"/>
       <c r="V108"/>
       <c r="W108"/>
       <c r="X108"/>
       <c r="Y108"/>
       <c r="Z108"/>
     </row>
-    <row r="109" spans="1:26" customHeight="1" ht="98.571428571429">
+    <row r="109" spans="1:26" customHeight="1" ht="334">
       <c r="A109" s="7" t="s">
-        <v>291</v>
+        <v>373</v>
       </c>
       <c r="B109" s="8" t="s">
-        <v>292</v>
+        <v>374</v>
       </c>
       <c r="C109" s="8" t="s">
-        <v>293</v>
+        <v>375</v>
       </c>
       <c r="D109" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E109" s="8" t="s">
-        <v>62</v>
+        <v>116</v>
       </c>
       <c r="F109" s="5">
         <v>1</v>
       </c>
       <c r="G109" s="5" t="s">
-        <v>294</v>
+        <v>376</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>34</v>
+        <v>377</v>
       </c>
       <c r="J109" s="6" t="s">
-        <v>35</v>
+        <v>378</v>
       </c>
       <c r="K109" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L109" s="5" t="s">
-        <v>295</v>
+        <v>379</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>296</v>
+        <v>380</v>
       </c>
       <c r="N109"/>
       <c r="O109"/>
       <c r="P109"/>
       <c r="Q109"/>
       <c r="R109"/>
       <c r="S109"/>
       <c r="T109"/>
       <c r="U109"/>
       <c r="V109"/>
       <c r="W109"/>
       <c r="X109"/>
       <c r="Y109"/>
       <c r="Z109"/>
     </row>
-    <row r="110" spans="1:26" customHeight="1" ht="183">
+    <row r="110" spans="1:26" customHeight="1" ht="52">
       <c r="A110" s="8"/>
       <c r="B110" s="8"/>
       <c r="C110" s="8"/>
       <c r="D110" s="8"/>
       <c r="E110" s="8"/>
       <c r="F110" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G110" s="5" t="s">
-        <v>297</v>
+        <v>381</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>298</v>
+        <v>382</v>
       </c>
       <c r="J110" s="6" t="s">
-        <v>299</v>
+        <v>383</v>
       </c>
       <c r="K110" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L110" s="5"/>
       <c r="M110" s="5"/>
       <c r="N110"/>
       <c r="O110"/>
       <c r="P110"/>
       <c r="Q110"/>
       <c r="R110"/>
       <c r="S110"/>
       <c r="T110"/>
       <c r="U110"/>
       <c r="V110"/>
       <c r="W110"/>
       <c r="X110"/>
       <c r="Y110"/>
       <c r="Z110"/>
     </row>
-    <row r="111" spans="1:26" customHeight="1" ht="99.428571428571">
+    <row r="111" spans="1:26" customHeight="1" ht="589.42857142857">
       <c r="A111" s="7" t="s">
-        <v>300</v>
+        <v>384</v>
       </c>
       <c r="B111" s="8" t="s">
-        <v>301</v>
+        <v>385</v>
       </c>
       <c r="C111" s="8" t="s">
-        <v>302</v>
+        <v>386</v>
       </c>
       <c r="D111" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E111" s="8" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F111" s="5">
         <v>1</v>
       </c>
       <c r="G111" s="5" t="s">
-        <v>303</v>
+        <v>387</v>
       </c>
       <c r="H111" s="5" t="s">
-        <v>114</v>
+        <v>86</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>304</v>
+        <v>388</v>
       </c>
       <c r="J111" s="6" t="s">
-        <v>305</v>
+        <v>389</v>
       </c>
       <c r="K111" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L111" s="5" t="s">
-        <v>306</v>
+        <v>390</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>307</v>
+        <v>391</v>
       </c>
       <c r="N111"/>
       <c r="O111"/>
       <c r="P111"/>
       <c r="Q111"/>
       <c r="R111"/>
       <c r="S111"/>
       <c r="T111"/>
       <c r="U111"/>
       <c r="V111"/>
       <c r="W111"/>
       <c r="X111"/>
       <c r="Y111"/>
       <c r="Z111"/>
     </row>
-    <row r="112" spans="1:26" customHeight="1" ht="42">
+    <row r="112" spans="1:26" customHeight="1" ht="30">
       <c r="A112" s="8"/>
       <c r="B112" s="8"/>
       <c r="C112" s="8"/>
       <c r="D112" s="8"/>
       <c r="E112" s="8"/>
       <c r="F112" s="5">
         <v>2</v>
       </c>
       <c r="G112" s="5" t="s">
-        <v>308</v>
+        <v>392</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>114</v>
+        <v>86</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>304</v>
+        <v>393</v>
       </c>
       <c r="J112" s="6" t="s">
-        <v>309</v>
+        <v>394</v>
       </c>
       <c r="K112" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L112" s="5"/>
       <c r="M112" s="5"/>
       <c r="N112"/>
       <c r="O112"/>
       <c r="P112"/>
       <c r="Q112"/>
       <c r="R112"/>
       <c r="S112"/>
       <c r="T112"/>
       <c r="U112"/>
       <c r="V112"/>
       <c r="W112"/>
       <c r="X112"/>
       <c r="Y112"/>
       <c r="Z112"/>
     </row>
-    <row r="113" spans="1:26" customHeight="1" ht="42">
+    <row r="113" spans="1:26" customHeight="1" ht="30">
       <c r="A113" s="8"/>
       <c r="B113" s="8"/>
       <c r="C113" s="8"/>
       <c r="D113" s="8"/>
       <c r="E113" s="8"/>
       <c r="F113" s="5">
         <v>3</v>
       </c>
       <c r="G113" s="5" t="s">
-        <v>310</v>
+        <v>395</v>
       </c>
       <c r="H113" s="5" t="s">
-        <v>114</v>
+        <v>86</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>304</v>
+        <v>396</v>
       </c>
       <c r="J113" s="6" t="s">
-        <v>311</v>
+        <v>397</v>
       </c>
       <c r="K113" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L113" s="5"/>
       <c r="M113" s="5"/>
       <c r="N113"/>
       <c r="O113"/>
       <c r="P113"/>
       <c r="Q113"/>
       <c r="R113"/>
       <c r="S113"/>
       <c r="T113"/>
       <c r="U113"/>
       <c r="V113"/>
       <c r="W113"/>
       <c r="X113"/>
       <c r="Y113"/>
       <c r="Z113"/>
     </row>
-    <row r="114" spans="1:26" customHeight="1" ht="42">
+    <row r="114" spans="1:26" customHeight="1" ht="50">
       <c r="A114" s="8"/>
       <c r="B114" s="8"/>
       <c r="C114" s="8"/>
       <c r="D114" s="8"/>
       <c r="E114" s="8"/>
       <c r="F114" s="5">
         <v>4</v>
       </c>
       <c r="G114" s="5" t="s">
-        <v>312</v>
+        <v>398</v>
       </c>
       <c r="H114" s="5" t="s">
-        <v>114</v>
+        <v>86</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>304</v>
+        <v>399</v>
       </c>
       <c r="J114" s="6" t="s">
-        <v>313</v>
+        <v>400</v>
       </c>
       <c r="K114" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L114" s="5"/>
       <c r="M114" s="5"/>
       <c r="N114"/>
       <c r="O114"/>
       <c r="P114"/>
       <c r="Q114"/>
       <c r="R114"/>
       <c r="S114"/>
       <c r="T114"/>
       <c r="U114"/>
       <c r="V114"/>
       <c r="W114"/>
       <c r="X114"/>
       <c r="Y114"/>
       <c r="Z114"/>
     </row>
-    <row r="115" spans="1:26" customHeight="1" ht="30">
-[...4 lines deleted...]
-      <c r="E115" s="8"/>
+    <row r="115" spans="1:26" customHeight="1" ht="1456.1428571429">
+      <c r="A115" s="7" t="s">
+        <v>401</v>
+      </c>
+      <c r="B115" s="8" t="s">
+        <v>402</v>
+      </c>
+      <c r="C115" s="8" t="s">
+        <v>403</v>
+      </c>
+      <c r="D115" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E115" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F115" s="5">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G115" s="5" t="s">
-        <v>314</v>
+        <v>404</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>106</v>
+        <v>51</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>42</v>
+        <v>405</v>
       </c>
       <c r="J115" s="6" t="s">
-        <v>35</v>
+        <v>406</v>
       </c>
       <c r="K115" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L115" s="5"/>
-      <c r="M115" s="5"/>
+      <c r="L115" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="M115" s="5" t="s">
+        <v>408</v>
+      </c>
       <c r="N115"/>
       <c r="O115"/>
       <c r="P115"/>
       <c r="Q115"/>
       <c r="R115"/>
       <c r="S115"/>
       <c r="T115"/>
       <c r="U115"/>
       <c r="V115"/>
       <c r="W115"/>
       <c r="X115"/>
       <c r="Y115"/>
       <c r="Z115"/>
     </row>
-    <row r="116" spans="1:26" customHeight="1" ht="42">
+    <row r="116" spans="1:26" customHeight="1" ht="50">
       <c r="A116" s="8"/>
       <c r="B116" s="8"/>
       <c r="C116" s="8"/>
       <c r="D116" s="8"/>
       <c r="E116" s="8"/>
       <c r="F116" s="5">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G116" s="5" t="s">
-        <v>315</v>
+        <v>409</v>
       </c>
       <c r="H116" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>304</v>
+        <v>405</v>
       </c>
       <c r="J116" s="6" t="s">
-        <v>316</v>
+        <v>410</v>
       </c>
       <c r="K116" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L116" s="5"/>
       <c r="M116" s="5"/>
       <c r="N116"/>
       <c r="O116"/>
       <c r="P116"/>
       <c r="Q116"/>
       <c r="R116"/>
       <c r="S116"/>
       <c r="T116"/>
       <c r="U116"/>
       <c r="V116"/>
       <c r="W116"/>
       <c r="X116"/>
       <c r="Y116"/>
       <c r="Z116"/>
     </row>
-    <row r="117" spans="1:26" customHeight="1" ht="42">
-[...4 lines deleted...]
-      <c r="E117" s="8"/>
+    <row r="117" spans="1:26" customHeight="1" ht="90.285714285714">
+      <c r="A117" s="7" t="s">
+        <v>411</v>
+      </c>
+      <c r="B117" s="8" t="s">
+        <v>412</v>
+      </c>
+      <c r="C117" s="8" t="s">
+        <v>413</v>
+      </c>
+      <c r="D117" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E117" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F117" s="5">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G117" s="5" t="s">
-        <v>317</v>
+        <v>414</v>
       </c>
       <c r="H117" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>304</v>
+        <v>415</v>
       </c>
       <c r="J117" s="6" t="s">
-        <v>318</v>
+        <v>416</v>
       </c>
       <c r="K117" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L117" s="5"/>
-      <c r="M117" s="5"/>
+      <c r="L117" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="M117" s="5" t="s">
+        <v>418</v>
+      </c>
       <c r="N117"/>
       <c r="O117"/>
       <c r="P117"/>
       <c r="Q117"/>
       <c r="R117"/>
       <c r="S117"/>
       <c r="T117"/>
       <c r="U117"/>
       <c r="V117"/>
       <c r="W117"/>
       <c r="X117"/>
       <c r="Y117"/>
       <c r="Z117"/>
     </row>
-    <row r="118" spans="1:26" customHeight="1" ht="42">
-[...4 lines deleted...]
-      <c r="E118" s="8"/>
+    <row r="118" spans="1:26" customHeight="1" ht="130">
+      <c r="A118" s="7" t="s">
+        <v>419</v>
+      </c>
+      <c r="B118" s="8" t="s">
+        <v>420</v>
+      </c>
+      <c r="C118" s="8" t="s">
+        <v>421</v>
+      </c>
+      <c r="D118" s="8" t="s">
+        <v>422</v>
+      </c>
+      <c r="E118" s="8" t="s">
+        <v>423</v>
+      </c>
       <c r="F118" s="5">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G118" s="5" t="s">
-        <v>319</v>
+        <v>424</v>
       </c>
       <c r="H118" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>304</v>
+        <v>425</v>
       </c>
       <c r="J118" s="6" t="s">
-        <v>320</v>
+        <v>426</v>
       </c>
       <c r="K118" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L118" s="5"/>
-      <c r="M118" s="5"/>
+      <c r="L118" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="M118" s="5" t="s">
+        <v>428</v>
+      </c>
       <c r="N118"/>
       <c r="O118"/>
       <c r="P118"/>
       <c r="Q118"/>
       <c r="R118"/>
       <c r="S118"/>
       <c r="T118"/>
       <c r="U118"/>
       <c r="V118"/>
       <c r="W118"/>
       <c r="X118"/>
       <c r="Y118"/>
       <c r="Z118"/>
     </row>
-    <row r="119" spans="1:26" customHeight="1" ht="42">
-[...4 lines deleted...]
-      <c r="E119" s="8"/>
+    <row r="119" spans="1:26" customHeight="1" ht="90.285714285714">
+      <c r="A119" s="7" t="s">
+        <v>429</v>
+      </c>
+      <c r="B119" s="8" t="s">
+        <v>430</v>
+      </c>
+      <c r="C119" s="8" t="s">
+        <v>431</v>
+      </c>
+      <c r="D119" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E119" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F119" s="5">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="G119" s="5"/>
+      <c r="H119" s="5"/>
       <c r="I119" s="5" t="s">
-        <v>304</v>
+        <v>44</v>
       </c>
       <c r="J119" s="6" t="s">
-        <v>322</v>
+        <v>24</v>
       </c>
       <c r="K119" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L119" s="5"/>
-      <c r="M119" s="5"/>
+      <c r="L119" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="M119" s="5" t="s">
+        <v>433</v>
+      </c>
       <c r="N119"/>
       <c r="O119"/>
       <c r="P119"/>
       <c r="Q119"/>
       <c r="R119"/>
       <c r="S119"/>
       <c r="T119"/>
       <c r="U119"/>
       <c r="V119"/>
       <c r="W119"/>
       <c r="X119"/>
       <c r="Y119"/>
       <c r="Z119"/>
     </row>
-    <row r="120" spans="1:26" customHeight="1" ht="42">
+    <row r="120" spans="1:26" customHeight="1" ht="41">
       <c r="A120" s="8"/>
       <c r="B120" s="8"/>
       <c r="C120" s="8"/>
       <c r="D120" s="8"/>
       <c r="E120" s="8"/>
       <c r="F120" s="5">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G120" s="5" t="s">
-        <v>323</v>
+        <v>434</v>
       </c>
       <c r="H120" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I120" s="5" t="s">
-        <v>304</v>
+        <v>23</v>
       </c>
       <c r="J120" s="6" t="s">
-        <v>324</v>
+        <v>24</v>
       </c>
       <c r="K120" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L120" s="5"/>
       <c r="M120" s="5"/>
       <c r="N120"/>
       <c r="O120"/>
       <c r="P120"/>
       <c r="Q120"/>
       <c r="R120"/>
       <c r="S120"/>
       <c r="T120"/>
       <c r="U120"/>
       <c r="V120"/>
       <c r="W120"/>
       <c r="X120"/>
       <c r="Y120"/>
       <c r="Z120"/>
     </row>
-    <row r="121" spans="1:26" customHeight="1" ht="42">
+    <row r="121" spans="1:26" customHeight="1" ht="41">
       <c r="A121" s="8"/>
       <c r="B121" s="8"/>
       <c r="C121" s="8"/>
       <c r="D121" s="8"/>
       <c r="E121" s="8"/>
       <c r="F121" s="5">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="G121" s="5" t="s">
-        <v>325</v>
+        <v>434</v>
       </c>
       <c r="H121" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>304</v>
+        <v>435</v>
       </c>
       <c r="J121" s="6" t="s">
-        <v>326</v>
+        <v>436</v>
       </c>
       <c r="K121" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L121" s="5"/>
       <c r="M121" s="5"/>
       <c r="N121"/>
       <c r="O121"/>
       <c r="P121"/>
       <c r="Q121"/>
       <c r="R121"/>
       <c r="S121"/>
       <c r="T121"/>
       <c r="U121"/>
       <c r="V121"/>
       <c r="W121"/>
       <c r="X121"/>
       <c r="Y121"/>
       <c r="Z121"/>
     </row>
-    <row r="122" spans="1:26" customHeight="1" ht="42">
-[...4 lines deleted...]
-      <c r="E122" s="8"/>
+    <row r="122" spans="1:26" customHeight="1" ht="88.857142857143">
+      <c r="A122" s="7" t="s">
+        <v>437</v>
+      </c>
+      <c r="B122" s="8" t="s">
+        <v>438</v>
+      </c>
+      <c r="C122" s="8" t="s">
+        <v>439</v>
+      </c>
+      <c r="D122" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E122" s="8" t="s">
+        <v>20</v>
+      </c>
       <c r="F122" s="5">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G122" s="5" t="s">
-        <v>327</v>
+        <v>440</v>
       </c>
       <c r="H122" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>304</v>
+        <v>23</v>
       </c>
       <c r="J122" s="6" t="s">
-        <v>328</v>
+        <v>24</v>
       </c>
       <c r="K122" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L122" s="5"/>
-      <c r="M122" s="5"/>
+      <c r="L122" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="M122" s="5" t="s">
+        <v>442</v>
+      </c>
       <c r="N122"/>
       <c r="O122"/>
       <c r="P122"/>
       <c r="Q122"/>
       <c r="R122"/>
       <c r="S122"/>
       <c r="T122"/>
       <c r="U122"/>
       <c r="V122"/>
       <c r="W122"/>
       <c r="X122"/>
       <c r="Y122"/>
       <c r="Z122"/>
     </row>
-    <row r="123" spans="1:26" customHeight="1" ht="35">
+    <row r="123" spans="1:26" customHeight="1" ht="42">
       <c r="A123" s="8"/>
       <c r="B123" s="8"/>
       <c r="C123" s="8"/>
       <c r="D123" s="8"/>
       <c r="E123" s="8"/>
       <c r="F123" s="5">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="G123" s="5" t="s">
-        <v>329</v>
+        <v>443</v>
       </c>
       <c r="H123" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>330</v>
+        <v>23</v>
       </c>
       <c r="J123" s="6" t="s">
-        <v>331</v>
+        <v>24</v>
       </c>
       <c r="K123" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L123" s="5"/>
       <c r="M123" s="5"/>
       <c r="N123"/>
       <c r="O123"/>
       <c r="P123"/>
       <c r="Q123"/>
       <c r="R123"/>
       <c r="S123"/>
       <c r="T123"/>
       <c r="U123"/>
       <c r="V123"/>
       <c r="W123"/>
       <c r="X123"/>
       <c r="Y123"/>
       <c r="Z123"/>
     </row>
-    <row r="124" spans="1:26" customHeight="1" ht="244.42857142857">
-[...14 lines deleted...]
-      </c>
+    <row r="124" spans="1:26" customHeight="1" ht="41">
+      <c r="A124" s="8"/>
+      <c r="B124" s="8"/>
+      <c r="C124" s="8"/>
+      <c r="D124" s="8"/>
+      <c r="E124" s="8"/>
       <c r="F124" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G124" s="5" t="s">
-        <v>334</v>
+        <v>444</v>
       </c>
       <c r="H124" s="5" t="s">
-        <v>335</v>
+        <v>22</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>336</v>
+        <v>23</v>
       </c>
       <c r="J124" s="6" t="s">
-        <v>337</v>
+        <v>24</v>
       </c>
       <c r="K124" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L124" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L124" s="5"/>
+      <c r="M124" s="5"/>
       <c r="N124"/>
       <c r="O124"/>
       <c r="P124"/>
       <c r="Q124"/>
       <c r="R124"/>
       <c r="S124"/>
       <c r="T124"/>
       <c r="U124"/>
       <c r="V124"/>
       <c r="W124"/>
       <c r="X124"/>
       <c r="Y124"/>
       <c r="Z124"/>
     </row>
-    <row r="125" spans="1:26" customHeight="1" ht="45">
+    <row r="125" spans="1:26" customHeight="1" ht="58">
       <c r="A125" s="8"/>
       <c r="B125" s="8"/>
       <c r="C125" s="8"/>
       <c r="D125" s="8"/>
       <c r="E125" s="8"/>
       <c r="F125" s="5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G125" s="5" t="s">
-        <v>340</v>
+        <v>445</v>
       </c>
       <c r="H125" s="5" t="s">
-        <v>335</v>
+        <v>22</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>341</v>
+        <v>23</v>
       </c>
       <c r="J125" s="6" t="s">
-        <v>342</v>
+        <v>24</v>
       </c>
       <c r="K125" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L125" s="5"/>
       <c r="M125" s="5"/>
       <c r="N125"/>
       <c r="O125"/>
       <c r="P125"/>
       <c r="Q125"/>
       <c r="R125"/>
       <c r="S125"/>
       <c r="T125"/>
       <c r="U125"/>
       <c r="V125"/>
       <c r="W125"/>
       <c r="X125"/>
       <c r="Y125"/>
       <c r="Z125"/>
     </row>
-    <row r="126" spans="1:26" customHeight="1" ht="40">
+    <row r="126" spans="1:26" customHeight="1" ht="59">
       <c r="A126" s="8"/>
       <c r="B126" s="8"/>
       <c r="C126" s="8"/>
       <c r="D126" s="8"/>
       <c r="E126" s="8"/>
       <c r="F126" s="5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G126" s="5" t="s">
-        <v>343</v>
+        <v>446</v>
       </c>
       <c r="H126" s="5" t="s">
-        <v>335</v>
+        <v>22</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>344</v>
+        <v>23</v>
       </c>
       <c r="J126" s="6" t="s">
-        <v>345</v>
+        <v>24</v>
       </c>
       <c r="K126" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L126" s="5"/>
       <c r="M126" s="5"/>
       <c r="N126"/>
       <c r="O126"/>
       <c r="P126"/>
       <c r="Q126"/>
       <c r="R126"/>
       <c r="S126"/>
       <c r="T126"/>
       <c r="U126"/>
       <c r="V126"/>
       <c r="W126"/>
       <c r="X126"/>
       <c r="Y126"/>
       <c r="Z126"/>
     </row>
-    <row r="127" spans="1:26" customHeight="1" ht="36">
+    <row r="127" spans="1:26" customHeight="1" ht="57">
       <c r="A127" s="8"/>
       <c r="B127" s="8"/>
       <c r="C127" s="8"/>
       <c r="D127" s="8"/>
       <c r="E127" s="8"/>
       <c r="F127" s="5">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G127" s="5" t="s">
-        <v>346</v>
+        <v>447</v>
       </c>
       <c r="H127" s="5" t="s">
-        <v>335</v>
+        <v>22</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>341</v>
+        <v>23</v>
       </c>
       <c r="J127" s="6" t="s">
-        <v>347</v>
+        <v>24</v>
       </c>
       <c r="K127" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L127" s="5"/>
       <c r="M127" s="5"/>
       <c r="N127"/>
       <c r="O127"/>
       <c r="P127"/>
       <c r="Q127"/>
       <c r="R127"/>
       <c r="S127"/>
       <c r="T127"/>
       <c r="U127"/>
       <c r="V127"/>
       <c r="W127"/>
       <c r="X127"/>
       <c r="Y127"/>
       <c r="Z127"/>
     </row>
-    <row r="128" spans="1:26" customHeight="1" ht="44">
+    <row r="128" spans="1:26" customHeight="1" ht="60">
       <c r="A128" s="8"/>
       <c r="B128" s="8"/>
       <c r="C128" s="8"/>
       <c r="D128" s="8"/>
       <c r="E128" s="8"/>
       <c r="F128" s="5">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G128" s="5" t="s">
-        <v>348</v>
+        <v>448</v>
       </c>
       <c r="H128" s="5" t="s">
-        <v>335</v>
+        <v>22</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>344</v>
+        <v>23</v>
       </c>
       <c r="J128" s="6" t="s">
-        <v>349</v>
+        <v>24</v>
       </c>
       <c r="K128" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L128" s="5"/>
       <c r="M128" s="5"/>
       <c r="N128"/>
       <c r="O128"/>
       <c r="P128"/>
       <c r="Q128"/>
       <c r="R128"/>
       <c r="S128"/>
       <c r="T128"/>
       <c r="U128"/>
       <c r="V128"/>
       <c r="W128"/>
       <c r="X128"/>
       <c r="Y128"/>
       <c r="Z128"/>
     </row>
-    <row r="129" spans="1:26" customHeight="1" ht="32">
+    <row r="129" spans="1:26" customHeight="1" ht="56">
       <c r="A129" s="8"/>
       <c r="B129" s="8"/>
       <c r="C129" s="8"/>
       <c r="D129" s="8"/>
       <c r="E129" s="8"/>
       <c r="F129" s="5">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="G129" s="5" t="s">
-        <v>350</v>
+        <v>449</v>
       </c>
       <c r="H129" s="5" t="s">
-        <v>335</v>
+        <v>22</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>351</v>
+        <v>23</v>
       </c>
       <c r="J129" s="6" t="s">
-        <v>352</v>
+        <v>24</v>
       </c>
       <c r="K129" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L129" s="5"/>
       <c r="M129" s="5"/>
       <c r="N129"/>
       <c r="O129"/>
       <c r="P129"/>
       <c r="Q129"/>
       <c r="R129"/>
       <c r="S129"/>
       <c r="T129"/>
       <c r="U129"/>
       <c r="V129"/>
       <c r="W129"/>
       <c r="X129"/>
       <c r="Y129"/>
       <c r="Z129"/>
     </row>
-    <row r="130" spans="1:26" customHeight="1" ht="113.28571428571">
-[...2 lines deleted...]
-      </c>
+    <row r="130" spans="1:26" customHeight="1" ht="57">
+      <c r="A130" s="8"/>
       <c r="B130" s="8"/>
-      <c r="C130" s="8" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="C130" s="8"/>
+      <c r="D130" s="8"/>
+      <c r="E130" s="8"/>
       <c r="F130" s="5">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G130" s="5" t="s">
-        <v>355</v>
+        <v>450</v>
       </c>
       <c r="H130" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>356</v>
+        <v>23</v>
       </c>
       <c r="J130" s="6" t="s">
-        <v>357</v>
+        <v>24</v>
       </c>
       <c r="K130" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L130" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L130" s="5"/>
+      <c r="M130" s="5"/>
       <c r="N130"/>
       <c r="O130"/>
       <c r="P130"/>
       <c r="Q130"/>
       <c r="R130"/>
       <c r="S130"/>
       <c r="T130"/>
       <c r="U130"/>
       <c r="V130"/>
       <c r="W130"/>
       <c r="X130"/>
       <c r="Y130"/>
       <c r="Z130"/>
     </row>
-    <row r="131" spans="1:26" customHeight="1" ht="30">
+    <row r="131" spans="1:26" customHeight="1" ht="59">
       <c r="A131" s="8"/>
       <c r="B131" s="8"/>
       <c r="C131" s="8"/>
       <c r="D131" s="8"/>
       <c r="E131" s="8"/>
       <c r="F131" s="5">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="G131" s="5" t="s">
-        <v>360</v>
+        <v>451</v>
       </c>
       <c r="H131" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>356</v>
+        <v>23</v>
       </c>
       <c r="J131" s="6" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="K131" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L131" s="5"/>
       <c r="M131" s="5"/>
       <c r="N131"/>
       <c r="O131"/>
       <c r="P131"/>
       <c r="Q131"/>
       <c r="R131"/>
       <c r="S131"/>
       <c r="T131"/>
       <c r="U131"/>
       <c r="V131"/>
       <c r="W131"/>
       <c r="X131"/>
       <c r="Y131"/>
       <c r="Z131"/>
     </row>
-    <row r="132" spans="1:26" customHeight="1" ht="41">
+    <row r="132" spans="1:26" customHeight="1" ht="57">
       <c r="A132" s="8"/>
       <c r="B132" s="8"/>
       <c r="C132" s="8"/>
       <c r="D132" s="8"/>
       <c r="E132" s="8"/>
       <c r="F132" s="5">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="G132" s="5" t="s">
-        <v>362</v>
+        <v>452</v>
       </c>
       <c r="H132" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>363</v>
+        <v>23</v>
       </c>
       <c r="J132" s="6" t="s">
-        <v>364</v>
+        <v>24</v>
       </c>
       <c r="K132" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L132" s="5"/>
       <c r="M132" s="5"/>
       <c r="N132"/>
       <c r="O132"/>
       <c r="P132"/>
       <c r="Q132"/>
       <c r="R132"/>
       <c r="S132"/>
       <c r="T132"/>
       <c r="U132"/>
       <c r="V132"/>
       <c r="W132"/>
       <c r="X132"/>
       <c r="Y132"/>
       <c r="Z132"/>
     </row>
-    <row r="133" spans="1:26" customHeight="1" ht="41">
+    <row r="133" spans="1:26" customHeight="1" ht="56">
       <c r="A133" s="8"/>
       <c r="B133" s="8"/>
       <c r="C133" s="8"/>
       <c r="D133" s="8"/>
       <c r="E133" s="8"/>
       <c r="F133" s="5">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="G133" s="5" t="s">
-        <v>365</v>
+        <v>453</v>
       </c>
       <c r="H133" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>363</v>
+        <v>23</v>
       </c>
       <c r="J133" s="6" t="s">
-        <v>366</v>
+        <v>24</v>
       </c>
       <c r="K133" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L133" s="5"/>
       <c r="M133" s="5"/>
       <c r="N133"/>
       <c r="O133"/>
       <c r="P133"/>
       <c r="Q133"/>
       <c r="R133"/>
       <c r="S133"/>
       <c r="T133"/>
       <c r="U133"/>
       <c r="V133"/>
       <c r="W133"/>
       <c r="X133"/>
       <c r="Y133"/>
       <c r="Z133"/>
     </row>
-    <row r="134" spans="1:26" customHeight="1" ht="30">
+    <row r="134" spans="1:26" customHeight="1" ht="57">
       <c r="A134" s="8"/>
       <c r="B134" s="8"/>
       <c r="C134" s="8"/>
       <c r="D134" s="8"/>
       <c r="E134" s="8"/>
       <c r="F134" s="5">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="G134" s="5" t="s">
-        <v>367</v>
+        <v>454</v>
       </c>
       <c r="H134" s="5" t="s">
-        <v>106</v>
+        <v>22</v>
       </c>
       <c r="I134" s="5" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="J134" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K134" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L134" s="5"/>
       <c r="M134" s="5"/>
       <c r="N134"/>
       <c r="O134"/>
       <c r="P134"/>
       <c r="Q134"/>
       <c r="R134"/>
       <c r="S134"/>
       <c r="T134"/>
       <c r="U134"/>
       <c r="V134"/>
       <c r="W134"/>
       <c r="X134"/>
       <c r="Y134"/>
       <c r="Z134"/>
     </row>
-    <row r="135" spans="1:26" customHeight="1" ht="30">
+    <row r="135" spans="1:26" customHeight="1" ht="57">
       <c r="A135" s="8"/>
       <c r="B135" s="8"/>
       <c r="C135" s="8"/>
       <c r="D135" s="8"/>
       <c r="E135" s="8"/>
       <c r="F135" s="5">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="G135" s="5" t="s">
-        <v>368</v>
+        <v>455</v>
       </c>
       <c r="H135" s="5" t="s">
-        <v>106</v>
+        <v>22</v>
       </c>
       <c r="I135" s="5" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="J135" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K135" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L135" s="5"/>
       <c r="M135" s="5"/>
       <c r="N135"/>
       <c r="O135"/>
       <c r="P135"/>
       <c r="Q135"/>
       <c r="R135"/>
       <c r="S135"/>
       <c r="T135"/>
       <c r="U135"/>
       <c r="V135"/>
       <c r="W135"/>
       <c r="X135"/>
       <c r="Y135"/>
       <c r="Z135"/>
     </row>
-    <row r="136" spans="1:26" customHeight="1" ht="41">
+    <row r="136" spans="1:26" customHeight="1" ht="56">
       <c r="A136" s="8"/>
       <c r="B136" s="8"/>
       <c r="C136" s="8"/>
       <c r="D136" s="8"/>
       <c r="E136" s="8"/>
       <c r="F136" s="5">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="G136" s="5" t="s">
-        <v>369</v>
+        <v>456</v>
       </c>
       <c r="H136" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I136" s="5" t="s">
-        <v>363</v>
+        <v>23</v>
       </c>
       <c r="J136" s="6" t="s">
-        <v>370</v>
+        <v>24</v>
       </c>
       <c r="K136" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L136" s="5"/>
       <c r="M136" s="5"/>
       <c r="N136"/>
       <c r="O136"/>
       <c r="P136"/>
       <c r="Q136"/>
       <c r="R136"/>
       <c r="S136"/>
       <c r="T136"/>
       <c r="U136"/>
       <c r="V136"/>
       <c r="W136"/>
       <c r="X136"/>
       <c r="Y136"/>
       <c r="Z136"/>
     </row>
-    <row r="137" spans="1:26" customHeight="1" ht="30">
+    <row r="137" spans="1:26" customHeight="1" ht="57">
       <c r="A137" s="8"/>
       <c r="B137" s="8"/>
       <c r="C137" s="8"/>
       <c r="D137" s="8"/>
       <c r="E137" s="8"/>
       <c r="F137" s="5">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="G137" s="5" t="s">
-        <v>371</v>
+        <v>457</v>
       </c>
       <c r="H137" s="5" t="s">
-        <v>106</v>
+        <v>22</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="J137" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K137" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L137" s="5"/>
       <c r="M137" s="5"/>
       <c r="N137"/>
       <c r="O137"/>
       <c r="P137"/>
       <c r="Q137"/>
       <c r="R137"/>
       <c r="S137"/>
       <c r="T137"/>
       <c r="U137"/>
       <c r="V137"/>
       <c r="W137"/>
       <c r="X137"/>
       <c r="Y137"/>
       <c r="Z137"/>
     </row>
-    <row r="138" spans="1:26" customHeight="1" ht="30">
+    <row r="138" spans="1:26" customHeight="1" ht="48">
       <c r="A138" s="8"/>
       <c r="B138" s="8"/>
       <c r="C138" s="8"/>
       <c r="D138" s="8"/>
       <c r="E138" s="8"/>
       <c r="F138" s="5">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="G138" s="5" t="s">
-        <v>372</v>
+        <v>458</v>
       </c>
       <c r="H138" s="5" t="s">
-        <v>373</v>
+        <v>22</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="J138" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K138" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L138" s="5"/>
       <c r="M138" s="5"/>
       <c r="N138"/>
       <c r="O138"/>
       <c r="P138"/>
       <c r="Q138"/>
       <c r="R138"/>
       <c r="S138"/>
       <c r="T138"/>
       <c r="U138"/>
       <c r="V138"/>
       <c r="W138"/>
       <c r="X138"/>
       <c r="Y138"/>
       <c r="Z138"/>
     </row>
-    <row r="139" spans="1:26" customHeight="1" ht="246.28571428571">
-[...14 lines deleted...]
-      </c>
+    <row r="139" spans="1:26" customHeight="1" ht="61">
+      <c r="A139" s="8"/>
+      <c r="B139" s="8"/>
+      <c r="C139" s="8"/>
+      <c r="D139" s="8"/>
+      <c r="E139" s="8"/>
       <c r="F139" s="5">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="G139" s="5" t="s">
-        <v>377</v>
+        <v>459</v>
       </c>
       <c r="H139" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I139" s="5" t="s">
-        <v>378</v>
+        <v>23</v>
       </c>
       <c r="J139" s="6" t="s">
-        <v>379</v>
+        <v>24</v>
       </c>
       <c r="K139" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L139" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L139" s="5"/>
+      <c r="M139" s="5"/>
       <c r="N139"/>
       <c r="O139"/>
       <c r="P139"/>
       <c r="Q139"/>
       <c r="R139"/>
       <c r="S139"/>
       <c r="T139"/>
       <c r="U139"/>
       <c r="V139"/>
       <c r="W139"/>
       <c r="X139"/>
       <c r="Y139"/>
       <c r="Z139"/>
     </row>
-    <row r="140" spans="1:26" customHeight="1" ht="54">
+    <row r="140" spans="1:26" customHeight="1" ht="59">
       <c r="A140" s="8"/>
       <c r="B140" s="8"/>
       <c r="C140" s="8"/>
       <c r="D140" s="8"/>
       <c r="E140" s="8"/>
       <c r="F140" s="5">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="G140" s="5" t="s">
-        <v>382</v>
+        <v>460</v>
       </c>
       <c r="H140" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I140" s="5" t="s">
-        <v>378</v>
+        <v>23</v>
       </c>
       <c r="J140" s="6" t="s">
-        <v>383</v>
+        <v>24</v>
       </c>
       <c r="K140" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L140" s="5"/>
       <c r="M140" s="5"/>
       <c r="N140"/>
       <c r="O140"/>
       <c r="P140"/>
       <c r="Q140"/>
       <c r="R140"/>
       <c r="S140"/>
       <c r="T140"/>
       <c r="U140"/>
       <c r="V140"/>
       <c r="W140"/>
       <c r="X140"/>
       <c r="Y140"/>
       <c r="Z140"/>
     </row>
-    <row r="141" spans="1:26" customHeight="1" ht="54">
+    <row r="141" spans="1:26" customHeight="1" ht="58">
       <c r="A141" s="8"/>
       <c r="B141" s="8"/>
       <c r="C141" s="8"/>
       <c r="D141" s="8"/>
       <c r="E141" s="8"/>
       <c r="F141" s="5">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="G141" s="5" t="s">
-        <v>384</v>
+        <v>461</v>
       </c>
       <c r="H141" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>378</v>
+        <v>23</v>
       </c>
       <c r="J141" s="6" t="s">
-        <v>385</v>
+        <v>24</v>
       </c>
       <c r="K141" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L141" s="5"/>
       <c r="M141" s="5"/>
       <c r="N141"/>
       <c r="O141"/>
       <c r="P141"/>
       <c r="Q141"/>
       <c r="R141"/>
       <c r="S141"/>
       <c r="T141"/>
       <c r="U141"/>
       <c r="V141"/>
       <c r="W141"/>
       <c r="X141"/>
       <c r="Y141"/>
       <c r="Z141"/>
     </row>
-    <row r="142" spans="1:26" customHeight="1" ht="54">
+    <row r="142" spans="1:26" customHeight="1" ht="48">
       <c r="A142" s="8"/>
       <c r="B142" s="8"/>
       <c r="C142" s="8"/>
       <c r="D142" s="8"/>
       <c r="E142" s="8"/>
       <c r="F142" s="5">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="G142" s="5" t="s">
-        <v>386</v>
+        <v>458</v>
       </c>
       <c r="H142" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>378</v>
+        <v>23</v>
       </c>
       <c r="J142" s="6" t="s">
-        <v>387</v>
+        <v>24</v>
       </c>
       <c r="K142" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L142" s="5"/>
       <c r="M142" s="5"/>
       <c r="N142"/>
       <c r="O142"/>
       <c r="P142"/>
       <c r="Q142"/>
       <c r="R142"/>
       <c r="S142"/>
       <c r="T142"/>
       <c r="U142"/>
       <c r="V142"/>
       <c r="W142"/>
       <c r="X142"/>
       <c r="Y142"/>
       <c r="Z142"/>
     </row>
-    <row r="143" spans="1:26" customHeight="1" ht="54">
+    <row r="143" spans="1:26" customHeight="1" ht="47">
       <c r="A143" s="8"/>
       <c r="B143" s="8"/>
       <c r="C143" s="8"/>
       <c r="D143" s="8"/>
       <c r="E143" s="8"/>
       <c r="F143" s="5">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="G143" s="5" t="s">
-        <v>388</v>
+        <v>462</v>
       </c>
       <c r="H143" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>378</v>
+        <v>23</v>
       </c>
       <c r="J143" s="6" t="s">
-        <v>389</v>
+        <v>24</v>
       </c>
       <c r="K143" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L143" s="5"/>
       <c r="M143" s="5"/>
       <c r="N143"/>
       <c r="O143"/>
       <c r="P143"/>
       <c r="Q143"/>
       <c r="R143"/>
       <c r="S143"/>
       <c r="T143"/>
       <c r="U143"/>
       <c r="V143"/>
       <c r="W143"/>
       <c r="X143"/>
       <c r="Y143"/>
       <c r="Z143"/>
     </row>
-    <row r="144" spans="1:26" customHeight="1" ht="231.14285714286">
-[...14 lines deleted...]
-      </c>
+    <row r="144" spans="1:26" customHeight="1" ht="57">
+      <c r="A144" s="8"/>
+      <c r="B144" s="8"/>
+      <c r="C144" s="8"/>
+      <c r="D144" s="8"/>
+      <c r="E144" s="8"/>
       <c r="F144" s="5">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="G144" s="5" t="s">
-        <v>392</v>
+        <v>463</v>
       </c>
       <c r="H144" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>393</v>
+        <v>23</v>
       </c>
       <c r="J144" s="6" t="s">
-        <v>394</v>
+        <v>24</v>
       </c>
       <c r="K144" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L144" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L144" s="5"/>
+      <c r="M144" s="5"/>
       <c r="N144"/>
       <c r="O144"/>
       <c r="P144"/>
       <c r="Q144"/>
       <c r="R144"/>
       <c r="S144"/>
       <c r="T144"/>
       <c r="U144"/>
       <c r="V144"/>
       <c r="W144"/>
       <c r="X144"/>
       <c r="Y144"/>
       <c r="Z144"/>
     </row>
-    <row r="145" spans="1:26" customHeight="1" ht="153.14285714286">
-[...14 lines deleted...]
-      </c>
+    <row r="145" spans="1:26" customHeight="1" ht="56">
+      <c r="A145" s="8"/>
+      <c r="B145" s="8"/>
+      <c r="C145" s="8"/>
+      <c r="D145" s="8"/>
+      <c r="E145" s="8"/>
       <c r="F145" s="5">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G145" s="5" t="s">
-        <v>400</v>
+        <v>464</v>
       </c>
       <c r="H145" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>401</v>
+        <v>23</v>
       </c>
       <c r="J145" s="6" t="s">
-        <v>402</v>
+        <v>24</v>
       </c>
       <c r="K145" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L145" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L145" s="5"/>
+      <c r="M145" s="5"/>
       <c r="N145"/>
       <c r="O145"/>
       <c r="P145"/>
       <c r="Q145"/>
       <c r="R145"/>
       <c r="S145"/>
       <c r="T145"/>
       <c r="U145"/>
       <c r="V145"/>
       <c r="W145"/>
       <c r="X145"/>
       <c r="Y145"/>
       <c r="Z145"/>
     </row>
-    <row r="146" spans="1:26" customHeight="1" ht="90.285714285714">
-[...14 lines deleted...]
-      </c>
+    <row r="146" spans="1:26" customHeight="1" ht="47">
+      <c r="A146" s="8"/>
+      <c r="B146" s="8"/>
+      <c r="C146" s="8"/>
+      <c r="D146" s="8"/>
+      <c r="E146" s="8"/>
       <c r="F146" s="5">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="G146" s="5" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="H146" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I146" s="5" t="s">
-        <v>409</v>
+        <v>23</v>
       </c>
       <c r="J146" s="6" t="s">
-        <v>410</v>
+        <v>24</v>
       </c>
       <c r="K146" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L146" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L146" s="5"/>
+      <c r="M146" s="5"/>
       <c r="N146"/>
       <c r="O146"/>
       <c r="P146"/>
       <c r="Q146"/>
       <c r="R146"/>
       <c r="S146"/>
       <c r="T146"/>
       <c r="U146"/>
       <c r="V146"/>
       <c r="W146"/>
       <c r="X146"/>
       <c r="Y146"/>
       <c r="Z146"/>
     </row>
-    <row r="147" spans="1:26" customHeight="1" ht="62">
+    <row r="147" spans="1:26" customHeight="1" ht="57">
       <c r="A147" s="8"/>
       <c r="B147" s="8"/>
       <c r="C147" s="8"/>
       <c r="D147" s="8"/>
       <c r="E147" s="8"/>
       <c r="F147" s="5">
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="G147" s="5" t="s">
-        <v>413</v>
+        <v>466</v>
       </c>
       <c r="H147" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>409</v>
+        <v>23</v>
       </c>
       <c r="J147" s="6" t="s">
-        <v>414</v>
+        <v>24</v>
       </c>
       <c r="K147" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L147" s="5"/>
       <c r="M147" s="5"/>
       <c r="N147"/>
       <c r="O147"/>
       <c r="P147"/>
       <c r="Q147"/>
       <c r="R147"/>
       <c r="S147"/>
       <c r="T147"/>
       <c r="U147"/>
       <c r="V147"/>
       <c r="W147"/>
       <c r="X147"/>
       <c r="Y147"/>
       <c r="Z147"/>
     </row>
-    <row r="148" spans="1:26" customHeight="1" ht="61">
+    <row r="148" spans="1:26" customHeight="1" ht="56">
       <c r="A148" s="8"/>
       <c r="B148" s="8"/>
       <c r="C148" s="8"/>
       <c r="D148" s="8"/>
       <c r="E148" s="8"/>
       <c r="F148" s="5">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="G148" s="5" t="s">
-        <v>415</v>
+        <v>467</v>
       </c>
       <c r="H148" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>416</v>
+        <v>23</v>
       </c>
       <c r="J148" s="6" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K148" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L148" s="5"/>
       <c r="M148" s="5"/>
       <c r="N148"/>
       <c r="O148"/>
       <c r="P148"/>
       <c r="Q148"/>
       <c r="R148"/>
       <c r="S148"/>
       <c r="T148"/>
       <c r="U148"/>
       <c r="V148"/>
       <c r="W148"/>
       <c r="X148"/>
       <c r="Y148"/>
       <c r="Z148"/>
     </row>
-    <row r="149" spans="1:26" customHeight="1" ht="33">
+    <row r="149" spans="1:26" customHeight="1" ht="40">
       <c r="A149" s="8"/>
       <c r="B149" s="8"/>
       <c r="C149" s="8"/>
       <c r="D149" s="8"/>
       <c r="E149" s="8"/>
       <c r="F149" s="5">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="G149" s="5" t="s">
-        <v>418</v>
+        <v>468</v>
       </c>
       <c r="H149" s="5" t="s">
-        <v>106</v>
+        <v>22</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="J149" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K149" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L149" s="5"/>
       <c r="M149" s="5"/>
       <c r="N149"/>
       <c r="O149"/>
       <c r="P149"/>
       <c r="Q149"/>
       <c r="R149"/>
       <c r="S149"/>
       <c r="T149"/>
       <c r="U149"/>
       <c r="V149"/>
       <c r="W149"/>
       <c r="X149"/>
       <c r="Y149"/>
       <c r="Z149"/>
     </row>
-    <row r="150" spans="1:26" customHeight="1" ht="62">
+    <row r="150" spans="1:26" customHeight="1" ht="40">
       <c r="A150" s="8"/>
       <c r="B150" s="8"/>
       <c r="C150" s="8"/>
       <c r="D150" s="8"/>
       <c r="E150" s="8"/>
       <c r="F150" s="5">
-        <v>5</v>
+        <v>29</v>
       </c>
       <c r="G150" s="5" t="s">
-        <v>413</v>
+        <v>469</v>
       </c>
       <c r="H150" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>409</v>
+        <v>23</v>
       </c>
       <c r="J150" s="6" t="s">
-        <v>419</v>
+        <v>24</v>
       </c>
       <c r="K150" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L150" s="5"/>
       <c r="M150" s="5"/>
       <c r="N150"/>
       <c r="O150"/>
       <c r="P150"/>
       <c r="Q150"/>
       <c r="R150"/>
       <c r="S150"/>
       <c r="T150"/>
       <c r="U150"/>
       <c r="V150"/>
       <c r="W150"/>
       <c r="X150"/>
       <c r="Y150"/>
       <c r="Z150"/>
     </row>
-    <row r="151" spans="1:26" customHeight="1" ht="61">
+    <row r="151" spans="1:26" customHeight="1" ht="42">
       <c r="A151" s="8"/>
       <c r="B151" s="8"/>
       <c r="C151" s="8"/>
       <c r="D151" s="8"/>
       <c r="E151" s="8"/>
       <c r="F151" s="5">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="G151" s="5" t="s">
-        <v>415</v>
+        <v>470</v>
       </c>
       <c r="H151" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>420</v>
+        <v>23</v>
       </c>
       <c r="J151" s="6" t="s">
-        <v>421</v>
+        <v>24</v>
       </c>
       <c r="K151" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L151" s="5"/>
       <c r="M151" s="5"/>
       <c r="N151"/>
       <c r="O151"/>
       <c r="P151"/>
       <c r="Q151"/>
       <c r="R151"/>
       <c r="S151"/>
       <c r="T151"/>
       <c r="U151"/>
       <c r="V151"/>
       <c r="W151"/>
       <c r="X151"/>
       <c r="Y151"/>
       <c r="Z151"/>
     </row>
-    <row r="152" spans="1:26" customHeight="1" ht="33">
+    <row r="152" spans="1:26" customHeight="1" ht="57">
       <c r="A152" s="8"/>
       <c r="B152" s="8"/>
       <c r="C152" s="8"/>
       <c r="D152" s="8"/>
       <c r="E152" s="8"/>
       <c r="F152" s="5">
-        <v>7</v>
+        <v>31</v>
       </c>
       <c r="G152" s="5" t="s">
-        <v>418</v>
+        <v>471</v>
       </c>
       <c r="H152" s="5" t="s">
-        <v>106</v>
+        <v>22</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="J152" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K152" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L152" s="5"/>
       <c r="M152" s="5"/>
       <c r="N152"/>
       <c r="O152"/>
       <c r="P152"/>
       <c r="Q152"/>
       <c r="R152"/>
       <c r="S152"/>
       <c r="T152"/>
       <c r="U152"/>
       <c r="V152"/>
       <c r="W152"/>
       <c r="X152"/>
       <c r="Y152"/>
       <c r="Z152"/>
     </row>
-    <row r="153" spans="1:26" customHeight="1" ht="802.42857142857">
-[...14 lines deleted...]
-      </c>
+    <row r="153" spans="1:26" customHeight="1" ht="57">
+      <c r="A153" s="8"/>
+      <c r="B153" s="8"/>
+      <c r="C153" s="8"/>
+      <c r="D153" s="8"/>
+      <c r="E153" s="8"/>
       <c r="F153" s="5">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="G153" s="5" t="s">
-        <v>425</v>
+        <v>472</v>
       </c>
       <c r="H153" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>426</v>
+        <v>23</v>
       </c>
       <c r="J153" s="6" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K153" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L153" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L153" s="5"/>
+      <c r="M153" s="5"/>
       <c r="N153"/>
       <c r="O153"/>
       <c r="P153"/>
       <c r="Q153"/>
       <c r="R153"/>
       <c r="S153"/>
       <c r="T153"/>
       <c r="U153"/>
       <c r="V153"/>
       <c r="W153"/>
       <c r="X153"/>
       <c r="Y153"/>
       <c r="Z153"/>
     </row>
-    <row r="154" spans="1:26" customHeight="1" ht="91">
+    <row r="154" spans="1:26" customHeight="1" ht="57">
       <c r="A154" s="8"/>
       <c r="B154" s="8"/>
       <c r="C154" s="8"/>
       <c r="D154" s="8"/>
       <c r="E154" s="8"/>
       <c r="F154" s="5">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="G154" s="5" t="s">
-        <v>430</v>
+        <v>473</v>
       </c>
       <c r="H154" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>426</v>
+        <v>23</v>
       </c>
       <c r="J154" s="6" t="s">
-        <v>431</v>
+        <v>24</v>
       </c>
       <c r="K154" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L154" s="5"/>
       <c r="M154" s="5"/>
       <c r="N154"/>
       <c r="O154"/>
       <c r="P154"/>
       <c r="Q154"/>
       <c r="R154"/>
       <c r="S154"/>
       <c r="T154"/>
       <c r="U154"/>
       <c r="V154"/>
       <c r="W154"/>
       <c r="X154"/>
       <c r="Y154"/>
       <c r="Z154"/>
     </row>
-    <row r="155" spans="1:26" customHeight="1" ht="461.28571428571">
-[...14 lines deleted...]
-      </c>
+    <row r="155" spans="1:26" customHeight="1" ht="30">
+      <c r="A155" s="8"/>
+      <c r="B155" s="8"/>
+      <c r="C155" s="8"/>
+      <c r="D155" s="8"/>
+      <c r="E155" s="8"/>
       <c r="F155" s="5">
-        <v>1</v>
+        <v>34</v>
       </c>
       <c r="G155" s="5" t="s">
-        <v>435</v>
+        <v>474</v>
       </c>
       <c r="H155" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="J155" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K155" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L155" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L155" s="5"/>
+      <c r="M155" s="5"/>
       <c r="N155"/>
       <c r="O155"/>
       <c r="P155"/>
       <c r="Q155"/>
       <c r="R155"/>
       <c r="S155"/>
       <c r="T155"/>
       <c r="U155"/>
       <c r="V155"/>
       <c r="W155"/>
       <c r="X155"/>
       <c r="Y155"/>
       <c r="Z155"/>
     </row>
-    <row r="156" spans="1:26" customHeight="1" ht="166">
+    <row r="156" spans="1:26" customHeight="1" ht="30">
       <c r="A156" s="8"/>
       <c r="B156" s="8"/>
       <c r="C156" s="8"/>
       <c r="D156" s="8"/>
       <c r="E156" s="8"/>
       <c r="F156" s="5">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="G156" s="5" t="s">
-        <v>438</v>
+        <v>475</v>
       </c>
       <c r="H156" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>175</v>
+        <v>23</v>
       </c>
       <c r="J156" s="6" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K156" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L156" s="5"/>
       <c r="M156" s="5"/>
       <c r="N156"/>
       <c r="O156"/>
       <c r="P156"/>
       <c r="Q156"/>
       <c r="R156"/>
       <c r="S156"/>
       <c r="T156"/>
       <c r="U156"/>
       <c r="V156"/>
       <c r="W156"/>
       <c r="X156"/>
       <c r="Y156"/>
       <c r="Z156"/>
     </row>
-    <row r="157" spans="1:26" customHeight="1" ht="410.42857142857">
+    <row r="157" spans="1:26" customHeight="1" ht="90.571428571429">
       <c r="A157" s="7" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="B157" s="8" t="s">
-        <v>441</v>
+        <v>476</v>
       </c>
       <c r="C157" s="8" t="s">
-        <v>442</v>
+        <v>304</v>
       </c>
       <c r="D157" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E157" s="8" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="F157" s="5">
         <v>1</v>
       </c>
       <c r="G157" s="5" t="s">
-        <v>443</v>
+        <v>477</v>
       </c>
       <c r="H157" s="5" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>444</v>
+        <v>478</v>
       </c>
       <c r="J157" s="6" t="s">
-        <v>445</v>
+        <v>479</v>
       </c>
       <c r="K157" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L157" s="5" t="s">
-        <v>446</v>
+        <v>480</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>447</v>
+        <v>481</v>
       </c>
       <c r="N157"/>
       <c r="O157"/>
       <c r="P157"/>
       <c r="Q157"/>
       <c r="R157"/>
       <c r="S157"/>
       <c r="T157"/>
       <c r="U157"/>
       <c r="V157"/>
       <c r="W157"/>
       <c r="X157"/>
       <c r="Y157"/>
       <c r="Z157"/>
     </row>
-    <row r="158" spans="1:26" customHeight="1" ht="38">
+    <row r="158" spans="1:26" customHeight="1" ht="30">
       <c r="A158" s="8"/>
       <c r="B158" s="8"/>
       <c r="C158" s="8"/>
       <c r="D158" s="8"/>
       <c r="E158" s="8"/>
       <c r="F158" s="5">
         <v>2</v>
       </c>
       <c r="G158" s="5" t="s">
-        <v>448</v>
+        <v>482</v>
       </c>
       <c r="H158" s="5" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>449</v>
+        <v>44</v>
       </c>
       <c r="J158" s="6" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K158" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L158" s="5"/>
       <c r="M158" s="5"/>
       <c r="N158"/>
       <c r="O158"/>
       <c r="P158"/>
       <c r="Q158"/>
       <c r="R158"/>
       <c r="S158"/>
       <c r="T158"/>
       <c r="U158"/>
       <c r="V158"/>
       <c r="W158"/>
       <c r="X158"/>
       <c r="Y158"/>
       <c r="Z158"/>
     </row>
-    <row r="159" spans="1:26" customHeight="1" ht="90.714285714286">
-[...14 lines deleted...]
-      </c>
+    <row r="159" spans="1:26" customHeight="1" ht="33">
+      <c r="A159" s="8"/>
+      <c r="B159" s="8"/>
+      <c r="C159" s="8"/>
+      <c r="D159" s="8"/>
+      <c r="E159" s="8"/>
       <c r="F159" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G159" s="5" t="s">
-        <v>454</v>
+        <v>483</v>
       </c>
       <c r="H159" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>455</v>
+        <v>484</v>
       </c>
       <c r="J159" s="6" t="s">
-        <v>456</v>
+        <v>485</v>
       </c>
       <c r="K159" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L159" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L159" s="5"/>
+      <c r="M159" s="5"/>
       <c r="N159"/>
       <c r="O159"/>
       <c r="P159"/>
       <c r="Q159"/>
       <c r="R159"/>
       <c r="S159"/>
       <c r="T159"/>
       <c r="U159"/>
       <c r="V159"/>
       <c r="W159"/>
       <c r="X159"/>
       <c r="Y159"/>
       <c r="Z159"/>
     </row>
-    <row r="160" spans="1:26" customHeight="1" ht="30">
-[...4 lines deleted...]
-      <c r="E160" s="8"/>
+    <row r="160" spans="1:26" customHeight="1" ht="91">
+      <c r="A160" s="7" t="s">
+        <v>486</v>
+      </c>
+      <c r="B160" s="8" t="s">
+        <v>487</v>
+      </c>
+      <c r="C160" s="8" t="s">
+        <v>488</v>
+      </c>
+      <c r="D160" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E160" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F160" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G160" s="5" t="s">
-        <v>459</v>
+        <v>489</v>
       </c>
       <c r="H160" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>460</v>
+        <v>490</v>
       </c>
       <c r="J160" s="6" t="s">
-        <v>461</v>
+        <v>491</v>
       </c>
       <c r="K160" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L160" s="5"/>
-      <c r="M160" s="5"/>
+      <c r="L160" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="M160" s="5" t="s">
+        <v>493</v>
+      </c>
       <c r="N160"/>
       <c r="O160"/>
       <c r="P160"/>
       <c r="Q160"/>
       <c r="R160"/>
       <c r="S160"/>
       <c r="T160"/>
       <c r="U160"/>
       <c r="V160"/>
       <c r="W160"/>
       <c r="X160"/>
       <c r="Y160"/>
       <c r="Z160"/>
     </row>
-    <row r="161" spans="1:26" customHeight="1" ht="30">
+    <row r="161" spans="1:26" customHeight="1" ht="39">
       <c r="A161" s="8"/>
       <c r="B161" s="8"/>
       <c r="C161" s="8"/>
       <c r="D161" s="8"/>
       <c r="E161" s="8"/>
       <c r="F161" s="5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G161" s="5" t="s">
-        <v>462</v>
+        <v>494</v>
       </c>
       <c r="H161" s="5" t="s">
-        <v>84</v>
+        <v>51</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>42</v>
+        <v>490</v>
       </c>
       <c r="J161" s="6" t="s">
-        <v>35</v>
+        <v>495</v>
       </c>
       <c r="K161" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L161" s="5"/>
       <c r="M161" s="5"/>
       <c r="N161"/>
       <c r="O161"/>
       <c r="P161"/>
       <c r="Q161"/>
       <c r="R161"/>
       <c r="S161"/>
       <c r="T161"/>
       <c r="U161"/>
       <c r="V161"/>
       <c r="W161"/>
       <c r="X161"/>
       <c r="Y161"/>
       <c r="Z161"/>
     </row>
     <row r="162" spans="1:26" customHeight="1" ht="30">
       <c r="A162" s="8"/>
       <c r="B162" s="8"/>
       <c r="C162" s="8"/>
       <c r="D162" s="8"/>
       <c r="E162" s="8"/>
       <c r="F162" s="5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G162" s="5" t="s">
-        <v>463</v>
+        <v>496</v>
       </c>
       <c r="H162" s="5" t="s">
-        <v>84</v>
+        <v>51</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>42</v>
+        <v>172</v>
       </c>
       <c r="J162" s="6" t="s">
-        <v>35</v>
+        <v>497</v>
       </c>
       <c r="K162" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L162" s="5"/>
       <c r="M162" s="5"/>
       <c r="N162"/>
       <c r="O162"/>
       <c r="P162"/>
       <c r="Q162"/>
       <c r="R162"/>
       <c r="S162"/>
       <c r="T162"/>
       <c r="U162"/>
       <c r="V162"/>
       <c r="W162"/>
       <c r="X162"/>
       <c r="Y162"/>
       <c r="Z162"/>
     </row>
-    <row r="163" spans="1:26" customHeight="1" ht="140.85714285714">
-[...14 lines deleted...]
-      </c>
+    <row r="163" spans="1:26" customHeight="1" ht="39">
+      <c r="A163" s="8"/>
+      <c r="B163" s="8"/>
+      <c r="C163" s="8"/>
+      <c r="D163" s="8"/>
+      <c r="E163" s="8"/>
       <c r="F163" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G163" s="5" t="s">
-        <v>467</v>
+        <v>498</v>
       </c>
       <c r="H163" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I163" s="5" t="s">
-        <v>468</v>
+        <v>490</v>
       </c>
       <c r="J163" s="6" t="s">
-        <v>469</v>
+        <v>499</v>
       </c>
       <c r="K163" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L163" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L163" s="5"/>
+      <c r="M163" s="5"/>
       <c r="N163"/>
       <c r="O163"/>
       <c r="P163"/>
       <c r="Q163"/>
       <c r="R163"/>
       <c r="S163"/>
       <c r="T163"/>
       <c r="U163"/>
       <c r="V163"/>
       <c r="W163"/>
       <c r="X163"/>
       <c r="Y163"/>
       <c r="Z163"/>
     </row>
-    <row r="164" spans="1:26" customHeight="1" ht="38">
+    <row r="164" spans="1:26" customHeight="1" ht="30">
       <c r="A164" s="8"/>
       <c r="B164" s="8"/>
       <c r="C164" s="8"/>
       <c r="D164" s="8"/>
       <c r="E164" s="8"/>
       <c r="F164" s="5">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G164" s="5" t="s">
-        <v>472</v>
+        <v>500</v>
       </c>
       <c r="H164" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I164" s="5" t="s">
-        <v>468</v>
+        <v>501</v>
       </c>
       <c r="J164" s="6" t="s">
-        <v>473</v>
+        <v>502</v>
       </c>
       <c r="K164" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L164" s="5"/>
       <c r="M164" s="5"/>
       <c r="N164"/>
       <c r="O164"/>
       <c r="P164"/>
       <c r="Q164"/>
       <c r="R164"/>
       <c r="S164"/>
       <c r="T164"/>
       <c r="U164"/>
       <c r="V164"/>
       <c r="W164"/>
       <c r="X164"/>
       <c r="Y164"/>
       <c r="Z164"/>
     </row>
-    <row r="165" spans="1:26" customHeight="1" ht="398.57142857143">
-[...14 lines deleted...]
-      </c>
+    <row r="165" spans="1:26" customHeight="1" ht="39">
+      <c r="A165" s="8"/>
+      <c r="B165" s="8"/>
+      <c r="C165" s="8"/>
+      <c r="D165" s="8"/>
+      <c r="E165" s="8"/>
       <c r="F165" s="5">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G165" s="5" t="s">
-        <v>477</v>
+        <v>503</v>
       </c>
       <c r="H165" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="J165" s="6" t="s">
-        <v>479</v>
+        <v>504</v>
       </c>
       <c r="K165" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L165" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L165" s="5"/>
+      <c r="M165" s="5"/>
       <c r="N165"/>
       <c r="O165"/>
       <c r="P165"/>
       <c r="Q165"/>
       <c r="R165"/>
       <c r="S165"/>
       <c r="T165"/>
       <c r="U165"/>
       <c r="V165"/>
       <c r="W165"/>
       <c r="X165"/>
       <c r="Y165"/>
       <c r="Z165"/>
     </row>
-    <row r="166" spans="1:26" customHeight="1" ht="80">
+    <row r="166" spans="1:26" customHeight="1" ht="39">
       <c r="A166" s="8"/>
       <c r="B166" s="8"/>
       <c r="C166" s="8"/>
       <c r="D166" s="8"/>
       <c r="E166" s="8"/>
       <c r="F166" s="5">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="G166" s="5" t="s">
-        <v>482</v>
+        <v>505</v>
       </c>
       <c r="H166" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="J166" s="6" t="s">
-        <v>484</v>
+        <v>506</v>
       </c>
       <c r="K166" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L166" s="5"/>
       <c r="M166" s="5"/>
       <c r="N166"/>
       <c r="O166"/>
       <c r="P166"/>
       <c r="Q166"/>
       <c r="R166"/>
       <c r="S166"/>
       <c r="T166"/>
       <c r="U166"/>
       <c r="V166"/>
       <c r="W166"/>
       <c r="X166"/>
       <c r="Y166"/>
       <c r="Z166"/>
     </row>
-    <row r="167" spans="1:26" customHeight="1" ht="80">
+    <row r="167" spans="1:26" customHeight="1" ht="39">
       <c r="A167" s="8"/>
       <c r="B167" s="8"/>
       <c r="C167" s="8"/>
       <c r="D167" s="8"/>
       <c r="E167" s="8"/>
       <c r="F167" s="5">
-        <v>3</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="G167" s="5"/>
       <c r="H167" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="J167" s="6" t="s">
-        <v>486</v>
+        <v>507</v>
       </c>
       <c r="K167" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L167" s="5"/>
       <c r="M167" s="5"/>
       <c r="N167"/>
       <c r="O167"/>
       <c r="P167"/>
       <c r="Q167"/>
       <c r="R167"/>
       <c r="S167"/>
       <c r="T167"/>
       <c r="U167"/>
       <c r="V167"/>
       <c r="W167"/>
       <c r="X167"/>
       <c r="Y167"/>
       <c r="Z167"/>
     </row>
-    <row r="168" spans="1:26" customHeight="1" ht="78">
+    <row r="168" spans="1:26" customHeight="1" ht="39">
       <c r="A168" s="8"/>
       <c r="B168" s="8"/>
       <c r="C168" s="8"/>
       <c r="D168" s="8"/>
       <c r="E168" s="8"/>
       <c r="F168" s="5">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="G168" s="5" t="s">
-        <v>487</v>
+        <v>508</v>
       </c>
       <c r="H168" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I168" s="5" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="J168" s="6" t="s">
-        <v>488</v>
+        <v>509</v>
       </c>
       <c r="K168" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L168" s="5"/>
       <c r="M168" s="5"/>
       <c r="N168"/>
       <c r="O168"/>
       <c r="P168"/>
       <c r="Q168"/>
       <c r="R168"/>
       <c r="S168"/>
       <c r="T168"/>
       <c r="U168"/>
       <c r="V168"/>
       <c r="W168"/>
       <c r="X168"/>
       <c r="Y168"/>
       <c r="Z168"/>
     </row>
-    <row r="169" spans="1:26" customHeight="1" ht="95">
+    <row r="169" spans="1:26" customHeight="1" ht="39">
       <c r="A169" s="8"/>
       <c r="B169" s="8"/>
       <c r="C169" s="8"/>
       <c r="D169" s="8"/>
       <c r="E169" s="8"/>
       <c r="F169" s="5">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="G169" s="5" t="s">
-        <v>489</v>
+        <v>510</v>
       </c>
       <c r="H169" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="J169" s="6" t="s">
-        <v>490</v>
+        <v>511</v>
       </c>
       <c r="K169" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L169" s="5"/>
       <c r="M169" s="5"/>
       <c r="N169"/>
       <c r="O169"/>
       <c r="P169"/>
       <c r="Q169"/>
       <c r="R169"/>
       <c r="S169"/>
       <c r="T169"/>
       <c r="U169"/>
       <c r="V169"/>
       <c r="W169"/>
       <c r="X169"/>
       <c r="Y169"/>
       <c r="Z169"/>
     </row>
-    <row r="170" spans="1:26" customHeight="1" ht="1289.8571428571">
-[...14 lines deleted...]
-      </c>
+    <row r="170" spans="1:26" customHeight="1" ht="39">
+      <c r="A170" s="8"/>
+      <c r="B170" s="8"/>
+      <c r="C170" s="8"/>
+      <c r="D170" s="8"/>
+      <c r="E170" s="8"/>
       <c r="F170" s="5">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="G170" s="5" t="s">
-        <v>494</v>
+        <v>512</v>
       </c>
       <c r="H170" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I170" s="5" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="J170" s="6" t="s">
-        <v>496</v>
+        <v>513</v>
       </c>
       <c r="K170" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L170" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L170" s="5"/>
+      <c r="M170" s="5"/>
       <c r="N170"/>
       <c r="O170"/>
       <c r="P170"/>
       <c r="Q170"/>
       <c r="R170"/>
       <c r="S170"/>
       <c r="T170"/>
       <c r="U170"/>
       <c r="V170"/>
       <c r="W170"/>
       <c r="X170"/>
       <c r="Y170"/>
       <c r="Z170"/>
     </row>
-    <row r="171" spans="1:26" customHeight="1" ht="30">
-[...4 lines deleted...]
-      <c r="E171" s="8"/>
+    <row r="171" spans="1:26" customHeight="1" ht="275.42857142857">
+      <c r="A171" s="7" t="s">
+        <v>514</v>
+      </c>
+      <c r="B171" s="8" t="s">
+        <v>515</v>
+      </c>
+      <c r="C171" s="8" t="s">
+        <v>516</v>
+      </c>
+      <c r="D171" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E171" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F171" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G171" s="5" t="s">
-        <v>499</v>
+        <v>517</v>
       </c>
       <c r="H171" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I171" s="5" t="s">
-        <v>495</v>
+        <v>518</v>
       </c>
       <c r="J171" s="6" t="s">
-        <v>500</v>
+        <v>519</v>
       </c>
       <c r="K171" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L171" s="5"/>
-      <c r="M171" s="5"/>
+      <c r="L171" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="M171" s="5" t="s">
+        <v>521</v>
+      </c>
       <c r="N171"/>
       <c r="O171"/>
       <c r="P171"/>
       <c r="Q171"/>
       <c r="R171"/>
       <c r="S171"/>
       <c r="T171"/>
       <c r="U171"/>
       <c r="V171"/>
       <c r="W171"/>
       <c r="X171"/>
       <c r="Y171"/>
       <c r="Z171"/>
     </row>
-    <row r="172" spans="1:26" customHeight="1" ht="30">
-[...4 lines deleted...]
-      <c r="E172" s="8"/>
+    <row r="172" spans="1:26" customHeight="1" ht="88.571428571429">
+      <c r="A172" s="7" t="s">
+        <v>522</v>
+      </c>
+      <c r="B172" s="8" t="s">
+        <v>523</v>
+      </c>
+      <c r="C172" s="8" t="s">
+        <v>524</v>
+      </c>
+      <c r="D172" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E172" s="8" t="s">
+        <v>20</v>
+      </c>
       <c r="F172" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G172" s="5" t="s">
-        <v>501</v>
+        <v>525</v>
       </c>
       <c r="H172" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>495</v>
+        <v>23</v>
       </c>
       <c r="J172" s="6" t="s">
-        <v>500</v>
+        <v>24</v>
       </c>
       <c r="K172" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L172" s="5"/>
-      <c r="M172" s="5"/>
+      <c r="L172" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="M172" s="5" t="s">
+        <v>527</v>
+      </c>
       <c r="N172"/>
       <c r="O172"/>
       <c r="P172"/>
       <c r="Q172"/>
       <c r="R172"/>
       <c r="S172"/>
       <c r="T172"/>
       <c r="U172"/>
       <c r="V172"/>
       <c r="W172"/>
       <c r="X172"/>
       <c r="Y172"/>
       <c r="Z172"/>
     </row>
     <row r="173" spans="1:26" customHeight="1" ht="30">
       <c r="A173" s="8"/>
       <c r="B173" s="8"/>
       <c r="C173" s="8"/>
       <c r="D173" s="8"/>
       <c r="E173" s="8"/>
       <c r="F173" s="5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G173" s="5" t="s">
-        <v>502</v>
+        <v>528</v>
       </c>
       <c r="H173" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I173" s="5" t="s">
-        <v>503</v>
+        <v>23</v>
       </c>
       <c r="J173" s="6" t="s">
-        <v>504</v>
+        <v>24</v>
       </c>
       <c r="K173" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L173" s="5"/>
       <c r="M173" s="5"/>
       <c r="N173"/>
       <c r="O173"/>
       <c r="P173"/>
       <c r="Q173"/>
       <c r="R173"/>
       <c r="S173"/>
       <c r="T173"/>
       <c r="U173"/>
       <c r="V173"/>
       <c r="W173"/>
       <c r="X173"/>
       <c r="Y173"/>
       <c r="Z173"/>
     </row>
-    <row r="174" spans="1:26" customHeight="1" ht="158">
-[...14 lines deleted...]
-      </c>
+    <row r="174" spans="1:26" customHeight="1" ht="30">
+      <c r="A174" s="8"/>
+      <c r="B174" s="8"/>
+      <c r="C174" s="8"/>
+      <c r="D174" s="8"/>
+      <c r="E174" s="8"/>
       <c r="F174" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G174" s="5" t="s">
-        <v>507</v>
+        <v>529</v>
       </c>
       <c r="H174" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I174" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="J174" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K174" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L174" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L174" s="5"/>
+      <c r="M174" s="5"/>
       <c r="N174"/>
       <c r="O174"/>
       <c r="P174"/>
       <c r="Q174"/>
       <c r="R174"/>
       <c r="S174"/>
       <c r="T174"/>
       <c r="U174"/>
       <c r="V174"/>
       <c r="W174"/>
       <c r="X174"/>
       <c r="Y174"/>
       <c r="Z174"/>
     </row>
     <row r="175" spans="1:26" customHeight="1" ht="30">
       <c r="A175" s="8"/>
       <c r="B175" s="8"/>
       <c r="C175" s="8"/>
       <c r="D175" s="8"/>
       <c r="E175" s="8"/>
       <c r="F175" s="5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G175" s="5" t="s">
-        <v>510</v>
+        <v>530</v>
       </c>
       <c r="H175" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I175" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="J175" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="K175" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L175" s="5"/>
       <c r="M175" s="5"/>
       <c r="N175"/>
       <c r="O175"/>
       <c r="P175"/>
       <c r="Q175"/>
       <c r="R175"/>
       <c r="S175"/>
       <c r="T175"/>
       <c r="U175"/>
       <c r="V175"/>
       <c r="W175"/>
       <c r="X175"/>
       <c r="Y175"/>
       <c r="Z175"/>
     </row>
-    <row r="176" spans="1:26" customHeight="1" ht="90.285714285714">
-[...14 lines deleted...]
-      </c>
+    <row r="176" spans="1:26" customHeight="1" ht="30">
+      <c r="A176" s="8"/>
+      <c r="B176" s="8"/>
+      <c r="C176" s="8"/>
+      <c r="D176" s="8"/>
+      <c r="E176" s="8"/>
       <c r="F176" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G176" s="5" t="s">
-        <v>514</v>
+        <v>528</v>
       </c>
       <c r="H176" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>515</v>
+        <v>23</v>
       </c>
       <c r="J176" s="6" t="s">
-        <v>516</v>
+        <v>24</v>
       </c>
       <c r="K176" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L176" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L176" s="5"/>
+      <c r="M176" s="5"/>
       <c r="N176"/>
       <c r="O176"/>
       <c r="P176"/>
       <c r="Q176"/>
       <c r="R176"/>
       <c r="S176"/>
       <c r="T176"/>
       <c r="U176"/>
       <c r="V176"/>
       <c r="W176"/>
       <c r="X176"/>
       <c r="Y176"/>
       <c r="Z176"/>
     </row>
-    <row r="177" spans="1:26" customHeight="1" ht="35">
-[...4 lines deleted...]
-      <c r="E177" s="8"/>
+    <row r="177" spans="1:26" customHeight="1" ht="3699.2857142857">
+      <c r="A177" s="7" t="s">
+        <v>522</v>
+      </c>
+      <c r="B177" s="8" t="s">
+        <v>531</v>
+      </c>
+      <c r="C177" s="8" t="s">
+        <v>532</v>
+      </c>
+      <c r="D177" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E177" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F177" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G177" s="5" t="s">
-        <v>519</v>
+        <v>533</v>
       </c>
       <c r="H177" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I177" s="5" t="s">
-        <v>520</v>
+        <v>23</v>
       </c>
       <c r="J177" s="6" t="s">
-        <v>521</v>
+        <v>24</v>
       </c>
       <c r="K177" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L177" s="5"/>
-      <c r="M177" s="5"/>
+      <c r="L177" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="M177" s="5" t="s">
+        <v>535</v>
+      </c>
       <c r="N177"/>
       <c r="O177"/>
       <c r="P177"/>
       <c r="Q177"/>
       <c r="R177"/>
       <c r="S177"/>
       <c r="T177"/>
       <c r="U177"/>
       <c r="V177"/>
       <c r="W177"/>
       <c r="X177"/>
       <c r="Y177"/>
       <c r="Z177"/>
     </row>
-    <row r="178" spans="1:26" customHeight="1" ht="30">
-[...4 lines deleted...]
-      <c r="E178" s="8"/>
+    <row r="178" spans="1:26" customHeight="1" ht="179.57142857143">
+      <c r="A178" s="7" t="s">
+        <v>536</v>
+      </c>
+      <c r="B178" s="8" t="s">
+        <v>537</v>
+      </c>
+      <c r="C178" s="8" t="s">
+        <v>538</v>
+      </c>
+      <c r="D178" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E178" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F178" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G178" s="5" t="s">
-        <v>522</v>
+        <v>539</v>
       </c>
       <c r="H178" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I178" s="5" t="s">
-        <v>141</v>
+        <v>172</v>
       </c>
       <c r="J178" s="6" t="s">
-        <v>523</v>
+        <v>540</v>
       </c>
       <c r="K178" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L178" s="5"/>
-      <c r="M178" s="5"/>
+      <c r="L178" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="M178" s="5" t="s">
+        <v>542</v>
+      </c>
       <c r="N178"/>
       <c r="O178"/>
       <c r="P178"/>
       <c r="Q178"/>
       <c r="R178"/>
       <c r="S178"/>
       <c r="T178"/>
       <c r="U178"/>
       <c r="V178"/>
       <c r="W178"/>
       <c r="X178"/>
       <c r="Y178"/>
       <c r="Z178"/>
     </row>
-    <row r="179" spans="1:26" customHeight="1" ht="41">
+    <row r="179" spans="1:26" customHeight="1" ht="30">
       <c r="A179" s="8"/>
       <c r="B179" s="8"/>
       <c r="C179" s="8"/>
       <c r="D179" s="8"/>
       <c r="E179" s="8"/>
       <c r="F179" s="5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G179" s="5" t="s">
-        <v>524</v>
+        <v>339</v>
       </c>
       <c r="H179" s="5" t="s">
-        <v>114</v>
+        <v>81</v>
       </c>
       <c r="I179" s="5" t="s">
-        <v>520</v>
+        <v>44</v>
       </c>
       <c r="J179" s="6" t="s">
-        <v>525</v>
+        <v>24</v>
       </c>
       <c r="K179" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L179" s="5"/>
       <c r="M179" s="5"/>
       <c r="N179"/>
       <c r="O179"/>
       <c r="P179"/>
       <c r="Q179"/>
       <c r="R179"/>
       <c r="S179"/>
       <c r="T179"/>
       <c r="U179"/>
       <c r="V179"/>
       <c r="W179"/>
       <c r="X179"/>
       <c r="Y179"/>
       <c r="Z179"/>
     </row>
-    <row r="180" spans="1:26" customHeight="1" ht="140.85714285714">
-[...14 lines deleted...]
-      </c>
+    <row r="180" spans="1:26" customHeight="1" ht="30">
+      <c r="A180" s="8"/>
+      <c r="B180" s="8"/>
+      <c r="C180" s="8"/>
+      <c r="D180" s="8"/>
+      <c r="E180" s="8"/>
       <c r="F180" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G180" s="5" t="s">
-        <v>529</v>
+        <v>342</v>
       </c>
       <c r="H180" s="5" t="s">
-        <v>114</v>
+        <v>64</v>
       </c>
       <c r="I180" s="5" t="s">
-        <v>530</v>
+        <v>44</v>
       </c>
       <c r="J180" s="6" t="s">
-        <v>531</v>
+        <v>24</v>
       </c>
       <c r="K180" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L180" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L180" s="5"/>
+      <c r="M180" s="5"/>
       <c r="N180"/>
       <c r="O180"/>
       <c r="P180"/>
       <c r="Q180"/>
       <c r="R180"/>
       <c r="S180"/>
       <c r="T180"/>
       <c r="U180"/>
       <c r="V180"/>
       <c r="W180"/>
       <c r="X180"/>
       <c r="Y180"/>
       <c r="Z180"/>
     </row>
-    <row r="181" spans="1:26" customHeight="1" ht="44">
+    <row r="181" spans="1:26" customHeight="1" ht="45">
       <c r="A181" s="8"/>
       <c r="B181" s="8"/>
       <c r="C181" s="8"/>
       <c r="D181" s="8"/>
       <c r="E181" s="8"/>
       <c r="F181" s="5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G181" s="5" t="s">
-        <v>534</v>
+        <v>543</v>
       </c>
       <c r="H181" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I181" s="5" t="s">
-        <v>535</v>
+        <v>544</v>
       </c>
       <c r="J181" s="6" t="s">
-        <v>536</v>
+        <v>545</v>
       </c>
       <c r="K181" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L181" s="5"/>
       <c r="M181" s="5"/>
       <c r="N181"/>
       <c r="O181"/>
       <c r="P181"/>
       <c r="Q181"/>
       <c r="R181"/>
       <c r="S181"/>
       <c r="T181"/>
       <c r="U181"/>
       <c r="V181"/>
       <c r="W181"/>
       <c r="X181"/>
       <c r="Y181"/>
       <c r="Z181"/>
     </row>
-    <row r="182" spans="1:26" customHeight="1" ht="33">
+    <row r="182" spans="1:26" customHeight="1" ht="35">
       <c r="A182" s="8"/>
       <c r="B182" s="8"/>
       <c r="C182" s="8"/>
       <c r="D182" s="8"/>
       <c r="E182" s="8"/>
       <c r="F182" s="5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G182" s="5" t="s">
-        <v>537</v>
+        <v>344</v>
       </c>
       <c r="H182" s="5" t="s">
-        <v>114</v>
+        <v>81</v>
       </c>
       <c r="I182" s="5" t="s">
-        <v>538</v>
+        <v>44</v>
       </c>
       <c r="J182" s="6" t="s">
-        <v>539</v>
+        <v>24</v>
       </c>
       <c r="K182" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L182" s="5"/>
       <c r="M182" s="5"/>
       <c r="N182"/>
       <c r="O182"/>
       <c r="P182"/>
       <c r="Q182"/>
       <c r="R182"/>
       <c r="S182"/>
       <c r="T182"/>
       <c r="U182"/>
       <c r="V182"/>
       <c r="W182"/>
       <c r="X182"/>
       <c r="Y182"/>
       <c r="Z182"/>
     </row>
-    <row r="183" spans="1:26" customHeight="1" ht="33">
+    <row r="183" spans="1:26" customHeight="1" ht="44">
       <c r="A183" s="8"/>
       <c r="B183" s="8"/>
       <c r="C183" s="8"/>
       <c r="D183" s="8"/>
       <c r="E183" s="8"/>
       <c r="F183" s="5">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G183" s="5" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="H183" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I183" s="5" t="s">
-        <v>538</v>
+        <v>547</v>
       </c>
       <c r="J183" s="6" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="K183" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L183" s="5"/>
       <c r="M183" s="5"/>
       <c r="N183"/>
       <c r="O183"/>
       <c r="P183"/>
       <c r="Q183"/>
       <c r="R183"/>
       <c r="S183"/>
       <c r="T183"/>
       <c r="U183"/>
       <c r="V183"/>
       <c r="W183"/>
       <c r="X183"/>
       <c r="Y183"/>
       <c r="Z183"/>
     </row>
-    <row r="184" spans="1:26" customHeight="1" ht="40">
+    <row r="184" spans="1:26" customHeight="1" ht="30">
       <c r="A184" s="8"/>
       <c r="B184" s="8"/>
       <c r="C184" s="8"/>
       <c r="D184" s="8"/>
       <c r="E184" s="8"/>
       <c r="F184" s="5">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G184" s="5" t="s">
-        <v>542</v>
+        <v>346</v>
       </c>
       <c r="H184" s="5" t="s">
-        <v>114</v>
+        <v>81</v>
       </c>
       <c r="I184" s="5" t="s">
-        <v>543</v>
+        <v>44</v>
       </c>
       <c r="J184" s="6" t="s">
-        <v>544</v>
+        <v>24</v>
       </c>
       <c r="K184" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L184" s="5"/>
       <c r="M184" s="5"/>
       <c r="N184"/>
       <c r="O184"/>
       <c r="P184"/>
       <c r="Q184"/>
       <c r="R184"/>
       <c r="S184"/>
       <c r="T184"/>
       <c r="U184"/>
       <c r="V184"/>
       <c r="W184"/>
       <c r="X184"/>
       <c r="Y184"/>
       <c r="Z184"/>
     </row>
-    <row r="185" spans="1:26" customHeight="1" ht="36">
-[...4 lines deleted...]
-      <c r="E185" s="8"/>
+    <row r="185" spans="1:26" customHeight="1" ht="98.571428571429">
+      <c r="A185" s="7" t="s">
+        <v>549</v>
+      </c>
+      <c r="B185" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="C185" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="D185" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E185" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F185" s="5">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G185" s="5" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="H185" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I185" s="5" t="s">
-        <v>546</v>
+        <v>23</v>
       </c>
       <c r="J185" s="6" t="s">
-        <v>547</v>
+        <v>24</v>
       </c>
       <c r="K185" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L185" s="5"/>
-      <c r="M185" s="5"/>
+      <c r="L185" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="M185" s="5" t="s">
+        <v>554</v>
+      </c>
       <c r="N185"/>
       <c r="O185"/>
       <c r="P185"/>
       <c r="Q185"/>
       <c r="R185"/>
       <c r="S185"/>
       <c r="T185"/>
       <c r="U185"/>
       <c r="V185"/>
       <c r="W185"/>
       <c r="X185"/>
       <c r="Y185"/>
       <c r="Z185"/>
     </row>
-    <row r="186" spans="1:26" customHeight="1" ht="93.714285714286">
-[...14 lines deleted...]
-      </c>
+    <row r="186" spans="1:26" customHeight="1" ht="183">
+      <c r="A186" s="8"/>
+      <c r="B186" s="8"/>
+      <c r="C186" s="8"/>
+      <c r="D186" s="8"/>
+      <c r="E186" s="8"/>
       <c r="F186" s="5">
         <v>1</v>
       </c>
       <c r="G186" s="5" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="H186" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I186" s="5" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="J186" s="6" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="K186" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L186" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L186" s="5"/>
+      <c r="M186" s="5"/>
       <c r="N186"/>
       <c r="O186"/>
       <c r="P186"/>
       <c r="Q186"/>
       <c r="R186"/>
       <c r="S186"/>
       <c r="T186"/>
       <c r="U186"/>
       <c r="V186"/>
       <c r="W186"/>
       <c r="X186"/>
       <c r="Y186"/>
       <c r="Z186"/>
     </row>
-    <row r="187" spans="1:26" customHeight="1" ht="30">
-[...4 lines deleted...]
-      <c r="E187" s="8"/>
+    <row r="187" spans="1:26" customHeight="1" ht="99.428571428571">
+      <c r="A187" s="7" t="s">
+        <v>558</v>
+      </c>
+      <c r="B187" s="8" t="s">
+        <v>559</v>
+      </c>
+      <c r="C187" s="8" t="s">
+        <v>560</v>
+      </c>
+      <c r="D187" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E187" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F187" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G187" s="5" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="H187" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>552</v>
+        <v>562</v>
       </c>
       <c r="J187" s="6" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="K187" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L187" s="5"/>
-      <c r="M187" s="5"/>
+      <c r="L187" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="M187" s="5" t="s">
+        <v>565</v>
+      </c>
       <c r="N187"/>
       <c r="O187"/>
       <c r="P187"/>
       <c r="Q187"/>
       <c r="R187"/>
       <c r="S187"/>
       <c r="T187"/>
       <c r="U187"/>
       <c r="V187"/>
       <c r="W187"/>
       <c r="X187"/>
       <c r="Y187"/>
       <c r="Z187"/>
     </row>
-    <row r="188" spans="1:26" customHeight="1" ht="34">
+    <row r="188" spans="1:26" customHeight="1" ht="42">
       <c r="A188" s="8"/>
       <c r="B188" s="8"/>
       <c r="C188" s="8"/>
       <c r="D188" s="8"/>
       <c r="E188" s="8"/>
       <c r="F188" s="5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G188" s="5" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="H188" s="5" t="s">
-        <v>106</v>
+        <v>51</v>
       </c>
       <c r="I188" s="5" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J188" s="6" t="s">
-        <v>35</v>
+        <v>567</v>
       </c>
       <c r="K188" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L188" s="5"/>
       <c r="M188" s="5"/>
       <c r="N188"/>
       <c r="O188"/>
       <c r="P188"/>
       <c r="Q188"/>
       <c r="R188"/>
       <c r="S188"/>
       <c r="T188"/>
       <c r="U188"/>
       <c r="V188"/>
       <c r="W188"/>
       <c r="X188"/>
       <c r="Y188"/>
       <c r="Z188"/>
     </row>
-    <row r="189" spans="1:26" customHeight="1" ht="196.71428571429">
-[...14 lines deleted...]
-      </c>
+    <row r="189" spans="1:26" customHeight="1" ht="42">
+      <c r="A189" s="8"/>
+      <c r="B189" s="8"/>
+      <c r="C189" s="8"/>
+      <c r="D189" s="8"/>
+      <c r="E189" s="8"/>
       <c r="F189" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G189" s="5" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="H189" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I189" s="5" t="s">
-        <v>133</v>
+        <v>562</v>
       </c>
       <c r="J189" s="6" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="K189" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L189" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L189" s="5"/>
+      <c r="M189" s="5"/>
       <c r="N189"/>
       <c r="O189"/>
       <c r="P189"/>
       <c r="Q189"/>
       <c r="R189"/>
       <c r="S189"/>
       <c r="T189"/>
       <c r="U189"/>
       <c r="V189"/>
       <c r="W189"/>
       <c r="X189"/>
       <c r="Y189"/>
       <c r="Z189"/>
     </row>
-    <row r="190" spans="1:26" customHeight="1" ht="40">
+    <row r="190" spans="1:26" customHeight="1" ht="42">
       <c r="A190" s="8"/>
       <c r="B190" s="8"/>
       <c r="C190" s="8"/>
       <c r="D190" s="8"/>
       <c r="E190" s="8"/>
       <c r="F190" s="5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G190" s="5" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="H190" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I190" s="5" t="s">
-        <v>133</v>
+        <v>562</v>
       </c>
       <c r="J190" s="6" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="K190" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L190" s="5"/>
       <c r="M190" s="5"/>
       <c r="N190"/>
       <c r="O190"/>
       <c r="P190"/>
       <c r="Q190"/>
       <c r="R190"/>
       <c r="S190"/>
       <c r="T190"/>
       <c r="U190"/>
       <c r="V190"/>
       <c r="W190"/>
       <c r="X190"/>
       <c r="Y190"/>
       <c r="Z190"/>
     </row>
-    <row r="191" spans="1:26" customHeight="1" ht="45">
+    <row r="191" spans="1:26" customHeight="1" ht="30">
       <c r="A191" s="8"/>
       <c r="B191" s="8"/>
       <c r="C191" s="8"/>
       <c r="D191" s="8"/>
       <c r="E191" s="8"/>
       <c r="F191" s="5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G191" s="5" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="H191" s="5" t="s">
-        <v>114</v>
+        <v>43</v>
       </c>
       <c r="I191" s="5" t="s">
-        <v>420</v>
+        <v>44</v>
       </c>
       <c r="J191" s="6" t="s">
-        <v>568</v>
+        <v>24</v>
       </c>
       <c r="K191" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L191" s="5"/>
       <c r="M191" s="5"/>
       <c r="N191"/>
       <c r="O191"/>
       <c r="P191"/>
       <c r="Q191"/>
       <c r="R191"/>
       <c r="S191"/>
       <c r="T191"/>
       <c r="U191"/>
       <c r="V191"/>
       <c r="W191"/>
       <c r="X191"/>
       <c r="Y191"/>
       <c r="Z191"/>
     </row>
-    <row r="192" spans="1:26" customHeight="1" ht="45">
+    <row r="192" spans="1:26" customHeight="1" ht="42">
       <c r="A192" s="8"/>
       <c r="B192" s="8"/>
       <c r="C192" s="8"/>
       <c r="D192" s="8"/>
       <c r="E192" s="8"/>
       <c r="F192" s="5">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G192" s="5" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="H192" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I192" s="5" t="s">
-        <v>420</v>
+        <v>562</v>
       </c>
       <c r="J192" s="6" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="K192" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L192" s="5"/>
       <c r="M192" s="5"/>
       <c r="N192"/>
       <c r="O192"/>
       <c r="P192"/>
       <c r="Q192"/>
       <c r="R192"/>
       <c r="S192"/>
       <c r="T192"/>
       <c r="U192"/>
       <c r="V192"/>
       <c r="W192"/>
       <c r="X192"/>
       <c r="Y192"/>
       <c r="Z192"/>
     </row>
-    <row r="193" spans="1:26" customHeight="1" ht="353.28571428571">
-[...14 lines deleted...]
-      </c>
+    <row r="193" spans="1:26" customHeight="1" ht="42">
+      <c r="A193" s="8"/>
+      <c r="B193" s="8"/>
+      <c r="C193" s="8"/>
+      <c r="D193" s="8"/>
+      <c r="E193" s="8"/>
       <c r="F193" s="5">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G193" s="5" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="H193" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I193" s="5" t="s">
-        <v>575</v>
+        <v>562</v>
       </c>
       <c r="J193" s="6" t="s">
         <v>576</v>
       </c>
       <c r="K193" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L193" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L193" s="5"/>
+      <c r="M193" s="5"/>
       <c r="N193"/>
       <c r="O193"/>
       <c r="P193"/>
       <c r="Q193"/>
       <c r="R193"/>
       <c r="S193"/>
       <c r="T193"/>
       <c r="U193"/>
       <c r="V193"/>
       <c r="W193"/>
       <c r="X193"/>
       <c r="Y193"/>
       <c r="Z193"/>
     </row>
-    <row r="194" spans="1:26" customHeight="1" ht="44">
+    <row r="194" spans="1:26" customHeight="1" ht="42">
       <c r="A194" s="8"/>
       <c r="B194" s="8"/>
       <c r="C194" s="8"/>
       <c r="D194" s="8"/>
       <c r="E194" s="8"/>
       <c r="F194" s="5">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="G194" s="5" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="H194" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I194" s="5" t="s">
-        <v>580</v>
+        <v>562</v>
       </c>
       <c r="J194" s="6" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="K194" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L194" s="5"/>
       <c r="M194" s="5"/>
       <c r="N194"/>
       <c r="O194"/>
       <c r="P194"/>
       <c r="Q194"/>
       <c r="R194"/>
       <c r="S194"/>
       <c r="T194"/>
       <c r="U194"/>
       <c r="V194"/>
       <c r="W194"/>
       <c r="X194"/>
       <c r="Y194"/>
       <c r="Z194"/>
     </row>
-    <row r="195" spans="1:26" customHeight="1" ht="36">
+    <row r="195" spans="1:26" customHeight="1" ht="42">
       <c r="A195" s="8"/>
       <c r="B195" s="8"/>
       <c r="C195" s="8"/>
       <c r="D195" s="8"/>
       <c r="E195" s="8"/>
       <c r="F195" s="5">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="G195" s="5" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="H195" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>583</v>
+        <v>562</v>
       </c>
       <c r="J195" s="6" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="K195" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L195" s="5"/>
       <c r="M195" s="5"/>
       <c r="N195"/>
       <c r="O195"/>
       <c r="P195"/>
       <c r="Q195"/>
       <c r="R195"/>
       <c r="S195"/>
       <c r="T195"/>
       <c r="U195"/>
       <c r="V195"/>
       <c r="W195"/>
       <c r="X195"/>
       <c r="Y195"/>
       <c r="Z195"/>
     </row>
-    <row r="196" spans="1:26" customHeight="1" ht="30">
+    <row r="196" spans="1:26" customHeight="1" ht="42">
       <c r="A196" s="8"/>
       <c r="B196" s="8"/>
       <c r="C196" s="8"/>
       <c r="D196" s="8"/>
       <c r="E196" s="8"/>
       <c r="F196" s="5">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="G196" s="5" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="H196" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I196" s="5" t="s">
-        <v>580</v>
+        <v>562</v>
       </c>
       <c r="J196" s="6" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="K196" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L196" s="5"/>
       <c r="M196" s="5"/>
       <c r="N196"/>
       <c r="O196"/>
       <c r="P196"/>
       <c r="Q196"/>
       <c r="R196"/>
       <c r="S196"/>
       <c r="T196"/>
       <c r="U196"/>
       <c r="V196"/>
       <c r="W196"/>
       <c r="X196"/>
       <c r="Y196"/>
       <c r="Z196"/>
     </row>
-    <row r="197" spans="1:26" customHeight="1" ht="36">
+    <row r="197" spans="1:26" customHeight="1" ht="42">
       <c r="A197" s="8"/>
       <c r="B197" s="8"/>
       <c r="C197" s="8"/>
       <c r="D197" s="8"/>
       <c r="E197" s="8"/>
       <c r="F197" s="5">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="G197" s="5" t="s">
-        <v>587</v>
+        <v>48</v>
       </c>
       <c r="H197" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I197" s="5" t="s">
+        <v>562</v>
+      </c>
+      <c r="J197" s="6" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
       <c r="K197" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L197" s="5"/>
       <c r="M197" s="5"/>
       <c r="N197"/>
       <c r="O197"/>
       <c r="P197"/>
       <c r="Q197"/>
       <c r="R197"/>
       <c r="S197"/>
       <c r="T197"/>
       <c r="U197"/>
       <c r="V197"/>
       <c r="W197"/>
       <c r="X197"/>
       <c r="Y197"/>
       <c r="Z197"/>
     </row>
-    <row r="198" spans="1:26" customHeight="1" ht="70">
+    <row r="198" spans="1:26" customHeight="1" ht="42">
       <c r="A198" s="8"/>
       <c r="B198" s="8"/>
       <c r="C198" s="8"/>
       <c r="D198" s="8"/>
       <c r="E198" s="8"/>
       <c r="F198" s="5">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="G198" s="5" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="H198" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I198" s="5" t="s">
-        <v>590</v>
+        <v>562</v>
       </c>
       <c r="J198" s="6" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
       <c r="K198" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L198" s="5"/>
       <c r="M198" s="5"/>
       <c r="N198"/>
       <c r="O198"/>
       <c r="P198"/>
       <c r="Q198"/>
       <c r="R198"/>
       <c r="S198"/>
       <c r="T198"/>
       <c r="U198"/>
       <c r="V198"/>
       <c r="W198"/>
       <c r="X198"/>
       <c r="Y198"/>
       <c r="Z198"/>
     </row>
-    <row r="199" spans="1:26" customHeight="1" ht="483.14285714286">
-[...14 lines deleted...]
-      </c>
+    <row r="199" spans="1:26" customHeight="1" ht="35">
+      <c r="A199" s="8"/>
+      <c r="B199" s="8"/>
+      <c r="C199" s="8"/>
+      <c r="D199" s="8"/>
+      <c r="E199" s="8"/>
       <c r="F199" s="5">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="G199" s="5" t="s">
-        <v>595</v>
+        <v>586</v>
       </c>
       <c r="H199" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I199" s="5" t="s">
-        <v>596</v>
+        <v>587</v>
       </c>
       <c r="J199" s="6" t="s">
-        <v>597</v>
+        <v>588</v>
       </c>
       <c r="K199" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L199" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L199" s="5"/>
+      <c r="M199" s="5"/>
       <c r="N199"/>
       <c r="O199"/>
       <c r="P199"/>
       <c r="Q199"/>
       <c r="R199"/>
       <c r="S199"/>
       <c r="T199"/>
       <c r="U199"/>
       <c r="V199"/>
       <c r="W199"/>
       <c r="X199"/>
       <c r="Y199"/>
       <c r="Z199"/>
     </row>
-    <row r="200" spans="1:26" customHeight="1" ht="259.14285714286">
+    <row r="200" spans="1:26" customHeight="1" ht="244.42857142857">
       <c r="A200" s="7" t="s">
-        <v>600</v>
+        <v>589</v>
       </c>
       <c r="B200" s="8" t="s">
-        <v>465</v>
+        <v>537</v>
       </c>
       <c r="C200" s="8" t="s">
-        <v>601</v>
+        <v>590</v>
       </c>
       <c r="D200" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E200" s="8" t="s">
-        <v>62</v>
+        <v>116</v>
       </c>
       <c r="F200" s="5">
         <v>1</v>
       </c>
       <c r="G200" s="5" t="s">
-        <v>602</v>
+        <v>591</v>
       </c>
       <c r="H200" s="5" t="s">
-        <v>114</v>
+        <v>592</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>416</v>
+        <v>593</v>
       </c>
       <c r="J200" s="6" t="s">
-        <v>603</v>
+        <v>594</v>
       </c>
       <c r="K200" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L200" s="5" t="s">
-        <v>604</v>
+        <v>595</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>605</v>
+        <v>596</v>
       </c>
       <c r="N200"/>
       <c r="O200"/>
       <c r="P200"/>
       <c r="Q200"/>
       <c r="R200"/>
       <c r="S200"/>
       <c r="T200"/>
       <c r="U200"/>
       <c r="V200"/>
       <c r="W200"/>
       <c r="X200"/>
       <c r="Y200"/>
       <c r="Z200"/>
     </row>
-    <row r="201" spans="1:26" customHeight="1" ht="48">
+    <row r="201" spans="1:26" customHeight="1" ht="45">
       <c r="A201" s="8"/>
       <c r="B201" s="8"/>
       <c r="C201" s="8"/>
       <c r="D201" s="8"/>
       <c r="E201" s="8"/>
       <c r="F201" s="5">
         <v>2</v>
       </c>
       <c r="G201" s="5" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="H201" s="5" t="s">
-        <v>114</v>
+        <v>592</v>
       </c>
       <c r="I201" s="5" t="s">
-        <v>141</v>
+        <v>598</v>
       </c>
       <c r="J201" s="6" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="K201" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L201" s="5"/>
       <c r="M201" s="5"/>
       <c r="N201"/>
       <c r="O201"/>
       <c r="P201"/>
       <c r="Q201"/>
       <c r="R201"/>
       <c r="S201"/>
       <c r="T201"/>
       <c r="U201"/>
       <c r="V201"/>
       <c r="W201"/>
       <c r="X201"/>
       <c r="Y201"/>
       <c r="Z201"/>
     </row>
-    <row r="202" spans="1:26" customHeight="1" ht="30">
+    <row r="202" spans="1:26" customHeight="1" ht="40">
       <c r="A202" s="8"/>
       <c r="B202" s="8"/>
       <c r="C202" s="8"/>
       <c r="D202" s="8"/>
       <c r="E202" s="8"/>
       <c r="F202" s="5">
         <v>3</v>
       </c>
       <c r="G202" s="5" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="H202" s="5" t="s">
-        <v>114</v>
+        <v>592</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>141</v>
+        <v>601</v>
       </c>
       <c r="J202" s="6" t="s">
-        <v>609</v>
+        <v>602</v>
       </c>
       <c r="K202" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L202" s="5"/>
       <c r="M202" s="5"/>
       <c r="N202"/>
       <c r="O202"/>
       <c r="P202"/>
       <c r="Q202"/>
       <c r="R202"/>
       <c r="S202"/>
       <c r="T202"/>
       <c r="U202"/>
       <c r="V202"/>
       <c r="W202"/>
       <c r="X202"/>
       <c r="Y202"/>
       <c r="Z202"/>
     </row>
-    <row r="203" spans="1:26" customHeight="1" ht="30">
+    <row r="203" spans="1:26" customHeight="1" ht="36">
       <c r="A203" s="8"/>
       <c r="B203" s="8"/>
       <c r="C203" s="8"/>
       <c r="D203" s="8"/>
       <c r="E203" s="8"/>
       <c r="F203" s="5">
         <v>4</v>
       </c>
       <c r="G203" s="5" t="s">
-        <v>610</v>
+        <v>603</v>
       </c>
       <c r="H203" s="5" t="s">
-        <v>114</v>
+        <v>592</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>611</v>
+        <v>598</v>
       </c>
       <c r="J203" s="6" t="s">
-        <v>612</v>
+        <v>604</v>
       </c>
       <c r="K203" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L203" s="5"/>
       <c r="M203" s="5"/>
       <c r="N203"/>
       <c r="O203"/>
       <c r="P203"/>
       <c r="Q203"/>
       <c r="R203"/>
       <c r="S203"/>
       <c r="T203"/>
       <c r="U203"/>
       <c r="V203"/>
       <c r="W203"/>
       <c r="X203"/>
       <c r="Y203"/>
       <c r="Z203"/>
     </row>
-    <row r="204" spans="1:26" customHeight="1" ht="30">
+    <row r="204" spans="1:26" customHeight="1" ht="44">
       <c r="A204" s="8"/>
       <c r="B204" s="8"/>
       <c r="C204" s="8"/>
       <c r="D204" s="8"/>
       <c r="E204" s="8"/>
       <c r="F204" s="5">
         <v>5</v>
       </c>
       <c r="G204" s="5" t="s">
-        <v>613</v>
+        <v>605</v>
       </c>
       <c r="H204" s="5" t="s">
-        <v>114</v>
+        <v>592</v>
       </c>
       <c r="I204" s="5" t="s">
-        <v>237</v>
+        <v>601</v>
       </c>
       <c r="J204" s="6" t="s">
-        <v>614</v>
+        <v>606</v>
       </c>
       <c r="K204" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L204" s="5"/>
       <c r="M204" s="5"/>
       <c r="N204"/>
       <c r="O204"/>
       <c r="P204"/>
       <c r="Q204"/>
       <c r="R204"/>
       <c r="S204"/>
       <c r="T204"/>
       <c r="U204"/>
       <c r="V204"/>
       <c r="W204"/>
       <c r="X204"/>
       <c r="Y204"/>
       <c r="Z204"/>
     </row>
-    <row r="205" spans="1:26" customHeight="1" ht="51">
+    <row r="205" spans="1:26" customHeight="1" ht="32">
       <c r="A205" s="8"/>
       <c r="B205" s="8"/>
       <c r="C205" s="8"/>
       <c r="D205" s="8"/>
       <c r="E205" s="8"/>
       <c r="F205" s="5">
         <v>6</v>
       </c>
       <c r="G205" s="5" t="s">
-        <v>615</v>
+        <v>607</v>
       </c>
       <c r="H205" s="5" t="s">
-        <v>114</v>
+        <v>592</v>
       </c>
       <c r="I205" s="5" t="s">
-        <v>616</v>
+        <v>608</v>
       </c>
       <c r="J205" s="6" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
       <c r="K205" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L205" s="5"/>
       <c r="M205" s="5"/>
       <c r="N205"/>
       <c r="O205"/>
       <c r="P205"/>
       <c r="Q205"/>
       <c r="R205"/>
       <c r="S205"/>
       <c r="T205"/>
       <c r="U205"/>
       <c r="V205"/>
       <c r="W205"/>
       <c r="X205"/>
       <c r="Y205"/>
       <c r="Z205"/>
     </row>
-    <row r="206" spans="1:26" customHeight="1" ht="37">
-      <c r="A206" s="8"/>
+    <row r="206" spans="1:26" customHeight="1" ht="113.28571428571">
+      <c r="A206" s="7" t="s">
+        <v>610</v>
+      </c>
       <c r="B206" s="8"/>
-      <c r="C206" s="8"/>
-[...1 lines deleted...]
-      <c r="E206" s="8"/>
+      <c r="C206" s="8" t="s">
+        <v>611</v>
+      </c>
+      <c r="D206" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E206" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F206" s="5">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G206" s="5" t="s">
-        <v>618</v>
+        <v>612</v>
       </c>
       <c r="H206" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I206" s="5" t="s">
-        <v>619</v>
+        <v>613</v>
       </c>
       <c r="J206" s="6" t="s">
-        <v>620</v>
+        <v>614</v>
       </c>
       <c r="K206" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L206" s="5"/>
-      <c r="M206" s="5"/>
+      <c r="L206" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="M206" s="5" t="s">
+        <v>616</v>
+      </c>
       <c r="N206"/>
       <c r="O206"/>
       <c r="P206"/>
       <c r="Q206"/>
       <c r="R206"/>
       <c r="S206"/>
       <c r="T206"/>
       <c r="U206"/>
       <c r="V206"/>
       <c r="W206"/>
       <c r="X206"/>
       <c r="Y206"/>
       <c r="Z206"/>
     </row>
-    <row r="207" spans="1:26" customHeight="1" ht="245.71428571429">
-[...14 lines deleted...]
-      </c>
+    <row r="207" spans="1:26" customHeight="1" ht="30">
+      <c r="A207" s="8"/>
+      <c r="B207" s="8"/>
+      <c r="C207" s="8"/>
+      <c r="D207" s="8"/>
+      <c r="E207" s="8"/>
       <c r="F207" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G207" s="5" t="s">
-        <v>623</v>
+        <v>617</v>
       </c>
       <c r="H207" s="5" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I207" s="5" t="s">
-        <v>624</v>
+        <v>613</v>
       </c>
       <c r="J207" s="6" t="s">
-        <v>625</v>
+        <v>618</v>
       </c>
       <c r="K207" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L207" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L207" s="5"/>
+      <c r="M207" s="5"/>
       <c r="N207"/>
       <c r="O207"/>
       <c r="P207"/>
       <c r="Q207"/>
       <c r="R207"/>
       <c r="S207"/>
       <c r="T207"/>
       <c r="U207"/>
       <c r="V207"/>
       <c r="W207"/>
       <c r="X207"/>
       <c r="Y207"/>
       <c r="Z207"/>
     </row>
-    <row r="208" spans="1:26" customHeight="1" ht="45">
+    <row r="208" spans="1:26" customHeight="1" ht="41">
       <c r="A208" s="8"/>
       <c r="B208" s="8"/>
       <c r="C208" s="8"/>
       <c r="D208" s="8"/>
       <c r="E208" s="8"/>
       <c r="F208" s="5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G208" s="5" t="s">
-        <v>628</v>
+        <v>619</v>
       </c>
       <c r="H208" s="5" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>629</v>
+        <v>620</v>
       </c>
       <c r="J208" s="6" t="s">
-        <v>630</v>
+        <v>621</v>
       </c>
       <c r="K208" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L208" s="5"/>
       <c r="M208" s="5"/>
       <c r="N208"/>
       <c r="O208"/>
       <c r="P208"/>
       <c r="Q208"/>
       <c r="R208"/>
       <c r="S208"/>
       <c r="T208"/>
       <c r="U208"/>
       <c r="V208"/>
       <c r="W208"/>
       <c r="X208"/>
       <c r="Y208"/>
       <c r="Z208"/>
     </row>
-    <row r="209" spans="1:26" customHeight="1" ht="55">
+    <row r="209" spans="1:26" customHeight="1" ht="41">
       <c r="A209" s="8"/>
       <c r="B209" s="8"/>
       <c r="C209" s="8"/>
       <c r="D209" s="8"/>
       <c r="E209" s="8"/>
       <c r="F209" s="5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G209" s="5" t="s">
-        <v>631</v>
+        <v>622</v>
       </c>
       <c r="H209" s="5" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I209" s="5" t="s">
-        <v>632</v>
+        <v>620</v>
       </c>
       <c r="J209" s="6" t="s">
-        <v>633</v>
+        <v>623</v>
       </c>
       <c r="K209" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L209" s="5"/>
       <c r="M209" s="5"/>
       <c r="N209"/>
       <c r="O209"/>
       <c r="P209"/>
       <c r="Q209"/>
       <c r="R209"/>
       <c r="S209"/>
       <c r="T209"/>
       <c r="U209"/>
       <c r="V209"/>
       <c r="W209"/>
       <c r="X209"/>
       <c r="Y209"/>
       <c r="Z209"/>
     </row>
-    <row r="210" spans="1:26" customHeight="1" ht="222.71428571429">
-[...14 lines deleted...]
-      </c>
+    <row r="210" spans="1:26" customHeight="1" ht="30">
+      <c r="A210" s="8"/>
+      <c r="B210" s="8"/>
+      <c r="C210" s="8"/>
+      <c r="D210" s="8"/>
+      <c r="E210" s="8"/>
       <c r="F210" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G210" s="5" t="s">
-        <v>637</v>
+        <v>624</v>
       </c>
       <c r="H210" s="5" t="s">
-        <v>114</v>
+        <v>43</v>
       </c>
       <c r="I210" s="5" t="s">
-        <v>638</v>
+        <v>44</v>
       </c>
       <c r="J210" s="6" t="s">
-        <v>639</v>
+        <v>24</v>
       </c>
       <c r="K210" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L210" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L210" s="5"/>
+      <c r="M210" s="5"/>
       <c r="N210"/>
       <c r="O210"/>
       <c r="P210"/>
       <c r="Q210"/>
       <c r="R210"/>
       <c r="S210"/>
       <c r="T210"/>
       <c r="U210"/>
       <c r="V210"/>
       <c r="W210"/>
       <c r="X210"/>
       <c r="Y210"/>
       <c r="Z210"/>
     </row>
-    <row r="211" spans="1:26" customHeight="1" ht="90.428571428571">
-[...14 lines deleted...]
-      </c>
+    <row r="211" spans="1:26" customHeight="1" ht="30">
+      <c r="A211" s="8"/>
+      <c r="B211" s="8"/>
+      <c r="C211" s="8"/>
+      <c r="D211" s="8"/>
+      <c r="E211" s="8"/>
       <c r="F211" s="5">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G211" s="5" t="s">
-        <v>645</v>
+        <v>625</v>
       </c>
       <c r="H211" s="5" t="s">
-        <v>114</v>
+        <v>43</v>
       </c>
       <c r="I211" s="5" t="s">
-        <v>611</v>
+        <v>44</v>
       </c>
       <c r="J211" s="6" t="s">
-        <v>646</v>
+        <v>24</v>
       </c>
       <c r="K211" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L211" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L211" s="5"/>
+      <c r="M211" s="5"/>
       <c r="N211"/>
       <c r="O211"/>
       <c r="P211"/>
       <c r="Q211"/>
       <c r="R211"/>
       <c r="S211"/>
       <c r="T211"/>
       <c r="U211"/>
       <c r="V211"/>
       <c r="W211"/>
       <c r="X211"/>
       <c r="Y211"/>
       <c r="Z211"/>
     </row>
-    <row r="212" spans="1:26" customHeight="1" ht="30">
+    <row r="212" spans="1:26" customHeight="1" ht="41">
       <c r="A212" s="8"/>
       <c r="B212" s="8"/>
       <c r="C212" s="8"/>
       <c r="D212" s="8"/>
       <c r="E212" s="8"/>
       <c r="F212" s="5">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="G212" s="5" t="s">
-        <v>649</v>
+        <v>626</v>
       </c>
       <c r="H212" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I212" s="5" t="s">
-        <v>650</v>
+        <v>620</v>
       </c>
       <c r="J212" s="6" t="s">
-        <v>651</v>
+        <v>627</v>
       </c>
       <c r="K212" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L212" s="5"/>
       <c r="M212" s="5"/>
       <c r="N212"/>
       <c r="O212"/>
       <c r="P212"/>
       <c r="Q212"/>
       <c r="R212"/>
       <c r="S212"/>
       <c r="T212"/>
       <c r="U212"/>
       <c r="V212"/>
       <c r="W212"/>
       <c r="X212"/>
       <c r="Y212"/>
       <c r="Z212"/>
     </row>
     <row r="213" spans="1:26" customHeight="1" ht="30">
       <c r="A213" s="8"/>
       <c r="B213" s="8"/>
       <c r="C213" s="8"/>
       <c r="D213" s="8"/>
       <c r="E213" s="8"/>
       <c r="F213" s="5">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G213" s="5" t="s">
-        <v>652</v>
+        <v>628</v>
       </c>
       <c r="H213" s="5" t="s">
-        <v>114</v>
+        <v>43</v>
       </c>
       <c r="I213" s="5" t="s">
-        <v>650</v>
+        <v>44</v>
       </c>
       <c r="J213" s="6" t="s">
-        <v>653</v>
+        <v>24</v>
       </c>
       <c r="K213" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L213" s="5"/>
       <c r="M213" s="5"/>
       <c r="N213"/>
       <c r="O213"/>
       <c r="P213"/>
       <c r="Q213"/>
       <c r="R213"/>
       <c r="S213"/>
       <c r="T213"/>
       <c r="U213"/>
       <c r="V213"/>
       <c r="W213"/>
       <c r="X213"/>
       <c r="Y213"/>
       <c r="Z213"/>
     </row>
     <row r="214" spans="1:26" customHeight="1" ht="30">
       <c r="A214" s="8"/>
       <c r="B214" s="8"/>
       <c r="C214" s="8"/>
       <c r="D214" s="8"/>
       <c r="E214" s="8"/>
       <c r="F214" s="5">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="G214" s="5" t="s">
-        <v>654</v>
+        <v>229</v>
       </c>
       <c r="H214" s="5" t="s">
-        <v>114</v>
+        <v>288</v>
       </c>
       <c r="I214" s="5" t="s">
-        <v>650</v>
+        <v>44</v>
       </c>
       <c r="J214" s="6" t="s">
-        <v>655</v>
+        <v>24</v>
       </c>
       <c r="K214" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L214" s="5"/>
       <c r="M214" s="5"/>
       <c r="N214"/>
       <c r="O214"/>
       <c r="P214"/>
       <c r="Q214"/>
       <c r="R214"/>
       <c r="S214"/>
       <c r="T214"/>
       <c r="U214"/>
       <c r="V214"/>
       <c r="W214"/>
       <c r="X214"/>
       <c r="Y214"/>
       <c r="Z214"/>
     </row>
-    <row r="215" spans="1:26" customHeight="1" ht="30">
-[...4 lines deleted...]
-      <c r="E215" s="8"/>
+    <row r="215" spans="1:26" customHeight="1" ht="246.28571428571">
+      <c r="A215" s="7" t="s">
+        <v>629</v>
+      </c>
+      <c r="B215" s="8" t="s">
+        <v>630</v>
+      </c>
+      <c r="C215" s="8" t="s">
+        <v>631</v>
+      </c>
+      <c r="D215" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E215" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F215" s="5">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G215" s="5" t="s">
-        <v>656</v>
+        <v>632</v>
       </c>
       <c r="H215" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I215" s="5" t="s">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="J215" s="6" t="s">
-        <v>657</v>
+        <v>634</v>
       </c>
       <c r="K215" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L215" s="5"/>
-      <c r="M215" s="5"/>
+      <c r="L215" s="5" t="s">
+        <v>635</v>
+      </c>
+      <c r="M215" s="5" t="s">
+        <v>636</v>
+      </c>
       <c r="N215"/>
       <c r="O215"/>
       <c r="P215"/>
       <c r="Q215"/>
       <c r="R215"/>
       <c r="S215"/>
       <c r="T215"/>
       <c r="U215"/>
       <c r="V215"/>
       <c r="W215"/>
       <c r="X215"/>
       <c r="Y215"/>
       <c r="Z215"/>
     </row>
-    <row r="216" spans="1:26" customHeight="1" ht="39">
+    <row r="216" spans="1:26" customHeight="1" ht="54">
       <c r="A216" s="8"/>
       <c r="B216" s="8"/>
       <c r="C216" s="8"/>
       <c r="D216" s="8"/>
       <c r="E216" s="8"/>
       <c r="F216" s="5">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G216" s="5" t="s">
-        <v>658</v>
+        <v>637</v>
       </c>
       <c r="H216" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I216" s="5" t="s">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="J216" s="6" t="s">
-        <v>659</v>
+        <v>638</v>
       </c>
       <c r="K216" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L216" s="5"/>
       <c r="M216" s="5"/>
       <c r="N216"/>
       <c r="O216"/>
       <c r="P216"/>
       <c r="Q216"/>
       <c r="R216"/>
       <c r="S216"/>
       <c r="T216"/>
       <c r="U216"/>
       <c r="V216"/>
       <c r="W216"/>
       <c r="X216"/>
       <c r="Y216"/>
       <c r="Z216"/>
     </row>
-    <row r="217" spans="1:26" customHeight="1" ht="37">
+    <row r="217" spans="1:26" customHeight="1" ht="54">
       <c r="A217" s="8"/>
       <c r="B217" s="8"/>
       <c r="C217" s="8"/>
       <c r="D217" s="8"/>
       <c r="E217" s="8"/>
       <c r="F217" s="5">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="G217" s="5" t="s">
-        <v>660</v>
+        <v>639</v>
       </c>
       <c r="H217" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I217" s="5" t="s">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="J217" s="6" t="s">
-        <v>661</v>
+        <v>640</v>
       </c>
       <c r="K217" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L217" s="5"/>
       <c r="M217" s="5"/>
       <c r="N217"/>
       <c r="O217"/>
       <c r="P217"/>
       <c r="Q217"/>
       <c r="R217"/>
       <c r="S217"/>
       <c r="T217"/>
       <c r="U217"/>
       <c r="V217"/>
       <c r="W217"/>
       <c r="X217"/>
       <c r="Y217"/>
       <c r="Z217"/>
     </row>
-    <row r="218" spans="1:26" customHeight="1" ht="30">
+    <row r="218" spans="1:26" customHeight="1" ht="54">
       <c r="A218" s="8"/>
       <c r="B218" s="8"/>
       <c r="C218" s="8"/>
       <c r="D218" s="8"/>
       <c r="E218" s="8"/>
       <c r="F218" s="5">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="G218" s="5" t="s">
-        <v>662</v>
+        <v>641</v>
       </c>
       <c r="H218" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I218" s="5" t="s">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="J218" s="6" t="s">
-        <v>663</v>
+        <v>642</v>
       </c>
       <c r="K218" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L218" s="5"/>
       <c r="M218" s="5"/>
       <c r="N218"/>
       <c r="O218"/>
       <c r="P218"/>
       <c r="Q218"/>
       <c r="R218"/>
       <c r="S218"/>
       <c r="T218"/>
       <c r="U218"/>
       <c r="V218"/>
       <c r="W218"/>
       <c r="X218"/>
       <c r="Y218"/>
       <c r="Z218"/>
     </row>
-    <row r="219" spans="1:26" customHeight="1" ht="30">
+    <row r="219" spans="1:26" customHeight="1" ht="54">
       <c r="A219" s="8"/>
       <c r="B219" s="8"/>
       <c r="C219" s="8"/>
       <c r="D219" s="8"/>
       <c r="E219" s="8"/>
       <c r="F219" s="5">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="G219" s="5" t="s">
-        <v>664</v>
+        <v>643</v>
       </c>
       <c r="H219" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I219" s="5" t="s">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="J219" s="6" t="s">
-        <v>665</v>
+        <v>644</v>
       </c>
       <c r="K219" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L219" s="5"/>
       <c r="M219" s="5"/>
       <c r="N219"/>
       <c r="O219"/>
       <c r="P219"/>
       <c r="Q219"/>
       <c r="R219"/>
       <c r="S219"/>
       <c r="T219"/>
       <c r="U219"/>
       <c r="V219"/>
       <c r="W219"/>
       <c r="X219"/>
       <c r="Y219"/>
       <c r="Z219"/>
     </row>
-    <row r="220" spans="1:26" customHeight="1" ht="39">
-[...4 lines deleted...]
-      <c r="E220" s="8"/>
+    <row r="220" spans="1:26" customHeight="1" ht="231.14285714286">
+      <c r="A220" s="7" t="s">
+        <v>629</v>
+      </c>
+      <c r="B220" s="8" t="s">
+        <v>645</v>
+      </c>
+      <c r="C220" s="8" t="s">
+        <v>646</v>
+      </c>
+      <c r="D220" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E220" s="8" t="s">
+        <v>20</v>
+      </c>
       <c r="F220" s="5">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G220" s="5" t="s">
-        <v>666</v>
+        <v>647</v>
       </c>
       <c r="H220" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I220" s="5" t="s">
-        <v>611</v>
+        <v>648</v>
       </c>
       <c r="J220" s="6" t="s">
-        <v>667</v>
+        <v>649</v>
       </c>
       <c r="K220" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L220" s="5"/>
-      <c r="M220" s="5"/>
+      <c r="L220" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="M220" s="5" t="s">
+        <v>651</v>
+      </c>
       <c r="N220"/>
       <c r="O220"/>
       <c r="P220"/>
       <c r="Q220"/>
       <c r="R220"/>
       <c r="S220"/>
       <c r="T220"/>
       <c r="U220"/>
       <c r="V220"/>
       <c r="W220"/>
       <c r="X220"/>
       <c r="Y220"/>
       <c r="Z220"/>
     </row>
-    <row r="221" spans="1:26" customHeight="1" ht="628.85714285714">
+    <row r="221" spans="1:26" customHeight="1" ht="153.14285714286">
       <c r="A221" s="7" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="B221" s="8" t="s">
-        <v>669</v>
+        <v>653</v>
       </c>
       <c r="C221" s="8" t="s">
-        <v>670</v>
+        <v>654</v>
       </c>
       <c r="D221" s="8" t="s">
-        <v>19</v>
+        <v>422</v>
       </c>
       <c r="E221" s="8" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F221" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G221" s="5" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="H221" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I221" s="5" t="s">
-        <v>672</v>
+        <v>656</v>
       </c>
       <c r="J221" s="6" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="K221" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L221" s="5" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="M221" s="5" t="s">
-        <v>675</v>
+        <v>659</v>
       </c>
       <c r="N221"/>
       <c r="O221"/>
       <c r="P221"/>
       <c r="Q221"/>
       <c r="R221"/>
       <c r="S221"/>
       <c r="T221"/>
       <c r="U221"/>
       <c r="V221"/>
       <c r="W221"/>
       <c r="X221"/>
       <c r="Y221"/>
       <c r="Z221"/>
     </row>
-    <row r="222" spans="1:26" customHeight="1" ht="86.857142857143">
+    <row r="222" spans="1:26" customHeight="1" ht="90.285714285714">
       <c r="A222" s="7" t="s">
-        <v>676</v>
+        <v>660</v>
       </c>
       <c r="B222" s="8" t="s">
-        <v>677</v>
+        <v>661</v>
       </c>
       <c r="C222" s="8" t="s">
-        <v>678</v>
+        <v>662</v>
       </c>
       <c r="D222" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E222" s="8" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="F222" s="5">
         <v>1</v>
       </c>
       <c r="G222" s="5" t="s">
-        <v>132</v>
+        <v>663</v>
       </c>
       <c r="H222" s="5" t="s">
-        <v>106</v>
+        <v>51</v>
       </c>
       <c r="I222" s="5" t="s">
-        <v>42</v>
+        <v>664</v>
       </c>
       <c r="J222" s="6" t="s">
-        <v>35</v>
+        <v>665</v>
       </c>
       <c r="K222" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L222" s="5" t="s">
-        <v>679</v>
+        <v>666</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>680</v>
+        <v>667</v>
       </c>
       <c r="N222"/>
       <c r="O222"/>
       <c r="P222"/>
       <c r="Q222"/>
       <c r="R222"/>
       <c r="S222"/>
       <c r="T222"/>
       <c r="U222"/>
       <c r="V222"/>
       <c r="W222"/>
       <c r="X222"/>
       <c r="Y222"/>
       <c r="Z222"/>
     </row>
-    <row r="223" spans="1:26" customHeight="1" ht="30">
+    <row r="223" spans="1:26" customHeight="1" ht="62">
       <c r="A223" s="8"/>
       <c r="B223" s="8"/>
       <c r="C223" s="8"/>
       <c r="D223" s="8"/>
       <c r="E223" s="8"/>
       <c r="F223" s="5">
         <v>2</v>
       </c>
       <c r="G223" s="5" t="s">
-        <v>681</v>
+        <v>668</v>
       </c>
       <c r="H223" s="5" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I223" s="5" t="s">
-        <v>682</v>
+        <v>664</v>
       </c>
       <c r="J223" s="6" t="s">
-        <v>683</v>
+        <v>669</v>
       </c>
       <c r="K223" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L223" s="5"/>
       <c r="M223" s="5"/>
       <c r="N223"/>
       <c r="O223"/>
       <c r="P223"/>
       <c r="Q223"/>
       <c r="R223"/>
       <c r="S223"/>
       <c r="T223"/>
       <c r="U223"/>
       <c r="V223"/>
       <c r="W223"/>
       <c r="X223"/>
       <c r="Y223"/>
       <c r="Z223"/>
     </row>
-    <row r="224" spans="1:26" customHeight="1" ht="30">
+    <row r="224" spans="1:26" customHeight="1" ht="61">
       <c r="A224" s="8"/>
       <c r="B224" s="8"/>
       <c r="C224" s="8"/>
       <c r="D224" s="8"/>
       <c r="E224" s="8"/>
       <c r="F224" s="5">
         <v>3</v>
       </c>
       <c r="G224" s="5" t="s">
-        <v>684</v>
+        <v>670</v>
       </c>
       <c r="H224" s="5" t="s">
-        <v>106</v>
+        <v>51</v>
       </c>
       <c r="I224" s="5" t="s">
-        <v>42</v>
+        <v>671</v>
       </c>
       <c r="J224" s="6" t="s">
-        <v>35</v>
+        <v>672</v>
       </c>
       <c r="K224" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L224" s="5"/>
       <c r="M224" s="5"/>
       <c r="N224"/>
       <c r="O224"/>
       <c r="P224"/>
       <c r="Q224"/>
       <c r="R224"/>
       <c r="S224"/>
       <c r="T224"/>
       <c r="U224"/>
       <c r="V224"/>
       <c r="W224"/>
       <c r="X224"/>
       <c r="Y224"/>
       <c r="Z224"/>
     </row>
-    <row r="225" spans="1:26" customHeight="1" ht="189.57142857143">
-[...14 lines deleted...]
-      </c>
+    <row r="225" spans="1:26" customHeight="1" ht="33">
+      <c r="A225" s="8"/>
+      <c r="B225" s="8"/>
+      <c r="C225" s="8"/>
+      <c r="D225" s="8"/>
+      <c r="E225" s="8"/>
       <c r="F225" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G225" s="5" t="s">
-        <v>688</v>
+        <v>673</v>
       </c>
       <c r="H225" s="5" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="I225" s="5" t="s">
-        <v>689</v>
+        <v>44</v>
       </c>
       <c r="J225" s="6" t="s">
-        <v>690</v>
+        <v>24</v>
       </c>
       <c r="K225" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L225" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L225" s="5"/>
+      <c r="M225" s="5"/>
       <c r="N225"/>
       <c r="O225"/>
       <c r="P225"/>
       <c r="Q225"/>
       <c r="R225"/>
       <c r="S225"/>
       <c r="T225"/>
       <c r="U225"/>
       <c r="V225"/>
       <c r="W225"/>
       <c r="X225"/>
       <c r="Y225"/>
       <c r="Z225"/>
     </row>
-    <row r="226" spans="1:26" customHeight="1" ht="30">
+    <row r="226" spans="1:26" customHeight="1" ht="62">
       <c r="A226" s="8"/>
       <c r="B226" s="8"/>
       <c r="C226" s="8"/>
       <c r="D226" s="8"/>
       <c r="E226" s="8"/>
       <c r="F226" s="5">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G226" s="5" t="s">
-        <v>693</v>
+        <v>668</v>
       </c>
       <c r="H226" s="5" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I226" s="5" t="s">
-        <v>694</v>
+        <v>664</v>
       </c>
       <c r="J226" s="6" t="s">
-        <v>695</v>
+        <v>674</v>
       </c>
       <c r="K226" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L226" s="5"/>
       <c r="M226" s="5"/>
       <c r="N226"/>
       <c r="O226"/>
       <c r="P226"/>
       <c r="Q226"/>
       <c r="R226"/>
       <c r="S226"/>
       <c r="T226"/>
       <c r="U226"/>
       <c r="V226"/>
       <c r="W226"/>
       <c r="X226"/>
       <c r="Y226"/>
       <c r="Z226"/>
     </row>
-    <row r="227" spans="1:26" customHeight="1" ht="32">
+    <row r="227" spans="1:26" customHeight="1" ht="61">
       <c r="A227" s="8"/>
       <c r="B227" s="8"/>
       <c r="C227" s="8"/>
       <c r="D227" s="8"/>
       <c r="E227" s="8"/>
       <c r="F227" s="5">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G227" s="5" t="s">
-        <v>696</v>
+        <v>670</v>
       </c>
       <c r="H227" s="5" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I227" s="5" t="s">
-        <v>697</v>
+        <v>675</v>
       </c>
       <c r="J227" s="6" t="s">
-        <v>698</v>
+        <v>676</v>
       </c>
       <c r="K227" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L227" s="5"/>
       <c r="M227" s="5"/>
       <c r="N227"/>
       <c r="O227"/>
       <c r="P227"/>
       <c r="Q227"/>
       <c r="R227"/>
       <c r="S227"/>
       <c r="T227"/>
       <c r="U227"/>
       <c r="V227"/>
       <c r="W227"/>
       <c r="X227"/>
       <c r="Y227"/>
       <c r="Z227"/>
     </row>
-    <row r="228" spans="1:26" customHeight="1" ht="30">
+    <row r="228" spans="1:26" customHeight="1" ht="33">
       <c r="A228" s="8"/>
       <c r="B228" s="8"/>
       <c r="C228" s="8"/>
       <c r="D228" s="8"/>
       <c r="E228" s="8"/>
       <c r="F228" s="5">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="G228" s="5" t="s">
-        <v>699</v>
+        <v>673</v>
       </c>
       <c r="H228" s="5" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="I228" s="5" t="s">
-        <v>700</v>
+        <v>44</v>
       </c>
       <c r="J228" s="6" t="s">
-        <v>701</v>
+        <v>24</v>
       </c>
       <c r="K228" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L228" s="5"/>
       <c r="M228" s="5"/>
       <c r="N228"/>
       <c r="O228"/>
       <c r="P228"/>
       <c r="Q228"/>
       <c r="R228"/>
       <c r="S228"/>
       <c r="T228"/>
       <c r="U228"/>
       <c r="V228"/>
       <c r="W228"/>
       <c r="X228"/>
       <c r="Y228"/>
       <c r="Z228"/>
     </row>
-    <row r="229" spans="1:26" customHeight="1" ht="1497">
+    <row r="229" spans="1:26" customHeight="1" ht="802.42857142857">
       <c r="A229" s="7" t="s">
-        <v>702</v>
+        <v>677</v>
       </c>
       <c r="B229" s="8" t="s">
-        <v>703</v>
+        <v>678</v>
       </c>
       <c r="C229" s="8" t="s">
-        <v>704</v>
+        <v>679</v>
       </c>
       <c r="D229" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E229" s="8" t="s">
-        <v>165</v>
+        <v>116</v>
       </c>
       <c r="F229" s="5">
         <v>1</v>
       </c>
       <c r="G229" s="5" t="s">
-        <v>705</v>
+        <v>680</v>
       </c>
       <c r="H229" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I229" s="5" t="s">
-        <v>706</v>
+        <v>681</v>
       </c>
       <c r="J229" s="6" t="s">
-        <v>707</v>
+        <v>682</v>
       </c>
       <c r="K229" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L229" s="5" t="s">
-        <v>708</v>
+        <v>683</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>709</v>
+        <v>684</v>
       </c>
       <c r="N229"/>
       <c r="O229"/>
       <c r="P229"/>
       <c r="Q229"/>
       <c r="R229"/>
       <c r="S229"/>
       <c r="T229"/>
       <c r="U229"/>
       <c r="V229"/>
       <c r="W229"/>
       <c r="X229"/>
       <c r="Y229"/>
       <c r="Z229"/>
     </row>
-    <row r="230" spans="1:26" customHeight="1" ht="411">
-[...14 lines deleted...]
-      </c>
+    <row r="230" spans="1:26" customHeight="1" ht="91">
+      <c r="A230" s="8"/>
+      <c r="B230" s="8"/>
+      <c r="C230" s="8"/>
+      <c r="D230" s="8"/>
+      <c r="E230" s="8"/>
       <c r="F230" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G230" s="5" t="s">
-        <v>712</v>
+        <v>685</v>
       </c>
       <c r="H230" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I230" s="5" t="s">
-        <v>713</v>
+        <v>681</v>
       </c>
       <c r="J230" s="6" t="s">
-        <v>714</v>
+        <v>686</v>
       </c>
       <c r="K230" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L230" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L230" s="5"/>
+      <c r="M230" s="5"/>
       <c r="N230"/>
       <c r="O230"/>
       <c r="P230"/>
       <c r="Q230"/>
       <c r="R230"/>
       <c r="S230"/>
       <c r="T230"/>
       <c r="U230"/>
       <c r="V230"/>
       <c r="W230"/>
       <c r="X230"/>
       <c r="Y230"/>
       <c r="Z230"/>
     </row>
-    <row r="231" spans="1:26" customHeight="1" ht="228.42857142857">
+    <row r="231" spans="1:26" customHeight="1" ht="461.28571428571">
       <c r="A231" s="7" t="s">
-        <v>717</v>
+        <v>687</v>
       </c>
       <c r="B231" s="8" t="s">
-        <v>718</v>
+        <v>688</v>
       </c>
       <c r="C231" s="8" t="s">
-        <v>719</v>
+        <v>689</v>
       </c>
       <c r="D231" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E231" s="8" t="s">
-        <v>62</v>
+        <v>116</v>
       </c>
       <c r="F231" s="5">
         <v>1</v>
       </c>
       <c r="G231" s="5" t="s">
-        <v>720</v>
+        <v>690</v>
       </c>
       <c r="H231" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I231" s="5" t="s">
-        <v>721</v>
+        <v>23</v>
       </c>
       <c r="J231" s="6" t="s">
-        <v>722</v>
+        <v>24</v>
       </c>
       <c r="K231" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L231" s="5" t="s">
-        <v>723</v>
+        <v>691</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>724</v>
+        <v>692</v>
       </c>
       <c r="N231"/>
       <c r="O231"/>
       <c r="P231"/>
       <c r="Q231"/>
       <c r="R231"/>
       <c r="S231"/>
       <c r="T231"/>
       <c r="U231"/>
       <c r="V231"/>
       <c r="W231"/>
       <c r="X231"/>
       <c r="Y231"/>
       <c r="Z231"/>
     </row>
-    <row r="232" spans="1:26" customHeight="1" ht="336.28571428571">
-[...14 lines deleted...]
-      </c>
+    <row r="232" spans="1:26" customHeight="1" ht="166">
+      <c r="A232" s="8"/>
+      <c r="B232" s="8"/>
+      <c r="C232" s="8"/>
+      <c r="D232" s="8"/>
+      <c r="E232" s="8"/>
       <c r="F232" s="5">
         <v>1</v>
       </c>
       <c r="G232" s="5" t="s">
-        <v>728</v>
+        <v>693</v>
       </c>
       <c r="H232" s="5" t="s">
-        <v>729</v>
+        <v>51</v>
       </c>
       <c r="I232" s="5" t="s">
-        <v>34</v>
+        <v>435</v>
       </c>
       <c r="J232" s="6" t="s">
-        <v>35</v>
+        <v>694</v>
       </c>
       <c r="K232" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L232" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L232" s="5"/>
+      <c r="M232" s="5"/>
       <c r="N232"/>
       <c r="O232"/>
       <c r="P232"/>
       <c r="Q232"/>
       <c r="R232"/>
       <c r="S232"/>
       <c r="T232"/>
       <c r="U232"/>
       <c r="V232"/>
       <c r="W232"/>
       <c r="X232"/>
       <c r="Y232"/>
       <c r="Z232"/>
     </row>
-    <row r="233" spans="1:26" customHeight="1" ht="61">
-[...4 lines deleted...]
-      <c r="E233" s="8"/>
+    <row r="233" spans="1:26" customHeight="1" ht="410.42857142857">
+      <c r="A233" s="7" t="s">
+        <v>695</v>
+      </c>
+      <c r="B233" s="8" t="s">
+        <v>696</v>
+      </c>
+      <c r="C233" s="8" t="s">
+        <v>697</v>
+      </c>
+      <c r="D233" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E233" s="8" t="s">
+        <v>20</v>
+      </c>
       <c r="F233" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G233" s="5" t="s">
-        <v>732</v>
+        <v>698</v>
       </c>
       <c r="H233" s="5" t="s">
-        <v>729</v>
+        <v>86</v>
       </c>
       <c r="I233" s="5" t="s">
-        <v>34</v>
+        <v>699</v>
       </c>
       <c r="J233" s="6" t="s">
-        <v>35</v>
+        <v>700</v>
       </c>
       <c r="K233" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L233" s="5"/>
-      <c r="M233" s="5"/>
+      <c r="L233" s="5" t="s">
+        <v>701</v>
+      </c>
+      <c r="M233" s="5" t="s">
+        <v>702</v>
+      </c>
       <c r="N233"/>
       <c r="O233"/>
       <c r="P233"/>
       <c r="Q233"/>
       <c r="R233"/>
       <c r="S233"/>
       <c r="T233"/>
       <c r="U233"/>
       <c r="V233"/>
       <c r="W233"/>
       <c r="X233"/>
       <c r="Y233"/>
       <c r="Z233"/>
     </row>
-    <row r="234" spans="1:26" customHeight="1" ht="73">
+    <row r="234" spans="1:26" customHeight="1" ht="38">
       <c r="A234" s="8"/>
       <c r="B234" s="8"/>
       <c r="C234" s="8"/>
       <c r="D234" s="8"/>
       <c r="E234" s="8"/>
       <c r="F234" s="5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G234" s="5" t="s">
-        <v>733</v>
+        <v>703</v>
       </c>
       <c r="H234" s="5" t="s">
-        <v>729</v>
+        <v>86</v>
       </c>
       <c r="I234" s="5" t="s">
-        <v>34</v>
+        <v>704</v>
       </c>
       <c r="J234" s="6" t="s">
-        <v>35</v>
+        <v>705</v>
       </c>
       <c r="K234" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L234" s="5"/>
       <c r="M234" s="5"/>
       <c r="N234"/>
       <c r="O234"/>
       <c r="P234"/>
       <c r="Q234"/>
       <c r="R234"/>
       <c r="S234"/>
       <c r="T234"/>
       <c r="U234"/>
       <c r="V234"/>
       <c r="W234"/>
       <c r="X234"/>
       <c r="Y234"/>
       <c r="Z234"/>
     </row>
-    <row r="235" spans="1:26" customHeight="1" ht="371.71428571429">
+    <row r="235" spans="1:26" customHeight="1" ht="90.714285714286">
       <c r="A235" s="7" t="s">
-        <v>734</v>
+        <v>706</v>
       </c>
       <c r="B235" s="8" t="s">
-        <v>735</v>
+        <v>707</v>
       </c>
       <c r="C235" s="8" t="s">
-        <v>736</v>
+        <v>708</v>
       </c>
       <c r="D235" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E235" s="8" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="F235" s="5">
         <v>1</v>
       </c>
       <c r="G235" s="5" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="H235" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I235" s="5" t="s">
-        <v>738</v>
+        <v>710</v>
       </c>
       <c r="J235" s="6" t="s">
-        <v>739</v>
+        <v>711</v>
       </c>
       <c r="K235" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L235" s="5" t="s">
-        <v>740</v>
+        <v>712</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>741</v>
+        <v>713</v>
       </c>
       <c r="N235"/>
       <c r="O235"/>
       <c r="P235"/>
       <c r="Q235"/>
       <c r="R235"/>
       <c r="S235"/>
       <c r="T235"/>
       <c r="U235"/>
       <c r="V235"/>
       <c r="W235"/>
       <c r="X235"/>
       <c r="Y235"/>
       <c r="Z235"/>
     </row>
     <row r="236" spans="1:26" customHeight="1" ht="30">
       <c r="A236" s="8"/>
       <c r="B236" s="8"/>
       <c r="C236" s="8"/>
       <c r="D236" s="8"/>
       <c r="E236" s="8"/>
       <c r="F236" s="5">
         <v>2</v>
       </c>
       <c r="G236" s="5" t="s">
-        <v>742</v>
+        <v>714</v>
       </c>
       <c r="H236" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I236" s="5" t="s">
-        <v>743</v>
+        <v>715</v>
       </c>
       <c r="J236" s="6" t="s">
-        <v>744</v>
+        <v>716</v>
       </c>
       <c r="K236" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L236" s="5"/>
       <c r="M236" s="5"/>
       <c r="N236"/>
       <c r="O236"/>
       <c r="P236"/>
       <c r="Q236"/>
       <c r="R236"/>
       <c r="S236"/>
       <c r="T236"/>
       <c r="U236"/>
       <c r="V236"/>
       <c r="W236"/>
       <c r="X236"/>
       <c r="Y236"/>
       <c r="Z236"/>
     </row>
-    <row r="237" spans="1:26" customHeight="1" ht="83">
+    <row r="237" spans="1:26" customHeight="1" ht="30">
       <c r="A237" s="8"/>
       <c r="B237" s="8"/>
       <c r="C237" s="8"/>
       <c r="D237" s="8"/>
       <c r="E237" s="8"/>
       <c r="F237" s="5">
         <v>3</v>
       </c>
       <c r="G237" s="5" t="s">
-        <v>745</v>
+        <v>717</v>
       </c>
       <c r="H237" s="5" t="s">
-        <v>114</v>
+        <v>81</v>
       </c>
       <c r="I237" s="5" t="s">
-        <v>738</v>
+        <v>44</v>
       </c>
       <c r="J237" s="6" t="s">
-        <v>746</v>
+        <v>24</v>
       </c>
       <c r="K237" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L237" s="5"/>
       <c r="M237" s="5"/>
       <c r="N237"/>
       <c r="O237"/>
       <c r="P237"/>
       <c r="Q237"/>
       <c r="R237"/>
       <c r="S237"/>
       <c r="T237"/>
       <c r="U237"/>
       <c r="V237"/>
       <c r="W237"/>
       <c r="X237"/>
       <c r="Y237"/>
       <c r="Z237"/>
     </row>
-    <row r="238" spans="1:26" customHeight="1" ht="39">
+    <row r="238" spans="1:26" customHeight="1" ht="30">
       <c r="A238" s="8"/>
       <c r="B238" s="8"/>
       <c r="C238" s="8"/>
       <c r="D238" s="8"/>
       <c r="E238" s="8"/>
       <c r="F238" s="5">
         <v>4</v>
       </c>
       <c r="G238" s="5" t="s">
-        <v>747</v>
+        <v>718</v>
       </c>
       <c r="H238" s="5" t="s">
-        <v>114</v>
+        <v>81</v>
       </c>
       <c r="I238" s="5" t="s">
-        <v>689</v>
+        <v>44</v>
       </c>
       <c r="J238" s="6" t="s">
-        <v>748</v>
+        <v>24</v>
       </c>
       <c r="K238" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L238" s="5"/>
       <c r="M238" s="5"/>
       <c r="N238"/>
       <c r="O238"/>
       <c r="P238"/>
       <c r="Q238"/>
       <c r="R238"/>
       <c r="S238"/>
       <c r="T238"/>
       <c r="U238"/>
       <c r="V238"/>
       <c r="W238"/>
       <c r="X238"/>
       <c r="Y238"/>
       <c r="Z238"/>
     </row>
-    <row r="239" spans="1:26" customHeight="1" ht="56">
-[...4 lines deleted...]
-      <c r="E239" s="8"/>
+    <row r="239" spans="1:26" customHeight="1" ht="140.85714285714">
+      <c r="A239" s="7" t="s">
+        <v>719</v>
+      </c>
+      <c r="B239" s="8" t="s">
+        <v>720</v>
+      </c>
+      <c r="C239" s="8" t="s">
+        <v>721</v>
+      </c>
+      <c r="D239" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E239" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F239" s="5">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G239" s="5" t="s">
-        <v>749</v>
+        <v>722</v>
       </c>
       <c r="H239" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I239" s="5" t="s">
-        <v>750</v>
+        <v>723</v>
       </c>
       <c r="J239" s="6" t="s">
-        <v>751</v>
+        <v>724</v>
       </c>
       <c r="K239" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L239" s="5"/>
-      <c r="M239" s="5"/>
+      <c r="L239" s="5" t="s">
+        <v>725</v>
+      </c>
+      <c r="M239" s="5" t="s">
+        <v>726</v>
+      </c>
       <c r="N239"/>
       <c r="O239"/>
       <c r="P239"/>
       <c r="Q239"/>
       <c r="R239"/>
       <c r="S239"/>
       <c r="T239"/>
       <c r="U239"/>
       <c r="V239"/>
       <c r="W239"/>
       <c r="X239"/>
       <c r="Y239"/>
       <c r="Z239"/>
     </row>
-    <row r="240" spans="1:26" customHeight="1" ht="56">
+    <row r="240" spans="1:26" customHeight="1" ht="38">
       <c r="A240" s="8"/>
       <c r="B240" s="8"/>
       <c r="C240" s="8"/>
       <c r="D240" s="8"/>
       <c r="E240" s="8"/>
       <c r="F240" s="5">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G240" s="5" t="s">
-        <v>752</v>
+        <v>727</v>
       </c>
       <c r="H240" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I240" s="5" t="s">
-        <v>750</v>
+        <v>723</v>
       </c>
       <c r="J240" s="6" t="s">
-        <v>753</v>
+        <v>728</v>
       </c>
       <c r="K240" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L240" s="5"/>
       <c r="M240" s="5"/>
       <c r="N240"/>
       <c r="O240"/>
       <c r="P240"/>
       <c r="Q240"/>
       <c r="R240"/>
       <c r="S240"/>
       <c r="T240"/>
       <c r="U240"/>
       <c r="V240"/>
       <c r="W240"/>
       <c r="X240"/>
       <c r="Y240"/>
       <c r="Z240"/>
     </row>
-    <row r="241" spans="1:26" customHeight="1" ht="56">
-[...4 lines deleted...]
-      <c r="E241" s="8"/>
+    <row r="241" spans="1:26" customHeight="1" ht="398.57142857143">
+      <c r="A241" s="7" t="s">
+        <v>729</v>
+      </c>
+      <c r="B241" s="8" t="s">
+        <v>730</v>
+      </c>
+      <c r="C241" s="8" t="s">
+        <v>731</v>
+      </c>
+      <c r="D241" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E241" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F241" s="5">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G241" s="5" t="s">
-        <v>754</v>
+        <v>732</v>
       </c>
       <c r="H241" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I241" s="5" t="s">
-        <v>755</v>
+        <v>733</v>
       </c>
       <c r="J241" s="6" t="s">
-        <v>756</v>
+        <v>734</v>
       </c>
       <c r="K241" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L241" s="5"/>
-      <c r="M241" s="5"/>
+      <c r="L241" s="5" t="s">
+        <v>735</v>
+      </c>
+      <c r="M241" s="5" t="s">
+        <v>736</v>
+      </c>
       <c r="N241"/>
       <c r="O241"/>
       <c r="P241"/>
       <c r="Q241"/>
       <c r="R241"/>
       <c r="S241"/>
       <c r="T241"/>
       <c r="U241"/>
       <c r="V241"/>
       <c r="W241"/>
       <c r="X241"/>
       <c r="Y241"/>
       <c r="Z241"/>
     </row>
-    <row r="242" spans="1:26" customHeight="1" ht="39">
+    <row r="242" spans="1:26" customHeight="1" ht="80">
       <c r="A242" s="8"/>
       <c r="B242" s="8"/>
       <c r="C242" s="8"/>
       <c r="D242" s="8"/>
       <c r="E242" s="8"/>
       <c r="F242" s="5">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G242" s="5" t="s">
-        <v>757</v>
+        <v>737</v>
       </c>
       <c r="H242" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I242" s="5" t="s">
-        <v>689</v>
+        <v>738</v>
       </c>
       <c r="J242" s="6" t="s">
-        <v>758</v>
+        <v>739</v>
       </c>
       <c r="K242" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L242" s="5"/>
       <c r="M242" s="5"/>
       <c r="N242"/>
       <c r="O242"/>
       <c r="P242"/>
       <c r="Q242"/>
       <c r="R242"/>
       <c r="S242"/>
       <c r="T242"/>
       <c r="U242"/>
       <c r="V242"/>
       <c r="W242"/>
       <c r="X242"/>
       <c r="Y242"/>
       <c r="Z242"/>
     </row>
-    <row r="243" spans="1:26" customHeight="1" ht="35">
+    <row r="243" spans="1:26" customHeight="1" ht="80">
       <c r="A243" s="8"/>
       <c r="B243" s="8"/>
       <c r="C243" s="8"/>
       <c r="D243" s="8"/>
       <c r="E243" s="8"/>
       <c r="F243" s="5">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="G243" s="5" t="s">
-        <v>759</v>
+        <v>740</v>
       </c>
       <c r="H243" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I243" s="5" t="s">
-        <v>760</v>
+        <v>733</v>
       </c>
       <c r="J243" s="6" t="s">
-        <v>761</v>
+        <v>741</v>
       </c>
       <c r="K243" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L243" s="5"/>
       <c r="M243" s="5"/>
       <c r="N243"/>
       <c r="O243"/>
       <c r="P243"/>
       <c r="Q243"/>
       <c r="R243"/>
       <c r="S243"/>
       <c r="T243"/>
       <c r="U243"/>
       <c r="V243"/>
       <c r="W243"/>
       <c r="X243"/>
       <c r="Y243"/>
       <c r="Z243"/>
     </row>
-    <row r="244" spans="1:26" customHeight="1" ht="30">
+    <row r="244" spans="1:26" customHeight="1" ht="78">
       <c r="A244" s="8"/>
       <c r="B244" s="8"/>
       <c r="C244" s="8"/>
       <c r="D244" s="8"/>
       <c r="E244" s="8"/>
       <c r="F244" s="5">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="G244" s="5" t="s">
-        <v>762</v>
+        <v>742</v>
       </c>
       <c r="H244" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I244" s="5" t="s">
-        <v>763</v>
+        <v>733</v>
       </c>
       <c r="J244" s="6" t="s">
-        <v>764</v>
+        <v>743</v>
       </c>
       <c r="K244" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L244" s="5"/>
       <c r="M244" s="5"/>
       <c r="N244"/>
       <c r="O244"/>
       <c r="P244"/>
       <c r="Q244"/>
       <c r="R244"/>
       <c r="S244"/>
       <c r="T244"/>
       <c r="U244"/>
       <c r="V244"/>
       <c r="W244"/>
       <c r="X244"/>
       <c r="Y244"/>
       <c r="Z244"/>
     </row>
-    <row r="245" spans="1:26" customHeight="1" ht="1579.7142857143">
-[...14 lines deleted...]
-      </c>
+    <row r="245" spans="1:26" customHeight="1" ht="95">
+      <c r="A245" s="8"/>
+      <c r="B245" s="8"/>
+      <c r="C245" s="8"/>
+      <c r="D245" s="8"/>
+      <c r="E245" s="8"/>
       <c r="F245" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G245" s="5" t="s">
-        <v>767</v>
+        <v>744</v>
       </c>
       <c r="H245" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I245" s="5" t="s">
-        <v>768</v>
+        <v>733</v>
       </c>
       <c r="J245" s="6" t="s">
-        <v>769</v>
+        <v>745</v>
       </c>
       <c r="K245" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L245" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L245" s="5"/>
+      <c r="M245" s="5"/>
       <c r="N245"/>
       <c r="O245"/>
       <c r="P245"/>
       <c r="Q245"/>
       <c r="R245"/>
       <c r="S245"/>
       <c r="T245"/>
       <c r="U245"/>
       <c r="V245"/>
       <c r="W245"/>
       <c r="X245"/>
       <c r="Y245"/>
       <c r="Z245"/>
     </row>
-    <row r="246" spans="1:26" customHeight="1" ht="50">
-[...4 lines deleted...]
-      <c r="E246" s="8"/>
+    <row r="246" spans="1:26" customHeight="1" ht="1289.8571428571">
+      <c r="A246" s="7" t="s">
+        <v>746</v>
+      </c>
+      <c r="B246" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="C246" s="8" t="s">
+        <v>748</v>
+      </c>
+      <c r="D246" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E246" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F246" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G246" s="5" t="s">
-        <v>767</v>
+        <v>749</v>
       </c>
       <c r="H246" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I246" s="5" t="s">
-        <v>772</v>
+        <v>750</v>
       </c>
       <c r="J246" s="6" t="s">
-        <v>773</v>
+        <v>751</v>
       </c>
       <c r="K246" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L246" s="5"/>
-      <c r="M246" s="5"/>
+      <c r="L246" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="M246" s="5" t="s">
+        <v>753</v>
+      </c>
       <c r="N246"/>
       <c r="O246"/>
       <c r="P246"/>
       <c r="Q246"/>
       <c r="R246"/>
       <c r="S246"/>
       <c r="T246"/>
       <c r="U246"/>
       <c r="V246"/>
       <c r="W246"/>
       <c r="X246"/>
       <c r="Y246"/>
       <c r="Z246"/>
     </row>
-    <row r="247" spans="1:26" customHeight="1" ht="263.57142857143">
-[...14 lines deleted...]
-      </c>
+    <row r="247" spans="1:26" customHeight="1" ht="30">
+      <c r="A247" s="8"/>
+      <c r="B247" s="8"/>
+      <c r="C247" s="8"/>
+      <c r="D247" s="8"/>
+      <c r="E247" s="8"/>
       <c r="F247" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G247" s="5" t="s">
-        <v>777</v>
+        <v>754</v>
       </c>
       <c r="H247" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I247" s="5" t="s">
-        <v>778</v>
+        <v>750</v>
       </c>
       <c r="J247" s="6" t="s">
-        <v>779</v>
+        <v>755</v>
       </c>
       <c r="K247" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L247" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L247" s="5"/>
+      <c r="M247" s="5"/>
       <c r="N247"/>
       <c r="O247"/>
       <c r="P247"/>
       <c r="Q247"/>
       <c r="R247"/>
       <c r="S247"/>
       <c r="T247"/>
       <c r="U247"/>
       <c r="V247"/>
       <c r="W247"/>
       <c r="X247"/>
       <c r="Y247"/>
       <c r="Z247"/>
     </row>
-    <row r="248" spans="1:26" customHeight="1" ht="36">
+    <row r="248" spans="1:26" customHeight="1" ht="30">
       <c r="A248" s="8"/>
       <c r="B248" s="8"/>
       <c r="C248" s="8"/>
       <c r="D248" s="8"/>
       <c r="E248" s="8"/>
       <c r="F248" s="5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G248" s="5" t="s">
-        <v>782</v>
+        <v>756</v>
       </c>
       <c r="H248" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I248" s="5" t="s">
-        <v>783</v>
+        <v>750</v>
       </c>
       <c r="J248" s="6" t="s">
-        <v>784</v>
+        <v>755</v>
       </c>
       <c r="K248" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L248" s="5"/>
       <c r="M248" s="5"/>
       <c r="N248"/>
       <c r="O248"/>
       <c r="P248"/>
       <c r="Q248"/>
       <c r="R248"/>
       <c r="S248"/>
       <c r="T248"/>
       <c r="U248"/>
       <c r="V248"/>
       <c r="W248"/>
       <c r="X248"/>
       <c r="Y248"/>
       <c r="Z248"/>
     </row>
-    <row r="249" spans="1:26" customHeight="1" ht="40">
+    <row r="249" spans="1:26" customHeight="1" ht="30">
       <c r="A249" s="8"/>
       <c r="B249" s="8"/>
       <c r="C249" s="8"/>
       <c r="D249" s="8"/>
       <c r="E249" s="8"/>
       <c r="F249" s="5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G249" s="5" t="s">
-        <v>785</v>
+        <v>757</v>
       </c>
       <c r="H249" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I249" s="5" t="s">
-        <v>133</v>
+        <v>758</v>
       </c>
       <c r="J249" s="6" t="s">
-        <v>786</v>
+        <v>759</v>
       </c>
       <c r="K249" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L249" s="5"/>
       <c r="M249" s="5"/>
       <c r="N249"/>
       <c r="O249"/>
       <c r="P249"/>
       <c r="Q249"/>
       <c r="R249"/>
       <c r="S249"/>
       <c r="T249"/>
       <c r="U249"/>
       <c r="V249"/>
       <c r="W249"/>
       <c r="X249"/>
       <c r="Y249"/>
       <c r="Z249"/>
     </row>
-    <row r="250" spans="1:26" customHeight="1" ht="34">
-[...4 lines deleted...]
-      <c r="E250" s="8"/>
+    <row r="250" spans="1:26" customHeight="1" ht="158">
+      <c r="A250" s="7" t="s">
+        <v>760</v>
+      </c>
+      <c r="B250" s="8" t="s">
+        <v>761</v>
+      </c>
+      <c r="C250" s="8" t="s">
+        <v>721</v>
+      </c>
+      <c r="D250" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E250" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F250" s="5">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G250" s="5" t="s">
-        <v>787</v>
+        <v>762</v>
       </c>
       <c r="H250" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I250" s="5" t="s">
-        <v>778</v>
+        <v>23</v>
       </c>
       <c r="J250" s="6" t="s">
-        <v>788</v>
+        <v>24</v>
       </c>
       <c r="K250" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L250" s="5"/>
-      <c r="M250" s="5"/>
+      <c r="L250" s="5" t="s">
+        <v>763</v>
+      </c>
+      <c r="M250" s="5" t="s">
+        <v>764</v>
+      </c>
       <c r="N250"/>
       <c r="O250"/>
       <c r="P250"/>
       <c r="Q250"/>
       <c r="R250"/>
       <c r="S250"/>
       <c r="T250"/>
       <c r="U250"/>
       <c r="V250"/>
       <c r="W250"/>
       <c r="X250"/>
       <c r="Y250"/>
       <c r="Z250"/>
     </row>
-    <row r="251" spans="1:26" customHeight="1" ht="34">
+    <row r="251" spans="1:26" customHeight="1" ht="30">
       <c r="A251" s="8"/>
       <c r="B251" s="8"/>
       <c r="C251" s="8"/>
       <c r="D251" s="8"/>
       <c r="E251" s="8"/>
       <c r="F251" s="5">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G251" s="5" t="s">
-        <v>789</v>
+        <v>765</v>
       </c>
       <c r="H251" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I251" s="5" t="s">
-        <v>778</v>
+        <v>23</v>
       </c>
       <c r="J251" s="6" t="s">
-        <v>790</v>
+        <v>24</v>
       </c>
       <c r="K251" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L251" s="5"/>
       <c r="M251" s="5"/>
       <c r="N251"/>
       <c r="O251"/>
       <c r="P251"/>
       <c r="Q251"/>
       <c r="R251"/>
       <c r="S251"/>
       <c r="T251"/>
       <c r="U251"/>
       <c r="V251"/>
       <c r="W251"/>
       <c r="X251"/>
       <c r="Y251"/>
       <c r="Z251"/>
     </row>
-    <row r="252" spans="1:26" customHeight="1" ht="34">
-[...4 lines deleted...]
-      <c r="E252" s="8"/>
+    <row r="252" spans="1:26" customHeight="1" ht="90.285714285714">
+      <c r="A252" s="7" t="s">
+        <v>766</v>
+      </c>
+      <c r="B252" s="8" t="s">
+        <v>767</v>
+      </c>
+      <c r="C252" s="8" t="s">
+        <v>768</v>
+      </c>
+      <c r="D252" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E252" s="8" t="s">
+        <v>116</v>
+      </c>
       <c r="F252" s="5">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G252" s="5" t="s">
-        <v>791</v>
+        <v>769</v>
       </c>
       <c r="H252" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I252" s="5" t="s">
-        <v>778</v>
+        <v>770</v>
       </c>
       <c r="J252" s="6" t="s">
-        <v>792</v>
+        <v>771</v>
       </c>
       <c r="K252" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L252" s="5"/>
-      <c r="M252" s="5"/>
+      <c r="L252" s="5" t="s">
+        <v>772</v>
+      </c>
+      <c r="M252" s="5" t="s">
+        <v>773</v>
+      </c>
       <c r="N252"/>
       <c r="O252"/>
       <c r="P252"/>
       <c r="Q252"/>
       <c r="R252"/>
       <c r="S252"/>
       <c r="T252"/>
       <c r="U252"/>
       <c r="V252"/>
       <c r="W252"/>
       <c r="X252"/>
       <c r="Y252"/>
       <c r="Z252"/>
     </row>
-    <row r="253" spans="1:26" customHeight="1" ht="30">
+    <row r="253" spans="1:26" customHeight="1" ht="35">
       <c r="A253" s="8"/>
       <c r="B253" s="8"/>
       <c r="C253" s="8"/>
       <c r="D253" s="8"/>
       <c r="E253" s="8"/>
       <c r="F253" s="5">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G253" s="5" t="s">
-        <v>793</v>
+        <v>774</v>
       </c>
       <c r="H253" s="5" t="s">
-        <v>106</v>
+        <v>51</v>
       </c>
       <c r="I253" s="5" t="s">
-        <v>42</v>
+        <v>775</v>
       </c>
       <c r="J253" s="6" t="s">
-        <v>35</v>
+        <v>776</v>
       </c>
       <c r="K253" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L253" s="5"/>
       <c r="M253" s="5"/>
       <c r="N253"/>
       <c r="O253"/>
       <c r="P253"/>
       <c r="Q253"/>
       <c r="R253"/>
       <c r="S253"/>
       <c r="T253"/>
       <c r="U253"/>
       <c r="V253"/>
       <c r="W253"/>
       <c r="X253"/>
       <c r="Y253"/>
       <c r="Z253"/>
     </row>
-    <row r="254" spans="1:26" customHeight="1" ht="34">
+    <row r="254" spans="1:26" customHeight="1" ht="30">
       <c r="A254" s="8"/>
       <c r="B254" s="8"/>
       <c r="C254" s="8"/>
       <c r="D254" s="8"/>
       <c r="E254" s="8"/>
       <c r="F254" s="5">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="G254" s="5" t="s">
-        <v>794</v>
+        <v>777</v>
       </c>
       <c r="H254" s="5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="I254" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="J254" s="6" t="s">
         <v>778</v>
-      </c>
-[...1 lines deleted...]
-        <v>795</v>
       </c>
       <c r="K254" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L254" s="5"/>
       <c r="M254" s="5"/>
       <c r="N254"/>
       <c r="O254"/>
       <c r="P254"/>
       <c r="Q254"/>
       <c r="R254"/>
       <c r="S254"/>
       <c r="T254"/>
       <c r="U254"/>
       <c r="V254"/>
       <c r="W254"/>
       <c r="X254"/>
       <c r="Y254"/>
       <c r="Z254"/>
     </row>
-    <row r="255" spans="1:26" customHeight="1" ht="30">
-[...2 lines deleted...]
-      </c>
+    <row r="255" spans="1:26" customHeight="1" ht="41">
+      <c r="A255" s="8"/>
       <c r="B255" s="8"/>
       <c r="C255" s="8"/>
       <c r="D255" s="8"/>
       <c r="E255" s="8"/>
-      <c r="F255" s="5"/>
-[...4 lines deleted...]
-      <c r="K255" s="5"/>
+      <c r="F255" s="5">
+        <v>4</v>
+      </c>
+      <c r="G255" s="5" t="s">
+        <v>779</v>
+      </c>
+      <c r="H255" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I255" s="5" t="s">
+        <v>775</v>
+      </c>
+      <c r="J255" s="6" t="s">
+        <v>780</v>
+      </c>
+      <c r="K255" s="5" t="s">
+        <v>25</v>
+      </c>
       <c r="L255" s="5"/>
-      <c r="M255" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="M255" s="5"/>
       <c r="N255"/>
       <c r="O255"/>
       <c r="P255"/>
       <c r="Q255"/>
       <c r="R255"/>
       <c r="S255"/>
       <c r="T255"/>
       <c r="U255"/>
       <c r="V255"/>
       <c r="W255"/>
       <c r="X255"/>
       <c r="Y255"/>
       <c r="Z255"/>
     </row>
-    <row r="257" spans="1:26">
-      <c r="A257" t="s">
+    <row r="256" spans="1:26" customHeight="1" ht="140.85714285714">
+      <c r="A256" s="7" t="s">
+        <v>781</v>
+      </c>
+      <c r="B256" s="8" t="s">
+        <v>782</v>
+      </c>
+      <c r="C256" s="8" t="s">
+        <v>783</v>
+      </c>
+      <c r="D256" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E256" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F256" s="5">
+        <v>1</v>
+      </c>
+      <c r="G256" s="5" t="s">
+        <v>784</v>
+      </c>
+      <c r="H256" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I256" s="5" t="s">
+        <v>785</v>
+      </c>
+      <c r="J256" s="6" t="s">
+        <v>786</v>
+      </c>
+      <c r="K256" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L256" s="5" t="s">
+        <v>787</v>
+      </c>
+      <c r="M256" s="5" t="s">
+        <v>788</v>
+      </c>
+      <c r="N256"/>
+      <c r="O256"/>
+      <c r="P256"/>
+      <c r="Q256"/>
+      <c r="R256"/>
+      <c r="S256"/>
+      <c r="T256"/>
+      <c r="U256"/>
+      <c r="V256"/>
+      <c r="W256"/>
+      <c r="X256"/>
+      <c r="Y256"/>
+      <c r="Z256"/>
+    </row>
+    <row r="257" spans="1:26" customHeight="1" ht="44">
+      <c r="A257" s="8"/>
+      <c r="B257" s="8"/>
+      <c r="C257" s="8"/>
+      <c r="D257" s="8"/>
+      <c r="E257" s="8"/>
+      <c r="F257" s="5">
+        <v>2</v>
+      </c>
+      <c r="G257" s="5" t="s">
+        <v>789</v>
+      </c>
+      <c r="H257" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I257" s="5" t="s">
+        <v>790</v>
+      </c>
+      <c r="J257" s="6" t="s">
+        <v>791</v>
+      </c>
+      <c r="K257" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L257" s="5"/>
+      <c r="M257" s="5"/>
+      <c r="N257"/>
+      <c r="O257"/>
+      <c r="P257"/>
+      <c r="Q257"/>
+      <c r="R257"/>
+      <c r="S257"/>
+      <c r="T257"/>
+      <c r="U257"/>
+      <c r="V257"/>
+      <c r="W257"/>
+      <c r="X257"/>
+      <c r="Y257"/>
+      <c r="Z257"/>
+    </row>
+    <row r="258" spans="1:26" customHeight="1" ht="33">
+      <c r="A258" s="8"/>
+      <c r="B258" s="8"/>
+      <c r="C258" s="8"/>
+      <c r="D258" s="8"/>
+      <c r="E258" s="8"/>
+      <c r="F258" s="5">
+        <v>3</v>
+      </c>
+      <c r="G258" s="5" t="s">
+        <v>792</v>
+      </c>
+      <c r="H258" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I258" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="J258" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="K258" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L258" s="5"/>
+      <c r="M258" s="5"/>
+      <c r="N258"/>
+      <c r="O258"/>
+      <c r="P258"/>
+      <c r="Q258"/>
+      <c r="R258"/>
+      <c r="S258"/>
+      <c r="T258"/>
+      <c r="U258"/>
+      <c r="V258"/>
+      <c r="W258"/>
+      <c r="X258"/>
+      <c r="Y258"/>
+      <c r="Z258"/>
+    </row>
+    <row r="259" spans="1:26" customHeight="1" ht="33">
+      <c r="A259" s="8"/>
+      <c r="B259" s="8"/>
+      <c r="C259" s="8"/>
+      <c r="D259" s="8"/>
+      <c r="E259" s="8"/>
+      <c r="F259" s="5">
+        <v>4</v>
+      </c>
+      <c r="G259" s="5" t="s">
+        <v>795</v>
+      </c>
+      <c r="H259" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I259" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="J259" s="6" t="s">
+        <v>796</v>
+      </c>
+      <c r="K259" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L259" s="5"/>
+      <c r="M259" s="5"/>
+      <c r="N259"/>
+      <c r="O259"/>
+      <c r="P259"/>
+      <c r="Q259"/>
+      <c r="R259"/>
+      <c r="S259"/>
+      <c r="T259"/>
+      <c r="U259"/>
+      <c r="V259"/>
+      <c r="W259"/>
+      <c r="X259"/>
+      <c r="Y259"/>
+      <c r="Z259"/>
+    </row>
+    <row r="260" spans="1:26" customHeight="1" ht="40">
+      <c r="A260" s="8"/>
+      <c r="B260" s="8"/>
+      <c r="C260" s="8"/>
+      <c r="D260" s="8"/>
+      <c r="E260" s="8"/>
+      <c r="F260" s="5">
+        <v>5</v>
+      </c>
+      <c r="G260" s="5" t="s">
         <v>797</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A258" t="s">
+      <c r="H260" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I260" s="5" t="s">
         <v>798</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A259" t="s">
+      <c r="J260" s="6" t="s">
         <v>799</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A260" t="s">
+      <c r="K260" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L260" s="5"/>
+      <c r="M260" s="5"/>
+      <c r="N260"/>
+      <c r="O260"/>
+      <c r="P260"/>
+      <c r="Q260"/>
+      <c r="R260"/>
+      <c r="S260"/>
+      <c r="T260"/>
+      <c r="U260"/>
+      <c r="V260"/>
+      <c r="W260"/>
+      <c r="X260"/>
+      <c r="Y260"/>
+      <c r="Z260"/>
+    </row>
+    <row r="261" spans="1:26" customHeight="1" ht="36">
+      <c r="A261" s="8"/>
+      <c r="B261" s="8"/>
+      <c r="C261" s="8"/>
+      <c r="D261" s="8"/>
+      <c r="E261" s="8"/>
+      <c r="F261" s="5">
+        <v>6</v>
+      </c>
+      <c r="G261" s="5" t="s">
         <v>800</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A261" t="s">
+      <c r="H261" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I261" s="5" t="s">
         <v>801</v>
+      </c>
+      <c r="J261" s="6" t="s">
+        <v>802</v>
+      </c>
+      <c r="K261" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L261" s="5"/>
+      <c r="M261" s="5"/>
+      <c r="N261"/>
+      <c r="O261"/>
+      <c r="P261"/>
+      <c r="Q261"/>
+      <c r="R261"/>
+      <c r="S261"/>
+      <c r="T261"/>
+      <c r="U261"/>
+      <c r="V261"/>
+      <c r="W261"/>
+      <c r="X261"/>
+      <c r="Y261"/>
+      <c r="Z261"/>
+    </row>
+    <row r="262" spans="1:26" customHeight="1" ht="93.714285714286">
+      <c r="A262" s="7" t="s">
+        <v>803</v>
+      </c>
+      <c r="B262" s="8" t="s">
+        <v>804</v>
+      </c>
+      <c r="C262" s="8" t="s">
+        <v>805</v>
+      </c>
+      <c r="D262" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E262" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F262" s="5">
+        <v>1</v>
+      </c>
+      <c r="G262" s="5" t="s">
+        <v>806</v>
+      </c>
+      <c r="H262" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I262" s="5" t="s">
+        <v>807</v>
+      </c>
+      <c r="J262" s="6" t="s">
+        <v>808</v>
+      </c>
+      <c r="K262" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L262" s="5" t="s">
+        <v>809</v>
+      </c>
+      <c r="M262" s="5" t="s">
+        <v>810</v>
+      </c>
+      <c r="N262"/>
+      <c r="O262"/>
+      <c r="P262"/>
+      <c r="Q262"/>
+      <c r="R262"/>
+      <c r="S262"/>
+      <c r="T262"/>
+      <c r="U262"/>
+      <c r="V262"/>
+      <c r="W262"/>
+      <c r="X262"/>
+      <c r="Y262"/>
+      <c r="Z262"/>
+    </row>
+    <row r="263" spans="1:26" customHeight="1" ht="30">
+      <c r="A263" s="8"/>
+      <c r="B263" s="8"/>
+      <c r="C263" s="8"/>
+      <c r="D263" s="8"/>
+      <c r="E263" s="8"/>
+      <c r="F263" s="5">
+        <v>2</v>
+      </c>
+      <c r="G263" s="5" t="s">
+        <v>811</v>
+      </c>
+      <c r="H263" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I263" s="5" t="s">
+        <v>807</v>
+      </c>
+      <c r="J263" s="6" t="s">
+        <v>812</v>
+      </c>
+      <c r="K263" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L263" s="5"/>
+      <c r="M263" s="5"/>
+      <c r="N263"/>
+      <c r="O263"/>
+      <c r="P263"/>
+      <c r="Q263"/>
+      <c r="R263"/>
+      <c r="S263"/>
+      <c r="T263"/>
+      <c r="U263"/>
+      <c r="V263"/>
+      <c r="W263"/>
+      <c r="X263"/>
+      <c r="Y263"/>
+      <c r="Z263"/>
+    </row>
+    <row r="264" spans="1:26" customHeight="1" ht="34">
+      <c r="A264" s="8"/>
+      <c r="B264" s="8"/>
+      <c r="C264" s="8"/>
+      <c r="D264" s="8"/>
+      <c r="E264" s="8"/>
+      <c r="F264" s="5">
+        <v>3</v>
+      </c>
+      <c r="G264" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="H264" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I264" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="J264" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K264" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L264" s="5"/>
+      <c r="M264" s="5"/>
+      <c r="N264"/>
+      <c r="O264"/>
+      <c r="P264"/>
+      <c r="Q264"/>
+      <c r="R264"/>
+      <c r="S264"/>
+      <c r="T264"/>
+      <c r="U264"/>
+      <c r="V264"/>
+      <c r="W264"/>
+      <c r="X264"/>
+      <c r="Y264"/>
+      <c r="Z264"/>
+    </row>
+    <row r="265" spans="1:26" customHeight="1" ht="196.71428571429">
+      <c r="A265" s="7" t="s">
+        <v>814</v>
+      </c>
+      <c r="B265" s="8" t="s">
+        <v>696</v>
+      </c>
+      <c r="C265" s="8" t="s">
+        <v>815</v>
+      </c>
+      <c r="D265" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E265" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F265" s="5">
+        <v>1</v>
+      </c>
+      <c r="G265" s="5" t="s">
+        <v>816</v>
+      </c>
+      <c r="H265" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I265" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="J265" s="6" t="s">
+        <v>817</v>
+      </c>
+      <c r="K265" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L265" s="5" t="s">
+        <v>818</v>
+      </c>
+      <c r="M265" s="5" t="s">
+        <v>819</v>
+      </c>
+      <c r="N265"/>
+      <c r="O265"/>
+      <c r="P265"/>
+      <c r="Q265"/>
+      <c r="R265"/>
+      <c r="S265"/>
+      <c r="T265"/>
+      <c r="U265"/>
+      <c r="V265"/>
+      <c r="W265"/>
+      <c r="X265"/>
+      <c r="Y265"/>
+      <c r="Z265"/>
+    </row>
+    <row r="266" spans="1:26" customHeight="1" ht="40">
+      <c r="A266" s="8"/>
+      <c r="B266" s="8"/>
+      <c r="C266" s="8"/>
+      <c r="D266" s="8"/>
+      <c r="E266" s="8"/>
+      <c r="F266" s="5">
+        <v>2</v>
+      </c>
+      <c r="G266" s="5" t="s">
+        <v>820</v>
+      </c>
+      <c r="H266" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I266" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="J266" s="6" t="s">
+        <v>821</v>
+      </c>
+      <c r="K266" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L266" s="5"/>
+      <c r="M266" s="5"/>
+      <c r="N266"/>
+      <c r="O266"/>
+      <c r="P266"/>
+      <c r="Q266"/>
+      <c r="R266"/>
+      <c r="S266"/>
+      <c r="T266"/>
+      <c r="U266"/>
+      <c r="V266"/>
+      <c r="W266"/>
+      <c r="X266"/>
+      <c r="Y266"/>
+      <c r="Z266"/>
+    </row>
+    <row r="267" spans="1:26" customHeight="1" ht="45">
+      <c r="A267" s="8"/>
+      <c r="B267" s="8"/>
+      <c r="C267" s="8"/>
+      <c r="D267" s="8"/>
+      <c r="E267" s="8"/>
+      <c r="F267" s="5">
+        <v>3</v>
+      </c>
+      <c r="G267" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H267" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I267" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="J267" s="6" t="s">
+        <v>822</v>
+      </c>
+      <c r="K267" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L267" s="5"/>
+      <c r="M267" s="5"/>
+      <c r="N267"/>
+      <c r="O267"/>
+      <c r="P267"/>
+      <c r="Q267"/>
+      <c r="R267"/>
+      <c r="S267"/>
+      <c r="T267"/>
+      <c r="U267"/>
+      <c r="V267"/>
+      <c r="W267"/>
+      <c r="X267"/>
+      <c r="Y267"/>
+      <c r="Z267"/>
+    </row>
+    <row r="268" spans="1:26" customHeight="1" ht="45">
+      <c r="A268" s="8"/>
+      <c r="B268" s="8"/>
+      <c r="C268" s="8"/>
+      <c r="D268" s="8"/>
+      <c r="E268" s="8"/>
+      <c r="F268" s="5">
+        <v>4</v>
+      </c>
+      <c r="G268" s="5" t="s">
+        <v>823</v>
+      </c>
+      <c r="H268" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I268" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="J268" s="6" t="s">
+        <v>824</v>
+      </c>
+      <c r="K268" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L268" s="5"/>
+      <c r="M268" s="5"/>
+      <c r="N268"/>
+      <c r="O268"/>
+      <c r="P268"/>
+      <c r="Q268"/>
+      <c r="R268"/>
+      <c r="S268"/>
+      <c r="T268"/>
+      <c r="U268"/>
+      <c r="V268"/>
+      <c r="W268"/>
+      <c r="X268"/>
+      <c r="Y268"/>
+      <c r="Z268"/>
+    </row>
+    <row r="269" spans="1:26" customHeight="1" ht="353.28571428571">
+      <c r="A269" s="7" t="s">
+        <v>825</v>
+      </c>
+      <c r="B269" s="8" t="s">
+        <v>826</v>
+      </c>
+      <c r="C269" s="8" t="s">
+        <v>827</v>
+      </c>
+      <c r="D269" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E269" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F269" s="5">
+        <v>1</v>
+      </c>
+      <c r="G269" s="5" t="s">
+        <v>828</v>
+      </c>
+      <c r="H269" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I269" s="5" t="s">
+        <v>829</v>
+      </c>
+      <c r="J269" s="6" t="s">
+        <v>830</v>
+      </c>
+      <c r="K269" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L269" s="5" t="s">
+        <v>831</v>
+      </c>
+      <c r="M269" s="5" t="s">
+        <v>832</v>
+      </c>
+      <c r="N269"/>
+      <c r="O269"/>
+      <c r="P269"/>
+      <c r="Q269"/>
+      <c r="R269"/>
+      <c r="S269"/>
+      <c r="T269"/>
+      <c r="U269"/>
+      <c r="V269"/>
+      <c r="W269"/>
+      <c r="X269"/>
+      <c r="Y269"/>
+      <c r="Z269"/>
+    </row>
+    <row r="270" spans="1:26" customHeight="1" ht="44">
+      <c r="A270" s="8"/>
+      <c r="B270" s="8"/>
+      <c r="C270" s="8"/>
+      <c r="D270" s="8"/>
+      <c r="E270" s="8"/>
+      <c r="F270" s="5">
+        <v>2</v>
+      </c>
+      <c r="G270" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="H270" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I270" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="J270" s="6" t="s">
+        <v>835</v>
+      </c>
+      <c r="K270" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L270" s="5"/>
+      <c r="M270" s="5"/>
+      <c r="N270"/>
+      <c r="O270"/>
+      <c r="P270"/>
+      <c r="Q270"/>
+      <c r="R270"/>
+      <c r="S270"/>
+      <c r="T270"/>
+      <c r="U270"/>
+      <c r="V270"/>
+      <c r="W270"/>
+      <c r="X270"/>
+      <c r="Y270"/>
+      <c r="Z270"/>
+    </row>
+    <row r="271" spans="1:26" customHeight="1" ht="36">
+      <c r="A271" s="8"/>
+      <c r="B271" s="8"/>
+      <c r="C271" s="8"/>
+      <c r="D271" s="8"/>
+      <c r="E271" s="8"/>
+      <c r="F271" s="5">
+        <v>3</v>
+      </c>
+      <c r="G271" s="5" t="s">
+        <v>836</v>
+      </c>
+      <c r="H271" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I271" s="5" t="s">
+        <v>837</v>
+      </c>
+      <c r="J271" s="6" t="s">
+        <v>838</v>
+      </c>
+      <c r="K271" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L271" s="5"/>
+      <c r="M271" s="5"/>
+      <c r="N271"/>
+      <c r="O271"/>
+      <c r="P271"/>
+      <c r="Q271"/>
+      <c r="R271"/>
+      <c r="S271"/>
+      <c r="T271"/>
+      <c r="U271"/>
+      <c r="V271"/>
+      <c r="W271"/>
+      <c r="X271"/>
+      <c r="Y271"/>
+      <c r="Z271"/>
+    </row>
+    <row r="272" spans="1:26" customHeight="1" ht="30">
+      <c r="A272" s="8"/>
+      <c r="B272" s="8"/>
+      <c r="C272" s="8"/>
+      <c r="D272" s="8"/>
+      <c r="E272" s="8"/>
+      <c r="F272" s="5">
+        <v>4</v>
+      </c>
+      <c r="G272" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="H272" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I272" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="J272" s="6" t="s">
+        <v>840</v>
+      </c>
+      <c r="K272" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L272" s="5"/>
+      <c r="M272" s="5"/>
+      <c r="N272"/>
+      <c r="O272"/>
+      <c r="P272"/>
+      <c r="Q272"/>
+      <c r="R272"/>
+      <c r="S272"/>
+      <c r="T272"/>
+      <c r="U272"/>
+      <c r="V272"/>
+      <c r="W272"/>
+      <c r="X272"/>
+      <c r="Y272"/>
+      <c r="Z272"/>
+    </row>
+    <row r="273" spans="1:26" customHeight="1" ht="36">
+      <c r="A273" s="8"/>
+      <c r="B273" s="8"/>
+      <c r="C273" s="8"/>
+      <c r="D273" s="8"/>
+      <c r="E273" s="8"/>
+      <c r="F273" s="5">
+        <v>5</v>
+      </c>
+      <c r="G273" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="H273" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I273" s="5" t="s">
+        <v>837</v>
+      </c>
+      <c r="J273" s="6" t="s">
+        <v>842</v>
+      </c>
+      <c r="K273" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L273" s="5"/>
+      <c r="M273" s="5"/>
+      <c r="N273"/>
+      <c r="O273"/>
+      <c r="P273"/>
+      <c r="Q273"/>
+      <c r="R273"/>
+      <c r="S273"/>
+      <c r="T273"/>
+      <c r="U273"/>
+      <c r="V273"/>
+      <c r="W273"/>
+      <c r="X273"/>
+      <c r="Y273"/>
+      <c r="Z273"/>
+    </row>
+    <row r="274" spans="1:26" customHeight="1" ht="70">
+      <c r="A274" s="8"/>
+      <c r="B274" s="8"/>
+      <c r="C274" s="8"/>
+      <c r="D274" s="8"/>
+      <c r="E274" s="8"/>
+      <c r="F274" s="5">
+        <v>6</v>
+      </c>
+      <c r="G274" s="5" t="s">
+        <v>843</v>
+      </c>
+      <c r="H274" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I274" s="5" t="s">
+        <v>844</v>
+      </c>
+      <c r="J274" s="6" t="s">
+        <v>845</v>
+      </c>
+      <c r="K274" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L274" s="5"/>
+      <c r="M274" s="5"/>
+      <c r="N274"/>
+      <c r="O274"/>
+      <c r="P274"/>
+      <c r="Q274"/>
+      <c r="R274"/>
+      <c r="S274"/>
+      <c r="T274"/>
+      <c r="U274"/>
+      <c r="V274"/>
+      <c r="W274"/>
+      <c r="X274"/>
+      <c r="Y274"/>
+      <c r="Z274"/>
+    </row>
+    <row r="275" spans="1:26" customHeight="1" ht="483.14285714286">
+      <c r="A275" s="7" t="s">
+        <v>846</v>
+      </c>
+      <c r="B275" s="8" t="s">
+        <v>847</v>
+      </c>
+      <c r="C275" s="8" t="s">
+        <v>848</v>
+      </c>
+      <c r="D275" s="8" t="s">
+        <v>422</v>
+      </c>
+      <c r="E275" s="8" t="s">
+        <v>423</v>
+      </c>
+      <c r="F275" s="5">
+        <v>1</v>
+      </c>
+      <c r="G275" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="H275" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I275" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="J275" s="6" t="s">
+        <v>851</v>
+      </c>
+      <c r="K275" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L275" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="M275" s="5" t="s">
+        <v>853</v>
+      </c>
+      <c r="N275"/>
+      <c r="O275"/>
+      <c r="P275"/>
+      <c r="Q275"/>
+      <c r="R275"/>
+      <c r="S275"/>
+      <c r="T275"/>
+      <c r="U275"/>
+      <c r="V275"/>
+      <c r="W275"/>
+      <c r="X275"/>
+      <c r="Y275"/>
+      <c r="Z275"/>
+    </row>
+    <row r="276" spans="1:26" customHeight="1" ht="259.14285714286">
+      <c r="A276" s="7" t="s">
+        <v>854</v>
+      </c>
+      <c r="B276" s="8" t="s">
+        <v>720</v>
+      </c>
+      <c r="C276" s="8" t="s">
+        <v>855</v>
+      </c>
+      <c r="D276" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E276" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F276" s="5">
+        <v>1</v>
+      </c>
+      <c r="G276" s="5" t="s">
+        <v>856</v>
+      </c>
+      <c r="H276" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I276" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="J276" s="6" t="s">
+        <v>857</v>
+      </c>
+      <c r="K276" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L276" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="M276" s="5" t="s">
+        <v>859</v>
+      </c>
+      <c r="N276"/>
+      <c r="O276"/>
+      <c r="P276"/>
+      <c r="Q276"/>
+      <c r="R276"/>
+      <c r="S276"/>
+      <c r="T276"/>
+      <c r="U276"/>
+      <c r="V276"/>
+      <c r="W276"/>
+      <c r="X276"/>
+      <c r="Y276"/>
+      <c r="Z276"/>
+    </row>
+    <row r="277" spans="1:26" customHeight="1" ht="48">
+      <c r="A277" s="8"/>
+      <c r="B277" s="8"/>
+      <c r="C277" s="8"/>
+      <c r="D277" s="8"/>
+      <c r="E277" s="8"/>
+      <c r="F277" s="5">
+        <v>2</v>
+      </c>
+      <c r="G277" s="5" t="s">
+        <v>860</v>
+      </c>
+      <c r="H277" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I277" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="J277" s="6" t="s">
+        <v>861</v>
+      </c>
+      <c r="K277" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L277" s="5"/>
+      <c r="M277" s="5"/>
+      <c r="N277"/>
+      <c r="O277"/>
+      <c r="P277"/>
+      <c r="Q277"/>
+      <c r="R277"/>
+      <c r="S277"/>
+      <c r="T277"/>
+      <c r="U277"/>
+      <c r="V277"/>
+      <c r="W277"/>
+      <c r="X277"/>
+      <c r="Y277"/>
+      <c r="Z277"/>
+    </row>
+    <row r="278" spans="1:26" customHeight="1" ht="30">
+      <c r="A278" s="8"/>
+      <c r="B278" s="8"/>
+      <c r="C278" s="8"/>
+      <c r="D278" s="8"/>
+      <c r="E278" s="8"/>
+      <c r="F278" s="5">
+        <v>3</v>
+      </c>
+      <c r="G278" s="5" t="s">
+        <v>862</v>
+      </c>
+      <c r="H278" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I278" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="J278" s="6" t="s">
+        <v>863</v>
+      </c>
+      <c r="K278" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L278" s="5"/>
+      <c r="M278" s="5"/>
+      <c r="N278"/>
+      <c r="O278"/>
+      <c r="P278"/>
+      <c r="Q278"/>
+      <c r="R278"/>
+      <c r="S278"/>
+      <c r="T278"/>
+      <c r="U278"/>
+      <c r="V278"/>
+      <c r="W278"/>
+      <c r="X278"/>
+      <c r="Y278"/>
+      <c r="Z278"/>
+    </row>
+    <row r="279" spans="1:26" customHeight="1" ht="30">
+      <c r="A279" s="8"/>
+      <c r="B279" s="8"/>
+      <c r="C279" s="8"/>
+      <c r="D279" s="8"/>
+      <c r="E279" s="8"/>
+      <c r="F279" s="5">
+        <v>4</v>
+      </c>
+      <c r="G279" s="5" t="s">
+        <v>864</v>
+      </c>
+      <c r="H279" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I279" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="J279" s="6" t="s">
+        <v>866</v>
+      </c>
+      <c r="K279" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L279" s="5"/>
+      <c r="M279" s="5"/>
+      <c r="N279"/>
+      <c r="O279"/>
+      <c r="P279"/>
+      <c r="Q279"/>
+      <c r="R279"/>
+      <c r="S279"/>
+      <c r="T279"/>
+      <c r="U279"/>
+      <c r="V279"/>
+      <c r="W279"/>
+      <c r="X279"/>
+      <c r="Y279"/>
+      <c r="Z279"/>
+    </row>
+    <row r="280" spans="1:26" customHeight="1" ht="30">
+      <c r="A280" s="8"/>
+      <c r="B280" s="8"/>
+      <c r="C280" s="8"/>
+      <c r="D280" s="8"/>
+      <c r="E280" s="8"/>
+      <c r="F280" s="5">
+        <v>5</v>
+      </c>
+      <c r="G280" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="H280" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I280" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="J280" s="6" t="s">
+        <v>868</v>
+      </c>
+      <c r="K280" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L280" s="5"/>
+      <c r="M280" s="5"/>
+      <c r="N280"/>
+      <c r="O280"/>
+      <c r="P280"/>
+      <c r="Q280"/>
+      <c r="R280"/>
+      <c r="S280"/>
+      <c r="T280"/>
+      <c r="U280"/>
+      <c r="V280"/>
+      <c r="W280"/>
+      <c r="X280"/>
+      <c r="Y280"/>
+      <c r="Z280"/>
+    </row>
+    <row r="281" spans="1:26" customHeight="1" ht="51">
+      <c r="A281" s="8"/>
+      <c r="B281" s="8"/>
+      <c r="C281" s="8"/>
+      <c r="D281" s="8"/>
+      <c r="E281" s="8"/>
+      <c r="F281" s="5">
+        <v>6</v>
+      </c>
+      <c r="G281" s="5" t="s">
+        <v>869</v>
+      </c>
+      <c r="H281" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I281" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="J281" s="6" t="s">
+        <v>871</v>
+      </c>
+      <c r="K281" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L281" s="5"/>
+      <c r="M281" s="5"/>
+      <c r="N281"/>
+      <c r="O281"/>
+      <c r="P281"/>
+      <c r="Q281"/>
+      <c r="R281"/>
+      <c r="S281"/>
+      <c r="T281"/>
+      <c r="U281"/>
+      <c r="V281"/>
+      <c r="W281"/>
+      <c r="X281"/>
+      <c r="Y281"/>
+      <c r="Z281"/>
+    </row>
+    <row r="282" spans="1:26" customHeight="1" ht="37">
+      <c r="A282" s="8"/>
+      <c r="B282" s="8"/>
+      <c r="C282" s="8"/>
+      <c r="D282" s="8"/>
+      <c r="E282" s="8"/>
+      <c r="F282" s="5">
+        <v>7</v>
+      </c>
+      <c r="G282" s="5" t="s">
+        <v>872</v>
+      </c>
+      <c r="H282" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I282" s="5" t="s">
+        <v>873</v>
+      </c>
+      <c r="J282" s="6" t="s">
+        <v>874</v>
+      </c>
+      <c r="K282" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L282" s="5"/>
+      <c r="M282" s="5"/>
+      <c r="N282"/>
+      <c r="O282"/>
+      <c r="P282"/>
+      <c r="Q282"/>
+      <c r="R282"/>
+      <c r="S282"/>
+      <c r="T282"/>
+      <c r="U282"/>
+      <c r="V282"/>
+      <c r="W282"/>
+      <c r="X282"/>
+      <c r="Y282"/>
+      <c r="Z282"/>
+    </row>
+    <row r="283" spans="1:26" customHeight="1" ht="245.71428571429">
+      <c r="A283" s="7" t="s">
+        <v>854</v>
+      </c>
+      <c r="B283" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="C283" s="8" t="s">
+        <v>876</v>
+      </c>
+      <c r="D283" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E283" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F283" s="5">
+        <v>1</v>
+      </c>
+      <c r="G283" s="5" t="s">
+        <v>877</v>
+      </c>
+      <c r="H283" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="I283" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="J283" s="6" t="s">
+        <v>879</v>
+      </c>
+      <c r="K283" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L283" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="M283" s="5" t="s">
+        <v>881</v>
+      </c>
+      <c r="N283"/>
+      <c r="O283"/>
+      <c r="P283"/>
+      <c r="Q283"/>
+      <c r="R283"/>
+      <c r="S283"/>
+      <c r="T283"/>
+      <c r="U283"/>
+      <c r="V283"/>
+      <c r="W283"/>
+      <c r="X283"/>
+      <c r="Y283"/>
+      <c r="Z283"/>
+    </row>
+    <row r="284" spans="1:26" customHeight="1" ht="45">
+      <c r="A284" s="8"/>
+      <c r="B284" s="8"/>
+      <c r="C284" s="8"/>
+      <c r="D284" s="8"/>
+      <c r="E284" s="8"/>
+      <c r="F284" s="5">
+        <v>2</v>
+      </c>
+      <c r="G284" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="H284" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="I284" s="5" t="s">
+        <v>883</v>
+      </c>
+      <c r="J284" s="6" t="s">
+        <v>884</v>
+      </c>
+      <c r="K284" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L284" s="5"/>
+      <c r="M284" s="5"/>
+      <c r="N284"/>
+      <c r="O284"/>
+      <c r="P284"/>
+      <c r="Q284"/>
+      <c r="R284"/>
+      <c r="S284"/>
+      <c r="T284"/>
+      <c r="U284"/>
+      <c r="V284"/>
+      <c r="W284"/>
+      <c r="X284"/>
+      <c r="Y284"/>
+      <c r="Z284"/>
+    </row>
+    <row r="285" spans="1:26" customHeight="1" ht="55">
+      <c r="A285" s="8"/>
+      <c r="B285" s="8"/>
+      <c r="C285" s="8"/>
+      <c r="D285" s="8"/>
+      <c r="E285" s="8"/>
+      <c r="F285" s="5">
+        <v>3</v>
+      </c>
+      <c r="G285" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="H285" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="I285" s="5" t="s">
+        <v>886</v>
+      </c>
+      <c r="J285" s="6" t="s">
+        <v>887</v>
+      </c>
+      <c r="K285" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L285" s="5"/>
+      <c r="M285" s="5"/>
+      <c r="N285"/>
+      <c r="O285"/>
+      <c r="P285"/>
+      <c r="Q285"/>
+      <c r="R285"/>
+      <c r="S285"/>
+      <c r="T285"/>
+      <c r="U285"/>
+      <c r="V285"/>
+      <c r="W285"/>
+      <c r="X285"/>
+      <c r="Y285"/>
+      <c r="Z285"/>
+    </row>
+    <row r="286" spans="1:26" customHeight="1" ht="222.71428571429">
+      <c r="A286" s="7" t="s">
+        <v>888</v>
+      </c>
+      <c r="B286" s="8" t="s">
+        <v>889</v>
+      </c>
+      <c r="C286" s="8" t="s">
+        <v>890</v>
+      </c>
+      <c r="D286" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E286" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F286" s="5">
+        <v>1</v>
+      </c>
+      <c r="G286" s="5" t="s">
+        <v>891</v>
+      </c>
+      <c r="H286" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I286" s="5" t="s">
+        <v>892</v>
+      </c>
+      <c r="J286" s="6" t="s">
+        <v>893</v>
+      </c>
+      <c r="K286" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L286" s="5" t="s">
+        <v>894</v>
+      </c>
+      <c r="M286" s="5" t="s">
+        <v>895</v>
+      </c>
+      <c r="N286"/>
+      <c r="O286"/>
+      <c r="P286"/>
+      <c r="Q286"/>
+      <c r="R286"/>
+      <c r="S286"/>
+      <c r="T286"/>
+      <c r="U286"/>
+      <c r="V286"/>
+      <c r="W286"/>
+      <c r="X286"/>
+      <c r="Y286"/>
+      <c r="Z286"/>
+    </row>
+    <row r="287" spans="1:26" customHeight="1" ht="90.428571428571">
+      <c r="A287" s="7" t="s">
+        <v>896</v>
+      </c>
+      <c r="B287" s="8" t="s">
+        <v>897</v>
+      </c>
+      <c r="C287" s="8" t="s">
+        <v>898</v>
+      </c>
+      <c r="D287" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E287" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F287" s="5">
+        <v>1</v>
+      </c>
+      <c r="G287" s="5" t="s">
+        <v>899</v>
+      </c>
+      <c r="H287" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I287" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="J287" s="6" t="s">
+        <v>900</v>
+      </c>
+      <c r="K287" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L287" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="M287" s="5" t="s">
+        <v>902</v>
+      </c>
+      <c r="N287"/>
+      <c r="O287"/>
+      <c r="P287"/>
+      <c r="Q287"/>
+      <c r="R287"/>
+      <c r="S287"/>
+      <c r="T287"/>
+      <c r="U287"/>
+      <c r="V287"/>
+      <c r="W287"/>
+      <c r="X287"/>
+      <c r="Y287"/>
+      <c r="Z287"/>
+    </row>
+    <row r="288" spans="1:26" customHeight="1" ht="30">
+      <c r="A288" s="8"/>
+      <c r="B288" s="8"/>
+      <c r="C288" s="8"/>
+      <c r="D288" s="8"/>
+      <c r="E288" s="8"/>
+      <c r="F288" s="5">
+        <v>2</v>
+      </c>
+      <c r="G288" s="5" t="s">
+        <v>903</v>
+      </c>
+      <c r="H288" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I288" s="5" t="s">
+        <v>904</v>
+      </c>
+      <c r="J288" s="6" t="s">
+        <v>905</v>
+      </c>
+      <c r="K288" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L288" s="5"/>
+      <c r="M288" s="5"/>
+      <c r="N288"/>
+      <c r="O288"/>
+      <c r="P288"/>
+      <c r="Q288"/>
+      <c r="R288"/>
+      <c r="S288"/>
+      <c r="T288"/>
+      <c r="U288"/>
+      <c r="V288"/>
+      <c r="W288"/>
+      <c r="X288"/>
+      <c r="Y288"/>
+      <c r="Z288"/>
+    </row>
+    <row r="289" spans="1:26" customHeight="1" ht="30">
+      <c r="A289" s="8"/>
+      <c r="B289" s="8"/>
+      <c r="C289" s="8"/>
+      <c r="D289" s="8"/>
+      <c r="E289" s="8"/>
+      <c r="F289" s="5">
+        <v>3</v>
+      </c>
+      <c r="G289" s="5" t="s">
+        <v>906</v>
+      </c>
+      <c r="H289" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I289" s="5" t="s">
+        <v>904</v>
+      </c>
+      <c r="J289" s="6" t="s">
+        <v>907</v>
+      </c>
+      <c r="K289" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L289" s="5"/>
+      <c r="M289" s="5"/>
+      <c r="N289"/>
+      <c r="O289"/>
+      <c r="P289"/>
+      <c r="Q289"/>
+      <c r="R289"/>
+      <c r="S289"/>
+      <c r="T289"/>
+      <c r="U289"/>
+      <c r="V289"/>
+      <c r="W289"/>
+      <c r="X289"/>
+      <c r="Y289"/>
+      <c r="Z289"/>
+    </row>
+    <row r="290" spans="1:26" customHeight="1" ht="30">
+      <c r="A290" s="8"/>
+      <c r="B290" s="8"/>
+      <c r="C290" s="8"/>
+      <c r="D290" s="8"/>
+      <c r="E290" s="8"/>
+      <c r="F290" s="5">
+        <v>4</v>
+      </c>
+      <c r="G290" s="5" t="s">
+        <v>908</v>
+      </c>
+      <c r="H290" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I290" s="5" t="s">
+        <v>904</v>
+      </c>
+      <c r="J290" s="6" t="s">
+        <v>909</v>
+      </c>
+      <c r="K290" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L290" s="5"/>
+      <c r="M290" s="5"/>
+      <c r="N290"/>
+      <c r="O290"/>
+      <c r="P290"/>
+      <c r="Q290"/>
+      <c r="R290"/>
+      <c r="S290"/>
+      <c r="T290"/>
+      <c r="U290"/>
+      <c r="V290"/>
+      <c r="W290"/>
+      <c r="X290"/>
+      <c r="Y290"/>
+      <c r="Z290"/>
+    </row>
+    <row r="291" spans="1:26" customHeight="1" ht="30">
+      <c r="A291" s="8"/>
+      <c r="B291" s="8"/>
+      <c r="C291" s="8"/>
+      <c r="D291" s="8"/>
+      <c r="E291" s="8"/>
+      <c r="F291" s="5">
+        <v>5</v>
+      </c>
+      <c r="G291" s="5" t="s">
+        <v>910</v>
+      </c>
+      <c r="H291" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I291" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="J291" s="6" t="s">
+        <v>911</v>
+      </c>
+      <c r="K291" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L291" s="5"/>
+      <c r="M291" s="5"/>
+      <c r="N291"/>
+      <c r="O291"/>
+      <c r="P291"/>
+      <c r="Q291"/>
+      <c r="R291"/>
+      <c r="S291"/>
+      <c r="T291"/>
+      <c r="U291"/>
+      <c r="V291"/>
+      <c r="W291"/>
+      <c r="X291"/>
+      <c r="Y291"/>
+      <c r="Z291"/>
+    </row>
+    <row r="292" spans="1:26" customHeight="1" ht="39">
+      <c r="A292" s="8"/>
+      <c r="B292" s="8"/>
+      <c r="C292" s="8"/>
+      <c r="D292" s="8"/>
+      <c r="E292" s="8"/>
+      <c r="F292" s="5">
+        <v>6</v>
+      </c>
+      <c r="G292" s="5" t="s">
+        <v>912</v>
+      </c>
+      <c r="H292" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I292" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="J292" s="6" t="s">
+        <v>913</v>
+      </c>
+      <c r="K292" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L292" s="5"/>
+      <c r="M292" s="5"/>
+      <c r="N292"/>
+      <c r="O292"/>
+      <c r="P292"/>
+      <c r="Q292"/>
+      <c r="R292"/>
+      <c r="S292"/>
+      <c r="T292"/>
+      <c r="U292"/>
+      <c r="V292"/>
+      <c r="W292"/>
+      <c r="X292"/>
+      <c r="Y292"/>
+      <c r="Z292"/>
+    </row>
+    <row r="293" spans="1:26" customHeight="1" ht="37">
+      <c r="A293" s="8"/>
+      <c r="B293" s="8"/>
+      <c r="C293" s="8"/>
+      <c r="D293" s="8"/>
+      <c r="E293" s="8"/>
+      <c r="F293" s="5">
+        <v>7</v>
+      </c>
+      <c r="G293" s="5" t="s">
+        <v>914</v>
+      </c>
+      <c r="H293" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I293" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="J293" s="6" t="s">
+        <v>915</v>
+      </c>
+      <c r="K293" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L293" s="5"/>
+      <c r="M293" s="5"/>
+      <c r="N293"/>
+      <c r="O293"/>
+      <c r="P293"/>
+      <c r="Q293"/>
+      <c r="R293"/>
+      <c r="S293"/>
+      <c r="T293"/>
+      <c r="U293"/>
+      <c r="V293"/>
+      <c r="W293"/>
+      <c r="X293"/>
+      <c r="Y293"/>
+      <c r="Z293"/>
+    </row>
+    <row r="294" spans="1:26" customHeight="1" ht="30">
+      <c r="A294" s="8"/>
+      <c r="B294" s="8"/>
+      <c r="C294" s="8"/>
+      <c r="D294" s="8"/>
+      <c r="E294" s="8"/>
+      <c r="F294" s="5">
+        <v>8</v>
+      </c>
+      <c r="G294" s="5" t="s">
+        <v>916</v>
+      </c>
+      <c r="H294" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I294" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="J294" s="6" t="s">
+        <v>917</v>
+      </c>
+      <c r="K294" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L294" s="5"/>
+      <c r="M294" s="5"/>
+      <c r="N294"/>
+      <c r="O294"/>
+      <c r="P294"/>
+      <c r="Q294"/>
+      <c r="R294"/>
+      <c r="S294"/>
+      <c r="T294"/>
+      <c r="U294"/>
+      <c r="V294"/>
+      <c r="W294"/>
+      <c r="X294"/>
+      <c r="Y294"/>
+      <c r="Z294"/>
+    </row>
+    <row r="295" spans="1:26" customHeight="1" ht="30">
+      <c r="A295" s="8"/>
+      <c r="B295" s="8"/>
+      <c r="C295" s="8"/>
+      <c r="D295" s="8"/>
+      <c r="E295" s="8"/>
+      <c r="F295" s="5">
+        <v>9</v>
+      </c>
+      <c r="G295" s="5" t="s">
+        <v>918</v>
+      </c>
+      <c r="H295" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I295" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="J295" s="6" t="s">
+        <v>919</v>
+      </c>
+      <c r="K295" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L295" s="5"/>
+      <c r="M295" s="5"/>
+      <c r="N295"/>
+      <c r="O295"/>
+      <c r="P295"/>
+      <c r="Q295"/>
+      <c r="R295"/>
+      <c r="S295"/>
+      <c r="T295"/>
+      <c r="U295"/>
+      <c r="V295"/>
+      <c r="W295"/>
+      <c r="X295"/>
+      <c r="Y295"/>
+      <c r="Z295"/>
+    </row>
+    <row r="296" spans="1:26" customHeight="1" ht="39">
+      <c r="A296" s="8"/>
+      <c r="B296" s="8"/>
+      <c r="C296" s="8"/>
+      <c r="D296" s="8"/>
+      <c r="E296" s="8"/>
+      <c r="F296" s="5">
+        <v>10</v>
+      </c>
+      <c r="G296" s="5" t="s">
+        <v>920</v>
+      </c>
+      <c r="H296" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I296" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="J296" s="6" t="s">
+        <v>921</v>
+      </c>
+      <c r="K296" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L296" s="5"/>
+      <c r="M296" s="5"/>
+      <c r="N296"/>
+      <c r="O296"/>
+      <c r="P296"/>
+      <c r="Q296"/>
+      <c r="R296"/>
+      <c r="S296"/>
+      <c r="T296"/>
+      <c r="U296"/>
+      <c r="V296"/>
+      <c r="W296"/>
+      <c r="X296"/>
+      <c r="Y296"/>
+      <c r="Z296"/>
+    </row>
+    <row r="297" spans="1:26" customHeight="1" ht="628.85714285714">
+      <c r="A297" s="7" t="s">
+        <v>922</v>
+      </c>
+      <c r="B297" s="8" t="s">
+        <v>923</v>
+      </c>
+      <c r="C297" s="8" t="s">
+        <v>924</v>
+      </c>
+      <c r="D297" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E297" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F297" s="5">
+        <v>1</v>
+      </c>
+      <c r="G297" s="5" t="s">
+        <v>925</v>
+      </c>
+      <c r="H297" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I297" s="5" t="s">
+        <v>926</v>
+      </c>
+      <c r="J297" s="6" t="s">
+        <v>927</v>
+      </c>
+      <c r="K297" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L297" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="M297" s="5" t="s">
+        <v>929</v>
+      </c>
+      <c r="N297"/>
+      <c r="O297"/>
+      <c r="P297"/>
+      <c r="Q297"/>
+      <c r="R297"/>
+      <c r="S297"/>
+      <c r="T297"/>
+      <c r="U297"/>
+      <c r="V297"/>
+      <c r="W297"/>
+      <c r="X297"/>
+      <c r="Y297"/>
+      <c r="Z297"/>
+    </row>
+    <row r="298" spans="1:26" customHeight="1" ht="86.857142857143">
+      <c r="A298" s="7" t="s">
+        <v>930</v>
+      </c>
+      <c r="B298" s="8" t="s">
+        <v>931</v>
+      </c>
+      <c r="C298" s="8" t="s">
+        <v>932</v>
+      </c>
+      <c r="D298" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E298" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F298" s="5">
+        <v>1</v>
+      </c>
+      <c r="G298" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="H298" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I298" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="J298" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K298" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L298" s="5" t="s">
+        <v>933</v>
+      </c>
+      <c r="M298" s="5" t="s">
+        <v>934</v>
+      </c>
+      <c r="N298"/>
+      <c r="O298"/>
+      <c r="P298"/>
+      <c r="Q298"/>
+      <c r="R298"/>
+      <c r="S298"/>
+      <c r="T298"/>
+      <c r="U298"/>
+      <c r="V298"/>
+      <c r="W298"/>
+      <c r="X298"/>
+      <c r="Y298"/>
+      <c r="Z298"/>
+    </row>
+    <row r="299" spans="1:26" customHeight="1" ht="30">
+      <c r="A299" s="8"/>
+      <c r="B299" s="8"/>
+      <c r="C299" s="8"/>
+      <c r="D299" s="8"/>
+      <c r="E299" s="8"/>
+      <c r="F299" s="5">
+        <v>2</v>
+      </c>
+      <c r="G299" s="5" t="s">
+        <v>935</v>
+      </c>
+      <c r="H299" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="I299" s="5" t="s">
+        <v>936</v>
+      </c>
+      <c r="J299" s="6" t="s">
+        <v>937</v>
+      </c>
+      <c r="K299" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L299" s="5"/>
+      <c r="M299" s="5"/>
+      <c r="N299"/>
+      <c r="O299"/>
+      <c r="P299"/>
+      <c r="Q299"/>
+      <c r="R299"/>
+      <c r="S299"/>
+      <c r="T299"/>
+      <c r="U299"/>
+      <c r="V299"/>
+      <c r="W299"/>
+      <c r="X299"/>
+      <c r="Y299"/>
+      <c r="Z299"/>
+    </row>
+    <row r="300" spans="1:26" customHeight="1" ht="30">
+      <c r="A300" s="8"/>
+      <c r="B300" s="8"/>
+      <c r="C300" s="8"/>
+      <c r="D300" s="8"/>
+      <c r="E300" s="8"/>
+      <c r="F300" s="5">
+        <v>3</v>
+      </c>
+      <c r="G300" s="5" t="s">
+        <v>938</v>
+      </c>
+      <c r="H300" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I300" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="J300" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K300" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L300" s="5"/>
+      <c r="M300" s="5"/>
+      <c r="N300"/>
+      <c r="O300"/>
+      <c r="P300"/>
+      <c r="Q300"/>
+      <c r="R300"/>
+      <c r="S300"/>
+      <c r="T300"/>
+      <c r="U300"/>
+      <c r="V300"/>
+      <c r="W300"/>
+      <c r="X300"/>
+      <c r="Y300"/>
+      <c r="Z300"/>
+    </row>
+    <row r="301" spans="1:26" customHeight="1" ht="189.57142857143">
+      <c r="A301" s="7" t="s">
+        <v>939</v>
+      </c>
+      <c r="B301" s="8" t="s">
+        <v>940</v>
+      </c>
+      <c r="C301" s="8" t="s">
+        <v>941</v>
+      </c>
+      <c r="D301" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E301" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F301" s="5">
+        <v>1</v>
+      </c>
+      <c r="G301" s="5" t="s">
+        <v>942</v>
+      </c>
+      <c r="H301" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="I301" s="5" t="s">
+        <v>943</v>
+      </c>
+      <c r="J301" s="6" t="s">
+        <v>944</v>
+      </c>
+      <c r="K301" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L301" s="5" t="s">
+        <v>945</v>
+      </c>
+      <c r="M301" s="5" t="s">
+        <v>946</v>
+      </c>
+      <c r="N301"/>
+      <c r="O301"/>
+      <c r="P301"/>
+      <c r="Q301"/>
+      <c r="R301"/>
+      <c r="S301"/>
+      <c r="T301"/>
+      <c r="U301"/>
+      <c r="V301"/>
+      <c r="W301"/>
+      <c r="X301"/>
+      <c r="Y301"/>
+      <c r="Z301"/>
+    </row>
+    <row r="302" spans="1:26" customHeight="1" ht="30">
+      <c r="A302" s="8"/>
+      <c r="B302" s="8"/>
+      <c r="C302" s="8"/>
+      <c r="D302" s="8"/>
+      <c r="E302" s="8"/>
+      <c r="F302" s="5">
+        <v>2</v>
+      </c>
+      <c r="G302" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="H302" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="I302" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="J302" s="6" t="s">
+        <v>949</v>
+      </c>
+      <c r="K302" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L302" s="5"/>
+      <c r="M302" s="5"/>
+      <c r="N302"/>
+      <c r="O302"/>
+      <c r="P302"/>
+      <c r="Q302"/>
+      <c r="R302"/>
+      <c r="S302"/>
+      <c r="T302"/>
+      <c r="U302"/>
+      <c r="V302"/>
+      <c r="W302"/>
+      <c r="X302"/>
+      <c r="Y302"/>
+      <c r="Z302"/>
+    </row>
+    <row r="303" spans="1:26" customHeight="1" ht="32">
+      <c r="A303" s="8"/>
+      <c r="B303" s="8"/>
+      <c r="C303" s="8"/>
+      <c r="D303" s="8"/>
+      <c r="E303" s="8"/>
+      <c r="F303" s="5">
+        <v>3</v>
+      </c>
+      <c r="G303" s="5" t="s">
+        <v>950</v>
+      </c>
+      <c r="H303" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="I303" s="5" t="s">
+        <v>951</v>
+      </c>
+      <c r="J303" s="6" t="s">
+        <v>952</v>
+      </c>
+      <c r="K303" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L303" s="5"/>
+      <c r="M303" s="5"/>
+      <c r="N303"/>
+      <c r="O303"/>
+      <c r="P303"/>
+      <c r="Q303"/>
+      <c r="R303"/>
+      <c r="S303"/>
+      <c r="T303"/>
+      <c r="U303"/>
+      <c r="V303"/>
+      <c r="W303"/>
+      <c r="X303"/>
+      <c r="Y303"/>
+      <c r="Z303"/>
+    </row>
+    <row r="304" spans="1:26" customHeight="1" ht="30">
+      <c r="A304" s="8"/>
+      <c r="B304" s="8"/>
+      <c r="C304" s="8"/>
+      <c r="D304" s="8"/>
+      <c r="E304" s="8"/>
+      <c r="F304" s="5">
+        <v>4</v>
+      </c>
+      <c r="G304" s="5" t="s">
+        <v>953</v>
+      </c>
+      <c r="H304" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="I304" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="J304" s="6" t="s">
+        <v>955</v>
+      </c>
+      <c r="K304" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L304" s="5"/>
+      <c r="M304" s="5"/>
+      <c r="N304"/>
+      <c r="O304"/>
+      <c r="P304"/>
+      <c r="Q304"/>
+      <c r="R304"/>
+      <c r="S304"/>
+      <c r="T304"/>
+      <c r="U304"/>
+      <c r="V304"/>
+      <c r="W304"/>
+      <c r="X304"/>
+      <c r="Y304"/>
+      <c r="Z304"/>
+    </row>
+    <row r="305" spans="1:26" customHeight="1" ht="1497">
+      <c r="A305" s="7" t="s">
+        <v>956</v>
+      </c>
+      <c r="B305" s="8" t="s">
+        <v>957</v>
+      </c>
+      <c r="C305" s="8" t="s">
+        <v>958</v>
+      </c>
+      <c r="D305" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E305" s="8" t="s">
+        <v>423</v>
+      </c>
+      <c r="F305" s="5">
+        <v>1</v>
+      </c>
+      <c r="G305" s="5" t="s">
+        <v>959</v>
+      </c>
+      <c r="H305" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I305" s="5" t="s">
+        <v>960</v>
+      </c>
+      <c r="J305" s="6" t="s">
+        <v>961</v>
+      </c>
+      <c r="K305" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L305" s="5" t="s">
+        <v>962</v>
+      </c>
+      <c r="M305" s="5" t="s">
+        <v>963</v>
+      </c>
+      <c r="N305"/>
+      <c r="O305"/>
+      <c r="P305"/>
+      <c r="Q305"/>
+      <c r="R305"/>
+      <c r="S305"/>
+      <c r="T305"/>
+      <c r="U305"/>
+      <c r="V305"/>
+      <c r="W305"/>
+      <c r="X305"/>
+      <c r="Y305"/>
+      <c r="Z305"/>
+    </row>
+    <row r="306" spans="1:26" customHeight="1" ht="411">
+      <c r="A306" s="7" t="s">
+        <v>964</v>
+      </c>
+      <c r="B306" s="8" t="s">
+        <v>897</v>
+      </c>
+      <c r="C306" s="8" t="s">
+        <v>965</v>
+      </c>
+      <c r="D306" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E306" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F306" s="5">
+        <v>1</v>
+      </c>
+      <c r="G306" s="5" t="s">
+        <v>966</v>
+      </c>
+      <c r="H306" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I306" s="5" t="s">
+        <v>967</v>
+      </c>
+      <c r="J306" s="6" t="s">
+        <v>968</v>
+      </c>
+      <c r="K306" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L306" s="5" t="s">
+        <v>969</v>
+      </c>
+      <c r="M306" s="5" t="s">
+        <v>970</v>
+      </c>
+      <c r="N306"/>
+      <c r="O306"/>
+      <c r="P306"/>
+      <c r="Q306"/>
+      <c r="R306"/>
+      <c r="S306"/>
+      <c r="T306"/>
+      <c r="U306"/>
+      <c r="V306"/>
+      <c r="W306"/>
+      <c r="X306"/>
+      <c r="Y306"/>
+      <c r="Z306"/>
+    </row>
+    <row r="307" spans="1:26" customHeight="1" ht="228.42857142857">
+      <c r="A307" s="7" t="s">
+        <v>971</v>
+      </c>
+      <c r="B307" s="8" t="s">
+        <v>972</v>
+      </c>
+      <c r="C307" s="8" t="s">
+        <v>973</v>
+      </c>
+      <c r="D307" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E307" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F307" s="5">
+        <v>1</v>
+      </c>
+      <c r="G307" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="H307" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I307" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="J307" s="6" t="s">
+        <v>976</v>
+      </c>
+      <c r="K307" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L307" s="5" t="s">
+        <v>977</v>
+      </c>
+      <c r="M307" s="5" t="s">
+        <v>978</v>
+      </c>
+      <c r="N307"/>
+      <c r="O307"/>
+      <c r="P307"/>
+      <c r="Q307"/>
+      <c r="R307"/>
+      <c r="S307"/>
+      <c r="T307"/>
+      <c r="U307"/>
+      <c r="V307"/>
+      <c r="W307"/>
+      <c r="X307"/>
+      <c r="Y307"/>
+      <c r="Z307"/>
+    </row>
+    <row r="308" spans="1:26" customHeight="1" ht="336.28571428571">
+      <c r="A308" s="7" t="s">
+        <v>979</v>
+      </c>
+      <c r="B308" s="8" t="s">
+        <v>980</v>
+      </c>
+      <c r="C308" s="8" t="s">
+        <v>981</v>
+      </c>
+      <c r="D308" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E308" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F308" s="5">
+        <v>1</v>
+      </c>
+      <c r="G308" s="5" t="s">
+        <v>982</v>
+      </c>
+      <c r="H308" s="5" t="s">
+        <v>983</v>
+      </c>
+      <c r="I308" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="J308" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K308" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L308" s="5" t="s">
+        <v>984</v>
+      </c>
+      <c r="M308" s="5" t="s">
+        <v>985</v>
+      </c>
+      <c r="N308"/>
+      <c r="O308"/>
+      <c r="P308"/>
+      <c r="Q308"/>
+      <c r="R308"/>
+      <c r="S308"/>
+      <c r="T308"/>
+      <c r="U308"/>
+      <c r="V308"/>
+      <c r="W308"/>
+      <c r="X308"/>
+      <c r="Y308"/>
+      <c r="Z308"/>
+    </row>
+    <row r="309" spans="1:26" customHeight="1" ht="61">
+      <c r="A309" s="8"/>
+      <c r="B309" s="8"/>
+      <c r="C309" s="8"/>
+      <c r="D309" s="8"/>
+      <c r="E309" s="8"/>
+      <c r="F309" s="5">
+        <v>2</v>
+      </c>
+      <c r="G309" s="5" t="s">
+        <v>986</v>
+      </c>
+      <c r="H309" s="5" t="s">
+        <v>983</v>
+      </c>
+      <c r="I309" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="J309" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K309" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L309" s="5"/>
+      <c r="M309" s="5"/>
+      <c r="N309"/>
+      <c r="O309"/>
+      <c r="P309"/>
+      <c r="Q309"/>
+      <c r="R309"/>
+      <c r="S309"/>
+      <c r="T309"/>
+      <c r="U309"/>
+      <c r="V309"/>
+      <c r="W309"/>
+      <c r="X309"/>
+      <c r="Y309"/>
+      <c r="Z309"/>
+    </row>
+    <row r="310" spans="1:26" customHeight="1" ht="73">
+      <c r="A310" s="8"/>
+      <c r="B310" s="8"/>
+      <c r="C310" s="8"/>
+      <c r="D310" s="8"/>
+      <c r="E310" s="8"/>
+      <c r="F310" s="5">
+        <v>3</v>
+      </c>
+      <c r="G310" s="5" t="s">
+        <v>987</v>
+      </c>
+      <c r="H310" s="5" t="s">
+        <v>983</v>
+      </c>
+      <c r="I310" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="J310" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K310" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L310" s="5"/>
+      <c r="M310" s="5"/>
+      <c r="N310"/>
+      <c r="O310"/>
+      <c r="P310"/>
+      <c r="Q310"/>
+      <c r="R310"/>
+      <c r="S310"/>
+      <c r="T310"/>
+      <c r="U310"/>
+      <c r="V310"/>
+      <c r="W310"/>
+      <c r="X310"/>
+      <c r="Y310"/>
+      <c r="Z310"/>
+    </row>
+    <row r="311" spans="1:26" customHeight="1" ht="371.71428571429">
+      <c r="A311" s="7" t="s">
+        <v>988</v>
+      </c>
+      <c r="B311" s="8" t="s">
+        <v>989</v>
+      </c>
+      <c r="C311" s="8" t="s">
+        <v>990</v>
+      </c>
+      <c r="D311" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E311" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F311" s="5">
+        <v>1</v>
+      </c>
+      <c r="G311" s="5" t="s">
+        <v>991</v>
+      </c>
+      <c r="H311" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I311" s="5" t="s">
+        <v>992</v>
+      </c>
+      <c r="J311" s="6" t="s">
+        <v>993</v>
+      </c>
+      <c r="K311" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L311" s="5" t="s">
+        <v>994</v>
+      </c>
+      <c r="M311" s="5" t="s">
+        <v>995</v>
+      </c>
+      <c r="N311"/>
+      <c r="O311"/>
+      <c r="P311"/>
+      <c r="Q311"/>
+      <c r="R311"/>
+      <c r="S311"/>
+      <c r="T311"/>
+      <c r="U311"/>
+      <c r="V311"/>
+      <c r="W311"/>
+      <c r="X311"/>
+      <c r="Y311"/>
+      <c r="Z311"/>
+    </row>
+    <row r="312" spans="1:26" customHeight="1" ht="30">
+      <c r="A312" s="8"/>
+      <c r="B312" s="8"/>
+      <c r="C312" s="8"/>
+      <c r="D312" s="8"/>
+      <c r="E312" s="8"/>
+      <c r="F312" s="5">
+        <v>2</v>
+      </c>
+      <c r="G312" s="5" t="s">
+        <v>996</v>
+      </c>
+      <c r="H312" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I312" s="5" t="s">
+        <v>997</v>
+      </c>
+      <c r="J312" s="6" t="s">
+        <v>998</v>
+      </c>
+      <c r="K312" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L312" s="5"/>
+      <c r="M312" s="5"/>
+      <c r="N312"/>
+      <c r="O312"/>
+      <c r="P312"/>
+      <c r="Q312"/>
+      <c r="R312"/>
+      <c r="S312"/>
+      <c r="T312"/>
+      <c r="U312"/>
+      <c r="V312"/>
+      <c r="W312"/>
+      <c r="X312"/>
+      <c r="Y312"/>
+      <c r="Z312"/>
+    </row>
+    <row r="313" spans="1:26" customHeight="1" ht="83">
+      <c r="A313" s="8"/>
+      <c r="B313" s="8"/>
+      <c r="C313" s="8"/>
+      <c r="D313" s="8"/>
+      <c r="E313" s="8"/>
+      <c r="F313" s="5">
+        <v>3</v>
+      </c>
+      <c r="G313" s="5" t="s">
+        <v>999</v>
+      </c>
+      <c r="H313" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I313" s="5" t="s">
+        <v>992</v>
+      </c>
+      <c r="J313" s="6" t="s">
+        <v>1000</v>
+      </c>
+      <c r="K313" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L313" s="5"/>
+      <c r="M313" s="5"/>
+      <c r="N313"/>
+      <c r="O313"/>
+      <c r="P313"/>
+      <c r="Q313"/>
+      <c r="R313"/>
+      <c r="S313"/>
+      <c r="T313"/>
+      <c r="U313"/>
+      <c r="V313"/>
+      <c r="W313"/>
+      <c r="X313"/>
+      <c r="Y313"/>
+      <c r="Z313"/>
+    </row>
+    <row r="314" spans="1:26" customHeight="1" ht="39">
+      <c r="A314" s="8"/>
+      <c r="B314" s="8"/>
+      <c r="C314" s="8"/>
+      <c r="D314" s="8"/>
+      <c r="E314" s="8"/>
+      <c r="F314" s="5">
+        <v>4</v>
+      </c>
+      <c r="G314" s="5" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H314" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I314" s="5" t="s">
+        <v>943</v>
+      </c>
+      <c r="J314" s="6" t="s">
+        <v>1002</v>
+      </c>
+      <c r="K314" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L314" s="5"/>
+      <c r="M314" s="5"/>
+      <c r="N314"/>
+      <c r="O314"/>
+      <c r="P314"/>
+      <c r="Q314"/>
+      <c r="R314"/>
+      <c r="S314"/>
+      <c r="T314"/>
+      <c r="U314"/>
+      <c r="V314"/>
+      <c r="W314"/>
+      <c r="X314"/>
+      <c r="Y314"/>
+      <c r="Z314"/>
+    </row>
+    <row r="315" spans="1:26" customHeight="1" ht="56">
+      <c r="A315" s="8"/>
+      <c r="B315" s="8"/>
+      <c r="C315" s="8"/>
+      <c r="D315" s="8"/>
+      <c r="E315" s="8"/>
+      <c r="F315" s="5">
+        <v>5</v>
+      </c>
+      <c r="G315" s="5" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H315" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I315" s="5" t="s">
+        <v>1004</v>
+      </c>
+      <c r="J315" s="6" t="s">
+        <v>1005</v>
+      </c>
+      <c r="K315" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L315" s="5"/>
+      <c r="M315" s="5"/>
+      <c r="N315"/>
+      <c r="O315"/>
+      <c r="P315"/>
+      <c r="Q315"/>
+      <c r="R315"/>
+      <c r="S315"/>
+      <c r="T315"/>
+      <c r="U315"/>
+      <c r="V315"/>
+      <c r="W315"/>
+      <c r="X315"/>
+      <c r="Y315"/>
+      <c r="Z315"/>
+    </row>
+    <row r="316" spans="1:26" customHeight="1" ht="56">
+      <c r="A316" s="8"/>
+      <c r="B316" s="8"/>
+      <c r="C316" s="8"/>
+      <c r="D316" s="8"/>
+      <c r="E316" s="8"/>
+      <c r="F316" s="5">
+        <v>6</v>
+      </c>
+      <c r="G316" s="5" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H316" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I316" s="5" t="s">
+        <v>1004</v>
+      </c>
+      <c r="J316" s="6" t="s">
+        <v>1007</v>
+      </c>
+      <c r="K316" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L316" s="5"/>
+      <c r="M316" s="5"/>
+      <c r="N316"/>
+      <c r="O316"/>
+      <c r="P316"/>
+      <c r="Q316"/>
+      <c r="R316"/>
+      <c r="S316"/>
+      <c r="T316"/>
+      <c r="U316"/>
+      <c r="V316"/>
+      <c r="W316"/>
+      <c r="X316"/>
+      <c r="Y316"/>
+      <c r="Z316"/>
+    </row>
+    <row r="317" spans="1:26" customHeight="1" ht="56">
+      <c r="A317" s="8"/>
+      <c r="B317" s="8"/>
+      <c r="C317" s="8"/>
+      <c r="D317" s="8"/>
+      <c r="E317" s="8"/>
+      <c r="F317" s="5">
+        <v>7</v>
+      </c>
+      <c r="G317" s="5" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H317" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I317" s="5" t="s">
+        <v>1009</v>
+      </c>
+      <c r="J317" s="6" t="s">
+        <v>1010</v>
+      </c>
+      <c r="K317" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L317" s="5"/>
+      <c r="M317" s="5"/>
+      <c r="N317"/>
+      <c r="O317"/>
+      <c r="P317"/>
+      <c r="Q317"/>
+      <c r="R317"/>
+      <c r="S317"/>
+      <c r="T317"/>
+      <c r="U317"/>
+      <c r="V317"/>
+      <c r="W317"/>
+      <c r="X317"/>
+      <c r="Y317"/>
+      <c r="Z317"/>
+    </row>
+    <row r="318" spans="1:26" customHeight="1" ht="39">
+      <c r="A318" s="8"/>
+      <c r="B318" s="8"/>
+      <c r="C318" s="8"/>
+      <c r="D318" s="8"/>
+      <c r="E318" s="8"/>
+      <c r="F318" s="5">
+        <v>8</v>
+      </c>
+      <c r="G318" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H318" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I318" s="5" t="s">
+        <v>943</v>
+      </c>
+      <c r="J318" s="6" t="s">
+        <v>1012</v>
+      </c>
+      <c r="K318" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L318" s="5"/>
+      <c r="M318" s="5"/>
+      <c r="N318"/>
+      <c r="O318"/>
+      <c r="P318"/>
+      <c r="Q318"/>
+      <c r="R318"/>
+      <c r="S318"/>
+      <c r="T318"/>
+      <c r="U318"/>
+      <c r="V318"/>
+      <c r="W318"/>
+      <c r="X318"/>
+      <c r="Y318"/>
+      <c r="Z318"/>
+    </row>
+    <row r="319" spans="1:26" customHeight="1" ht="35">
+      <c r="A319" s="8"/>
+      <c r="B319" s="8"/>
+      <c r="C319" s="8"/>
+      <c r="D319" s="8"/>
+      <c r="E319" s="8"/>
+      <c r="F319" s="5">
+        <v>9</v>
+      </c>
+      <c r="G319" s="5" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H319" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I319" s="5" t="s">
+        <v>1014</v>
+      </c>
+      <c r="J319" s="6" t="s">
+        <v>1015</v>
+      </c>
+      <c r="K319" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L319" s="5"/>
+      <c r="M319" s="5"/>
+      <c r="N319"/>
+      <c r="O319"/>
+      <c r="P319"/>
+      <c r="Q319"/>
+      <c r="R319"/>
+      <c r="S319"/>
+      <c r="T319"/>
+      <c r="U319"/>
+      <c r="V319"/>
+      <c r="W319"/>
+      <c r="X319"/>
+      <c r="Y319"/>
+      <c r="Z319"/>
+    </row>
+    <row r="320" spans="1:26" customHeight="1" ht="30">
+      <c r="A320" s="8"/>
+      <c r="B320" s="8"/>
+      <c r="C320" s="8"/>
+      <c r="D320" s="8"/>
+      <c r="E320" s="8"/>
+      <c r="F320" s="5">
+        <v>10</v>
+      </c>
+      <c r="G320" s="5" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H320" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I320" s="5" t="s">
+        <v>1017</v>
+      </c>
+      <c r="J320" s="6" t="s">
+        <v>1018</v>
+      </c>
+      <c r="K320" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L320" s="5"/>
+      <c r="M320" s="5"/>
+      <c r="N320"/>
+      <c r="O320"/>
+      <c r="P320"/>
+      <c r="Q320"/>
+      <c r="R320"/>
+      <c r="S320"/>
+      <c r="T320"/>
+      <c r="U320"/>
+      <c r="V320"/>
+      <c r="W320"/>
+      <c r="X320"/>
+      <c r="Y320"/>
+      <c r="Z320"/>
+    </row>
+    <row r="321" spans="1:26" customHeight="1" ht="1579.7142857143">
+      <c r="A321" s="7" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B321" s="8" t="s">
+        <v>972</v>
+      </c>
+      <c r="C321" s="8" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D321" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E321" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F321" s="5">
+        <v>1</v>
+      </c>
+      <c r="G321" s="5" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H321" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I321" s="5" t="s">
+        <v>1022</v>
+      </c>
+      <c r="J321" s="6" t="s">
+        <v>1023</v>
+      </c>
+      <c r="K321" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L321" s="5" t="s">
+        <v>1024</v>
+      </c>
+      <c r="M321" s="5" t="s">
+        <v>1025</v>
+      </c>
+      <c r="N321"/>
+      <c r="O321"/>
+      <c r="P321"/>
+      <c r="Q321"/>
+      <c r="R321"/>
+      <c r="S321"/>
+      <c r="T321"/>
+      <c r="U321"/>
+      <c r="V321"/>
+      <c r="W321"/>
+      <c r="X321"/>
+      <c r="Y321"/>
+      <c r="Z321"/>
+    </row>
+    <row r="322" spans="1:26" customHeight="1" ht="50">
+      <c r="A322" s="8"/>
+      <c r="B322" s="8"/>
+      <c r="C322" s="8"/>
+      <c r="D322" s="8"/>
+      <c r="E322" s="8"/>
+      <c r="F322" s="5">
+        <v>2</v>
+      </c>
+      <c r="G322" s="5" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H322" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I322" s="5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J322" s="6" t="s">
+        <v>1027</v>
+      </c>
+      <c r="K322" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L322" s="5"/>
+      <c r="M322" s="5"/>
+      <c r="N322"/>
+      <c r="O322"/>
+      <c r="P322"/>
+      <c r="Q322"/>
+      <c r="R322"/>
+      <c r="S322"/>
+      <c r="T322"/>
+      <c r="U322"/>
+      <c r="V322"/>
+      <c r="W322"/>
+      <c r="X322"/>
+      <c r="Y322"/>
+      <c r="Z322"/>
+    </row>
+    <row r="323" spans="1:26" customHeight="1" ht="263.57142857143">
+      <c r="A323" s="7" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B323" s="8" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C323" s="8" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D323" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E323" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F323" s="5">
+        <v>1</v>
+      </c>
+      <c r="G323" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="H323" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I323" s="5" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J323" s="6" t="s">
+        <v>1032</v>
+      </c>
+      <c r="K323" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L323" s="5" t="s">
+        <v>1033</v>
+      </c>
+      <c r="M323" s="5" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N323"/>
+      <c r="O323"/>
+      <c r="P323"/>
+      <c r="Q323"/>
+      <c r="R323"/>
+      <c r="S323"/>
+      <c r="T323"/>
+      <c r="U323"/>
+      <c r="V323"/>
+      <c r="W323"/>
+      <c r="X323"/>
+      <c r="Y323"/>
+      <c r="Z323"/>
+    </row>
+    <row r="324" spans="1:26" customHeight="1" ht="36">
+      <c r="A324" s="8"/>
+      <c r="B324" s="8"/>
+      <c r="C324" s="8"/>
+      <c r="D324" s="8"/>
+      <c r="E324" s="8"/>
+      <c r="F324" s="5">
+        <v>2</v>
+      </c>
+      <c r="G324" s="5" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H324" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I324" s="5" t="s">
+        <v>1036</v>
+      </c>
+      <c r="J324" s="6" t="s">
+        <v>1037</v>
+      </c>
+      <c r="K324" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L324" s="5"/>
+      <c r="M324" s="5"/>
+      <c r="N324"/>
+      <c r="O324"/>
+      <c r="P324"/>
+      <c r="Q324"/>
+      <c r="R324"/>
+      <c r="S324"/>
+      <c r="T324"/>
+      <c r="U324"/>
+      <c r="V324"/>
+      <c r="W324"/>
+      <c r="X324"/>
+      <c r="Y324"/>
+      <c r="Z324"/>
+    </row>
+    <row r="325" spans="1:26" customHeight="1" ht="40">
+      <c r="A325" s="8"/>
+      <c r="B325" s="8"/>
+      <c r="C325" s="8"/>
+      <c r="D325" s="8"/>
+      <c r="E325" s="8"/>
+      <c r="F325" s="5">
+        <v>3</v>
+      </c>
+      <c r="G325" s="5" t="s">
+        <v>1038</v>
+      </c>
+      <c r="H325" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I325" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="J325" s="6" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K325" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L325" s="5"/>
+      <c r="M325" s="5"/>
+      <c r="N325"/>
+      <c r="O325"/>
+      <c r="P325"/>
+      <c r="Q325"/>
+      <c r="R325"/>
+      <c r="S325"/>
+      <c r="T325"/>
+      <c r="U325"/>
+      <c r="V325"/>
+      <c r="W325"/>
+      <c r="X325"/>
+      <c r="Y325"/>
+      <c r="Z325"/>
+    </row>
+    <row r="326" spans="1:26" customHeight="1" ht="34">
+      <c r="A326" s="8"/>
+      <c r="B326" s="8"/>
+      <c r="C326" s="8"/>
+      <c r="D326" s="8"/>
+      <c r="E326" s="8"/>
+      <c r="F326" s="5">
+        <v>4</v>
+      </c>
+      <c r="G326" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="H326" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I326" s="5" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J326" s="6" t="s">
+        <v>1040</v>
+      </c>
+      <c r="K326" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L326" s="5"/>
+      <c r="M326" s="5"/>
+      <c r="N326"/>
+      <c r="O326"/>
+      <c r="P326"/>
+      <c r="Q326"/>
+      <c r="R326"/>
+      <c r="S326"/>
+      <c r="T326"/>
+      <c r="U326"/>
+      <c r="V326"/>
+      <c r="W326"/>
+      <c r="X326"/>
+      <c r="Y326"/>
+      <c r="Z326"/>
+    </row>
+    <row r="327" spans="1:26" customHeight="1" ht="34">
+      <c r="A327" s="8"/>
+      <c r="B327" s="8"/>
+      <c r="C327" s="8"/>
+      <c r="D327" s="8"/>
+      <c r="E327" s="8"/>
+      <c r="F327" s="5">
+        <v>5</v>
+      </c>
+      <c r="G327" s="5" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H327" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I327" s="5" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J327" s="6" t="s">
+        <v>1042</v>
+      </c>
+      <c r="K327" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L327" s="5"/>
+      <c r="M327" s="5"/>
+      <c r="N327"/>
+      <c r="O327"/>
+      <c r="P327"/>
+      <c r="Q327"/>
+      <c r="R327"/>
+      <c r="S327"/>
+      <c r="T327"/>
+      <c r="U327"/>
+      <c r="V327"/>
+      <c r="W327"/>
+      <c r="X327"/>
+      <c r="Y327"/>
+      <c r="Z327"/>
+    </row>
+    <row r="328" spans="1:26" customHeight="1" ht="34">
+      <c r="A328" s="8"/>
+      <c r="B328" s="8"/>
+      <c r="C328" s="8"/>
+      <c r="D328" s="8"/>
+      <c r="E328" s="8"/>
+      <c r="F328" s="5">
+        <v>6</v>
+      </c>
+      <c r="G328" s="5" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H328" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I328" s="5" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J328" s="6" t="s">
+        <v>1044</v>
+      </c>
+      <c r="K328" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L328" s="5"/>
+      <c r="M328" s="5"/>
+      <c r="N328"/>
+      <c r="O328"/>
+      <c r="P328"/>
+      <c r="Q328"/>
+      <c r="R328"/>
+      <c r="S328"/>
+      <c r="T328"/>
+      <c r="U328"/>
+      <c r="V328"/>
+      <c r="W328"/>
+      <c r="X328"/>
+      <c r="Y328"/>
+      <c r="Z328"/>
+    </row>
+    <row r="329" spans="1:26" customHeight="1" ht="30">
+      <c r="A329" s="8"/>
+      <c r="B329" s="8"/>
+      <c r="C329" s="8"/>
+      <c r="D329" s="8"/>
+      <c r="E329" s="8"/>
+      <c r="F329" s="5">
+        <v>7</v>
+      </c>
+      <c r="G329" s="5" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H329" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I329" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="J329" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K329" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L329" s="5"/>
+      <c r="M329" s="5"/>
+      <c r="N329"/>
+      <c r="O329"/>
+      <c r="P329"/>
+      <c r="Q329"/>
+      <c r="R329"/>
+      <c r="S329"/>
+      <c r="T329"/>
+      <c r="U329"/>
+      <c r="V329"/>
+      <c r="W329"/>
+      <c r="X329"/>
+      <c r="Y329"/>
+      <c r="Z329"/>
+    </row>
+    <row r="330" spans="1:26" customHeight="1" ht="34">
+      <c r="A330" s="8"/>
+      <c r="B330" s="8"/>
+      <c r="C330" s="8"/>
+      <c r="D330" s="8"/>
+      <c r="E330" s="8"/>
+      <c r="F330" s="5">
+        <v>8</v>
+      </c>
+      <c r="G330" s="5" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H330" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I330" s="5" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J330" s="6" t="s">
+        <v>1047</v>
+      </c>
+      <c r="K330" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L330" s="5"/>
+      <c r="M330" s="5"/>
+      <c r="N330"/>
+      <c r="O330"/>
+      <c r="P330"/>
+      <c r="Q330"/>
+      <c r="R330"/>
+      <c r="S330"/>
+      <c r="T330"/>
+      <c r="U330"/>
+      <c r="V330"/>
+      <c r="W330"/>
+      <c r="X330"/>
+      <c r="Y330"/>
+      <c r="Z330"/>
+    </row>
+    <row r="331" spans="1:26" customHeight="1" ht="30">
+      <c r="A331" s="8" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B331" s="8"/>
+      <c r="C331" s="8"/>
+      <c r="D331" s="8"/>
+      <c r="E331" s="8"/>
+      <c r="F331" s="5"/>
+      <c r="G331" s="5"/>
+      <c r="H331" s="5"/>
+      <c r="I331" s="5"/>
+      <c r="J331" s="6"/>
+      <c r="K331" s="5"/>
+      <c r="L331" s="5"/>
+      <c r="M331" s="5">
+        <v>87</v>
+      </c>
+      <c r="N331"/>
+      <c r="O331"/>
+      <c r="P331"/>
+      <c r="Q331"/>
+      <c r="R331"/>
+      <c r="S331"/>
+      <c r="T331"/>
+      <c r="U331"/>
+      <c r="V331"/>
+      <c r="W331"/>
+      <c r="X331"/>
+      <c r="Y331"/>
+      <c r="Z331"/>
+    </row>
+    <row r="333" spans="1:26">
+      <c r="A333" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="334" spans="1:26">
+      <c r="A334" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="335" spans="1:26">
+      <c r="A335" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="336" spans="1:26">
+      <c r="A336" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="337" spans="1:26">
+      <c r="A337" t="s">
+        <v>1053</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="F6:K6"/>
-    <mergeCell ref="A8:A8"/>
-[...180 lines deleted...]
-    <mergeCell ref="M102:M108"/>
+    <mergeCell ref="A8:A16"/>
+    <mergeCell ref="B8:B16"/>
+    <mergeCell ref="C8:C16"/>
+    <mergeCell ref="D8:D16"/>
+    <mergeCell ref="E8:E16"/>
+    <mergeCell ref="L8:L16"/>
+    <mergeCell ref="M8:M16"/>
+    <mergeCell ref="A17:A18"/>
+    <mergeCell ref="B17:B18"/>
+    <mergeCell ref="C17:C18"/>
+    <mergeCell ref="D17:D18"/>
+    <mergeCell ref="E17:E18"/>
+    <mergeCell ref="L17:L18"/>
+    <mergeCell ref="M17:M18"/>
+    <mergeCell ref="A19:A27"/>
+    <mergeCell ref="B19:B27"/>
+    <mergeCell ref="C19:C27"/>
+    <mergeCell ref="D19:D27"/>
+    <mergeCell ref="E19:E27"/>
+    <mergeCell ref="L19:L27"/>
+    <mergeCell ref="M19:M27"/>
+    <mergeCell ref="A28:A32"/>
+    <mergeCell ref="B28:B32"/>
+    <mergeCell ref="C28:C32"/>
+    <mergeCell ref="D28:D32"/>
+    <mergeCell ref="E28:E32"/>
+    <mergeCell ref="L28:L32"/>
+    <mergeCell ref="M28:M32"/>
+    <mergeCell ref="A33:A33"/>
+    <mergeCell ref="B33:B33"/>
+    <mergeCell ref="C33:C33"/>
+    <mergeCell ref="D33:D33"/>
+    <mergeCell ref="E33:E33"/>
+    <mergeCell ref="L33:L33"/>
+    <mergeCell ref="M33:M33"/>
+    <mergeCell ref="A34:A37"/>
+    <mergeCell ref="B34:B37"/>
+    <mergeCell ref="C34:C37"/>
+    <mergeCell ref="D34:D37"/>
+    <mergeCell ref="E34:E37"/>
+    <mergeCell ref="L34:L37"/>
+    <mergeCell ref="M34:M37"/>
+    <mergeCell ref="A38:A46"/>
+    <mergeCell ref="B38:B46"/>
+    <mergeCell ref="C38:C46"/>
+    <mergeCell ref="D38:D46"/>
+    <mergeCell ref="E38:E46"/>
+    <mergeCell ref="L38:L46"/>
+    <mergeCell ref="M38:M46"/>
+    <mergeCell ref="A47:A47"/>
+    <mergeCell ref="B47:B47"/>
+    <mergeCell ref="C47:C47"/>
+    <mergeCell ref="D47:D47"/>
+    <mergeCell ref="E47:E47"/>
+    <mergeCell ref="L47:L47"/>
+    <mergeCell ref="M47:M47"/>
+    <mergeCell ref="A48:A48"/>
+    <mergeCell ref="B48:B48"/>
+    <mergeCell ref="C48:C48"/>
+    <mergeCell ref="D48:D48"/>
+    <mergeCell ref="E48:E48"/>
+    <mergeCell ref="L48:L48"/>
+    <mergeCell ref="M48:M48"/>
+    <mergeCell ref="A49:A49"/>
+    <mergeCell ref="B49:B49"/>
+    <mergeCell ref="C49:C49"/>
+    <mergeCell ref="D49:D49"/>
+    <mergeCell ref="E49:E49"/>
+    <mergeCell ref="L49:L49"/>
+    <mergeCell ref="M49:M49"/>
+    <mergeCell ref="A50:A50"/>
+    <mergeCell ref="B50:B50"/>
+    <mergeCell ref="C50:C50"/>
+    <mergeCell ref="D50:D50"/>
+    <mergeCell ref="E50:E50"/>
+    <mergeCell ref="L50:L50"/>
+    <mergeCell ref="M50:M50"/>
+    <mergeCell ref="A51:A53"/>
+    <mergeCell ref="B51:B53"/>
+    <mergeCell ref="C51:C53"/>
+    <mergeCell ref="D51:D53"/>
+    <mergeCell ref="E51:E53"/>
+    <mergeCell ref="L51:L53"/>
+    <mergeCell ref="M51:M53"/>
+    <mergeCell ref="A54:A54"/>
+    <mergeCell ref="B54:B54"/>
+    <mergeCell ref="C54:C54"/>
+    <mergeCell ref="D54:D54"/>
+    <mergeCell ref="E54:E54"/>
+    <mergeCell ref="L54:L54"/>
+    <mergeCell ref="M54:M54"/>
+    <mergeCell ref="A55:A55"/>
+    <mergeCell ref="B55:B55"/>
+    <mergeCell ref="C55:C55"/>
+    <mergeCell ref="D55:D55"/>
+    <mergeCell ref="E55:E55"/>
+    <mergeCell ref="L55:L55"/>
+    <mergeCell ref="M55:M55"/>
+    <mergeCell ref="A56:A56"/>
+    <mergeCell ref="B56:B56"/>
+    <mergeCell ref="C56:C56"/>
+    <mergeCell ref="D56:D56"/>
+    <mergeCell ref="E56:E56"/>
+    <mergeCell ref="L56:L56"/>
+    <mergeCell ref="M56:M56"/>
+    <mergeCell ref="A57:A58"/>
+    <mergeCell ref="B57:B58"/>
+    <mergeCell ref="C57:C58"/>
+    <mergeCell ref="D57:D58"/>
+    <mergeCell ref="E57:E58"/>
+    <mergeCell ref="L57:L58"/>
+    <mergeCell ref="M57:M58"/>
+    <mergeCell ref="A59:A59"/>
+    <mergeCell ref="B59:B59"/>
+    <mergeCell ref="C59:C59"/>
+    <mergeCell ref="D59:D59"/>
+    <mergeCell ref="E59:E59"/>
+    <mergeCell ref="L59:L59"/>
+    <mergeCell ref="M59:M59"/>
+    <mergeCell ref="A60:A60"/>
+    <mergeCell ref="B60:B60"/>
+    <mergeCell ref="C60:C60"/>
+    <mergeCell ref="D60:D60"/>
+    <mergeCell ref="E60:E60"/>
+    <mergeCell ref="L60:L60"/>
+    <mergeCell ref="M60:M60"/>
+    <mergeCell ref="A61:A62"/>
+    <mergeCell ref="B61:B62"/>
+    <mergeCell ref="C61:C62"/>
+    <mergeCell ref="D61:D62"/>
+    <mergeCell ref="E61:E62"/>
+    <mergeCell ref="L61:L62"/>
+    <mergeCell ref="M61:M62"/>
+    <mergeCell ref="A63:A65"/>
+    <mergeCell ref="B63:B65"/>
+    <mergeCell ref="C63:C65"/>
+    <mergeCell ref="D63:D65"/>
+    <mergeCell ref="E63:E65"/>
+    <mergeCell ref="L63:L65"/>
+    <mergeCell ref="M63:M65"/>
+    <mergeCell ref="A66:A66"/>
+    <mergeCell ref="B66:B66"/>
+    <mergeCell ref="C66:C66"/>
+    <mergeCell ref="D66:D66"/>
+    <mergeCell ref="E66:E66"/>
+    <mergeCell ref="L66:L66"/>
+    <mergeCell ref="M66:M66"/>
+    <mergeCell ref="A67:A68"/>
+    <mergeCell ref="B67:B68"/>
+    <mergeCell ref="C67:C68"/>
+    <mergeCell ref="D67:D68"/>
+    <mergeCell ref="E67:E68"/>
+    <mergeCell ref="L67:L68"/>
+    <mergeCell ref="M67:M68"/>
+    <mergeCell ref="A69:A74"/>
+    <mergeCell ref="B69:B74"/>
+    <mergeCell ref="C69:C74"/>
+    <mergeCell ref="D69:D74"/>
+    <mergeCell ref="E69:E74"/>
+    <mergeCell ref="L69:L74"/>
+    <mergeCell ref="M69:M74"/>
+    <mergeCell ref="A75:A75"/>
+    <mergeCell ref="B75:B75"/>
+    <mergeCell ref="C75:C75"/>
+    <mergeCell ref="D75:D75"/>
+    <mergeCell ref="E75:E75"/>
+    <mergeCell ref="L75:L75"/>
+    <mergeCell ref="M75:M75"/>
+    <mergeCell ref="A76:A77"/>
+    <mergeCell ref="B76:B77"/>
+    <mergeCell ref="C76:C77"/>
+    <mergeCell ref="D76:D77"/>
+    <mergeCell ref="E76:E77"/>
+    <mergeCell ref="L76:L77"/>
+    <mergeCell ref="M76:M77"/>
+    <mergeCell ref="A78:A78"/>
+    <mergeCell ref="B78:B78"/>
+    <mergeCell ref="C78:C78"/>
+    <mergeCell ref="D78:D78"/>
+    <mergeCell ref="E78:E78"/>
+    <mergeCell ref="L78:L78"/>
+    <mergeCell ref="M78:M78"/>
+    <mergeCell ref="A79:A84"/>
+    <mergeCell ref="B79:B84"/>
+    <mergeCell ref="C79:C84"/>
+    <mergeCell ref="D79:D84"/>
+    <mergeCell ref="E79:E84"/>
+    <mergeCell ref="L79:L84"/>
+    <mergeCell ref="M79:M84"/>
+    <mergeCell ref="A85:A86"/>
+    <mergeCell ref="B85:B86"/>
+    <mergeCell ref="C85:C86"/>
+    <mergeCell ref="D85:D86"/>
+    <mergeCell ref="E85:E86"/>
+    <mergeCell ref="L85:L86"/>
+    <mergeCell ref="M85:M86"/>
+    <mergeCell ref="A87:A88"/>
+    <mergeCell ref="B87:B88"/>
+    <mergeCell ref="C87:C88"/>
+    <mergeCell ref="D87:D88"/>
+    <mergeCell ref="E87:E88"/>
+    <mergeCell ref="L87:L88"/>
+    <mergeCell ref="M87:M88"/>
+    <mergeCell ref="A89:A91"/>
+    <mergeCell ref="B89:B91"/>
+    <mergeCell ref="C89:C91"/>
+    <mergeCell ref="D89:D91"/>
+    <mergeCell ref="E89:E91"/>
+    <mergeCell ref="L89:L91"/>
+    <mergeCell ref="M89:M91"/>
+    <mergeCell ref="A92:A93"/>
+    <mergeCell ref="B92:B93"/>
+    <mergeCell ref="C92:C93"/>
+    <mergeCell ref="D92:D93"/>
+    <mergeCell ref="E92:E93"/>
+    <mergeCell ref="L92:L93"/>
+    <mergeCell ref="M92:M93"/>
+    <mergeCell ref="A94:A94"/>
+    <mergeCell ref="B94:B94"/>
+    <mergeCell ref="C94:C94"/>
+    <mergeCell ref="D94:D94"/>
+    <mergeCell ref="E94:E94"/>
+    <mergeCell ref="L94:L94"/>
+    <mergeCell ref="M94:M94"/>
+    <mergeCell ref="A95:A97"/>
+    <mergeCell ref="B95:B97"/>
+    <mergeCell ref="C95:C97"/>
+    <mergeCell ref="D95:D97"/>
+    <mergeCell ref="E95:E97"/>
+    <mergeCell ref="L95:L97"/>
+    <mergeCell ref="M95:M97"/>
+    <mergeCell ref="A98:A98"/>
+    <mergeCell ref="B98:B98"/>
+    <mergeCell ref="C98:C98"/>
+    <mergeCell ref="D98:D98"/>
+    <mergeCell ref="E98:E98"/>
+    <mergeCell ref="L98:L98"/>
+    <mergeCell ref="M98:M98"/>
+    <mergeCell ref="A99:A102"/>
+    <mergeCell ref="B99:B102"/>
+    <mergeCell ref="C99:C102"/>
+    <mergeCell ref="D99:D102"/>
+    <mergeCell ref="E99:E102"/>
+    <mergeCell ref="L99:L102"/>
+    <mergeCell ref="M99:M102"/>
+    <mergeCell ref="A103:A103"/>
+    <mergeCell ref="B103:B103"/>
+    <mergeCell ref="C103:C103"/>
+    <mergeCell ref="D103:D103"/>
+    <mergeCell ref="E103:E103"/>
+    <mergeCell ref="L103:L103"/>
+    <mergeCell ref="M103:M103"/>
+    <mergeCell ref="A104:A105"/>
+    <mergeCell ref="B104:B105"/>
+    <mergeCell ref="C104:C105"/>
+    <mergeCell ref="D104:D105"/>
+    <mergeCell ref="E104:E105"/>
+    <mergeCell ref="L104:L105"/>
+    <mergeCell ref="M104:M105"/>
+    <mergeCell ref="A106:A108"/>
+    <mergeCell ref="B106:B108"/>
+    <mergeCell ref="C106:C108"/>
+    <mergeCell ref="D106:D108"/>
+    <mergeCell ref="E106:E108"/>
+    <mergeCell ref="L106:L108"/>
+    <mergeCell ref="M106:M108"/>
     <mergeCell ref="A109:A110"/>
     <mergeCell ref="B109:B110"/>
     <mergeCell ref="C109:C110"/>
     <mergeCell ref="D109:D110"/>
     <mergeCell ref="E109:E110"/>
     <mergeCell ref="L109:L110"/>
     <mergeCell ref="M109:M110"/>
-    <mergeCell ref="A111:A123"/>
-[...173 lines deleted...]
-    <mergeCell ref="M211:M220"/>
+    <mergeCell ref="A111:A114"/>
+    <mergeCell ref="B111:B114"/>
+    <mergeCell ref="C111:C114"/>
+    <mergeCell ref="D111:D114"/>
+    <mergeCell ref="E111:E114"/>
+    <mergeCell ref="L111:L114"/>
+    <mergeCell ref="M111:M114"/>
+    <mergeCell ref="A115:A116"/>
+    <mergeCell ref="B115:B116"/>
+    <mergeCell ref="C115:C116"/>
+    <mergeCell ref="D115:D116"/>
+    <mergeCell ref="E115:E116"/>
+    <mergeCell ref="L115:L116"/>
+    <mergeCell ref="M115:M116"/>
+    <mergeCell ref="A117:A117"/>
+    <mergeCell ref="B117:B117"/>
+    <mergeCell ref="C117:C117"/>
+    <mergeCell ref="D117:D117"/>
+    <mergeCell ref="E117:E117"/>
+    <mergeCell ref="L117:L117"/>
+    <mergeCell ref="M117:M117"/>
+    <mergeCell ref="A118:A118"/>
+    <mergeCell ref="B118:B118"/>
+    <mergeCell ref="C118:C118"/>
+    <mergeCell ref="D118:D118"/>
+    <mergeCell ref="E118:E118"/>
+    <mergeCell ref="L118:L118"/>
+    <mergeCell ref="M118:M118"/>
+    <mergeCell ref="A119:A121"/>
+    <mergeCell ref="B119:B121"/>
+    <mergeCell ref="C119:C121"/>
+    <mergeCell ref="D119:D121"/>
+    <mergeCell ref="E119:E121"/>
+    <mergeCell ref="L119:L121"/>
+    <mergeCell ref="M119:M121"/>
+    <mergeCell ref="A122:A156"/>
+    <mergeCell ref="B122:B156"/>
+    <mergeCell ref="C122:C156"/>
+    <mergeCell ref="D122:D156"/>
+    <mergeCell ref="E122:E156"/>
+    <mergeCell ref="L122:L156"/>
+    <mergeCell ref="M122:M156"/>
+    <mergeCell ref="A157:A159"/>
+    <mergeCell ref="B157:B159"/>
+    <mergeCell ref="C157:C159"/>
+    <mergeCell ref="D157:D159"/>
+    <mergeCell ref="E157:E159"/>
+    <mergeCell ref="L157:L159"/>
+    <mergeCell ref="M157:M159"/>
+    <mergeCell ref="A160:A170"/>
+    <mergeCell ref="B160:B170"/>
+    <mergeCell ref="C160:C170"/>
+    <mergeCell ref="D160:D170"/>
+    <mergeCell ref="E160:E170"/>
+    <mergeCell ref="L160:L170"/>
+    <mergeCell ref="M160:M170"/>
+    <mergeCell ref="A171:A171"/>
+    <mergeCell ref="B171:B171"/>
+    <mergeCell ref="C171:C171"/>
+    <mergeCell ref="D171:D171"/>
+    <mergeCell ref="E171:E171"/>
+    <mergeCell ref="L171:L171"/>
+    <mergeCell ref="M171:M171"/>
+    <mergeCell ref="A172:A176"/>
+    <mergeCell ref="B172:B176"/>
+    <mergeCell ref="C172:C176"/>
+    <mergeCell ref="D172:D176"/>
+    <mergeCell ref="E172:E176"/>
+    <mergeCell ref="L172:L176"/>
+    <mergeCell ref="M172:M176"/>
+    <mergeCell ref="A177:A177"/>
+    <mergeCell ref="B177:B177"/>
+    <mergeCell ref="C177:C177"/>
+    <mergeCell ref="D177:D177"/>
+    <mergeCell ref="E177:E177"/>
+    <mergeCell ref="L177:L177"/>
+    <mergeCell ref="M177:M177"/>
+    <mergeCell ref="A178:A184"/>
+    <mergeCell ref="B178:B184"/>
+    <mergeCell ref="C178:C184"/>
+    <mergeCell ref="D178:D184"/>
+    <mergeCell ref="E178:E184"/>
+    <mergeCell ref="L178:L184"/>
+    <mergeCell ref="M178:M184"/>
+    <mergeCell ref="A185:A186"/>
+    <mergeCell ref="B185:B186"/>
+    <mergeCell ref="C185:C186"/>
+    <mergeCell ref="D185:D186"/>
+    <mergeCell ref="E185:E186"/>
+    <mergeCell ref="L185:L186"/>
+    <mergeCell ref="M185:M186"/>
+    <mergeCell ref="A187:A199"/>
+    <mergeCell ref="B187:B199"/>
+    <mergeCell ref="C187:C199"/>
+    <mergeCell ref="D187:D199"/>
+    <mergeCell ref="E187:E199"/>
+    <mergeCell ref="L187:L199"/>
+    <mergeCell ref="M187:M199"/>
+    <mergeCell ref="A200:A205"/>
+    <mergeCell ref="B200:B205"/>
+    <mergeCell ref="C200:C205"/>
+    <mergeCell ref="D200:D205"/>
+    <mergeCell ref="E200:E205"/>
+    <mergeCell ref="L200:L205"/>
+    <mergeCell ref="M200:M205"/>
+    <mergeCell ref="A206:A214"/>
+    <mergeCell ref="B206:B214"/>
+    <mergeCell ref="C206:C214"/>
+    <mergeCell ref="D206:D214"/>
+    <mergeCell ref="E206:E214"/>
+    <mergeCell ref="L206:L214"/>
+    <mergeCell ref="M206:M214"/>
+    <mergeCell ref="A215:A219"/>
+    <mergeCell ref="B215:B219"/>
+    <mergeCell ref="C215:C219"/>
+    <mergeCell ref="D215:D219"/>
+    <mergeCell ref="E215:E219"/>
+    <mergeCell ref="L215:L219"/>
+    <mergeCell ref="M215:M219"/>
+    <mergeCell ref="A220:A220"/>
+    <mergeCell ref="B220:B220"/>
+    <mergeCell ref="C220:C220"/>
+    <mergeCell ref="D220:D220"/>
+    <mergeCell ref="E220:E220"/>
+    <mergeCell ref="L220:L220"/>
+    <mergeCell ref="M220:M220"/>
     <mergeCell ref="A221:A221"/>
     <mergeCell ref="B221:B221"/>
     <mergeCell ref="C221:C221"/>
     <mergeCell ref="D221:D221"/>
     <mergeCell ref="E221:E221"/>
     <mergeCell ref="L221:L221"/>
     <mergeCell ref="M221:M221"/>
-    <mergeCell ref="A222:A224"/>
-[...62 lines deleted...]
-    <mergeCell ref="A255:L255"/>
+    <mergeCell ref="A222:A228"/>
+    <mergeCell ref="B222:B228"/>
+    <mergeCell ref="C222:C228"/>
+    <mergeCell ref="D222:D228"/>
+    <mergeCell ref="E222:E228"/>
+    <mergeCell ref="L222:L228"/>
+    <mergeCell ref="M222:M228"/>
+    <mergeCell ref="A229:A230"/>
+    <mergeCell ref="B229:B230"/>
+    <mergeCell ref="C229:C230"/>
+    <mergeCell ref="D229:D230"/>
+    <mergeCell ref="E229:E230"/>
+    <mergeCell ref="L229:L230"/>
+    <mergeCell ref="M229:M230"/>
+    <mergeCell ref="A231:A232"/>
+    <mergeCell ref="B231:B232"/>
+    <mergeCell ref="C231:C232"/>
+    <mergeCell ref="D231:D232"/>
+    <mergeCell ref="E231:E232"/>
+    <mergeCell ref="L231:L232"/>
+    <mergeCell ref="M231:M232"/>
+    <mergeCell ref="A233:A234"/>
+    <mergeCell ref="B233:B234"/>
+    <mergeCell ref="C233:C234"/>
+    <mergeCell ref="D233:D234"/>
+    <mergeCell ref="E233:E234"/>
+    <mergeCell ref="L233:L234"/>
+    <mergeCell ref="M233:M234"/>
+    <mergeCell ref="A235:A238"/>
+    <mergeCell ref="B235:B238"/>
+    <mergeCell ref="C235:C238"/>
+    <mergeCell ref="D235:D238"/>
+    <mergeCell ref="E235:E238"/>
+    <mergeCell ref="L235:L238"/>
+    <mergeCell ref="M235:M238"/>
+    <mergeCell ref="A239:A240"/>
+    <mergeCell ref="B239:B240"/>
+    <mergeCell ref="C239:C240"/>
+    <mergeCell ref="D239:D240"/>
+    <mergeCell ref="E239:E240"/>
+    <mergeCell ref="L239:L240"/>
+    <mergeCell ref="M239:M240"/>
+    <mergeCell ref="A241:A245"/>
+    <mergeCell ref="B241:B245"/>
+    <mergeCell ref="C241:C245"/>
+    <mergeCell ref="D241:D245"/>
+    <mergeCell ref="E241:E245"/>
+    <mergeCell ref="L241:L245"/>
+    <mergeCell ref="M241:M245"/>
+    <mergeCell ref="A246:A249"/>
+    <mergeCell ref="B246:B249"/>
+    <mergeCell ref="C246:C249"/>
+    <mergeCell ref="D246:D249"/>
+    <mergeCell ref="E246:E249"/>
+    <mergeCell ref="L246:L249"/>
+    <mergeCell ref="M246:M249"/>
+    <mergeCell ref="A250:A251"/>
+    <mergeCell ref="B250:B251"/>
+    <mergeCell ref="C250:C251"/>
+    <mergeCell ref="D250:D251"/>
+    <mergeCell ref="E250:E251"/>
+    <mergeCell ref="L250:L251"/>
+    <mergeCell ref="M250:M251"/>
+    <mergeCell ref="A252:A255"/>
+    <mergeCell ref="B252:B255"/>
+    <mergeCell ref="C252:C255"/>
+    <mergeCell ref="D252:D255"/>
+    <mergeCell ref="E252:E255"/>
+    <mergeCell ref="L252:L255"/>
+    <mergeCell ref="M252:M255"/>
+    <mergeCell ref="A256:A261"/>
+    <mergeCell ref="B256:B261"/>
+    <mergeCell ref="C256:C261"/>
+    <mergeCell ref="D256:D261"/>
+    <mergeCell ref="E256:E261"/>
+    <mergeCell ref="L256:L261"/>
+    <mergeCell ref="M256:M261"/>
+    <mergeCell ref="A262:A264"/>
+    <mergeCell ref="B262:B264"/>
+    <mergeCell ref="C262:C264"/>
+    <mergeCell ref="D262:D264"/>
+    <mergeCell ref="E262:E264"/>
+    <mergeCell ref="L262:L264"/>
+    <mergeCell ref="M262:M264"/>
+    <mergeCell ref="A265:A268"/>
+    <mergeCell ref="B265:B268"/>
+    <mergeCell ref="C265:C268"/>
+    <mergeCell ref="D265:D268"/>
+    <mergeCell ref="E265:E268"/>
+    <mergeCell ref="L265:L268"/>
+    <mergeCell ref="M265:M268"/>
+    <mergeCell ref="A269:A274"/>
+    <mergeCell ref="B269:B274"/>
+    <mergeCell ref="C269:C274"/>
+    <mergeCell ref="D269:D274"/>
+    <mergeCell ref="E269:E274"/>
+    <mergeCell ref="L269:L274"/>
+    <mergeCell ref="M269:M274"/>
+    <mergeCell ref="A275:A275"/>
+    <mergeCell ref="B275:B275"/>
+    <mergeCell ref="C275:C275"/>
+    <mergeCell ref="D275:D275"/>
+    <mergeCell ref="E275:E275"/>
+    <mergeCell ref="L275:L275"/>
+    <mergeCell ref="M275:M275"/>
+    <mergeCell ref="A276:A282"/>
+    <mergeCell ref="B276:B282"/>
+    <mergeCell ref="C276:C282"/>
+    <mergeCell ref="D276:D282"/>
+    <mergeCell ref="E276:E282"/>
+    <mergeCell ref="L276:L282"/>
+    <mergeCell ref="M276:M282"/>
+    <mergeCell ref="A283:A285"/>
+    <mergeCell ref="B283:B285"/>
+    <mergeCell ref="C283:C285"/>
+    <mergeCell ref="D283:D285"/>
+    <mergeCell ref="E283:E285"/>
+    <mergeCell ref="L283:L285"/>
+    <mergeCell ref="M283:M285"/>
+    <mergeCell ref="A286:A286"/>
+    <mergeCell ref="B286:B286"/>
+    <mergeCell ref="C286:C286"/>
+    <mergeCell ref="D286:D286"/>
+    <mergeCell ref="E286:E286"/>
+    <mergeCell ref="L286:L286"/>
+    <mergeCell ref="M286:M286"/>
+    <mergeCell ref="A287:A296"/>
+    <mergeCell ref="B287:B296"/>
+    <mergeCell ref="C287:C296"/>
+    <mergeCell ref="D287:D296"/>
+    <mergeCell ref="E287:E296"/>
+    <mergeCell ref="L287:L296"/>
+    <mergeCell ref="M287:M296"/>
+    <mergeCell ref="A297:A297"/>
+    <mergeCell ref="B297:B297"/>
+    <mergeCell ref="C297:C297"/>
+    <mergeCell ref="D297:D297"/>
+    <mergeCell ref="E297:E297"/>
+    <mergeCell ref="L297:L297"/>
+    <mergeCell ref="M297:M297"/>
+    <mergeCell ref="A298:A300"/>
+    <mergeCell ref="B298:B300"/>
+    <mergeCell ref="C298:C300"/>
+    <mergeCell ref="D298:D300"/>
+    <mergeCell ref="E298:E300"/>
+    <mergeCell ref="L298:L300"/>
+    <mergeCell ref="M298:M300"/>
+    <mergeCell ref="A301:A304"/>
+    <mergeCell ref="B301:B304"/>
+    <mergeCell ref="C301:C304"/>
+    <mergeCell ref="D301:D304"/>
+    <mergeCell ref="E301:E304"/>
+    <mergeCell ref="L301:L304"/>
+    <mergeCell ref="M301:M304"/>
+    <mergeCell ref="A305:A305"/>
+    <mergeCell ref="B305:B305"/>
+    <mergeCell ref="C305:C305"/>
+    <mergeCell ref="D305:D305"/>
+    <mergeCell ref="E305:E305"/>
+    <mergeCell ref="L305:L305"/>
+    <mergeCell ref="M305:M305"/>
+    <mergeCell ref="A306:A306"/>
+    <mergeCell ref="B306:B306"/>
+    <mergeCell ref="C306:C306"/>
+    <mergeCell ref="D306:D306"/>
+    <mergeCell ref="E306:E306"/>
+    <mergeCell ref="L306:L306"/>
+    <mergeCell ref="M306:M306"/>
+    <mergeCell ref="A307:A307"/>
+    <mergeCell ref="B307:B307"/>
+    <mergeCell ref="C307:C307"/>
+    <mergeCell ref="D307:D307"/>
+    <mergeCell ref="E307:E307"/>
+    <mergeCell ref="L307:L307"/>
+    <mergeCell ref="M307:M307"/>
+    <mergeCell ref="A308:A310"/>
+    <mergeCell ref="B308:B310"/>
+    <mergeCell ref="C308:C310"/>
+    <mergeCell ref="D308:D310"/>
+    <mergeCell ref="E308:E310"/>
+    <mergeCell ref="L308:L310"/>
+    <mergeCell ref="M308:M310"/>
+    <mergeCell ref="A311:A320"/>
+    <mergeCell ref="B311:B320"/>
+    <mergeCell ref="C311:C320"/>
+    <mergeCell ref="D311:D320"/>
+    <mergeCell ref="E311:E320"/>
+    <mergeCell ref="L311:L320"/>
+    <mergeCell ref="M311:M320"/>
+    <mergeCell ref="A321:A322"/>
+    <mergeCell ref="B321:B322"/>
+    <mergeCell ref="C321:C322"/>
+    <mergeCell ref="D321:D322"/>
+    <mergeCell ref="E321:E322"/>
+    <mergeCell ref="L321:L322"/>
+    <mergeCell ref="M321:M322"/>
+    <mergeCell ref="A323:A330"/>
+    <mergeCell ref="B323:B330"/>
+    <mergeCell ref="C323:C330"/>
+    <mergeCell ref="D323:D330"/>
+    <mergeCell ref="E323:E330"/>
+    <mergeCell ref="L323:L330"/>
+    <mergeCell ref="M323:M330"/>
+    <mergeCell ref="A331:L331"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A8" r:id="rId_hyperlink_1"/>
-    <hyperlink ref="A9" r:id="rId_hyperlink_2"/>
-[...59 lines deleted...]
-    <hyperlink ref="A247" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="A17" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="A19" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="A28" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="A33" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="A34" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="A38" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="A47" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="A48" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="A49" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="A50" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="A51" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="A54" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="A55" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="A56" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="A57" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="A59" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="A60" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="A61" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="A63" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="A66" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="A67" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="A69" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="A75" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="A76" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="A78" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="A79" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="A85" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="A87" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="A89" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="A92" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="A94" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="A95" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="A98" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="A99" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="A103" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="A104" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="A106" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="A109" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="A111" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="A115" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="A117" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="A118" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="A119" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="A122" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="A157" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="A160" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="A171" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="A172" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="A177" r:id="rId_hyperlink_50"/>
+    <hyperlink ref="A178" r:id="rId_hyperlink_51"/>
+    <hyperlink ref="A185" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="A187" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="A200" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="A206" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="A215" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="A220" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="A221" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="A222" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="A229" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="A231" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="A233" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="A235" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="A239" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="A241" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="A246" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="A250" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="A252" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="A256" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="A262" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="A265" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="A269" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="A275" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="A276" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="A283" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="A286" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="A287" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="A297" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="A298" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="A301" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="A305" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="A306" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="A307" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="A308" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="A311" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="A321" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="A323" r:id="rId_hyperlink_87"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>