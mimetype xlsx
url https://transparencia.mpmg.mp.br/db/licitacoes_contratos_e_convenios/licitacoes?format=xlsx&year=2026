--- v0 (2026-01-25)
+++ v1 (2026-03-27)
@@ -12,280 +12,684 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Transparência - MPMG" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>MPMG - Transparência</t>
   </si>
   <si>
     <t>Licitações, Contratos e Convênios - Licitações</t>
   </si>
   <si>
     <t>Período: 2026</t>
   </si>
   <si>
     <t>Nº do Processo / Ano</t>
   </si>
   <si>
     <t>Data do Edital *</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Lotes</t>
   </si>
   <si>
     <t>Publicações</t>
   </si>
   <si>
     <t>Arquivo(s) ***</t>
   </si>
   <si>
     <t>Lote nº</t>
   </si>
   <si>
     <t>Situação **</t>
   </si>
   <si>
     <t>Resultado (licitante vendedor)</t>
   </si>
   <si>
     <t>Valor Adjudicado/Registrado (R$)</t>
   </si>
   <si>
     <t>Margem de Preferência</t>
   </si>
   <si>
-    <t xml:space="preserve"> 344 / 2025</t>
-[...5 lines deleted...]
-    <t>Registro de Preços para aquisição de materiais diversificados</t>
+    <t xml:space="preserve"> 20 / 2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para a prestação de serviço de fornecimento e instalação de planos de corte em MDF/laminados, incluindo acabamento e ferragens.</t>
   </si>
   <si>
     <t xml:space="preserve">MENOR PREÇO </t>
   </si>
   <si>
-    <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 344 </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Revogado </t>
+    <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOTE 1 - PAINÉIS E PORTAS DIVISÓRIAS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EM ANDAMENTO </t>
   </si>
   <si>
     <t xml:space="preserve">- </t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>Não se aplica</t>
   </si>
   <si>
-    <t>30-12-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0055644/2025-14 Recebimento das propostas: até às 10 horas do dia 19/01/2026. Início da disputa de preços: às 10 horas do dia 19/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 30 de dezembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 14-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DMAT) ao pedido de esclarecimento n. 0001, apresentado pela empresa MAXIMO DISTRIBUIDORA LTDA. ----------------------------- 15-01-2026 REVOGAÇÃO LOTE 1 - Número do planejamento: 344 / Ano: 2025 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0055644/2025-14 Objeto: REGISTRO DE PREÇO para a aquisição de materiais diversificados de consumo. Modalidade: Pregão eletrônico A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do Lote 1 - Etiqueta Adesiva. Motivo: necessidade de ajuste na unidade de medida do item. Prazo para manifestação: 3 (três) dias úteis, nos termos do art. 165, inciso I, alínea ?d?, da Lei 14.133/21. Oportunamente, será publicada nova licitação com o mesmo objeto. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, telefones (31) 3330-8129 / 8334 / 0263 / 9464 / 0237, de 2ª a 6ª feira, das 9 às 18 h, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 15 de janeiro de 2026. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
+    <t>12-03-2026 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0071016/2025-76 Recebimento das propostas: até as 10 horas do dia 26/03/2026. Início da disputa de preços: às 10 horas do dia 26/03/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 11 de março de 2026. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
- edital_processo_344_2025_rp_materiais_diversificados_DMAT.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14292/download;
-[...1 lines deleted...]
- resposta_ pedido_de_esclarec_n.1_empresa_MAXIMO_DISTRIBUIDORA_LTDA _pe_pl344_2025.png : https://transparencia.mpmg.mp.br/licitacao/arquivo/14335/download;
+ edital_processo_20_2026_MDF_laminados_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14423/download;
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Borracha Escritório </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">EM ANDAMENTO </t>
+    <t xml:space="preserve">LOTE 2 - MESA AUXILIAR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOTE 3 - MÓVEL EXPOSITOR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOTE 4 - FITA LED </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 13 / 2026</t>
+  </si>
+  <si>
+    <t>26/03/2026</t>
+  </si>
+  <si>
+    <t>Aquisição e instalação de Sistema Abrandador Automático para a remoção de calcário da água.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PREGÃO ELETRÔNICO  Nº 13 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sistema Abrandador Automático de Água </t>
   </si>
   <si>
     <t xml:space="preserve">Aguardando </t>
   </si>
   <si>
-    <t xml:space="preserve">Pilha Alcalina </t>
-[...23 lines deleted...]
-    <t>06-01-2026 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.6294.0081396/2025-84 Objeto Contratação de empresa especializada na prestação continuada de serviços de apoio administrativo e atividades auxiliares, motorista, manutenção predial, limpeza e conservação, com fornecimento de equipamentos, dispensadores ou suportes, materiais e insumos, com dedicação exclusiva de mão de obra, a serem executados nas dependências do MPMG. - Modalidade: Pregão eletrônico - Recebimento das propostas: até as 10 horas do dia 22/01/2026. Início da disputa de preços: às 10 horas do dia 22/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 9464 / 0263 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 02 de janeiro de 2026. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 06-01-2026 ESCLARECIMENTOS Prezados senhores, informamos que o valor total da contratação corresponde a R$ 176.195.663,27, conforme disponibilidade orçamentária lançada no SIAD. A divergência de R$ 0,01 em relação ao valor global indicado no Termo de Referência (R$ 176.195.663,28) decorre exclusivamente de arredondamento na apuração dos diversos itens que compõem os custos da contratação, conforme detalhado nos Apensos VI-A e VI-B. ----------------------------- 06-01-2026 ESCLARECIMENTOS Prezados senhores, informamos que os arquivos do Apenso I - Quantitativo de profissionais e salários; Apenso II - Locais de prestação dos serviços e Apenso XVI - POP Procedimento Operacional Padrão, integrantes do edital deste processo licitatório encontram-se publicados nesta página para conhecimento dos interessados. ----------------------------- 20-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta das Unidades Gestoras da Contração (Diretoria de Gestão de Terceirização - Diretoria de Fiscalização Administrativa dos Contratos de Terceirização) e da Diretoria de Gestão de Compras e Licitações aos pedidos de esclarecimentos nº0003 e nº0004 apresentados pela empresa Costa Oeste Serviços Ltda. ----------------------------- 20-01-2026 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: Costa Oeste Serviços Ltda (solicitação n.º 0001 e 0002 - SIAD): Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se publicada nesta página, bem como no Portal de Compras/MG. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9h às 18h ou pelos telefones: (31) 3330-8190 / 8233 / 9464. Belo Horizonte, 20 de janeiro de 2026. Lizziane de Souza Trindade - Pregoeira Suplente. ----------------------------- 21-01-2026 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: Ágile Empreendimentos e Serviços Ltda (solicitação nº 0005 - SIAD): Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se publicada nesta página, bem como no Portal de Compras/MG. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9h às 18h ou pelos telefones: (31) 3330-8190/8233/9464, Belo Horizonte, 21 de janeiro de 2026. Patrícia Fernandes Antônio Lustosa - Pregoeira. ----------------------------- 21-01-2026 COMUNICAÇÃO - ATENÇÃO Srs. licitantes! Informamos que houve a alteração da data da sessão inaugural do certame, tendo em vista a necessidade de prazo para análise e resposta à impugnação apresentada por empresa interessada em participar desta licitação. Dessa forma, o Prazo para recebimento das propostas deste certame é até às 10 horas do dia 23/01/2026 - Início da disputa de preços: às 10 horas do dia 23/01/2026. Não houve alteração do instrumento convocatório.</t>
+    <t>26-03-2026 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.2481.0088478/2025-22 Recebimento das propostas: até às 10 horas do dia 10/04/2026. Início da disputa de preços: às 10 horas do dia 10/04/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 26 de março de 2026. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_13_2026_sistema_abrandador_DIMAN.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14437/download;
+ Apensos I e II.zip : https://transparencia.mpmg.mp.br/licitacao/arquivo/14438/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 8 / 2026</t>
+  </si>
+  <si>
+    <t>14/02/2026</t>
+  </si>
+  <si>
+    <t>Data center na modalidade colocation, com o fornecimento de fibra ótica entre os prédios da PGJ, links de internet de alta disponibilidade e serviço de moving</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DATA CENTER NA MODALIDADE COLOCATION, COM O FORNECIMENTO DE FIBRA ÓTICA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Homologado Fracassado </t>
+  </si>
+  <si>
+    <t>02-03-2025 COMUNICAÇÃO Srs. licitantes, segue, em arquivo anexo, parecer técnico, oriundo da Unidade Gestora de Contratação (Diretoria de Gestão de Materiais - DMAT), acerca da qualidade de mobiliário, fundamentando a dispensa da amostra/protótipo dos itens 1 a 10 do lote 1, bem como dos itens 1 a 2 do lote 2, quanto à proposta pela licitante primeira colocada nos lotes 1 e 2. ----------------------------- 14-02-2026 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.6531.0086305/2025-77 Recebimento das propostas: até às 10 horas do dia 10/03/2026. Início da disputa de preços: às 10 horas do dia 10/03/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 14 de fevereiro de 2026. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 04-03-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Diretoria de Infraestrutura e Conectividade - DINF) ao pedido de esclarecimento n. 1, apresentado pela empresa CENTURY TELECOM LTDA. ----------------------------- 09-03-2026 COMUNICAÇÃO ATENÇÃO Srs. Licitantes! Informamos que houve a alteração da data da sessão inaugural do certame, devido à necessidade de prazo para responder a impugnações e a pedido de esclarecimento apresentados por empresas interessadas em participar desta licitação. Dessa forma, o prazo para recebimento das propostas deste certame é até as 10 horas do dia 12/03/202. Início da disputa de preços: às 10 horas do dia 12/03/2026. Não houve alteração do instrumento convocatório. ----------------------------- 10-03-2026 ESCLARECIMENTOS Seguem, em arquivos abaixo anexados, respostas da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Diretoria de Infraestrutura e Conectividade - DINF) aos pedidos de esclarecimentos n. 2 a 3 e 5 a 6, apresentados pela empresa ATIVAS DATA CENTER LTDA. ----------------------------- 11-03-2026 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Unidade 1091012 - PROCESSO SEI: Nº 19.16.6531.0086305/2025-77 - Impugnante: ATIVAS DATA CENTER LTDA - CNPJ 10.587.932/0001-36 (solicitação n.º 0007 - SIAD): Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se publicada nesta página, bem como no Portal de Compras/MG. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9h às 18h ou pelos telefones: (31) 3330-8190 / 8233 / 9464. Belo Horizonte, 11 de março de 2026. Vinicius Queiroz Reis - Pregoeiro. ----------------------------- 11-03-2026 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Unidade 1091012 - PROCESSO SEI: Nº 19.16.6531.0086305/2025-77 - Impugnante: WIN LICITAÇÕES LTDA - CNPJ 44.940.206/0001-77 (SEMPRE TELECOMUNICACOES LTDA ? CNPJ 24.605.227/0001-29) - (Impugnação: solicitação n.º 0004 - SIAD). Síntese da decisão: Apresentou peça impugnativa, tempestiva, no entanto, a empresa não cumpriu a exigência editalícia quanto à forma de apresentação da impugnação, estando em desconformidade com o Item 2.3.1 do edital. Dessa forma, será recebida como requerimento administrativo, em atenção ao direito constitucional de petição e ao princípio da autotutela. Os arquivos contendo o documento da empresa e as respostas aos seus apontamentos encontram-se em arquivo abaixo anexado, para consulta aos interessados.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_processo008_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14426/download;
+ pedido_de_esclarec_n.2_empresa_ATIVAS_pe_pl8_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14418/download;
+ pedido_de_esclarec_n.3_empresa_ATIVAS_pe_pl8_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14419/download;
+ pedido_de_esclarec_n.5_empresa_ATIVAS_pe_pl8_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14420/download;
+ pedido_de_esclarec_n.6_empresa_ATIVAS_pe_pl8_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14421/download;
+ planilha_precos_unitarios_estimados_pl8_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14422/download;
+ resposta_ pedido_de_esclarec_n.1_empresa_CENTURY_TELECOM_LTDA _pe_pl8_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14399/download;
+ resposta_ pedido_de_esclarec_n.2_empresa_ATIVAS_DATA_CENTER_LTDA _pe_pl8_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14400/download;
+ resposta_ pedido_de_esclarec_n.3_empresa_ATIVAS_DATA_CENTER_LTDA _pe_pl8_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14401/download;
+ resposta_ pedido_de_esclarec_n.5_empresa_ATIVAS_DATA_CENTER_LTDA _pe_pl8_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14402/download;
+ resposta_ pedido_de_esclarec_n.6_empresa_ATIVAS_DATA_CENTER_LTDA _pe_pl8_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14405/download;
+ impugnacao_n.4_recebida_como_pedido_esclarecimento_empresa_WIN_LICITACAOES_pe_pl8_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14413/download;
+ impugnacao_n.7.empresa_ATIVAS_DATA_CENTER_LTDA_pe_pl8_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14414/download;
+ decisao_impugnacao_n.4_recebida_como_pedido_esclarecimento_empresa_WIN_LICITACAOES_pe_pl8_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14415/download;
+ decisao_impugnacao_n.7.empresa_ATIVAS_DATA_CENTER_LTDA_pe_pl8_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14416/download;
+ pedido_de_esclarec_n.1_empresa_CENTURY_pe_pl8_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14417/download;
+ edital_processo_8_2026_datacenter_colocation_moving_DINF.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14376/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 6 / 2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>Aquisição de equipamento de videoconferência e seus acessórios, sob a forma de entrega integral, conforme especificações, exigências e quantidades estabelecidas no Edital.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EQUIPAMENTO DE VIDEOCONFERÊNCIA E SEUS ACESSÓRIOS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Homologado Adjudicado </t>
+  </si>
+  <si>
+    <t xml:space="preserve">L&amp;S TECNOLOGIA E EQUIPAMENTOS LTDA </t>
+  </si>
+  <si>
+    <t>62.799,99</t>
+  </si>
+  <si>
+    <t>20-02-2026 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.6531.0089009/2025-13 Recebimento das propostas: até às 10 horas do dia 06/03/2026. Início da disputa de preços: às 10 horas do dia 06/03/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 19 de fevereiro de 2026. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 14-03-2026 HOMOLOGAÇÃO - Número do processo: 006 / Ano: 2026 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.6531.0089009/2025-13 Objeto: Aquisição de equipamento de videoconferência e seus acessórios, incluindo instalação, configuração, suporte técnico e demais atividades correlatas, sob a forma de entrega integral, conforme especificações, exigências e quantidades estabelecidas neste Edital. Modalidade: Pregão eletrônico Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e adjudicatário(s) o(s) licitante(s): Lote 1 (único): L&amp;S TECNOLOGIA E EQUIPAMENTOS LTDA; CNPJ nº 62.300.625/0001-26; Valor (total) adjudicado: R$62.799,99. Belo Horizonte, 13 de março de 2026. IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_processo-006_pe_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14424/download;
+ ata_homologacao_processo-006_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14432/download;
+ edital_processo_006_2026_EquipamentoDeVideoconferencia_DSSA.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14380/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 401 / 2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇO para aquisição de Bebedouros refrigerados de Coluna, Bebedouros para pessoas com deficiência, Apoio para os pés, Fones de ouvido Headset e Cadeira Fixa para Escritório destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BEBEDOURO REFRIGERADO - TIPO: PRESSAO/COLUNA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Homologado Preço registrado </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOBO SOLUCOES EM LICITACOES E COMERCIO LTDA. </t>
+  </si>
+  <si>
+    <t>61.875,00</t>
+  </si>
+  <si>
+    <t>30-12-2025 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0089294/2025-63 Recebimento das propostas: até às 10 horas do dia 14/01/2026. Início da disputa de preços: às 10 horas do dia 14/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 29 de dezembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG (*) O PL 284/2025 foi cancelado, sendo recadastrado novo PL, que recebeu o número 401/2025. Trata-se de republicação do edital devido à adequação na descrição do item único dos lotes 2 e 6. Houve alteração de datas. ----------------------------- 02-02-2026 INTERPOSIÇÃO DE RECURSO ADMINISTRATIVO Comunicamos a apresentação de Recurso Administrativo por parte da licitante B2W INFORMÁTICA LTDA ? EPP, contra a decisão da pregoeira que declarou vencedora do LOTE2 desta licitação a licitante WU COMÉRCIO &amp; SERVIÇOS LTDA. O arquivo contendo a peça aviada encontra-se disponível para consulta nesta página e no campo próprio do site do Portal de Compras MG, www. compras.mg.gov.br. ----------------------------- 04-02-2026 INTERPOSIÇÃO DE RECURSO CONTRARRAZÃO DE RECURSO: Comunicamos a apresentação de Contrarrazão de Recurso Administrativo por parte da licitante WU COMÉRCIO &amp; SERVIÇOS LTDA face ao Recurso apresentado pela empresa B2W INFORMÁTICA LTDA ? EPP. O arquivo contendo a peça aviada encontra-se disponível para consulta nesta página e no campo próprio do site do Portal de Compras MG, www.compras.mg.gov.br. ----------------------------- 10-02-2026 RESULTADO DO JULGAMENTO DE RECURSO ADMINISTRATIVO Número do processo: 401 / Ano: 2025 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0089294/2025-63 Objeto: REGISTRO DE PREÇO para aquisição de Bebedouros refrigerados de Coluna, Bebedouros para pessoas com deficiência, Apoio para os pés, Fones de ouvido Headset e Cadeira Fixa para Escritório destinados a suprir as necessidades das unidades da Capital e do interior do Ministério Público do Estado de Minas Gerais. Modalidade: Pregão eletrônico Recorrente: B2W Informática Ltda ? EPP, CNPJ 31.495.962/0002-73. Síntese da decisão: Conheço do recurso interposto para, no mérito, desprovê-lo pelos fundamentos constantes da decisão da Pregoeira. A íntegra da decisão encontra-se disponível nos autos do processo licitatório, nos sites www.compras.mg.gov.br e www.mpmg.mp.br. Belo Horizonte, 6 de fevereiro de 2026 IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa ----------------------------- 12-02-2026 HOMOLOGAÇÃO Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lotes 1, 3, 8 e 9: LOBO SOLUÇÕES EM LICITAÇÕES E COMÉRCIO LTDA CNPJ 36.996.487/0001-51 Valor (total) registrado para o lote 1: R$ 61.875,00 Valor (total) registrado para o lote 3: R$ 181.500,00 Valor (total) registrado para o lote 8: R$ 20.750,00 Valor (total) registrado para o lote 9: R$ 60.000,00 Lotes 2 e 6: WU COMÉRCIO &amp; SERVIÇOS LTDA CNPJ 58.077.235/0001-61 Valor (total) registrado para o lote 2: R$ 179.075,25 Valor (total) registrado para o lote 6: R$ 59.691,75 Lote 4: AGEM TECNOLOGIA DISTRIBUIDORA LTDA CNPJ 09.022.398/0001-31 Valor (total) registrado para o lote: R$ 107.100,00 Lote 5: FOCO LICITAÇÕES LTDA CNPJ 11.090.831/0001-18 Valor (total) registrado para o lote: R$ 472.400,00 Lote 7: NASH TECH DISTRIBUIDORA LTDA CNPJ 40.138.217/0001-87 Valor (total) registrado para o lote: R$ 21.000,00 Belo Horizonte, 11 de fevereiro de 2026. IRAÍDES DE OLIVEIRA MARQUES Procuradora-Geral de Justiça Adjunta Administrativa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ ata_homologacao_processo_401_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14377/download;
+ Contrarrazoes_adm_WU_lote2_pl401_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14359/download;
+ dec_rec_adm_F000269_pe_pl401_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14363/download;
+ Parecer_tecnico_aprova_amostra_F540_lote_5_pl401_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14365/download;
+ edital_processo_401_2025_bebedouros_apoio_de_pes_fone_cadeiras_DMAT_rp.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14291/download;
+ Documentacao_habiitacao_F134_lote1_PL_401_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14348/download;
+ parecer_reprova_proposta_F575_PL_401_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14349/download;
+ Documentacao_habiitacao_F351_lote3_PL_401_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14351/download;
+ Documentacao_habilitacao_F626_lote_6_PL_401_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14352/download;
+ Documentacao_habiitacao_F949_lote9_PL_401_2026.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14355/download;
+ Documentacao_habiitacao_F876_lote8_PL_401_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14354/download;
+ razoes_recurso_adm_B2W_lote_2_pl401_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14358/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BEBEDOURO REFRIGERADO - TIPO: PARA PESSOAS COM DEFICIENCIA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WU COMÉRCIO &amp; SERVIÇOS LTDA </t>
+  </si>
+  <si>
+    <t>179.075,25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">APOIO PARA PÉS </t>
+  </si>
+  <si>
+    <t>181.500,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FONE - TIPO: BIAURICULAR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGEM TECNOLOGIA DISTRIBUIDORA LTDA </t>
+  </si>
+  <si>
+    <t>107.100,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CADEIRA FIXA PARA ESCRITORIO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FOCO LICITAÇÕES LTDA. </t>
+  </si>
+  <si>
+    <t>472.400,00</t>
+  </si>
+  <si>
+    <t>59.691,75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NASH TECH DISTRIBUIDORA LTDA. </t>
+  </si>
+  <si>
+    <t>21.000,00</t>
+  </si>
+  <si>
+    <t>20.750,00</t>
+  </si>
+  <si>
+    <t>60.000,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 398 / 2025</t>
+  </si>
+  <si>
+    <t>Registro de preço para aquisição de estofados.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ESTOFADOS </t>
+  </si>
+  <si>
+    <t>20-02-2026 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0071382/2025-45 Recebimento das propostas: até às 10 horas do dia 06/03/2026. Início da disputa de preços: às 10 horas do dia 06/03/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 19 de fevereiro de 2026. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_398_2025_rp_estofados_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14381/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 397 / 2025</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇO para aquisição de mobiliário padrão.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mobiliário Padrão </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TECNO 2000 INDÚSTRIA E COMÉRCIO LTDA. </t>
+  </si>
+  <si>
+    <t>973.604,81</t>
+  </si>
+  <si>
+    <t>10-02-2026 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0057984/2025-78 Recebimento das propostas: até as 10 horas do dia 26/02/2026. Início da disputa de preços: às 10 horas do dia 26/02/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 9 de fevereiro de 2026. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 13-02-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e ao Pedido de Esclarecimento 0001 apresentado empresa ALBERFLEX INDUSTRIA DE MOVEIS LTDA. ----------------------------- 20-02-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação ao Pedido de Esclarecimento 0005 apresentado pela empresa B2G IX COMERCIO de PRODUTOS e EQUIPAMENTOS LTDA. ----------------------------- 24-02-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Unidade Gestora de Contratação (Diretoria de Gestão de Compras - DMAT) ao Pedido de Esclarecimento apresentado pela empresa TECNOFLEX ao e-mail institucional. ----------------------------- 24-02-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Unidade Gestora de Contratação (Diretoria de Gestão de Materiais - DMAT) ao Pedido de Esclarecimento 0006 apresentado pela empresa RIVIERA MOVEIS INDUSTRIA E COMERCIO LTDA. ----------------------------- 25-02-2026 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Conhecemos a peça impugnativa interposta, registrada sob os números 0002, 0003 e 0004, e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se publicada nesta página, bem como no Portal de Compras/MG. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9h às 18h ou pelos telefones: (31) 3330-8190 / 8334 / 0263 / 9464 / 0237. Belo Horizonte, 25 de fevereiro de 2026. Amarílis Assis Simão Curcio - Pregoeira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Resposta_Pedido_de_Esclarecimento_0005_B2G_IX_COM_de_PROD_e_EQUIP_LTDA.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14383/download;
+ Resposta_Pedido_de_Esclarecimento_via_e_mail_institucional_TECNOFLEX.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14385/download;
+ Resposta_Pedido_de_Eslarecimento_0006_RIVERA_MOVEIS_IND_E_COM_LTDA.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14387/download;
+ errata_data_da_resposta_ao_pedido_de_esclarecimento_0001.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14371/download;
+ edital_processo_397_2025_rp_mobiliariopadrao_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14366/download;
+ Resposta_Pedido_Esclarecimento_0001_Alberflex_Ind_de_Moveis_Ltda_pe_pl_397_2025_rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14370/download;
+ parecer_tecnico_SEA_DIMAN_DMAT_aprovacacao_proposta_fotos_DMAT_Tecno_2000_Ind_e_Com_ltda_Lote2.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14434/download;
+ ata_do_pregao_planejameento_397_pe_2025_rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14435/download;
+ homologacao_planejamento397_pe_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14436/download;
+ Parecer_Tecnico_Qualidade_Mobiliario.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14396/download;
+ decisao_impugnacao_002_0003_0004_MILANFLEX_IND_e_COM_de_MOVEIS_e_EQUIP_pe_pl397_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14389/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mobiliário Padrão Promotor </t>
+  </si>
+  <si>
+    <t>622.782,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 344 / 2025</t>
+  </si>
+  <si>
+    <t>Registro de Preços para aquisição de materiais diversificados</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 344 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Etiqueta Adesiva </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Revogado </t>
+  </si>
+  <si>
+    <t>30-12-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0055644/2025-14 Recebimento das propostas: até às 10 horas do dia 19/01/2026. Início da disputa de preços: às 10 horas do dia 19/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 30 de dezembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 14-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DMAT) ao pedido de esclarecimento n. 0001, apresentado pela empresa MAXIMO DISTRIBUIDORA LTDA. ----------------------------- 15-01-2026 REVOGAÇÃO LOTE 1 - Número do planejamento: 344 / Ano: 2025 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0055644/2025-14 Objeto: REGISTRO DE PREÇO para a aquisição de materiais diversificados de consumo. Modalidade: Pregão eletrônico A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do Lote 1 - Etiqueta Adesiva. Motivo: necessidade de ajuste na unidade de medida do item. Prazo para manifestação: 3 (três) dias úteis, nos termos do art. 165, inciso I, alínea ?d?, da Lei 14.133/21. Oportunamente, será publicada nova licitação com o mesmo objeto. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, telefones (31) 3330-8129 / 8334 / 0263 / 9464 / 0237, de 2ª a 6ª feira, das 9 às 18 h, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 15 de janeiro de 2026. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ homologacao_planejamento344_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14384/download;
+ parecer_analise_amostra_reprovada_F000596_lote_5_pl344_2025.pdf.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14375/download;
+ parecer_analise_amostra_reprovada_F000518_lote_5_pl344_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14356/download;
+ edital_processo_344_2025_rp_materiais_diversificados_DMAT.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14292/download;
+ resposta_ pedido_de_esclarec_n.1_empresa_MAXIMO_DISTRIBUIDORA_LTDA _pe_pl344_2025.png : https://transparencia.mpmg.mp.br/licitacao/arquivo/14335/download;
+ decisao_revogacao_lote_1_pe_pl344_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14338/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Borracha Escritório </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pilha Alcalina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">3F Comércio e Serviços LTDA </t>
+  </si>
+  <si>
+    <t>3.271,20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fita Adesiva </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARCELO GORETTI DE CARVALHO </t>
+  </si>
+  <si>
+    <t>14.076,72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Envelope de Segurança </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 313 / 2025</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇO para aquisição de materiais de higiene pessoal e de fixação de componentes destinados a suprir as necessidades das unidades do Ministério Público do Estado de Minas Gerais.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SABONETE LÍQUIDO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fracassado </t>
+  </si>
+  <si>
+    <t>25-11-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0050169/2025-11 Recebimento das propostas: até às 10 horas do dia 11/12/2025. Início da disputa de preços: às 10 horas do dia 11/12/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 24 de novembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 09-12-2025 ESCLARECIMENTOS Segue resposta da unidade técnica Diretoria de Gestão de Materiais (DIMAT-PGJ) ao pedido de esclarecimento apresentado por interessado em participar do processo licitatório em epígrafe: QUESTIONAMENTO SIAD 0001: "Sr(a)comissão,o edital em seu anexo especificação tecnica exige:PAPEL HIGIÊNICO - FOLHA: SIMPLES; COMPOSIÇÃO: 100% CELULOSE VIRGEM, BRANCO,acontece que as licitações em sua maioria especialmente no estado de MG,existe uma diferença tecnica enorme entre papel higienico 100% celulose virgem e papel higienico 100% fibras celuloses,sendo assim perguntamos:vai ser aceito papel higienico 100% FIBRAS celulose OU somente o papel higienico já defenido e caracterizado no edital,Papel higienico 100% celulose VIRGEM?" RESPOSTA:"?Ocorre que as especificações atinentes aos itens do Termo de Referência são vinculantes, sendo de extrema relevância para a aceitação do produto o atendimento das características atinentes à matéria-prima demandada, qual seja, "100% Celulose Virgem". Dessa forma, não será aceita a proposta e o fornecimento de item que apresente especificação diversa da constante no Edital, uma vez que o preço e a qualidade do produto sofre grande variação a depender de sua composição. Além disso, quanto à questão da qualidade do produto, há que se salientar que a composição "100% Fibras Celulósicas" é inferior àquela prevista no TR ("100% Celulose Virgem"). Esclarece-se, portanto, haver sensível diferença entre a utilização de matéria "100% Fibras Celulósicas" e "100% Celulose Virgem", tendo, inclusive, sido frisada tal diferenciação por meio do Despacho 9326086, do qual se extrai a seguinte explicação: "Informa-se que a matéria prima"100% Fibras Naturais" pode englobar diferentes tipos de celulose, incluindo a reciclada ou as aparas (sobras de outros papéis), enquanto a matéria prima "100% Celulose Virgem" não possui adição de material reciclado. Acrescenta-se que também existe diferença entre as especificações "100% Celulose" e "100% Celulose Virgem", sendo que a "celulose virgem" exclui a possibilidade de utilização de aparas na composição." [Trecho do Despacho 9326086]. Por fim, acrescenta-se que todas essas especificidades elencadas no TR foram levadas em consideração quando da elaboração do Mapa de Preços, instrumento fundamental para o alcance do valor de referência, que se trata de elemento norteador do orçamento estimado da contratação. Diante do exposto, depreende-se que as diferenças apresentadas influenciam tanto no valor, quanto na qualidade do produto, razão pela qual não se pode aceitar produto com especificação diversa. Conclui-se, assim, em resposta ao questionamento formulado, que não será admitida a proposta em que conste Papel Higiênico de composição "100% Fibras Celulósicas". Dessa forma, ressalta-se que a resposta do setor não implica qualquer modificação no Edital, podendo haver normal prosseguimento do feito.? ----------------------------- 30-01-2026 HOMOLOGAÇÃO Unidade 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0050169/2025-11 - Homologo o resultado do julgamento deste processo, no qual foi(ram) vencedor(es) e registrou(ram) seu(s) preço(s) o(s) licitante(s): Lote 3: CTE - CAMARGO TECNOLOGIA EMPREENDIMENTOS LTDA. CNPJ 37.311.261/0001-32 Valor (total) registrado: R$ 17.000,00. Lote 4: CLEAR INDÚSTRIA DE PAPÉIS LTDA. CNPJ 03.790.761/0001-82 Valor (total) registrado: R$ 92.808,00. Os lotes 1 (sabonete líquido) e 2 (dispensador de sabonete/álcool) resultaram fracassados, por não terem restado propostas classificadas para atendimento aos seus objetos. Belo Horizonte, 28 de janeiro de 2026 Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Amostra_lote_3_pl_313_2025-rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14341/download;
+ Amostra_lote_4_pl_313_2025-rp.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14342/download;
+ Foto_amostra_reprovada_lote_1_pl_313_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14343/download;
+ edital_processo_313_2025_aquisicao_materiais_de_higiene_DMAT_rp.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14235/download;
+ ata_homologacao_processo_313_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14357/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DISPENSADOR DE SABONETE/ALCOOL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAPEL TOALHA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CTE - CAMARGO TECNOLOGIA EMPREENDIMENTOS LTDA. </t>
+  </si>
+  <si>
+    <t>17.000,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAPEL HIGIÊNICO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLEAR INDÚSTRIA DE PAPÉIS LTDA </t>
+  </si>
+  <si>
+    <t>92.808,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 264 / 2025</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>Contratação de solução de subscrição de licenças da plataforma Zoom, incluindo 1 (uma) licença ?Zoom Webinar Plus?, 1 (uma) licença ?Zoom Workplace Pro? e armazenamento em nuvem de 200 GB.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLATAFORMA ZOOM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PA COMERCIO E SERVICOS GERAIS LTDA </t>
+  </si>
+  <si>
+    <t>32.000,00</t>
+  </si>
+  <si>
+    <t>29-01-2026 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3686.0095499/2025-57 Recebimento das propostas: até às 10 horas do dia 23/02/2026. Início da disputa de preços: às 10 horas do dia 23/02/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 28 de janeiro de 2026. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ edital_processo_264_2026_plataforma zoom_DIPE-GESTAO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14353/download;
+ homologacao_processo264_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14397/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 256 / 2025</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>Prestação continuada de serviços de apoio administrativo e atividades auxiliares, motorista, manutenção predial, limpeza e conservação, com fornecimento de equipamentos, dispensadores ou suportes, materiais e insumos, com dedicação exclusiva de mão de obra, a serem executados nas dependências do MPMG.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">prestação continuada de serviços de apoio administrativo e atividades auxiliares, motorista, manutenção predial, limpeza e conservação, com fornecimento de equipamentos, dispensadores ou suportes, materiais e insumos, com dedicação exclusiva de mão de obra, a serem executados nas dependências do MPMG. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Costa Oeste Serviços Ltda. </t>
+  </si>
+  <si>
+    <t>155.559.312,00</t>
+  </si>
+  <si>
+    <t>06-01-2026 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.6294.0081396/2025-84 Objeto Contratação de empresa especializada na prestação continuada de serviços de apoio administrativo e atividades auxiliares, motorista, manutenção predial, limpeza e conservação, com fornecimento de equipamentos, dispensadores ou suportes, materiais e insumos, com dedicação exclusiva de mão de obra, a serem executados nas dependências do MPMG. - Modalidade: Pregão eletrônico - Recebimento das propostas: até as 10 horas do dia 22/01/2026. Início da disputa de preços: às 10 horas do dia 22/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 9464 / 0263 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 02 de janeiro de 2026. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 06-01-2026 ESCLARECIMENTOS Prezados senhores, informamos que o valor total da contratação corresponde a R$ 176.195.663,27, conforme disponibilidade orçamentária lançada no SIAD. A divergência de R$ 0,01 em relação ao valor global indicado no Termo de Referência (R$ 176.195.663,28) decorre exclusivamente de arredondamento na apuração dos diversos itens que compõem os custos da contratação, conforme detalhado nos Apensos VI-A e VI-B. ----------------------------- 06-01-2026 ESCLARECIMENTOS Prezados senhores, informamos que os arquivos do Apenso I - Quantitativo de profissionais e salários; Apenso II - Locais de prestação dos serviços e Apenso XVI - POP Procedimento Operacional Padrão, integrantes do edital deste processo licitatório encontram-se publicados nesta página para conhecimento dos interessados. ----------------------------- 20-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta das Unidades Gestoras da Contração (Diretoria de Gestão de Terceirização - Diretoria de Fiscalização Administrativa dos Contratos de Terceirização) e da Diretoria de Gestão de Compras e Licitações aos pedidos de esclarecimentos nº0003 e nº0004 apresentados pela empresa Costa Oeste Serviços Ltda. ----------------------------- 20-01-2026 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: Costa Oeste Serviços Ltda (solicitação n.º 0001 e 0002 - SIAD): Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se publicada nesta página, bem como no Portal de Compras/MG. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9h às 18h ou pelos telefones: (31) 3330-8190 / 8233 / 9464. Belo Horizonte, 20 de janeiro de 2026. Lizziane de Souza Trindade - Pregoeira Suplente. ----------------------------- 21-01-2026 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESULTADO E INFORMAÇÃO Impugnante: Ágile Empreendimentos e Serviços Ltda (solicitação nº 0005 - SIAD): Conhecemos a peça impugnativa interposta e, no mérito, negamos-lhe provimento. A íntegra da decisão encontra-se publicada nesta página, bem como no Portal de Compras/MG. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9h às 18h ou pelos telefones: (31) 3330-8190/8233/9464, Belo Horizonte, 21 de janeiro de 2026. Patrícia Fernandes Antônio Lustosa - Pregoeira. ----------------------------- 21-01-2026 COMUNICAÇÃO - ATENÇÃO Srs. licitantes! Informamos que houve a alteração da data da sessão inaugural do certame, tendo em vista a necessidade de prazo para análise e resposta à impugnação apresentada por empresa interessada em participar desta licitação. Dessa forma, o Prazo para recebimento das propostas deste certame é até às 10 horas do dia 23/01/2026 - Início da disputa de preços: às 10 horas do dia 23/01/2026. Não houve alteração do instrumento convocatório. ----------------------------- 28-01-2026 ABERTURA E JULGAMENTO DE NOVA DOCUMENTAÇÃO E ABERTURA DE PROPOSTAS Inserido, nos arquivos desse processo, o despacho da Unidade Gestora de Contratação (DFIT) acerca da análise da proposta e documentos técnicos apresentados pelo licitante F000197.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ Despacho_DTER_aprovacao_docs_habilitatorios_PL_256_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14361/download;
+ Despacho_CACFL_aprovacao_docs_habilitatorios_PL_256_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14362/download;
+ Despacho_DIFIT_aprovacao_proposta_comercial_F000197_pl256_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14360/download;
+ Despacho_DFIT_solicita_documenta??o_complementar_PL256_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14350/download;
+ APENSO_VI_A_Planilha_de_Estimativa_de_Custos_e_de_Composicao_de Precos_da_Contratacao_Limpeza_ATUALIZADA.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14339/download;
  pedido_de_esclarecimento_0003_0004_Costa_Oeste_Servicos_Ltda_pe_pl256_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14345/download;
  decisao_impugnacao_0001_0002_Costa_Oeste_Servicos_Ltda_pe_pl256_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14346/download;
  decis?o_impugnacao_0005_Agile Empreendimentos Ltda_pe_pl256_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14347/download;
- APENSO_VI_A_Planilha_de_Estimativa_de_Custos_e_de_Composicao_de Precos_da_Contratacao_Limpeza_ATUALIZADA.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14339/download;
  edital_processo_256_2025_Contratacao_servicos_de_apoio_adm_e_ativ_auxiliares_motorista_manut. predial_ limpeza_conservacao_SLS.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14307/download;
  APENSO_I_Quantitativo_de_profissionais_e_salarios.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14310/download;
  APENSO_II_Locais_de_prestacao_dos_servicos.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14311/download;
+ APENSO_VI_B_Planilha_de_Estimativa_de_Custos_e_de_Composicao_de_Precos_da_Contratacao-Apoio_Administrativo_e_Motoristas.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14313/download;
  Apenso_XVI_POP_Procedimento_Operacional_Padrao.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14314/download;
- APENSO_VI_B_Planilha_de_Estimativa_de_Custos_e_de_Composicao_de_Precos_da_Contratacao-Apoio_Administrativo_e_Motoristas.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14313/download;
 </t>
   </si>
   <si>
-    <t xml:space="preserve"> 244 / 2025</t>
-[...11 lines deleted...]
-    <t>24-12-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3914.0062992/2025-65 Recebimento das propostas: até as 10 horas do dia 19/01/2026. Início da disputa de preços: às 10 horas do dia 19/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 29 de dezembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 06-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DSEV) ao pedido de esclarecimento apresentado pela empresa CRISART EVENTOS LTDA - ME. ----------------------------- 07-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DSEV) ao pedido de esclarecimento apresentado pela empresa ARTE DO FOGO. ----------------------------- 07-01-2026 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3914.0062992/2025-65 Recebimento das propostas: até as 10 horas do dia 22/01/2026. Início da disputa de preços: às 10 horas do dia 22/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 06 de janeiro de 2026. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG (*) Republicado devido à necessidade de disponibilização dos Apensos ao Termo de Referência. Houve alteração de datas. ----------------------------- 12-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DSEV) ao pedido de esclarecimento apresentado pela empresa BUFFET REQUINTE RECEPÇÕES LTDA. ----------------------------- 12-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DSEV) ao pedido de esclarecimento apresentado pela empresa CRISART EVENTOS LTDA - ME</t>
+    <t xml:space="preserve"> 250 / 2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para prestação de serviços de hospedagem Moodle em servidor de internet, incluindo serviço de atualização, instalação, configuração e migração de dados e plug-ins da plataforma atualmente em uso pelo Ministério Público de Minas Gerais ? MPMG, serviços de manutenção e suporte à gestão operacional da plataforma, armazenamento de dados.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prestação de serviços de hospedagem Moodle em servidor de internet, incluindo serviço de atualização, instalação, configuração e migração de dados e plug-ins da plataforma atualmente em uso pelo Ministério Público de Minas Gerais ? MPMG, serviços de manutenção e suporte à gestão operacional da plataforma, armazenamento de dados.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Revogado Cancelado </t>
+  </si>
+  <si>
+    <t>30-12-2025 AVISO DE LICITAÇÃO Unidade: 1091012 - Processo no Sistema Eletrônico de Informações (SEI): 19.16.3708.0063261/2025-63 -Modalidade: Pregão eletrônico Recebimento das propostas: até as 10 horas do dia 21/01/2026. Início da disputa de preços: às 10 horas do dia 21/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 9 às 18 h, pelos telefones: (31) 3330-8129 / 8334 / 9464 / 0263 / 0237, ou pelo e-mail licitacao@mpmg.mp.br. Belo Horizonte, 29 de dezembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Gestão de Compras e Licitações /PGJ-MG ----------------------------- 19-01-2026 COMUNICAÇÃO Srs. licitantes, informamos que houve a alteração da data da sessão inaugural do certame, tendo em vista a necessidade de prazo para análise e resposta às impugnações e aos pedidos de esclarecimentos apresentados por empresas interessadas em participar desta licitação. Dessa forma, o Prazo para recebimento das propostas deste certame é até às 10 horas do dia 28/01/2026 - Início da disputa de preços: às 10 horas do dia 28/01/2026. ----------------------------- 26-01-2026 COMUNICAÇÃO Srs. licitantes, informamos que houve a alteração da data da sessão inaugural do certame, tendo em vista a necessidade de prazo para análise e resposta às impugnações e aos pedidos de esclarecimentos apresentados por empresas interessadas em participar desta licitação. Dessa forma, o Prazo para recebimento das propostas deste certame é até às 10 horas do dia 03/02/2026 - Início da disputa de preços: às 10 horas do dia 03/02/2026. ----------------------------- 02-02-2026 COMUNICAÇÃO Diante dos diversos pedidos de esclarecimento e impugnações, a Unidade de Gestão da Contratação (DFAP-GESTÃO), como responsável técnica pelo processo, necessitará de maior prazo para analisar e decidir sobre o questionado com a cautela e responsabilidade exigidas. A previsão de resposta é 26/02/2026. Dessa forma, informa-se que a sessão inicial do pregão foi prorrogada para as 10 horas do dia 26/02/2026 a fim de possibilitar tempo hábil para a decisão da área técnica. Agradeço a paciência. Para maiores informações favor encaminhar aos meios de contato constantes no Edital. ----------------------------- 25-02-2026 INTERPOSIÇÃO DE IMPUGNAÇÃO, RESPOSTA E COMUNICAÇÃO Impugnação nº 0001 da empresa Braso Soluções Tecnológicas LTDA; Impugnação nº 0008 da empresa ASD Inteligência e Treinamento LTDA; Impugnação encaminhada por e-mail pela empresa JM Comércio, Serviços, Cursos e Treinamentos LTDA, perderam o objeto com a revogação do processo licitatório, conforme resposta em anexo. Segue em anexo a resposta ao Pedido de esclarecimento nº 0002 da empresa Eduncitec; aos Pedidos de Esclarecimento nº 0003, 0004, 0005 e 0006 da empresa E-Master; ao Pedido de Esclarecimento nº 0007; e ao Pedido de Esclarecimento encaminhado por e-mail. ----------------------------- 26-02-2026 REVOGAÇÃO DE LICITAÇÃO Número do processo: 250 / Ano: 2025 Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3708.0063261/2025-63 Objeto: Contratação de empresa especializada para prestação de serviços de hospedagem Moodle em servidor de internet, incluindo serviço de atualização, instalação, configuração e migração de dados e plug-ins da plataforma atualmente em uso pelo Ministério Público de Minas Gerais ? MPMG, serviços de manutenção e suporte à gestão operacional da plataforma, armazenamento de dados. Modalidade: Pregão eletrônico A Procuradoria-Geral de Justiça do Estado de Minas Gerais comunica a REVOGAÇÃO do referido processo. Motivo: aperfeiçoamento do instrumento convocatório. Prazo para manifestação: 3 (três) dias úteis, nos termos do art.165, inciso I, alínea ?d?, da Lei n.º 14.133/2021. Oportunamente, será publicada nova licitação com o mesmo objeto. Demais informações: Av. Álvares Cabral, 1740, 6º andar, BH/MG, telefones (31) 3330-8129 / 8334 / 0263 / 9464 / 0237, de 2ª a 6ª feira, das 9 às 18 h, e através do site www.mpmg.mp.br. Belo Horizonte, 25 de fevereiro de 2026. Iraídes de Oliveira Marques Procuradora-Geral de Justiça Adjunta Administrativa ----------------------------- 26-02-2026 COMUNICAÇÃO Prezados senhores (as), informamos que a íntegra da decisão da autoridade poderá ser consultada nesta página (arquivo intitulado decisão_revogação_pl_250_2025). O prazo para manifestação são de 3 (três) dias úteis, cuja data limite encerra-se em 03/03/2026, nos termos do art. 165, inciso I, alínea d, da Lei Federal nº 14.133/2021, diante da publicação no Diário Oficial do Ministério Público de Minas Gerais (DOMP/MG), Edição 26/02/2026, pág. 89/90.</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ impugnacoes_pedidos_de_esclarec_pe_pl250_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14390/download;
+ decisao_revogacao_pl250_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14392/download;
+ resposta_impug_pedido_de_esclarec_pe_pl250_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14391/download;
+ edital_250_2025_hospedagem_Moodle_em_servidor_de_internet_DPAF.docx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14296/download;
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 244 / 2025</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>Prestação de serviços de fornecimento de lanches e materiais correlatos para atender os eventos da Procuradoria-Geral de Justiça do Ministério Público do Estado de Minas Gerais.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PRESTAÇÃO DE SERVIÇOS DE FORNECIMENTO DE LANCHES E MATERIAIS CORRELATOS </t>
+  </si>
+  <si>
+    <t>24-12-2025 AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3914.0062992/2025-65 Recebimento das propostas: até as 10 horas do dia 19/01/2026. Início da disputa de preços: às 10 horas do dia 19/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 29 de dezembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 06-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DSEV) ao pedido de esclarecimento apresentado pela empresa CRISART EVENTOS LTDA - ME. ----------------------------- 07-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DSEV) ao pedido de esclarecimento apresentado pela empresa ARTE DO FOGO. ----------------------------- 07-01-2026 REPUBLICAÇÃO - AVISO DE LICITAÇÃO Unidade: 1091012 Processo no Sistema Eletrônico de Informações (SEI): 19.16.3914.0062992/2025-65 Recebimento das propostas: até as 10 horas do dia 22/01/2026. Início da disputa de preços: às 10 horas do dia 22/01/2026. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 06 de janeiro de 2026. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG (*) Republicado devido à necessidade de disponibilização dos Apensos ao Termo de Referência. Houve alteração de datas. ----------------------------- 12-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DSEV) ao pedido de esclarecimento apresentado pela empresa BUFFET REQUINTE RECEPÇÕES LTDA. ----------------------------- 12-01-2026 ESCLARECIMENTOS Segue, em arquivo abaixo anexado, resposta da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (DSEV) ao pedido de esclarecimento apresentado pela empresa CRISART EVENTOS LTDA - ME</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ Compras MG - SIAD : http://www.compras.mg.gov.br/;
+ SEI_9778862_Despacho.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14393/download;
+ homologacao_processo244_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14398/download;
+ APENSO_III___ANALISE_DAS_AMOSTRAS___LICITANTE_F000122___BUFFET_REQUINTE.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14394/download;
+ ANALISE_DAS_AMOSTRAS___LICITANTE_F000122___BUFFET_REQUINTE.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14395/download;
+ ANALISES_DA_AMOSTRA.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14374/download;
+ SEI_9743342_Despacho.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14372/download;
+ resposta_ pedido_de_esclarec_n.003_empresaCrisartEventos_pe_pl244_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14334/download;
+ APENSO_III_ANALISE_DAS_AMOSTRAS___LICITANTE_F000138___CRISART_EVENTOS_LTDA___ME___09.02.26.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14373/download;
  244_2025_lanches_DSEV.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14286/download;
- Apenso_I_Especificacao_de_Cardapios_e_Materiais.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14317/download;
  edital_processo_244_2025_lanches_DSEV_REPUBLICADO.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14315/download;
- resposta_ pedido_de_esclarec_n.001_empresaCrisartEventosLTDA_pe_pl244_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14331/download;
  resposta_ pedido_de_esclarec_n.001e-mail_empresaArteDoFogo_pe_pl244_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14332/download;
  resposta_ pedido_de_esclarec_n.002_empresaBuffetRequinte_pe_pl244_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14333/download;
- resposta_ pedido_de_esclarec_n.003_empresaCrisartEventos_pe_pl244_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14334/download;
+ Apenso_V_Instrumento_de_Medicao_de_Resultado_IMR.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14323/download;
+ resposta_ pedido_de_esclarec_n.001_empresaCrisartEventosLTDA_pe_pl244_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14331/download;
+ Apenso_I_Especificacao_de_Cardapios_e_Materiais.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14317/download;
  Apenso_II_Especificacao_de_Materiais_da_Amostra.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14318/download;
  Apenso_III_Analise_da_Amostra.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14321/download;
  Apenso_IV_Planilha_de_Composicao_do_Preco_Total.xlsx : https://transparencia.mpmg.mp.br/licitacao/arquivo/14322/download;
- Apenso_V_Instrumento_de_Medicao_de_Resultado_IMR.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14323/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve"> 228 / 2025</t>
   </si>
   <si>
     <t>23/09/2025</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO para aquisição de xícaras personalizadas e canecas promocionais.</t>
   </si>
   <si>
     <t xml:space="preserve">PREGÃO ELETRÔNICO P/ REGISTRO DE PREÇOS  Nº 228 </t>
   </si>
   <si>
     <t xml:space="preserve">CANECAS PROMOCIONAIS </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Homologado Adjudicado </t>
   </si>
   <si>
     <t xml:space="preserve">Victor Tavora Valadares Coelho </t>
   </si>
   <si>
     <t>10.300,50</t>
   </si>
   <si>
     <t>23-09-2025 AVISO DE LICITAÇÃO Processo no Sistema Eletrônico de Informações (SEI): 19.16.3913.0041893/2025-72 Recebimento das propostas: até às 10 horas do dia 07/10/2025. Início da disputa de preços: às 10 horas do dia 07/10/2025. Disposições Gerais: O edital e seus anexos estão disponíveis para consulta e download no site www.mpmg.mp.br e na Av. Álvares Cabral, 1740, 6º andar, BH/MG, de 2ª a 6ª feira, das 8 às 18 h. Demais informações: (31) 3330-8190 / 8233 / 8334. Belo Horizonte, 22 de setembro de 2025. Catarina Natalino Calixto Coordenadora da Diretoria de Compras e Licitações/PGJ-MG ----------------------------- 12-01-2026 ESCLARECIMENTOS Segue(m), em arquivo(s) abaixo anexado(s), resposta(s) da Diretoria de Gestão de Compras e Licitações e da Unidade Gestora de Contratação (Assessoria de Comunicação Integrada - ASSCOM) ao(s) pedido(s) de esclarecimento(s) apresentado(s) por empresa não identificada:</t>
   </si>
   <si>
     <t xml:space="preserve">
  Compras MG - SIAD : http://www.compras.mg.gov.br/;
  homologacao_planejamento228_2025.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14234/download;
  Edital_processo_pl_228_2025_RP_xicaras_DMAT.rtf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14135/download;
   : https://transparencia.mpmg.mp.br/licitacao/arquivo/14233/download;
  resposta_ ped_de_esclarec_n1 _pe_pl_228_2025_scpl.pdf : https://transparencia.mpmg.mp.br/licitacao/arquivo/14328/download;
 </t>
   </si>
   <si>
     <t xml:space="preserve">XÍCARAS PERSONALIZADAS </t>
   </si>
   <si>
-    <t xml:space="preserve">Homologado Fracassado </t>
-[...1 lines deleted...]
-  <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>* Data de publicação do último aviso licitatório no Diário Oficial Eletrônico do Ministério Público de Minas Gerais.</t>
   </si>
   <si>
     <t>** Situação e resultado variam conforme o lote.</t>
   </si>
   <si>
     <t>*** Consulta de planilha (XLSX) apresenta nome e url (endereço web) dos arquivos sob a forma de texto. Para acessar determinado arquivo, favor copiar e colar o respectivo url no navegador. Para visualizar todos os hiperlinks de arquivos, favor consultar pesquisa HTML.</t>
   </si>
   <si>
     <t>Fonte: Sistema de Controle de Processos Licitatórios - MPMG</t>
   </si>
   <si>
-    <t>Data da última atualização: 25/01/2026</t>
+    <t>Data da última atualização: 27/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -663,59 +1067,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14292/download" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14307/download" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14315/download" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14135/download" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14423/download" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14437/download" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14376/download" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14380/download" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14291/download" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14381/download" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14366/download" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14292/download" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14235/download" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14353/download" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14307/download" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14296/download" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14315/download" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.mpmg.mp.br/licitacao/arquivo/14135/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z23"/>
+  <dimension ref="A1:Z48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="60" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="100" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="60" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="40" customWidth="true" style="0"/>
     <col min="12" max="12" width="150" customWidth="true" style="0"/>
     <col min="13" max="13" width="150" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
@@ -833,51 +1237,51 @@
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="J7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="L7" s="4"/>
       <c r="M7" s="9"/>
     </row>
-    <row r="8" spans="1:26" customHeight="1" ht="267.85714285714">
+    <row r="8" spans="1:26" customHeight="1" ht="90.142857142857">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="8" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="5">
         <v>1</v>
       </c>
       <c r="G8" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="5" t="s">
@@ -900,493 +1304,1715 @@
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
     </row>
     <row r="9" spans="1:26" customHeight="1" ht="30">
       <c r="A9" s="8"/>
       <c r="B9" s="8"/>
       <c r="C9" s="8"/>
       <c r="D9" s="8"/>
       <c r="E9" s="8"/>
       <c r="F9" s="5">
         <v>2</v>
       </c>
       <c r="G9" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="5"/>
       <c r="M9" s="5"/>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
     </row>
     <row r="10" spans="1:26" customHeight="1" ht="30">
       <c r="A10" s="8"/>
       <c r="B10" s="8"/>
       <c r="C10" s="8"/>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="5">
         <v>3</v>
       </c>
       <c r="G10" s="5" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="J10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="5"/>
       <c r="M10" s="5"/>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
     </row>
     <row r="11" spans="1:26" customHeight="1" ht="30">
       <c r="A11" s="8"/>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="5">
         <v>4</v>
       </c>
       <c r="G11" s="5" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L11" s="5"/>
       <c r="M11" s="5"/>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
     </row>
-    <row r="12" spans="1:26" customHeight="1" ht="30">
-[...4 lines deleted...]
-      <c r="E12" s="8"/>
+    <row r="12" spans="1:26" customHeight="1" ht="90.285714285714">
+      <c r="A12" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="F12" s="5">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G12" s="5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="J12" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L12" s="5"/>
-      <c r="M12" s="5"/>
+      <c r="L12" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>38</v>
+      </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
     </row>
-    <row r="13" spans="1:26" customHeight="1" ht="586.42857142857">
+    <row r="13" spans="1:26" customHeight="1" ht="539.85714285714">
       <c r="A13" s="7" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E13" s="8" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F13" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G13" s="5" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="H13" s="5"/>
+        <v>42</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>43</v>
+      </c>
       <c r="I13" s="5" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="J13" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="5" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
       <c r="Q13"/>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13"/>
       <c r="V13"/>
       <c r="W13"/>
       <c r="X13"/>
       <c r="Y13"/>
       <c r="Z13"/>
     </row>
-    <row r="14" spans="1:26" customHeight="1" ht="361.57142857143">
+    <row r="14" spans="1:26" customHeight="1" ht="214.42857142857">
       <c r="A14" s="7" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E14" s="8" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F14" s="5">
         <v>1</v>
       </c>
       <c r="G14" s="5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="5" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
       <c r="Q14"/>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14"/>
       <c r="V14"/>
       <c r="W14"/>
       <c r="X14"/>
       <c r="Y14"/>
       <c r="Z14"/>
     </row>
-    <row r="15" spans="1:26" customHeight="1" ht="135.57142857143">
+    <row r="15" spans="1:26" customHeight="1" ht="565.71428571429">
       <c r="A15" s="7" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="B15" s="8" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E15" s="8" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="F15" s="5">
         <v>1</v>
       </c>
       <c r="G15" s="5" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="5" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15"/>
       <c r="Q15"/>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15"/>
       <c r="V15"/>
       <c r="W15"/>
       <c r="X15"/>
       <c r="Y15"/>
       <c r="Z15"/>
     </row>
-    <row r="16" spans="1:26" customHeight="1" ht="30">
+    <row r="16" spans="1:26" customHeight="1" ht="59">
       <c r="A16" s="8"/>
       <c r="B16" s="8"/>
       <c r="C16" s="8"/>
       <c r="D16" s="8"/>
       <c r="E16" s="8"/>
       <c r="F16" s="5">
         <v>2</v>
       </c>
       <c r="G16" s="5" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="5"/>
       <c r="M16" s="5"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16"/>
       <c r="Y16"/>
       <c r="Z16"/>
     </row>
-    <row r="17" spans="1:26" customHeight="1" ht="30">
-[...2 lines deleted...]
-      </c>
+    <row r="17" spans="1:26" customHeight="1" ht="45">
+      <c r="A17" s="8"/>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
-      <c r="F17" s="5"/>
-[...4 lines deleted...]
-      <c r="K17" s="5"/>
+      <c r="F17" s="5">
+        <v>3</v>
+      </c>
+      <c r="G17" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="J17" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="K17" s="5" t="s">
+        <v>25</v>
+      </c>
       <c r="L17" s="5"/>
-      <c r="M17" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="M17" s="5"/>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17"/>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17"/>
       <c r="V17"/>
       <c r="W17"/>
       <c r="X17"/>
       <c r="Y17"/>
       <c r="Z17"/>
     </row>
-    <row r="19" spans="1:26">
-      <c r="A19" t="s">
+    <row r="18" spans="1:26" customHeight="1" ht="35">
+      <c r="A18" s="8"/>
+      <c r="B18" s="8"/>
+      <c r="C18" s="8"/>
+      <c r="D18" s="8"/>
+      <c r="E18" s="8"/>
+      <c r="F18" s="5">
+        <v>4</v>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="H18" s="5" t="s">
         <v>60</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" t="s">
+      <c r="I18" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="J18" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="K18" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L18" s="5"/>
+      <c r="M18" s="5"/>
+      <c r="N18"/>
+      <c r="O18"/>
+      <c r="P18"/>
+      <c r="Q18"/>
+      <c r="R18"/>
+      <c r="S18"/>
+      <c r="T18"/>
+      <c r="U18"/>
+      <c r="V18"/>
+      <c r="W18"/>
+      <c r="X18"/>
+      <c r="Y18"/>
+      <c r="Z18"/>
+    </row>
+    <row r="19" spans="1:26" customHeight="1" ht="30">
+      <c r="A19" s="8"/>
+      <c r="B19" s="8"/>
+      <c r="C19" s="8"/>
+      <c r="D19" s="8"/>
+      <c r="E19" s="8"/>
+      <c r="F19" s="5">
+        <v>5</v>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="J19" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L19" s="5"/>
+      <c r="M19" s="5"/>
+      <c r="N19"/>
+      <c r="O19"/>
+      <c r="P19"/>
+      <c r="Q19"/>
+      <c r="R19"/>
+      <c r="S19"/>
+      <c r="T19"/>
+      <c r="U19"/>
+      <c r="V19"/>
+      <c r="W19"/>
+      <c r="X19"/>
+      <c r="Y19"/>
+      <c r="Z19"/>
+    </row>
+    <row r="20" spans="1:26" customHeight="1" ht="59">
+      <c r="A20" s="8"/>
+      <c r="B20" s="8"/>
+      <c r="C20" s="8"/>
+      <c r="D20" s="8"/>
+      <c r="E20" s="8"/>
+      <c r="F20" s="5">
+        <v>6</v>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="J20" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L20" s="5"/>
+      <c r="M20" s="5"/>
+      <c r="N20"/>
+      <c r="O20"/>
+      <c r="P20"/>
+      <c r="Q20"/>
+      <c r="R20"/>
+      <c r="S20"/>
+      <c r="T20"/>
+      <c r="U20"/>
+      <c r="V20"/>
+      <c r="W20"/>
+      <c r="X20"/>
+      <c r="Y20"/>
+      <c r="Z20"/>
+    </row>
+    <row r="21" spans="1:26" customHeight="1" ht="30">
+      <c r="A21" s="8"/>
+      <c r="B21" s="8"/>
+      <c r="C21" s="8"/>
+      <c r="D21" s="8"/>
+      <c r="E21" s="8"/>
+      <c r="F21" s="5">
+        <v>7</v>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="J21" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L21" s="5"/>
+      <c r="M21" s="5"/>
+      <c r="N21"/>
+      <c r="O21"/>
+      <c r="P21"/>
+      <c r="Q21"/>
+      <c r="R21"/>
+      <c r="S21"/>
+      <c r="T21"/>
+      <c r="U21"/>
+      <c r="V21"/>
+      <c r="W21"/>
+      <c r="X21"/>
+      <c r="Y21"/>
+      <c r="Z21"/>
+    </row>
+    <row r="22" spans="1:26" customHeight="1" ht="45">
+      <c r="A22" s="8"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="5">
+        <v>8</v>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I22" s="5" t="s">
         <v>61</v>
       </c>
-    </row>
-[...12 lines deleted...]
-        <v>64</v>
+      <c r="J22" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L22" s="5"/>
+      <c r="M22" s="5"/>
+      <c r="N22"/>
+      <c r="O22"/>
+      <c r="P22"/>
+      <c r="Q22"/>
+      <c r="R22"/>
+      <c r="S22"/>
+      <c r="T22"/>
+      <c r="U22"/>
+      <c r="V22"/>
+      <c r="W22"/>
+      <c r="X22"/>
+      <c r="Y22"/>
+      <c r="Z22"/>
+    </row>
+    <row r="23" spans="1:26" customHeight="1" ht="45">
+      <c r="A23" s="8"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="8"/>
+      <c r="D23" s="8"/>
+      <c r="E23" s="8"/>
+      <c r="F23" s="5">
+        <v>9</v>
+      </c>
+      <c r="G23" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="J23" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="K23" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L23" s="5"/>
+      <c r="M23" s="5"/>
+      <c r="N23"/>
+      <c r="O23"/>
+      <c r="P23"/>
+      <c r="Q23"/>
+      <c r="R23"/>
+      <c r="S23"/>
+      <c r="T23"/>
+      <c r="U23"/>
+      <c r="V23"/>
+      <c r="W23"/>
+      <c r="X23"/>
+      <c r="Y23"/>
+      <c r="Z23"/>
+    </row>
+    <row r="24" spans="1:26" customHeight="1" ht="88.285714285714">
+      <c r="A24" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="B24" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="D24" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="F24" s="5">
+        <v>1</v>
+      </c>
+      <c r="G24" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="J24" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K24" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L24" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="M24" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="N24"/>
+      <c r="O24"/>
+      <c r="P24"/>
+      <c r="Q24"/>
+      <c r="R24"/>
+      <c r="S24"/>
+      <c r="T24"/>
+      <c r="U24"/>
+      <c r="V24"/>
+      <c r="W24"/>
+      <c r="X24"/>
+      <c r="Y24"/>
+      <c r="Z24"/>
+    </row>
+    <row r="25" spans="1:26" customHeight="1" ht="323.57142857143">
+      <c r="A25" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="B25" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="D25" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="F25" s="5">
+        <v>1</v>
+      </c>
+      <c r="G25" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="H25" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="J25" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="K25" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L25" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="N25"/>
+      <c r="O25"/>
+      <c r="P25"/>
+      <c r="Q25"/>
+      <c r="R25"/>
+      <c r="S25"/>
+      <c r="T25"/>
+      <c r="U25"/>
+      <c r="V25"/>
+      <c r="W25"/>
+      <c r="X25"/>
+      <c r="Y25"/>
+      <c r="Z25"/>
+    </row>
+    <row r="26" spans="1:26" customHeight="1" ht="40">
+      <c r="A26" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="8"/>
+      <c r="E26" s="8"/>
+      <c r="F26" s="5">
+        <v>2</v>
+      </c>
+      <c r="G26" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="J26" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L26" s="5"/>
+      <c r="M26" s="5"/>
+      <c r="N26"/>
+      <c r="O26"/>
+      <c r="P26"/>
+      <c r="Q26"/>
+      <c r="R26"/>
+      <c r="S26"/>
+      <c r="T26"/>
+      <c r="U26"/>
+      <c r="V26"/>
+      <c r="W26"/>
+      <c r="X26"/>
+      <c r="Y26"/>
+      <c r="Z26"/>
+    </row>
+    <row r="27" spans="1:26" customHeight="1" ht="267.85714285714">
+      <c r="A27" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="B27" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="D27" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="F27" s="5">
+        <v>1</v>
+      </c>
+      <c r="G27" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="H27" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="J27" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K27" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L27" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="N27"/>
+      <c r="O27"/>
+      <c r="P27"/>
+      <c r="Q27"/>
+      <c r="R27"/>
+      <c r="S27"/>
+      <c r="T27"/>
+      <c r="U27"/>
+      <c r="V27"/>
+      <c r="W27"/>
+      <c r="X27"/>
+      <c r="Y27"/>
+      <c r="Z27"/>
+    </row>
+    <row r="28" spans="1:26" customHeight="1" ht="30">
+      <c r="A28" s="8"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="8"/>
+      <c r="D28" s="8"/>
+      <c r="E28" s="8"/>
+      <c r="F28" s="5">
+        <v>2</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="J28" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K28" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L28" s="5"/>
+      <c r="M28" s="5"/>
+      <c r="N28"/>
+      <c r="O28"/>
+      <c r="P28"/>
+      <c r="Q28"/>
+      <c r="R28"/>
+      <c r="S28"/>
+      <c r="T28"/>
+      <c r="U28"/>
+      <c r="V28"/>
+      <c r="W28"/>
+      <c r="X28"/>
+      <c r="Y28"/>
+      <c r="Z28"/>
+    </row>
+    <row r="29" spans="1:26" customHeight="1" ht="30">
+      <c r="A29" s="8"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="8"/>
+      <c r="D29" s="8"/>
+      <c r="E29" s="8"/>
+      <c r="F29" s="5">
+        <v>3</v>
+      </c>
+      <c r="G29" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="J29" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L29" s="5"/>
+      <c r="M29" s="5"/>
+      <c r="N29"/>
+      <c r="O29"/>
+      <c r="P29"/>
+      <c r="Q29"/>
+      <c r="R29"/>
+      <c r="S29"/>
+      <c r="T29"/>
+      <c r="U29"/>
+      <c r="V29"/>
+      <c r="W29"/>
+      <c r="X29"/>
+      <c r="Y29"/>
+      <c r="Z29"/>
+    </row>
+    <row r="30" spans="1:26" customHeight="1" ht="30">
+      <c r="A30" s="8"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="8"/>
+      <c r="D30" s="8"/>
+      <c r="E30" s="8"/>
+      <c r="F30" s="5">
+        <v>4</v>
+      </c>
+      <c r="G30" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="J30" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="K30" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L30" s="5"/>
+      <c r="M30" s="5"/>
+      <c r="N30"/>
+      <c r="O30"/>
+      <c r="P30"/>
+      <c r="Q30"/>
+      <c r="R30"/>
+      <c r="S30"/>
+      <c r="T30"/>
+      <c r="U30"/>
+      <c r="V30"/>
+      <c r="W30"/>
+      <c r="X30"/>
+      <c r="Y30"/>
+      <c r="Z30"/>
+    </row>
+    <row r="31" spans="1:26" customHeight="1" ht="30">
+      <c r="A31" s="8"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="8"/>
+      <c r="D31" s="8"/>
+      <c r="E31" s="8"/>
+      <c r="F31" s="5">
+        <v>5</v>
+      </c>
+      <c r="G31" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="J31" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L31" s="5"/>
+      <c r="M31" s="5"/>
+      <c r="N31"/>
+      <c r="O31"/>
+      <c r="P31"/>
+      <c r="Q31"/>
+      <c r="R31"/>
+      <c r="S31"/>
+      <c r="T31"/>
+      <c r="U31"/>
+      <c r="V31"/>
+      <c r="W31"/>
+      <c r="X31"/>
+      <c r="Y31"/>
+      <c r="Z31"/>
+    </row>
+    <row r="32" spans="1:26" customHeight="1" ht="638">
+      <c r="A32" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="B32" s="8" t="s">
+        <v>112</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E32" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="F32" s="5">
+        <v>1</v>
+      </c>
+      <c r="G32" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="J32" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K32" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L32" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="N32"/>
+      <c r="O32"/>
+      <c r="P32"/>
+      <c r="Q32"/>
+      <c r="R32"/>
+      <c r="S32"/>
+      <c r="T32"/>
+      <c r="U32"/>
+      <c r="V32"/>
+      <c r="W32"/>
+      <c r="X32"/>
+      <c r="Y32"/>
+      <c r="Z32"/>
+    </row>
+    <row r="33" spans="1:26" customHeight="1" ht="31">
+      <c r="A33" s="8"/>
+      <c r="B33" s="8"/>
+      <c r="C33" s="8"/>
+      <c r="D33" s="8"/>
+      <c r="E33" s="8"/>
+      <c r="F33" s="5">
+        <v>2</v>
+      </c>
+      <c r="G33" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="H33" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="J33" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K33" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L33" s="5"/>
+      <c r="M33" s="5"/>
+      <c r="N33"/>
+      <c r="O33"/>
+      <c r="P33"/>
+      <c r="Q33"/>
+      <c r="R33"/>
+      <c r="S33"/>
+      <c r="T33"/>
+      <c r="U33"/>
+      <c r="V33"/>
+      <c r="W33"/>
+      <c r="X33"/>
+      <c r="Y33"/>
+      <c r="Z33"/>
+    </row>
+    <row r="34" spans="1:26" customHeight="1" ht="47">
+      <c r="A34" s="8"/>
+      <c r="B34" s="8"/>
+      <c r="C34" s="8"/>
+      <c r="D34" s="8"/>
+      <c r="E34" s="8"/>
+      <c r="F34" s="5">
+        <v>3</v>
+      </c>
+      <c r="G34" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="J34" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="K34" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L34" s="5"/>
+      <c r="M34" s="5"/>
+      <c r="N34"/>
+      <c r="O34"/>
+      <c r="P34"/>
+      <c r="Q34"/>
+      <c r="R34"/>
+      <c r="S34"/>
+      <c r="T34"/>
+      <c r="U34"/>
+      <c r="V34"/>
+      <c r="W34"/>
+      <c r="X34"/>
+      <c r="Y34"/>
+      <c r="Z34"/>
+    </row>
+    <row r="35" spans="1:26" customHeight="1" ht="33">
+      <c r="A35" s="8"/>
+      <c r="B35" s="8"/>
+      <c r="C35" s="8"/>
+      <c r="D35" s="8"/>
+      <c r="E35" s="8"/>
+      <c r="F35" s="5">
+        <v>4</v>
+      </c>
+      <c r="G35" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="J35" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="K35" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L35" s="5"/>
+      <c r="M35" s="5"/>
+      <c r="N35"/>
+      <c r="O35"/>
+      <c r="P35"/>
+      <c r="Q35"/>
+      <c r="R35"/>
+      <c r="S35"/>
+      <c r="T35"/>
+      <c r="U35"/>
+      <c r="V35"/>
+      <c r="W35"/>
+      <c r="X35"/>
+      <c r="Y35"/>
+      <c r="Z35"/>
+    </row>
+    <row r="36" spans="1:26" customHeight="1" ht="90.428571428571">
+      <c r="A36" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="B36" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="D36" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E36" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" s="5">
+        <v>1</v>
+      </c>
+      <c r="G36" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J36" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="K36" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L36" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="N36"/>
+      <c r="O36"/>
+      <c r="P36"/>
+      <c r="Q36"/>
+      <c r="R36"/>
+      <c r="S36"/>
+      <c r="T36"/>
+      <c r="U36"/>
+      <c r="V36"/>
+      <c r="W36"/>
+      <c r="X36"/>
+      <c r="Y36"/>
+      <c r="Z36"/>
+    </row>
+    <row r="37" spans="1:26" customHeight="1" ht="628.42857142857">
+      <c r="A37" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="B37" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="D37" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" s="5">
+        <v>1</v>
+      </c>
+      <c r="G37" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="H37" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="J37" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="K37" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L37" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="M37" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="N37"/>
+      <c r="O37"/>
+      <c r="P37"/>
+      <c r="Q37"/>
+      <c r="R37"/>
+      <c r="S37"/>
+      <c r="T37"/>
+      <c r="U37"/>
+      <c r="V37"/>
+      <c r="W37"/>
+      <c r="X37"/>
+      <c r="Y37"/>
+      <c r="Z37"/>
+    </row>
+    <row r="38" spans="1:26" customHeight="1" ht="703.71428571429">
+      <c r="A38" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="B38" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E38" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" s="5">
+        <v>1</v>
+      </c>
+      <c r="G38" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="J38" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K38" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L38" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="N38"/>
+      <c r="O38"/>
+      <c r="P38"/>
+      <c r="Q38"/>
+      <c r="R38"/>
+      <c r="S38"/>
+      <c r="T38"/>
+      <c r="U38"/>
+      <c r="V38"/>
+      <c r="W38"/>
+      <c r="X38"/>
+      <c r="Y38"/>
+      <c r="Z38"/>
+    </row>
+    <row r="39" spans="1:26" customHeight="1" ht="361.57142857143">
+      <c r="A39" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="B39" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="C39" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="D39" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" s="5">
+        <v>1</v>
+      </c>
+      <c r="G39" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="H39" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="J39" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K39" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L39" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="N39"/>
+      <c r="O39"/>
+      <c r="P39"/>
+      <c r="Q39"/>
+      <c r="R39"/>
+      <c r="S39"/>
+      <c r="T39"/>
+      <c r="U39"/>
+      <c r="V39"/>
+      <c r="W39"/>
+      <c r="X39"/>
+      <c r="Y39"/>
+      <c r="Z39"/>
+    </row>
+    <row r="40" spans="1:26" customHeight="1" ht="135.57142857143">
+      <c r="A40" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="B40" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E40" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="F40" s="5">
+        <v>1</v>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="H40" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="J40" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="K40" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L40" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="M40" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="N40"/>
+      <c r="O40"/>
+      <c r="P40"/>
+      <c r="Q40"/>
+      <c r="R40"/>
+      <c r="S40"/>
+      <c r="T40"/>
+      <c r="U40"/>
+      <c r="V40"/>
+      <c r="W40"/>
+      <c r="X40"/>
+      <c r="Y40"/>
+      <c r="Z40"/>
+    </row>
+    <row r="41" spans="1:26" customHeight="1" ht="30">
+      <c r="A41" s="8"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="8"/>
+      <c r="D41" s="8"/>
+      <c r="E41" s="8"/>
+      <c r="F41" s="5">
+        <v>2</v>
+      </c>
+      <c r="G41" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="J41" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K41" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L41" s="5"/>
+      <c r="M41" s="5"/>
+      <c r="N41"/>
+      <c r="O41"/>
+      <c r="P41"/>
+      <c r="Q41"/>
+      <c r="R41"/>
+      <c r="S41"/>
+      <c r="T41"/>
+      <c r="U41"/>
+      <c r="V41"/>
+      <c r="W41"/>
+      <c r="X41"/>
+      <c r="Y41"/>
+      <c r="Z41"/>
+    </row>
+    <row r="42" spans="1:26" customHeight="1" ht="30">
+      <c r="A42" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="B42" s="8"/>
+      <c r="C42" s="8"/>
+      <c r="D42" s="8"/>
+      <c r="E42" s="8"/>
+      <c r="F42" s="5"/>
+      <c r="G42" s="5"/>
+      <c r="H42" s="5"/>
+      <c r="I42" s="5"/>
+      <c r="J42" s="6"/>
+      <c r="K42" s="5"/>
+      <c r="L42" s="5"/>
+      <c r="M42" s="5">
+        <v>14</v>
+      </c>
+      <c r="N42"/>
+      <c r="O42"/>
+      <c r="P42"/>
+      <c r="Q42"/>
+      <c r="R42"/>
+      <c r="S42"/>
+      <c r="T42"/>
+      <c r="U42"/>
+      <c r="V42"/>
+      <c r="W42"/>
+      <c r="X42"/>
+      <c r="Y42"/>
+      <c r="Z42"/>
+    </row>
+    <row r="44" spans="1:26">
+      <c r="A44" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="45" spans="1:26">
+      <c r="A45" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="46" spans="1:26">
+      <c r="A46" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="47" spans="1:26">
+      <c r="A47" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="48" spans="1:26">
+      <c r="A48" t="s">
+        <v>168</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="F6:K6"/>
-    <mergeCell ref="A8:A12"/>
-[...5 lines deleted...]
-    <mergeCell ref="M8:M12"/>
+    <mergeCell ref="A8:A11"/>
+    <mergeCell ref="B8:B11"/>
+    <mergeCell ref="C8:C11"/>
+    <mergeCell ref="D8:D11"/>
+    <mergeCell ref="E8:E11"/>
+    <mergeCell ref="L8:L11"/>
+    <mergeCell ref="M8:M11"/>
+    <mergeCell ref="A12:A12"/>
+    <mergeCell ref="B12:B12"/>
+    <mergeCell ref="C12:C12"/>
+    <mergeCell ref="D12:D12"/>
+    <mergeCell ref="E12:E12"/>
+    <mergeCell ref="L12:L12"/>
+    <mergeCell ref="M12:M12"/>
     <mergeCell ref="A13:A13"/>
     <mergeCell ref="B13:B13"/>
     <mergeCell ref="C13:C13"/>
     <mergeCell ref="D13:D13"/>
     <mergeCell ref="E13:E13"/>
     <mergeCell ref="L13:L13"/>
     <mergeCell ref="M13:M13"/>
     <mergeCell ref="A14:A14"/>
     <mergeCell ref="B14:B14"/>
     <mergeCell ref="C14:C14"/>
     <mergeCell ref="D14:D14"/>
     <mergeCell ref="E14:E14"/>
     <mergeCell ref="L14:L14"/>
     <mergeCell ref="M14:M14"/>
-    <mergeCell ref="A15:A16"/>
-[...6 lines deleted...]
-    <mergeCell ref="A17:L17"/>
+    <mergeCell ref="A15:A23"/>
+    <mergeCell ref="B15:B23"/>
+    <mergeCell ref="C15:C23"/>
+    <mergeCell ref="D15:D23"/>
+    <mergeCell ref="E15:E23"/>
+    <mergeCell ref="L15:L23"/>
+    <mergeCell ref="M15:M23"/>
+    <mergeCell ref="A24:A24"/>
+    <mergeCell ref="B24:B24"/>
+    <mergeCell ref="C24:C24"/>
+    <mergeCell ref="D24:D24"/>
+    <mergeCell ref="E24:E24"/>
+    <mergeCell ref="L24:L24"/>
+    <mergeCell ref="M24:M24"/>
+    <mergeCell ref="A25:A26"/>
+    <mergeCell ref="B25:B26"/>
+    <mergeCell ref="C25:C26"/>
+    <mergeCell ref="D25:D26"/>
+    <mergeCell ref="E25:E26"/>
+    <mergeCell ref="L25:L26"/>
+    <mergeCell ref="M25:M26"/>
+    <mergeCell ref="A27:A31"/>
+    <mergeCell ref="B27:B31"/>
+    <mergeCell ref="C27:C31"/>
+    <mergeCell ref="D27:D31"/>
+    <mergeCell ref="E27:E31"/>
+    <mergeCell ref="L27:L31"/>
+    <mergeCell ref="M27:M31"/>
+    <mergeCell ref="A32:A35"/>
+    <mergeCell ref="B32:B35"/>
+    <mergeCell ref="C32:C35"/>
+    <mergeCell ref="D32:D35"/>
+    <mergeCell ref="E32:E35"/>
+    <mergeCell ref="L32:L35"/>
+    <mergeCell ref="M32:M35"/>
+    <mergeCell ref="A36:A36"/>
+    <mergeCell ref="B36:B36"/>
+    <mergeCell ref="C36:C36"/>
+    <mergeCell ref="D36:D36"/>
+    <mergeCell ref="E36:E36"/>
+    <mergeCell ref="L36:L36"/>
+    <mergeCell ref="M36:M36"/>
+    <mergeCell ref="A37:A37"/>
+    <mergeCell ref="B37:B37"/>
+    <mergeCell ref="C37:C37"/>
+    <mergeCell ref="D37:D37"/>
+    <mergeCell ref="E37:E37"/>
+    <mergeCell ref="L37:L37"/>
+    <mergeCell ref="M37:M37"/>
+    <mergeCell ref="A38:A38"/>
+    <mergeCell ref="B38:B38"/>
+    <mergeCell ref="C38:C38"/>
+    <mergeCell ref="D38:D38"/>
+    <mergeCell ref="E38:E38"/>
+    <mergeCell ref="L38:L38"/>
+    <mergeCell ref="M38:M38"/>
+    <mergeCell ref="A39:A39"/>
+    <mergeCell ref="B39:B39"/>
+    <mergeCell ref="C39:C39"/>
+    <mergeCell ref="D39:D39"/>
+    <mergeCell ref="E39:E39"/>
+    <mergeCell ref="L39:L39"/>
+    <mergeCell ref="M39:M39"/>
+    <mergeCell ref="A40:A41"/>
+    <mergeCell ref="B40:B41"/>
+    <mergeCell ref="C40:C41"/>
+    <mergeCell ref="D40:D41"/>
+    <mergeCell ref="E40:E41"/>
+    <mergeCell ref="L40:L41"/>
+    <mergeCell ref="M40:M41"/>
+    <mergeCell ref="A42:L42"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A8" r:id="rId_hyperlink_1"/>
-    <hyperlink ref="A13" r:id="rId_hyperlink_2"/>
-[...1 lines deleted...]
-    <hyperlink ref="A15" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="A12" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="A13" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="A14" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="A15" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="A24" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="A25" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="A27" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="A32" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="A36" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="A37" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="A38" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="A39" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="A40" r:id="rId_hyperlink_14"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>